--- v0 (2026-03-18)
+++ v1 (2026-03-18)
@@ -356,75 +356,75 @@
   <x:si>
     <x:t>09/23/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Hors Piste Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>13770</x:t>
   </x:si>
   <x:si>
     <x:t>LA CIOTAT</x:t>
   </x:si>
   <x:si>
     <x:t>06/04/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>VITROLLES</x:t>
   </x:si>
   <x:si>
     <x:t>MEYREUIL</x:t>
   </x:si>
   <x:si>
+    <x:t>LE CANNET-DES-MAURES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX EN PROVENCE</x:t>
+  </x:si>
+  <x:si>
     <x:t>MANOSQUE</x:t>
   </x:si>
   <x:si>
     <x:t>VENELLES</x:t>
   </x:si>
   <x:si>
-    <x:t>LE CANNET-DES-MAURES</x:t>
-[...2 lines deleted...]
-    <x:t>AIX EN PROVENCE</x:t>
+    <x:t>TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>FUVEAU</x:t>
   </x:si>
   <x:si>
-    <x:t>TOULON</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>06/01/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>06/01/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Accompagnement à l'allaitement maternel</x:t>
   </x:si>
   <x:si>
     <x:t>Yoann Fonte</x:t>
   </x:si>
   <x:si>
     <x:t>06370</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
     <x:t>Auxiliaire puériculture</x:t>
   </x:si>
   <x:si>
     <x:t>MOUANS-SARTOUX</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
@@ -3058,51 +3058,51 @@
       <x:c r="K33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>44050</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>578291</x:v>
+        <x:v>578285</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>37679</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
@@ -3115,51 +3115,51 @@
       <x:c r="K34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>44050</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>578293</x:v>
+        <x:v>578288</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>37679</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
@@ -3169,51 +3169,51 @@
       <x:c r="K35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>44050</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>578285</x:v>
+        <x:v>578291</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>37679</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
@@ -3226,51 +3226,51 @@
       <x:c r="K36" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>44050</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>578288</x:v>
+        <x:v>578293</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>37679</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
@@ -3280,51 +3280,51 @@
       <x:c r="K37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>44050</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>578286</x:v>
+        <x:v>578290</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>37679</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
@@ -3337,229 +3337,229 @@
       <x:c r="K38" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>44050</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>578290</x:v>
+        <x:v>578286</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>37679</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="E39" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
-        <x:v>45</x:v>
-[...2 lines deleted...]
-        <x:v>46</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>44050</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>547047</x:v>
+        <x:v>554069</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>37679</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="I40" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>44050</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>557568</x:v>
+        <x:v>547047</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>37679</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="E41" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H41" s="0" t="s">
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>44050</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>554069</x:v>
+        <x:v>557568</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C42" s="15" t="s"/>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
         <x:v>106</x:v>
@@ -3695,51 +3695,51 @@
       <x:c r="M44" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>44050</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>557569</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>37679</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="E45" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F45" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -3758,51 +3758,51 @@
       <x:c r="M45" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>44050</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>578500</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>37679</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F46" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G46" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
@@ -3821,51 +3821,51 @@
       <x:c r="M46" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>44050</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>578958</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>37679</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="E47" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F47" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -3884,51 +3884,51 @@
       <x:c r="M47" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>44050</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>576239</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>37679</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I48" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
@@ -3943,51 +3943,51 @@
       <x:c r="M48" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>44050</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>578460</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>37679</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -4000,51 +4000,51 @@
       <x:c r="M49" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>44050</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>578459</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>37679</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F50" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G50" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
@@ -4063,51 +4063,51 @@
       <x:c r="M50" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>44050</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>578957</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>37679</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="E51" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F51" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
@@ -4126,51 +4126,51 @@
       <x:c r="M51" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>44050</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>575902</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>37679</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F52" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G52" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
@@ -4189,51 +4189,51 @@
       <x:c r="M52" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>44050</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>575901</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s"/>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>108</x:v>
@@ -4729,323 +4729,323 @@
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>615931</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
-        <x:v>37679</x:v>
+        <x:v>41745</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
-      <x:c r="E63" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G63" s="0" t="s">
-        <x:v>23</x:v>
-[...2 lines deleted...]
-        <x:v>24</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>44050</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>599098</x:v>
+        <x:v>615933</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
-        <x:v>42</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>43</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="C64" s="15" t="s"/>
       <x:c r="D64" s="15" t="s"/>
-      <x:c r="E64" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
-        <x:v>45</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
-        <x:v>47</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="J64" s="14" t="s"/>
       <x:c r="K64" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
-        <x:v>44050</x:v>
+        <x:v>44072</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>607636</x:v>
+        <x:v>616012</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>146</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="C65" s="3" t="s"/>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
-        <x:v>152</x:v>
-[...2 lines deleted...]
-        <x:v>26</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
-        <x:v>44050</x:v>
+        <x:v>44072</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>615933</x:v>
+        <x:v>616013</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
-        <x:v>145</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>153</x:v>
-[...1 lines deleted...]
-      <x:c r="C66" s="15" t="s"/>
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="C66" s="15" t="n">
+        <x:v>37679</x:v>
+      </x:c>
       <x:c r="D66" s="15" t="s"/>
-      <x:c r="E66" s="14" t="s"/>
+      <x:c r="E66" s="14" t="s">
+        <x:v>44</x:v>
+      </x:c>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
-        <x:v>154</x:v>
-[...1 lines deleted...]
-      <x:c r="H66" s="14" t="s"/>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H66" s="14" t="s">
+        <x:v>24</x:v>
+      </x:c>
       <x:c r="I66" s="16" t="s">
-        <x:v>155</x:v>
-[...1 lines deleted...]
-      <x:c r="J66" s="14" t="s"/>
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="J66" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
       <x:c r="K66" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
-        <x:v>44072</x:v>
+        <x:v>44050</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>616012</x:v>
+        <x:v>599098</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>153</x:v>
-[...1 lines deleted...]
-      <x:c r="C67" s="3" t="s"/>
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="C67" s="3" t="n">
+        <x:v>37679</x:v>
+      </x:c>
       <x:c r="D67" s="3" t="s"/>
+      <x:c r="E67" s="0" t="s">
+        <x:v>44</x:v>
+      </x:c>
       <x:c r="G67" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="H67" s="0" t="s">
+        <x:v>46</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="J67" s="0" t="s">
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
-        <x:v>44072</x:v>
+        <x:v>44050</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>616013</x:v>
+        <x:v>607636</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>37679</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="I68" s="16" t="s">
         <x:v>47</x:v>