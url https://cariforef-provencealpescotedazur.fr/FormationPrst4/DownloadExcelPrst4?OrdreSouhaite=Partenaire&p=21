--- v0 (2025-11-11)
+++ v1 (2025-11-11)
@@ -943,104 +943,146 @@
   <x:si>
     <x:t>02/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ab Sud Formation</x:t>
   </x:si>
   <x:si>
     <x:t>Hse Consulting</x:t>
   </x:si>
   <x:si>
     <x:t>13400</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 4e</x:t>
   </x:si>
   <x:si>
     <x:t>12/09/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/10/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>02/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eureka</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA FARLEDE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ma Prev en Jeu - Maryline Jasek</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 9e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Avenir Services Formation - Elythe</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13290</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cfc-Cfa Les Chênes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CARPENTRAS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/17/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/20/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Montage, utilisation et démontage des échafaudages de pied (R408) - responsable du montage ou monteur de l'échafaudage</x:t>
   </x:si>
   <x:si>
     <x:t>01/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>S’initier à la prévention des RPS (établissement &gt; à 150)</x:t>
   </x:si>
   <x:si>
     <x:t>Acquérir les compétences en prévention des risques professionnels dans sa fonction de tuteur</x:t>
   </x:si>
   <x:si>
     <x:t>Octogone Formation</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>11/14/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil Formation Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>CFM</x:t>
   </x:si>
   <x:si>
     <x:t>13220</x:t>
   </x:si>
   <x:si>
     <x:t>CHATEAUNEUF-LES-MARTIGUES</x:t>
   </x:si>
   <x:si>
     <x:t>Bma Formation</x:t>
   </x:si>
   <x:si>
     <x:t>83210</x:t>
   </x:si>
   <x:si>
-    <x:t>LA FARLEDE</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>10/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Action 3 - Idea Formation</x:t>
   </x:si>
   <x:si>
-    <x:t>13290</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>AIX - LES MILLES</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>Certificat de formateur prévention des risques liés à l'activité physique pour les personnels des établissements du milieu sanitaire et social (PRAP 2S)</x:t>
   </x:si>
   <x:si>
     <x:t>Devenir formateur de formateurs d’acteurs prévention secours du secteur de l’aide et du soin à domicile</x:t>
   </x:si>
   <x:si>
     <x:t>03/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2026 00:00:00</x:t>
@@ -1049,92 +1091,50 @@
     <x:t>Actions Conseils</x:t>
   </x:si>
   <x:si>
     <x:t>13270</x:t>
   </x:si>
   <x:si>
     <x:t>FOS-SUR-MER</x:t>
   </x:si>
   <x:si>
     <x:t>Dimension Corde</x:t>
   </x:si>
   <x:si>
     <x:t>05230</x:t>
   </x:si>
   <x:si>
     <x:t>MIMET</x:t>
   </x:si>
   <x:si>
     <x:t>P et CO Formation Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>11/27/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/28/2025 00:00:00</x:t>
-  </x:si>
-[...40 lines deleted...]
-    <x:t>12/20/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Habilitation électrique B0 chargé de travaux d'ordre non électrique, basse tension</x:t>
   </x:si>
   <x:si>
     <x:t>Habilitation électrique</x:t>
   </x:si>
   <x:si>
     <x:t>Devenir formateur de personne ressource du projet de prévention des TMS et de chargé de prévention des TMS</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole de la Construction des Infrastructures et Réseaux - Ecir Formation</x:t>
   </x:si>
   <x:si>
     <x:t>CFTP</x:t>
   </x:si>
   <x:si>
     <x:t>13370</x:t>
   </x:si>
   <x:si>
     <x:t>Public en emploi</x:t>
   </x:si>
   <x:si>
     <x:t>MALLEMORT</x:t>
   </x:si>
@@ -6987,1314 +6987,1314 @@
       </x:c>
       <x:c r="N97" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="O97" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="Q97" s="0" t="n">
         <x:v>584295</x:v>
       </x:c>
       <x:c r="R97" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="S97" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:19">
       <x:c r="A98" s="13" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C98" s="15" t="s"/>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s">
-        <x:v>21</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="16" t="s">
-        <x:v>23</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L98" s="15" t="n">
-        <x:v>22297</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N98" s="14" t="s">
-        <x:v>21</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="O98" s="16" t="s">
-        <x:v>23</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="Q98" s="14" t="n">
-        <x:v>566122</x:v>
+        <x:v>586808</x:v>
       </x:c>
       <x:c r="R98" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="S98" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:19">
       <x:c r="A99" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C99" s="3" t="s"/>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="E99" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G99" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="I99" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L99" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N99" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="O99" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
-        <x:v>288</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="Q99" s="0" t="n">
-        <x:v>584294</x:v>
+        <x:v>586821</x:v>
       </x:c>
       <x:c r="R99" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S99" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:19">
       <x:c r="A100" s="13" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C100" s="15" t="s"/>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L100" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N100" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="O100" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="Q100" s="14" t="n">
-        <x:v>602837</x:v>
+        <x:v>578857</x:v>
       </x:c>
       <x:c r="R100" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S100" s="16" t="s">
-        <x:v>293</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:19">
       <x:c r="A101" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C101" s="3" t="s"/>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="E101" s="0" t="s">
-        <x:v>21</x:v>
-[...2 lines deleted...]
-        <x:v>22</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="G101" s="4" t="s">
-        <x:v>23</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="I101" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L101" s="3" t="n">
-        <x:v>33053</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N101" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="O101" s="4" t="s">
-        <x:v>23</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="Q101" s="0" t="n">
-        <x:v>566136</x:v>
+        <x:v>578921</x:v>
       </x:c>
       <x:c r="R101" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="S101" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:19">
       <x:c r="A102" s="13" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C102" s="15" t="s"/>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s">
-        <x:v>21</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="16" t="s">
-        <x:v>23</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L102" s="15" t="n">
-        <x:v>42875</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N102" s="14" t="s">
-        <x:v>21</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="O102" s="16" t="s">
-        <x:v>23</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="Q102" s="14" t="n">
-        <x:v>566131</x:v>
+        <x:v>544913</x:v>
       </x:c>
       <x:c r="R102" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S102" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:19">
       <x:c r="A103" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C103" s="3" t="s"/>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="E103" s="0" t="s">
-        <x:v>21</x:v>
-[...2 lines deleted...]
-        <x:v>22</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="G103" s="4" t="s">
-        <x:v>23</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="I103" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L103" s="3" t="n">
-        <x:v>42866</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N103" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="O103" s="4" t="s">
-        <x:v>23</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="Q103" s="0" t="n">
-        <x:v>566146</x:v>
+        <x:v>566553</x:v>
       </x:c>
       <x:c r="R103" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="S103" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:19">
       <x:c r="A104" s="13" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C104" s="15" t="s"/>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s">
-        <x:v>296</x:v>
-[...1 lines deleted...]
-      <x:c r="F104" s="14" t="s"/>
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F104" s="14" t="s">
+        <x:v>22</x:v>
+      </x:c>
       <x:c r="G104" s="16" t="s">
-        <x:v>297</x:v>
-[...1 lines deleted...]
-      <x:c r="H104" s="14" t="s"/>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H104" s="14" t="s">
+        <x:v>24</x:v>
+      </x:c>
       <x:c r="I104" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L104" s="15" t="n">
-        <x:v>42829</x:v>
+        <x:v>22297</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="N104" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="O104" s="16" t="s">
-        <x:v>297</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="Q104" s="14" t="n">
-        <x:v>598106</x:v>
+        <x:v>566122</x:v>
       </x:c>
       <x:c r="R104" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S104" s="16" t="s">
-        <x:v>298</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:19">
       <x:c r="A105" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C105" s="3" t="s"/>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="E105" s="0" t="s">
-        <x:v>299</x:v>
-[...2 lines deleted...]
-        <x:v>300</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="G105" s="4" t="s">
-        <x:v>301</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="I105" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L105" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N105" s="0" t="s">
-        <x:v>299</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="O105" s="4" t="s">
-        <x:v>301</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
-        <x:v>302</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="Q105" s="0" t="n">
-        <x:v>558560</x:v>
+        <x:v>584294</x:v>
       </x:c>
       <x:c r="R105" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S105" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:19">
       <x:c r="A106" s="13" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C106" s="15" t="s"/>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="16" t="s">
-        <x:v>304</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L106" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N106" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="O106" s="16" t="s">
-        <x:v>304</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
-        <x:v>305</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="Q106" s="14" t="n">
-        <x:v>543382</x:v>
+        <x:v>602837</x:v>
       </x:c>
       <x:c r="R106" s="16" t="s">
-        <x:v>306</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="S106" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:19">
       <x:c r="A107" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="C107" s="3" t="s"/>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="E107" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F107" s="0" t="s">
+        <x:v>22</x:v>
       </x:c>
       <x:c r="G107" s="4" t="s">
-        <x:v>308</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I107" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L107" s="3" t="n">
-        <x:v>42829</x:v>
+        <x:v>33053</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="N107" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="O107" s="4" t="s">
-        <x:v>308</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="Q107" s="0" t="n">
-        <x:v>591288</x:v>
+        <x:v>566136</x:v>
       </x:c>
       <x:c r="R107" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S107" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:19">
       <x:c r="A108" s="13" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="C108" s="15" t="s"/>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s">
-        <x:v>111</x:v>
-[...1 lines deleted...]
-      <x:c r="F108" s="14" t="s"/>
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F108" s="14" t="s">
+        <x:v>22</x:v>
+      </x:c>
       <x:c r="G108" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L108" s="15" t="n">
-        <x:v>42829</x:v>
+        <x:v>42875</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="N108" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="O108" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
-        <x:v>311</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="Q108" s="14" t="n">
-        <x:v>556448</x:v>
+        <x:v>566131</x:v>
       </x:c>
       <x:c r="R108" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S108" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:19">
       <x:c r="A109" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="C109" s="3" t="s"/>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="E109" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F109" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="G109" s="4" t="s">
         <x:v>23</x:v>
       </x:c>
-      <x:c r="H109" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I109" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L109" s="3" t="n">
-        <x:v>42856</x:v>
+        <x:v>42866</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="N109" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="O109" s="4" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="Q109" s="0" t="n">
-        <x:v>566156</x:v>
+        <x:v>566146</x:v>
       </x:c>
       <x:c r="R109" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S109" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:19">
       <x:c r="A110" s="13" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
-        <x:v>313</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C110" s="15" t="s"/>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s">
-        <x:v>21</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>312</x:v>
+      </x:c>
+      <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="16" t="s">
-        <x:v>23</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L110" s="15" t="n">
-        <x:v>42856</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N110" s="14" t="s">
-        <x:v>21</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="O110" s="16" t="s">
-        <x:v>23</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="Q110" s="14" t="n">
-        <x:v>566145</x:v>
+        <x:v>598106</x:v>
       </x:c>
       <x:c r="R110" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S110" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:19">
       <x:c r="A111" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C111" s="3" t="s"/>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="E111" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="F111" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="G111" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="I111" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L111" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N111" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="O111" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="Q111" s="0" t="n">
-        <x:v>554084</x:v>
+        <x:v>558560</x:v>
       </x:c>
       <x:c r="R111" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S111" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:19">
       <x:c r="A112" s="13" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C112" s="15" t="s"/>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L112" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N112" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="O112" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="Q112" s="14" t="n">
-        <x:v>586809</x:v>
+        <x:v>543382</x:v>
       </x:c>
       <x:c r="R112" s="16" t="s">
-        <x:v>314</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="S112" s="16" t="s">
-        <x:v>315</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:19">
       <x:c r="A113" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C113" s="3" t="s"/>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="E113" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="G113" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="I113" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L113" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N113" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="O113" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="Q113" s="0" t="n">
-        <x:v>586818</x:v>
+        <x:v>591288</x:v>
       </x:c>
       <x:c r="R113" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="S113" s="4" t="s">
-        <x:v>317</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:19">
       <x:c r="A114" s="13" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C114" s="15" t="s"/>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s">
-        <x:v>318</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="16" t="s">
-        <x:v>319</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L114" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N114" s="14" t="s">
-        <x:v>318</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="O114" s="16" t="s">
-        <x:v>319</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
-        <x:v>320</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="Q114" s="14" t="n">
-        <x:v>557074</x:v>
+        <x:v>556448</x:v>
       </x:c>
       <x:c r="R114" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S114" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:19">
       <x:c r="A115" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="C115" s="3" t="s"/>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="E115" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F115" s="0" t="s">
+        <x:v>22</x:v>
       </x:c>
       <x:c r="G115" s="4" t="s">
-        <x:v>322</x:v>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H115" s="0" t="s">
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I115" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L115" s="3" t="n">
-        <x:v>42829</x:v>
+        <x:v>42856</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="N115" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="O115" s="4" t="s">
-        <x:v>322</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
-        <x:v>323</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="Q115" s="0" t="n">
-        <x:v>545566</x:v>
+        <x:v>566156</x:v>
       </x:c>
       <x:c r="R115" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S115" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:19">
       <x:c r="A116" s="13" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="C116" s="15" t="s"/>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s">
-        <x:v>324</x:v>
-[...1 lines deleted...]
-      <x:c r="F116" s="14" t="s"/>
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F116" s="14" t="s">
+        <x:v>22</x:v>
+      </x:c>
       <x:c r="G116" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L116" s="15" t="n">
-        <x:v>42829</x:v>
+        <x:v>42856</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="N116" s="14" t="s">
-        <x:v>324</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="O116" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="Q116" s="14" t="n">
-        <x:v>585167</x:v>
+        <x:v>566145</x:v>
       </x:c>
       <x:c r="R116" s="16" t="s">
-        <x:v>325</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S116" s="16" t="s">
-        <x:v>326</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:19">
       <x:c r="A117" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C117" s="3" t="s"/>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="E117" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="F117" s="0" t="s">
+        <x:v>241</x:v>
       </x:c>
       <x:c r="G117" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="I117" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L117" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N117" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="O117" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="Q117" s="0" t="n">
-        <x:v>586808</x:v>
+        <x:v>554084</x:v>
       </x:c>
       <x:c r="R117" s="4" t="s">
-        <x:v>327</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S117" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:19">
       <x:c r="A118" s="13" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C118" s="15" t="s"/>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L118" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N118" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="O118" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q118" s="14" t="n">
-        <x:v>586821</x:v>
+        <x:v>586809</x:v>
       </x:c>
       <x:c r="R118" s="16" t="s">
+        <x:v>328</x:v>
+      </x:c>
+      <x:c r="S118" s="16" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:19">
       <x:c r="A119" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C119" s="3" t="s"/>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="E119" s="0" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="G119" s="4" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="I119" s="0" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="J119" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K119" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="L119" s="3" t="n">
+        <x:v>42829</x:v>
+      </x:c>
+      <x:c r="M119" s="0" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="N119" s="0" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="O119" s="4" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="P119" s="0" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="Q119" s="0" t="n">
+        <x:v>586818</x:v>
+      </x:c>
+      <x:c r="R119" s="4" t="s">
+        <x:v>330</x:v>
+      </x:c>
+      <x:c r="S119" s="4" t="s">
         <x:v>331</x:v>
-      </x:c>
-[...34 lines deleted...]
-        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:19">
       <x:c r="A120" s="13" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C120" s="15" t="s"/>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L120" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N120" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="O120" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
-        <x:v>333</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="Q120" s="14" t="n">
-        <x:v>578921</x:v>
+        <x:v>557074</x:v>
       </x:c>
       <x:c r="R120" s="16" t="s">
-        <x:v>334</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S120" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:19">
       <x:c r="A121" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C121" s="3" t="s"/>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="E121" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="G121" s="4" t="s">
-        <x:v>308</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="I121" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L121" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N121" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="O121" s="4" t="s">
-        <x:v>308</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="Q121" s="0" t="n">
-        <x:v>544913</x:v>
+        <x:v>545566</x:v>
       </x:c>
       <x:c r="R121" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S121" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:19">
       <x:c r="A122" s="13" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C122" s="15" t="s"/>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s">
-        <x:v>336</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="16" t="s">
-        <x:v>337</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L122" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N122" s="14" t="s">
-        <x:v>336</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="O122" s="16" t="s">
-        <x:v>337</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
-        <x:v>338</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="Q122" s="14" t="n">
-        <x:v>566553</x:v>
+        <x:v>585167</x:v>
       </x:c>
       <x:c r="R122" s="16" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="S122" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:19">
       <x:c r="A123" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="C123" s="3" t="s"/>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="E123" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F123" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="G123" s="4" t="s">
         <x:v>23</x:v>
@@ -8606,101 +8606,101 @@
       <x:c r="G129" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="I129" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L129" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N129" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="O129" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="Q129" s="0" t="n">
         <x:v>544265</x:v>
       </x:c>
       <x:c r="R129" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="S129" s="4" t="s">
         <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:19">
       <x:c r="A130" s="13" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C130" s="15" t="s"/>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="F130" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="G130" s="16" t="s">
-        <x:v>297</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L130" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N130" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="O130" s="16" t="s">
-        <x:v>297</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q130" s="14" t="n">
         <x:v>553921</x:v>
       </x:c>
       <x:c r="R130" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="S130" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:19">
       <x:c r="A131" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C131" s="3" t="s"/>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="E131" s="0" t="s">
         <x:v>43</x:v>
@@ -8783,87 +8783,87 @@
         <x:v>23</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="Q132" s="14" t="n">
         <x:v>566140</x:v>
       </x:c>
       <x:c r="R132" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S132" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:19">
       <x:c r="A133" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C133" s="3" t="s"/>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="E133" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="G133" s="4" t="s">
-        <x:v>297</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="I133" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L133" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N133" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="O133" s="4" t="s">
-        <x:v>297</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q133" s="0" t="n">
         <x:v>598107</x:v>
       </x:c>
       <x:c r="R133" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="S133" s="4" t="s">
-        <x:v>298</x:v>
+        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:19">
       <x:c r="A134" s="13" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C134" s="15" t="s"/>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
@@ -9119,51 +9119,51 @@
       <x:c r="J139" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L139" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N139" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="O139" s="4" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q139" s="0" t="n">
         <x:v>545372</x:v>
       </x:c>
       <x:c r="R139" s="4" t="s">
-        <x:v>306</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="S139" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:19">
       <x:c r="A140" s="13" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C140" s="15" t="s"/>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
@@ -9264,51 +9264,51 @@
         <x:v>377</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L142" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N142" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="O142" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
-        <x:v>311</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="Q142" s="14" t="n">
         <x:v>547479</x:v>
       </x:c>
       <x:c r="R142" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S142" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:19">
       <x:c r="A143" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="C143" s="3" t="s"/>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="E143" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F143" s="0" t="s">
         <x:v>22</x:v>
@@ -9338,80 +9338,80 @@
         <x:v>23</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="Q143" s="0" t="n">
         <x:v>566161</x:v>
       </x:c>
       <x:c r="R143" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S143" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:19">
       <x:c r="A144" s="13" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C144" s="15" t="s"/>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="16" t="s">
-        <x:v>304</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L144" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N144" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="O144" s="16" t="s">
-        <x:v>304</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
-        <x:v>305</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="Q144" s="14" t="n">
         <x:v>563782</x:v>
       </x:c>
       <x:c r="R144" s="16" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="S144" s="16" t="s">
         <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:19">
       <x:c r="A145" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C145" s="3" t="s"/>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="E145" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="G145" s="4" t="s">
         <x:v>382</x:v>
@@ -9727,51 +9727,51 @@
       <x:c r="K151" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L151" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N151" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="O151" s="4" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="Q151" s="0" t="n">
         <x:v>555190</x:v>
       </x:c>
       <x:c r="R151" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="S151" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:19">
       <x:c r="A152" s="13" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C152" s="15" t="s"/>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s"/>
       <x:c r="I152" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
@@ -9791,78 +9791,78 @@
         <x:v>274</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q152" s="14" t="n">
         <x:v>566435</x:v>
       </x:c>
       <x:c r="R152" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S152" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:19">
       <x:c r="A153" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C153" s="3" t="s"/>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="E153" s="0" t="s">
-        <x:v>324</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G153" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I153" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L153" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N153" s="0" t="s">
-        <x:v>324</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="O153" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="Q153" s="0" t="n">
         <x:v>565518</x:v>
       </x:c>
       <x:c r="R153" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="S153" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:19">
       <x:c r="A154" s="13" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C154" s="15" t="s"/>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="16" t="s">
@@ -9978,51 +9978,51 @@
       <x:c r="J156" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L156" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N156" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="O156" s="16" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="Q156" s="14" t="n">
         <x:v>589634</x:v>
       </x:c>
       <x:c r="R156" s="16" t="s">
-        <x:v>310</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="S156" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:19">
       <x:c r="A157" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C157" s="3" t="s"/>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="E157" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="G157" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="I157" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>50</x:v>
@@ -10081,51 +10081,51 @@
       <x:c r="K158" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L158" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N158" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="O158" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="Q158" s="14" t="n">
         <x:v>544208</x:v>
       </x:c>
       <x:c r="R158" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="S158" s="16" t="s">
-        <x:v>298</x:v>
+        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:19">
       <x:c r="A159" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C159" s="3" t="s"/>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="E159" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="F159" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="G159" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I159" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>26</x:v>
@@ -10307,1114 +10307,1115 @@
         <x:v>23</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="Q162" s="14" t="n">
         <x:v>566116</x:v>
       </x:c>
       <x:c r="R162" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S162" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:19">
       <x:c r="A163" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C163" s="3" t="s"/>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="E163" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="G163" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="I163" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L163" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N163" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="O163" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="Q163" s="0" t="n">
-        <x:v>582055</x:v>
+        <x:v>546337</x:v>
       </x:c>
       <x:c r="R163" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S163" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:19">
       <x:c r="A164" s="13" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C164" s="15" t="s"/>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s">
-        <x:v>409</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L164" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N164" s="14" t="s">
-        <x:v>409</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="O164" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="Q164" s="14" t="n">
-        <x:v>546337</x:v>
+        <x:v>579536</x:v>
       </x:c>
       <x:c r="R164" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="S164" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:19">
       <x:c r="A165" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C165" s="3" t="s"/>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="E165" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="G165" s="4" t="s">
-        <x:v>411</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="I165" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L165" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N165" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="O165" s="4" t="s">
-        <x:v>411</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
-        <x:v>412</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="Q165" s="0" t="n">
-        <x:v>579536</x:v>
+        <x:v>570329</x:v>
       </x:c>
       <x:c r="R165" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S165" s="4" t="s">
-        <x:v>326</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:19">
       <x:c r="A166" s="13" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C166" s="15" t="s"/>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s">
-        <x:v>413</x:v>
-[...1 lines deleted...]
-      <x:c r="F166" s="14" t="s"/>
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="F166" s="14" t="s">
+        <x:v>70</x:v>
+      </x:c>
       <x:c r="G166" s="16" t="s">
-        <x:v>377</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L166" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N166" s="14" t="s">
-        <x:v>413</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="O166" s="16" t="s">
-        <x:v>377</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
-        <x:v>311</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="Q166" s="14" t="n">
-        <x:v>570329</x:v>
+        <x:v>598243</x:v>
       </x:c>
       <x:c r="R166" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="S166" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:19">
       <x:c r="A167" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="C167" s="3" t="s"/>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="E167" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F167" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="G167" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H167" s="0" t="s">
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I167" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L167" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N167" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="O167" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="Q167" s="0" t="n">
-        <x:v>598243</x:v>
+        <x:v>566154</x:v>
       </x:c>
       <x:c r="R167" s="4" t="s">
-        <x:v>414</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S167" s="4" t="s">
-        <x:v>415</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:19">
       <x:c r="A168" s="13" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
-        <x:v>416</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C168" s="15" t="s"/>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s">
-        <x:v>21</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="16" t="s">
-        <x:v>23</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L168" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N168" s="14" t="s">
-        <x:v>21</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="O168" s="16" t="s">
-        <x:v>23</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="Q168" s="14" t="n">
-        <x:v>566154</x:v>
+        <x:v>602800</x:v>
       </x:c>
       <x:c r="R168" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="S168" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:19">
       <x:c r="A169" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C169" s="3" t="s"/>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="E169" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>417</x:v>
+      </x:c>
+      <x:c r="F169" s="0" t="s">
+        <x:v>418</x:v>
       </x:c>
       <x:c r="G169" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="I169" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L169" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N169" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="O169" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="Q169" s="0" t="n">
-        <x:v>602800</x:v>
+        <x:v>544864</x:v>
       </x:c>
       <x:c r="R169" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="S169" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:19">
       <x:c r="A170" s="13" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="C170" s="15" t="s"/>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s">
-        <x:v>417</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F170" s="14" t="s">
-        <x:v>418</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="G170" s="16" t="s">
-        <x:v>208</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L170" s="15" t="n">
-        <x:v>42829</x:v>
+        <x:v>42866</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="N170" s="14" t="s">
-        <x:v>417</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="O170" s="16" t="s">
-        <x:v>208</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="Q170" s="14" t="n">
-        <x:v>544864</x:v>
+        <x:v>566164</x:v>
       </x:c>
       <x:c r="R170" s="16" t="s">
-        <x:v>269</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S170" s="16" t="s">
-        <x:v>270</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:19">
       <x:c r="A171" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C171" s="3" t="s"/>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="E171" s="0" t="s">
-        <x:v>21</x:v>
-[...2 lines deleted...]
-        <x:v>22</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G171" s="4" t="s">
-        <x:v>23</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="I171" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L171" s="3" t="n">
-        <x:v>42866</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N171" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="O171" s="4" t="s">
-        <x:v>23</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="Q171" s="0" t="n">
-        <x:v>566164</x:v>
+        <x:v>586817</x:v>
       </x:c>
       <x:c r="R171" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="S171" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:19">
       <x:c r="A172" s="13" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="C172" s="15" t="s"/>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s">
-        <x:v>43</x:v>
-[...1 lines deleted...]
-      <x:c r="F172" s="14" t="s"/>
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F172" s="14" t="s">
+        <x:v>22</x:v>
+      </x:c>
       <x:c r="G172" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L172" s="15" t="n">
-        <x:v>42829</x:v>
+        <x:v>42866</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="N172" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="O172" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="Q172" s="14" t="n">
-        <x:v>586817</x:v>
+        <x:v>566119</x:v>
       </x:c>
       <x:c r="R172" s="16" t="s">
-        <x:v>420</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S172" s="16" t="s">
-        <x:v>421</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:19">
       <x:c r="A173" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>422</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C173" s="3" t="s"/>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="E173" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F173" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G173" s="4" t="s">
-        <x:v>23</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I173" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L173" s="3" t="n">
-        <x:v>42866</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N173" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="O173" s="4" t="s">
-        <x:v>23</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="Q173" s="0" t="n">
-        <x:v>566119</x:v>
+        <x:v>598246</x:v>
       </x:c>
       <x:c r="R173" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="S173" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>424</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:19">
       <x:c r="A174" s="13" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="C174" s="15" t="s"/>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F174" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="G174" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L174" s="15" t="n">
-        <x:v>42829</x:v>
+        <x:v>33053</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="N174" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="O174" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="Q174" s="14" t="n">
-        <x:v>598246</x:v>
+        <x:v>566162</x:v>
       </x:c>
       <x:c r="R174" s="16" t="s">
-        <x:v>423</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S174" s="16" t="s">
-        <x:v>424</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:19">
       <x:c r="A175" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
-        <x:v>425</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C175" s="3" t="s"/>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="E175" s="0" t="s">
-        <x:v>21</x:v>
-[...2 lines deleted...]
-        <x:v>22</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="G175" s="4" t="s">
-        <x:v>23</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I175" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L175" s="3" t="n">
-        <x:v>33053</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N175" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="O175" s="4" t="s">
-        <x:v>23</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="Q175" s="0" t="n">
-        <x:v>566162</x:v>
+        <x:v>573152</x:v>
       </x:c>
       <x:c r="R175" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S175" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:19">
       <x:c r="A176" s="13" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C176" s="15" t="s"/>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L176" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N176" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="O176" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="Q176" s="14" t="n">
-        <x:v>573152</x:v>
+        <x:v>559727</x:v>
       </x:c>
       <x:c r="R176" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S176" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:19">
       <x:c r="A177" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C177" s="3" t="s"/>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="E177" s="0" t="s">
-        <x:v>368</x:v>
+        <x:v>426</x:v>
+      </x:c>
+      <x:c r="F177" s="0" t="s">
+        <x:v>427</x:v>
       </x:c>
       <x:c r="G177" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="I177" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L177" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N177" s="0" t="s">
-        <x:v>368</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="O177" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="Q177" s="0" t="n">
-        <x:v>559727</x:v>
+        <x:v>590235</x:v>
       </x:c>
       <x:c r="R177" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S177" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:19">
       <x:c r="A178" s="13" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C178" s="15" t="s"/>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s">
-        <x:v>426</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L178" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N178" s="14" t="s">
-        <x:v>426</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="O178" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q178" s="14" t="n">
-        <x:v>590235</x:v>
+        <x:v>586811</x:v>
       </x:c>
       <x:c r="R178" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="S178" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:19">
       <x:c r="A179" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="C179" s="3" t="s"/>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="E179" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F179" s="0" t="s">
+        <x:v>22</x:v>
       </x:c>
       <x:c r="G179" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I179" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L179" s="3" t="n">
-        <x:v>42829</x:v>
+        <x:v>42875</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="N179" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="O179" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="Q179" s="0" t="n">
-        <x:v>586811</x:v>
+        <x:v>566120</x:v>
       </x:c>
       <x:c r="R179" s="4" t="s">
-        <x:v>428</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S179" s="4" t="s">
-        <x:v>429</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:19">
       <x:c r="A180" s="13" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
-        <x:v>430</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C180" s="15" t="s"/>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s">
-        <x:v>21</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>431</x:v>
+      </x:c>
+      <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="16" t="s">
-        <x:v>23</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L180" s="15" t="n">
-        <x:v>42875</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N180" s="14" t="s">
-        <x:v>21</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="O180" s="16" t="s">
-        <x:v>23</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="Q180" s="14" t="n">
-        <x:v>566120</x:v>
+        <x:v>563564</x:v>
       </x:c>
       <x:c r="R180" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="S180" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:19">
       <x:c r="A181" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C181" s="3" t="s"/>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="E181" s="0" t="s">
-        <x:v>431</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="G181" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="I181" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L181" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N181" s="0" t="s">
-        <x:v>431</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="O181" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
-        <x:v>432</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="Q181" s="0" t="n">
-        <x:v>563564</x:v>
+        <x:v>544160</x:v>
       </x:c>
       <x:c r="R181" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S181" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:19">
       <x:c r="A182" s="13" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="C182" s="15" t="s"/>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s">
-        <x:v>433</x:v>
-[...1 lines deleted...]
-      <x:c r="F182" s="14" t="s"/>
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F182" s="14" t="s">
+        <x:v>22</x:v>
+      </x:c>
       <x:c r="G182" s="16" t="s">
-        <x:v>308</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L182" s="15" t="n">
-        <x:v>42829</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="N182" s="14" t="s">
-        <x:v>433</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="O182" s="16" t="s">
-        <x:v>308</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
-        <x:v>309</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="Q182" s="14" t="n">
-        <x:v>544160</x:v>
+        <x:v>566126</x:v>
       </x:c>
       <x:c r="R182" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S182" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:19">
       <x:c r="A183" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>434</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C183" s="3" t="s"/>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="E183" s="0" t="s">
-        <x:v>21</x:v>
-[...2 lines deleted...]
-        <x:v>22</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="G183" s="4" t="s">
-        <x:v>23</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="I183" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L183" s="3" t="n">
-        <x:v>42819</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N183" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="O183" s="4" t="s">
-        <x:v>23</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q183" s="0" t="n">
-        <x:v>566126</x:v>
+        <x:v>582055</x:v>
       </x:c>
       <x:c r="R183" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S183" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:19">
       <x:c r="A184" s="13" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C184" s="15" t="s"/>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="F184" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="G184" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
@@ -11679,51 +11680,51 @@
       <x:c r="K189" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L189" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N189" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="O189" s="4" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="Q189" s="0" t="n">
         <x:v>580498</x:v>
       </x:c>
       <x:c r="R189" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="S189" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:19">
       <x:c r="A190" s="13" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C190" s="15" t="s"/>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="F190" s="14" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="G190" s="16" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s"/>
       <x:c r="I190" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
@@ -11845,135 +11846,135 @@
         <x:v>242</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="Q192" s="14" t="n">
         <x:v>560155</x:v>
       </x:c>
       <x:c r="R192" s="16" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="S192" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:19">
       <x:c r="A193" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C193" s="3" t="s"/>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="E193" s="0" t="s">
-        <x:v>332</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="G193" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="I193" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L193" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N193" s="0" t="s">
-        <x:v>332</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="O193" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="Q193" s="0" t="n">
         <x:v>546583</x:v>
       </x:c>
       <x:c r="R193" s="4" t="s">
-        <x:v>334</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="S193" s="4" t="s">
         <x:v>447</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:19">
       <x:c r="A194" s="13" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C194" s="15" t="s"/>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="16" t="s">
-        <x:v>297</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s"/>
       <x:c r="I194" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L194" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N194" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="O194" s="16" t="s">
-        <x:v>297</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q194" s="14" t="n">
         <x:v>543555</x:v>
       </x:c>
       <x:c r="R194" s="16" t="s">
-        <x:v>306</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="S194" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:19">
       <x:c r="A195" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C195" s="3" t="s"/>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="E195" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="F195" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="G195" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I195" s="0" t="s">
         <x:v>39</x:v>
@@ -12001,76 +12002,76 @@
       </x:c>
       <x:c r="Q195" s="0" t="n">
         <x:v>557815</x:v>
       </x:c>
       <x:c r="R195" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S195" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:19">
       <x:c r="A196" s="13" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C196" s="15" t="s"/>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="16" t="s">
-        <x:v>319</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s"/>
       <x:c r="I196" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L196" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N196" s="14" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="O196" s="16" t="s">
-        <x:v>319</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
-        <x:v>320</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="Q196" s="14" t="n">
         <x:v>555995</x:v>
       </x:c>
       <x:c r="R196" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S196" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:19">
       <x:c r="A197" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C197" s="3" t="s"/>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="E197" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="G197" s="4" t="s">
         <x:v>411</x:v>
@@ -12246,51 +12247,51 @@
       </x:c>
       <x:c r="N200" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="O200" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q200" s="14" t="n">
         <x:v>566441</x:v>
       </x:c>
       <x:c r="R200" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S200" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:19">
       <x:c r="A201" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="C201" s="3" t="s"/>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="E201" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F201" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="G201" s="4" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I201" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L201" s="3" t="n">