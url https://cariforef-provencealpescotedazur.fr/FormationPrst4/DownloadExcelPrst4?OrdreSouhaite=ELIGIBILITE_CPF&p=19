--- v0 (2025-11-11)
+++ v1 (2025-11-11)
@@ -847,267 +847,267 @@
   <x:si>
     <x:t>12/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ab Sud Formation</x:t>
   </x:si>
   <x:si>
+    <x:t>Acile Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13770</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Certificat de formateur prévention des risques liés à l'activité physique pour les personnels d'entreprise (PRAP IBC)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hse Consulting</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 4e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/09/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/10/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Actions Conseils</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dimension Corde</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05230</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MIMET</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GEMENOS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eureka</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83160</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA FARLEDE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Avenir Services Formation - Elythe</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cfc-Cfa Les Chênes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CARPENTRAS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/17/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Montage, utilisation et démontage des échafaudages de pied (R408) - responsable du montage ou monteur de l'échafaudage</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/12/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S’initier à la prévention des RPS (établissement &gt; à 150)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Acquérir les compétences en prévention des risques professionnels dans sa fonction de tuteur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Octogone Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conseil Formation Méditerranée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CFM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13220</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CHATEAUNEUF-LES-MARTIGUES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bma Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83210</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Action 3 - Idea Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Devenir formateur de formateurs d’acteurs prévention secours du secteur de l’aide et du soin à domicile</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut de Formation Professionnelle en Sécurité du Travail</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IFPST</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Habilitation électrique B0 chargé de travaux d'ordre non électrique, basse tension</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Habilitation électrique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Devenir formateur de personne ressource du projet de prévention des TMS et de chargé de prévention des TMS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole de la Construction des Infrastructures et Réseaux - Ecir Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CFTP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13370</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public en emploi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MALLEMORT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Artech Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARTIGUES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SISTERON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dc Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut pour l'Etude et l'Intégration des Nouvelles Techniques et Technologies</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INSEIT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Devenir acteur prévention secours du secteur du transport routier de marchandises</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PERTUIS</x:t>
+  </x:si>
+  <x:si>
     <x:t>Human Formation</x:t>
   </x:si>
   <x:si>
     <x:t>84270</x:t>
   </x:si>
   <x:si>
     <x:t>VEDENE</x:t>
   </x:si>
   <x:si>
     <x:t>10/17/2024 00:00:00</x:t>
-  </x:si>
-[...205 lines deleted...]
-    <x:t>PERTUIS</x:t>
   </x:si>
   <x:si>
     <x:t>Initier, piloter et manager son projet de prévention des TMS</x:t>
   </x:si>
   <x:si>
     <x:t>Fabre Formation Aix - Move Up Formation</x:t>
   </x:si>
   <x:si>
     <x:t>13100</x:t>
   </x:si>
   <x:si>
     <x:t>Tea Conseil Audit Formation</x:t>
   </x:si>
   <x:si>
     <x:t>13300</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Demandeur d'emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>SALON-DE-PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>12/11/2025 00:00:00</x:t>
   </x:si>
@@ -6171,68 +6171,68 @@
         <x:v>260</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L82" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N82" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="O82" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
-        <x:v>261</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="Q82" s="14" t="n">
-        <x:v>544931</x:v>
+        <x:v>556448</x:v>
       </x:c>
       <x:c r="R82" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S82" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:19">
       <x:c r="A83" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s"/>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="E83" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F83" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="G83" s="4" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I83" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L83" s="3" t="n">
@@ -6248,2026 +6248,2024 @@
         <x:v>23</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="Q83" s="0" t="n">
         <x:v>566144</x:v>
       </x:c>
       <x:c r="R83" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S83" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:19">
       <x:c r="A84" s="13" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C84" s="15" t="s"/>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L84" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N84" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="O84" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="Q84" s="14" t="n">
         <x:v>584295</x:v>
       </x:c>
       <x:c r="R84" s="16" t="s">
-        <x:v>266</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="S84" s="16" t="s">
-        <x:v>267</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:19">
       <x:c r="A85" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C85" s="3" t="s"/>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="E85" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="G85" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="I85" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L85" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N85" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="O85" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="Q85" s="0" t="n">
-        <x:v>586808</x:v>
+        <x:v>557074</x:v>
       </x:c>
       <x:c r="R85" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="S85" s="4" t="s">
-        <x:v>269</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:19">
       <x:c r="A86" s="13" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C86" s="15" t="s"/>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L86" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N86" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="O86" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="Q86" s="14" t="n">
-        <x:v>586821</x:v>
+        <x:v>545566</x:v>
       </x:c>
       <x:c r="R86" s="16" t="s">
-        <x:v>270</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S86" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:19">
       <x:c r="A87" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C87" s="3" t="s"/>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="E87" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G87" s="4" t="s">
-        <x:v>273</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="I87" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L87" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N87" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="O87" s="4" t="s">
-        <x:v>273</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="Q87" s="0" t="n">
-        <x:v>578857</x:v>
+        <x:v>585167</x:v>
       </x:c>
       <x:c r="R87" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S87" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:19">
       <x:c r="A88" s="13" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C88" s="15" t="s"/>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L88" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N88" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="O88" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q88" s="14" t="n">
-        <x:v>578921</x:v>
+        <x:v>586808</x:v>
       </x:c>
       <x:c r="R88" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="S88" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:19">
       <x:c r="A89" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C89" s="3" t="s"/>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="E89" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G89" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I89" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L89" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N89" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="O89" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q89" s="0" t="n">
-        <x:v>544913</x:v>
+        <x:v>586821</x:v>
       </x:c>
       <x:c r="R89" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="S89" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:19">
       <x:c r="A90" s="13" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C90" s="15" t="s"/>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s">
-        <x:v>276</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="16" t="s">
-        <x:v>277</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L90" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N90" s="14" t="s">
+        <x:v>275</x:v>
+      </x:c>
+      <x:c r="O90" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
-      <x:c r="O90" s="16" t="s">
+      <x:c r="P90" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
-      <x:c r="P90" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="Q90" s="14" t="n">
-        <x:v>566553</x:v>
+        <x:v>578857</x:v>
       </x:c>
       <x:c r="R90" s="16" t="s">
-        <x:v>279</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S90" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:19">
       <x:c r="A91" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C91" s="3" t="s"/>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="E91" s="0" t="s">
-        <x:v>21</x:v>
-[...2 lines deleted...]
-        <x:v>22</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="G91" s="4" t="s">
-        <x:v>23</x:v>
-[...2 lines deleted...]
-        <x:v>24</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="I91" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L91" s="3" t="n">
-        <x:v>22297</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="N91" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="O91" s="4" t="s">
-        <x:v>23</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="Q91" s="0" t="n">
-        <x:v>566122</x:v>
+        <x:v>578921</x:v>
       </x:c>
       <x:c r="R91" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="S91" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:19">
       <x:c r="A92" s="13" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C92" s="15" t="s"/>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L92" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N92" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="O92" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="Q92" s="14" t="n">
-        <x:v>584294</x:v>
+        <x:v>544913</x:v>
       </x:c>
       <x:c r="R92" s="16" t="s">
-        <x:v>281</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S92" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:19">
       <x:c r="A93" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C93" s="3" t="s"/>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="E93" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="G93" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="I93" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L93" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N93" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="O93" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="Q93" s="0" t="n">
-        <x:v>602837</x:v>
+        <x:v>566553</x:v>
       </x:c>
       <x:c r="R93" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="S93" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:19">
       <x:c r="A94" s="13" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="C94" s="15" t="s"/>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F94" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="G94" s="16" t="s">
         <x:v>23</x:v>
       </x:c>
-      <x:c r="H94" s="14" t="s"/>
+      <x:c r="H94" s="14" t="s">
+        <x:v>24</x:v>
+      </x:c>
       <x:c r="I94" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L94" s="15" t="n">
-        <x:v>33053</x:v>
+        <x:v>22297</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="N94" s="14" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="O94" s="16" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="Q94" s="14" t="n">
-        <x:v>566136</x:v>
+        <x:v>566122</x:v>
       </x:c>
       <x:c r="R94" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S94" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:19">
       <x:c r="A95" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C95" s="3" t="s"/>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="E95" s="0" t="s">
-        <x:v>21</x:v>
-[...2 lines deleted...]
-        <x:v>22</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="G95" s="4" t="s">
-        <x:v>23</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="I95" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L95" s="3" t="n">
-        <x:v>42875</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="N95" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="O95" s="4" t="s">
-        <x:v>23</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="Q95" s="0" t="n">
-        <x:v>566131</x:v>
+        <x:v>584294</x:v>
       </x:c>
       <x:c r="R95" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="S95" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:19">
       <x:c r="A96" s="13" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C96" s="15" t="s"/>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s">
-        <x:v>21</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="16" t="s">
-        <x:v>23</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L96" s="15" t="n">
-        <x:v>42866</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="N96" s="14" t="s">
-        <x:v>21</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="O96" s="16" t="s">
-        <x:v>23</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="Q96" s="14" t="n">
-        <x:v>566146</x:v>
+        <x:v>602837</x:v>
       </x:c>
       <x:c r="R96" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="S96" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:19">
       <x:c r="A97" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="C97" s="3" t="s"/>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="E97" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F97" s="0" t="s">
+        <x:v>22</x:v>
       </x:c>
       <x:c r="G97" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I97" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L97" s="3" t="n">
-        <x:v>42829</x:v>
+        <x:v>33053</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="N97" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="O97" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="Q97" s="0" t="n">
-        <x:v>598106</x:v>
+        <x:v>566136</x:v>
       </x:c>
       <x:c r="R97" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S97" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:19">
       <x:c r="A98" s="13" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="C98" s="15" t="s"/>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s">
-        <x:v>287</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F98" s="14" t="s">
-        <x:v>288</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="G98" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L98" s="15" t="n">
-        <x:v>42829</x:v>
+        <x:v>42875</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="N98" s="14" t="s">
-        <x:v>287</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="O98" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="Q98" s="14" t="n">
-        <x:v>558560</x:v>
+        <x:v>566131</x:v>
       </x:c>
       <x:c r="R98" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S98" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:19">
       <x:c r="A99" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="C99" s="3" t="s"/>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="E99" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F99" s="0" t="s">
+        <x:v>22</x:v>
       </x:c>
       <x:c r="G99" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I99" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L99" s="3" t="n">
-        <x:v>42829</x:v>
+        <x:v>42866</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N99" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="O99" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="Q99" s="0" t="n">
-        <x:v>543382</x:v>
+        <x:v>566146</x:v>
       </x:c>
       <x:c r="R99" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S99" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:19">
       <x:c r="A100" s="13" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C100" s="15" t="s"/>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L100" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N100" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="O100" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="Q100" s="14" t="n">
-        <x:v>591288</x:v>
+        <x:v>598106</x:v>
       </x:c>
       <x:c r="R100" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="S100" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:19">
       <x:c r="A101" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C101" s="3" t="s"/>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="E101" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="F101" s="0" t="s">
+        <x:v>291</x:v>
       </x:c>
       <x:c r="G101" s="4" t="s">
-        <x:v>295</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="I101" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L101" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N101" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="O101" s="4" t="s">
-        <x:v>295</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="Q101" s="0" t="n">
-        <x:v>556448</x:v>
+        <x:v>558560</x:v>
       </x:c>
       <x:c r="R101" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S101" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:19">
       <x:c r="A102" s="13" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
-        <x:v>20</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C102" s="15" t="s"/>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s">
-        <x:v>21</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="16" t="s">
-        <x:v>23</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L102" s="15" t="n">
-        <x:v>42856</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="N102" s="14" t="s">
-        <x:v>21</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="O102" s="16" t="s">
-        <x:v>23</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="Q102" s="14" t="n">
-        <x:v>566156</x:v>
+        <x:v>543382</x:v>
       </x:c>
       <x:c r="R102" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="S102" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:19">
       <x:c r="A103" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C103" s="3" t="s"/>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="E103" s="0" t="s">
-        <x:v>21</x:v>
-[...2 lines deleted...]
-        <x:v>22</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="G103" s="4" t="s">
-        <x:v>23</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="I103" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L103" s="3" t="n">
-        <x:v>42856</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="N103" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="O103" s="4" t="s">
-        <x:v>23</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="Q103" s="0" t="n">
-        <x:v>566145</x:v>
+        <x:v>591288</x:v>
       </x:c>
       <x:c r="R103" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S103" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:19">
       <x:c r="A104" s="13" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C104" s="15" t="s"/>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s">
-        <x:v>297</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F104" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="G104" s="16" t="s">
-        <x:v>195</x:v>
-[...1 lines deleted...]
-      <x:c r="H104" s="14" t="s"/>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H104" s="14" t="s">
+        <x:v>24</x:v>
+      </x:c>
       <x:c r="I104" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L104" s="15" t="n">
-        <x:v>42829</x:v>
+        <x:v>42856</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N104" s="14" t="s">
-        <x:v>297</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="O104" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="Q104" s="14" t="n">
-        <x:v>554084</x:v>
+        <x:v>566156</x:v>
       </x:c>
       <x:c r="R104" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S104" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:19">
       <x:c r="A105" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="C105" s="3" t="s"/>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="E105" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F105" s="0" t="s">
+        <x:v>22</x:v>
       </x:c>
       <x:c r="G105" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I105" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L105" s="3" t="n">
-        <x:v>42829</x:v>
+        <x:v>42856</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N105" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="O105" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="Q105" s="0" t="n">
-        <x:v>586809</x:v>
+        <x:v>566145</x:v>
       </x:c>
       <x:c r="R105" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S105" s="4" t="s">
-        <x:v>300</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:19">
       <x:c r="A106" s="13" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C106" s="15" t="s"/>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s">
-        <x:v>69</x:v>
-[...1 lines deleted...]
-      <x:c r="F106" s="14" t="s"/>
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="F106" s="14" t="s">
+        <x:v>299</x:v>
+      </x:c>
       <x:c r="G106" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L106" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N106" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="O106" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="Q106" s="14" t="n">
-        <x:v>586818</x:v>
+        <x:v>554084</x:v>
       </x:c>
       <x:c r="R106" s="16" t="s">
-        <x:v>301</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S106" s="16" t="s">
-        <x:v>302</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:19">
       <x:c r="A107" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C107" s="3" t="s"/>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="E107" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G107" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I107" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L107" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N107" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="O107" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q107" s="0" t="n">
-        <x:v>557074</x:v>
+        <x:v>586809</x:v>
       </x:c>
       <x:c r="R107" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="S107" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:19">
       <x:c r="A108" s="13" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C108" s="15" t="s"/>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="16" t="s">
-        <x:v>305</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L108" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N108" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="O108" s="16" t="s">
-        <x:v>305</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q108" s="14" t="n">
-        <x:v>545566</x:v>
+        <x:v>586818</x:v>
       </x:c>
       <x:c r="R108" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="S108" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:19">
       <x:c r="A109" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="C109" s="3" t="s"/>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="E109" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F109" s="0" t="s">
+        <x:v>22</x:v>
       </x:c>
       <x:c r="G109" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H109" s="0" t="s">
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I109" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L109" s="3" t="n">
-        <x:v>42829</x:v>
+        <x:v>24049</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="N109" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="O109" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="Q109" s="0" t="n">
-        <x:v>585167</x:v>
+        <x:v>566135</x:v>
       </x:c>
       <x:c r="R109" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S109" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:19">
       <x:c r="A110" s="13" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
-        <x:v>308</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="C110" s="15" t="s"/>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F110" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="G110" s="16" t="s">
         <x:v>23</x:v>
       </x:c>
-      <x:c r="H110" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L110" s="15" t="n">
-        <x:v>24049</x:v>
+        <x:v>42856</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
-        <x:v>309</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N110" s="14" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="O110" s="16" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="Q110" s="14" t="n">
-        <x:v>566135</x:v>
+        <x:v>566149</x:v>
       </x:c>
       <x:c r="R110" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S110" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:19">
       <x:c r="A111" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C111" s="3" t="s"/>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="E111" s="0" t="s">
-        <x:v>21</x:v>
-[...2 lines deleted...]
-        <x:v>22</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="G111" s="4" t="s">
-        <x:v>23</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I111" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L111" s="3" t="n">
-        <x:v>42856</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="N111" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="O111" s="4" t="s">
-        <x:v>23</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="Q111" s="0" t="n">
-        <x:v>566149</x:v>
+        <x:v>544209</x:v>
       </x:c>
       <x:c r="R111" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S111" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:19">
       <x:c r="A112" s="13" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C112" s="15" t="s"/>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s">
-        <x:v>99</x:v>
-[...1 lines deleted...]
-      <x:c r="F112" s="14" t="s"/>
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="F112" s="14" t="s">
+        <x:v>308</x:v>
+      </x:c>
       <x:c r="G112" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L112" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N112" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="O112" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="Q112" s="14" t="n">
-        <x:v>544209</x:v>
+        <x:v>546644</x:v>
       </x:c>
       <x:c r="R112" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S112" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:19">
       <x:c r="A113" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C113" s="3" t="s"/>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="E113" s="0" t="s">
-        <x:v>311</x:v>
-[...1 lines deleted...]
-      <x:c r="F113" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="G113" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="I113" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L113" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N113" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="O113" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="Q113" s="0" t="n">
+        <x:v>543402</x:v>
+      </x:c>
+      <x:c r="R113" s="4" t="s">
         <x:v>315</x:v>
       </x:c>
-      <x:c r="Q113" s="0" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S113" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:19">
       <x:c r="A114" s="13" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C114" s="15" t="s"/>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s">
-        <x:v>316</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="16" t="s">
-        <x:v>317</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L114" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N114" s="14" t="s">
-        <x:v>316</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="O114" s="16" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="P114" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
-      <x:c r="P114" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="Q114" s="14" t="n">
-        <x:v>543402</x:v>
+        <x:v>556452</x:v>
       </x:c>
       <x:c r="R114" s="16" t="s">
-        <x:v>319</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S114" s="16" t="s">
-        <x:v>320</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:19">
       <x:c r="A115" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C115" s="3" t="s"/>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="E115" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="G115" s="4" t="s">
-        <x:v>295</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="I115" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L115" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N115" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="O115" s="4" t="s">
-        <x:v>295</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="Q115" s="0" t="n">
-        <x:v>556452</x:v>
+        <x:v>544265</x:v>
       </x:c>
       <x:c r="R115" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="S115" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:19">
       <x:c r="A116" s="13" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C116" s="15" t="s"/>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="F116" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
-      <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L116" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N116" s="14" t="s">
-        <x:v>322</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="O116" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="Q116" s="14" t="n">
-        <x:v>544265</x:v>
+        <x:v>553921</x:v>
       </x:c>
       <x:c r="R116" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="S116" s="16" t="s">
-        <x:v>324</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:19">
       <x:c r="A117" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C117" s="3" t="s"/>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="E117" s="0" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="G117" s="4" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="I117" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="J117" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K117" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="L117" s="3" t="n">
+        <x:v>42829</x:v>
+      </x:c>
+      <x:c r="M117" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="N117" s="0" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="O117" s="4" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="P117" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="Q117" s="0" t="n">
+        <x:v>586816</x:v>
+      </x:c>
+      <x:c r="R117" s="4" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="S117" s="4" t="s">
         <x:v>325</x:v>
-      </x:c>
-[...37 lines deleted...]
-        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:19">
       <x:c r="A118" s="13" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="C118" s="15" t="s"/>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s">
-        <x:v>69</x:v>
-[...1 lines deleted...]
-      <x:c r="F118" s="14" t="s"/>
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F118" s="14" t="s">
+        <x:v>22</x:v>
+      </x:c>
       <x:c r="G118" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L118" s="15" t="n">
-        <x:v>42829</x:v>
+        <x:v>42866</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N118" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="O118" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="Q118" s="14" t="n">
-        <x:v>586816</x:v>
+        <x:v>566140</x:v>
       </x:c>
       <x:c r="R118" s="16" t="s">
-        <x:v>328</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S118" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:19">
       <x:c r="A119" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
-        <x:v>330</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C119" s="3" t="s"/>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="E119" s="0" t="s">
-        <x:v>21</x:v>
-[...2 lines deleted...]
-        <x:v>22</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="G119" s="4" t="s">
-        <x:v>23</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="I119" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L119" s="3" t="n">
-        <x:v>42866</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="N119" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="O119" s="4" t="s">
-        <x:v>23</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="Q119" s="0" t="n">
-        <x:v>566140</x:v>
+        <x:v>598107</x:v>
       </x:c>
       <x:c r="R119" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="S119" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:19">
       <x:c r="A120" s="13" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C120" s="15" t="s"/>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s">
-        <x:v>286</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="16" t="s">
-        <x:v>204</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L120" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N120" s="14" t="s">
-        <x:v>286</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="O120" s="16" t="s">
-        <x:v>204</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="Q120" s="14" t="n">
-        <x:v>598107</x:v>
+        <x:v>544760</x:v>
       </x:c>
       <x:c r="R120" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="S120" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:19">
       <x:c r="A121" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C121" s="3" t="s"/>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="E121" s="0" t="s">
-        <x:v>322</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="G121" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="I121" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L121" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N121" s="0" t="s">
-        <x:v>322</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="O121" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="Q121" s="0" t="n">
-        <x:v>544760</x:v>
+        <x:v>568112</x:v>
       </x:c>
       <x:c r="R121" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S121" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:19">
       <x:c r="A122" s="13" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C122" s="15" t="s"/>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="16" t="s">
-        <x:v>295</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L122" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N122" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="O122" s="16" t="s">
-        <x:v>295</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
+        <x:v>330</x:v>
+      </x:c>
+      <x:c r="Q122" s="14" t="n">
+        <x:v>544931</x:v>
+      </x:c>
+      <x:c r="R122" s="16" t="s">
         <x:v>331</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>30</x:v>
       </x:c>
       <x:c r="S122" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:19">
       <x:c r="A123" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="C123" s="3" t="s"/>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="E123" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F123" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="G123" s="4" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I123" s="0" t="s">
         <x:v>25</x:v>
@@ -8594,97 +8592,97 @@
         <x:v>23</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="Q129" s="0" t="n">
         <x:v>566161</x:v>
       </x:c>
       <x:c r="R129" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S129" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:19">
       <x:c r="A130" s="13" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C130" s="15" t="s"/>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L130" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N130" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="O130" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="Q130" s="14" t="n">
         <x:v>563782</x:v>
       </x:c>
       <x:c r="R130" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S130" s="16" t="s">
         <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:19">
       <x:c r="A131" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="C131" s="3" t="s"/>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="E131" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F131" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="G131" s="4" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I131" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L131" s="3" t="n">
@@ -9091,51 +9089,51 @@
       <x:c r="J139" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L139" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N139" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="O139" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="Q139" s="0" t="n">
         <x:v>558399</x:v>
       </x:c>
       <x:c r="R139" s="4" t="s">
-        <x:v>281</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="S139" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:19">
       <x:c r="A140" s="13" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C140" s="15" t="s"/>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
@@ -9216,73 +9214,73 @@
         <x:v>566129</x:v>
       </x:c>
       <x:c r="R141" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S141" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:19">
       <x:c r="A142" s="13" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C142" s="15" t="s"/>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="F142" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="G142" s="16" t="s">
-        <x:v>273</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L142" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N142" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="O142" s="16" t="s">
-        <x:v>273</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q142" s="14" t="n">
         <x:v>557236</x:v>
       </x:c>
       <x:c r="R142" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="S142" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:19">
       <x:c r="A143" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="C143" s="3" t="s"/>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="E143" s="0" t="s">
         <x:v>21</x:v>
@@ -9623,77 +9621,77 @@
         <x:v>367</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="Q149" s="0" t="n">
         <x:v>548192</x:v>
       </x:c>
       <x:c r="R149" s="4" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="S149" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:19">
       <x:c r="A150" s="13" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C150" s="15" t="s"/>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="16" t="s">
-        <x:v>295</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s"/>
       <x:c r="I150" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L150" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N150" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="O150" s="16" t="s">
-        <x:v>295</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="Q150" s="14" t="n">
         <x:v>568110</x:v>
       </x:c>
       <x:c r="R150" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S150" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:19">
       <x:c r="A151" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C151" s="3" t="s"/>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="E151" s="0" t="s">
         <x:v>371</x:v>
@@ -10295,75 +10293,75 @@
         <x:v>23</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="Q162" s="14" t="n">
         <x:v>566139</x:v>
       </x:c>
       <x:c r="R162" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S162" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:19">
       <x:c r="A163" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C163" s="3" t="s"/>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="E163" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="G163" s="4" t="s">
-        <x:v>295</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="I163" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L163" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N163" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="O163" s="4" t="s">
-        <x:v>295</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q163" s="0" t="n">
         <x:v>568111</x:v>
       </x:c>
       <x:c r="R163" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S163" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:19">
       <x:c r="A164" s="13" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C164" s="15" t="s"/>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s">
         <x:v>69</x:v>
@@ -11095,51 +11093,51 @@
         <x:v>84</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L178" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N178" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="O178" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="Q178" s="14" t="n">
         <x:v>600009</x:v>
       </x:c>
       <x:c r="R178" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S178" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:19">
       <x:c r="A179" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C179" s="3" t="s"/>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="E179" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="F179" s="0" t="s">
         <x:v>174</x:v>
@@ -11404,51 +11402,51 @@
         <x:v>84</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L184" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N184" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="O184" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="Q184" s="14" t="n">
         <x:v>570320</x:v>
       </x:c>
       <x:c r="R184" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S184" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:19">
       <x:c r="A185" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C185" s="3" t="s"/>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="E185" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="G185" s="4" t="s">
         <x:v>440</x:v>
@@ -11475,86 +11473,86 @@
         <x:v>440</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="Q185" s="0" t="n">
         <x:v>543784</x:v>
       </x:c>
       <x:c r="R185" s="4" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="S185" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:19">
       <x:c r="A186" s="13" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C186" s="15" t="s"/>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s">
-        <x:v>322</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L186" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N186" s="14" t="s">
-        <x:v>322</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="O186" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q186" s="14" t="n">
         <x:v>544761</x:v>
       </x:c>
       <x:c r="R186" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="S186" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:19">
       <x:c r="A187" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="C187" s="3" t="s"/>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="E187" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F187" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="G187" s="4" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I187" s="0" t="s">
         <x:v>25</x:v>
@@ -11631,75 +11629,75 @@
         <x:v>23</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="Q188" s="14" t="n">
         <x:v>566115</x:v>
       </x:c>
       <x:c r="R188" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S188" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:19">
       <x:c r="A189" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C189" s="3" t="s"/>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="E189" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="G189" s="4" t="s">
-        <x:v>295</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="I189" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L189" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N189" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="O189" s="4" t="s">
-        <x:v>295</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="Q189" s="0" t="n">
         <x:v>568108</x:v>
       </x:c>
       <x:c r="R189" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S189" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:19">
       <x:c r="A190" s="13" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C190" s="15" t="s"/>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s">
         <x:v>190</x:v>
@@ -11731,75 +11729,75 @@
         <x:v>191</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q190" s="14" t="n">
         <x:v>543389</x:v>
       </x:c>
       <x:c r="R190" s="16" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="S190" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:19">
       <x:c r="A191" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C191" s="3" t="s"/>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="E191" s="0" t="s">
-        <x:v>297</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="F191" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="G191" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="I191" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L191" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N191" s="0" t="s">
-        <x:v>297</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="O191" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="Q191" s="0" t="n">
         <x:v>543370</x:v>
       </x:c>
       <x:c r="R191" s="4" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="S191" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:19">
       <x:c r="A192" s="13" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="C192" s="15" t="s"/>
@@ -11885,77 +11883,77 @@
         <x:v>70</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q193" s="0" t="n">
         <x:v>586815</x:v>
       </x:c>
       <x:c r="R193" s="4" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="S193" s="4" t="s">
         <x:v>449</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:19">
       <x:c r="A194" s="13" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C194" s="15" t="s"/>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="16" t="s">
-        <x:v>295</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s"/>
       <x:c r="I194" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L194" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N194" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="O194" s="16" t="s">
-        <x:v>295</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q194" s="14" t="n">
         <x:v>568106</x:v>
       </x:c>
       <x:c r="R194" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S194" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:19">
       <x:c r="A195" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="C195" s="3" t="s"/>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="E195" s="0" t="s">
         <x:v>21</x:v>