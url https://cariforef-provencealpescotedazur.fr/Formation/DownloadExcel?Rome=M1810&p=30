--- v0 (2026-02-20)
+++ v1 (2026-02-20)
@@ -395,68 +395,68 @@
   <x:si>
     <x:t>09/09/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>M2s Formation School</x:t>
   </x:si>
   <x:si>
     <x:t>13127</x:t>
   </x:si>
   <x:si>
     <x:t>VITROLLES</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Doranco Espace Multimédia - Antenne Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13009</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/27/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/09/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Doranco Espace Multimédia - Antenne Marseille</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Administration Systèmes Microsoft</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Bachelor en sciences et ingénierie - cybersécurité</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Supérieur de l’Électronique et du Numérique - Toulon - Yncréa Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>ISEN</x:t>
   </x:si>
   <x:si>
     <x:t>83200</x:t>
   </x:si>
   <x:si>
     <x:t>Sécurité télécommunication</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
@@ -557,95 +557,95 @@
   <x:si>
     <x:t>09/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>B2h13 Marseille - My Business School</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
     <x:t>My Business School Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 8e</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>BTS services informatiques aux organisations option A : solutions d'infrastructure, systèmes et réseaux (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>IPSSI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>formation mixte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée H d'Estienne d'Orves</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE CEDEX 1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut Formation Conseil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IFC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut Formation Conseil|Institut Formation Conseil - Antenne Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/23/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>My BS - My Business School La Valette</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée D Villars</x:t>
   </x:si>
   <x:si>
     <x:t>05010</x:t>
   </x:si>
   <x:si>
     <x:t>GAP CEDEX</x:t>
   </x:si>
   <x:si>
-    <x:t>IPSSI</x:t>
-[...31 lines deleted...]
-  <x:si>
     <x:t>Jeune 16-25 ans , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/09/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Idrac business School - Compétences Commerce et International</x:t>
   </x:si>
   <x:si>
     <x:t>92400</x:t>
   </x:si>
   <x:si>
     <x:t>GRASSE</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Bonaparte</x:t>
@@ -938,71 +938,71 @@
   <x:si>
     <x:t>Igpepm - Groupe Eductive</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Belmont</x:t>
   </x:si>
   <x:si>
     <x:t>84140</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Belmont - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>MONTFAVET</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Campus International Riera</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/28/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/27/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Libre d'Etudes Commerciales Nice</x:t>
   </x:si>
   <x:si>
     <x:t>ILEC</x:t>
   </x:si>
   <x:si>
     <x:t>06100</x:t>
   </x:si>
   <x:si>
     <x:t>06/16/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Campus International Riera</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Groupe Belmont - Antenne Mougins</x:t>
   </x:si>
   <x:si>
     <x:t>Mediaschool Est-Sud - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Idev</x:t>
   </x:si>
   <x:si>
     <x:t>13117</x:t>
   </x:si>
   <x:si>
     <x:t>Idev - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13016</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-16e</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2024 00:00:00</x:t>
@@ -1868,63 +1868,63 @@
   <x:si>
     <x:t>BIOT</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien systèmes réseaux et sécurité (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Iscod</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/06/2029 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Titre professionnel administrateur d'infrastructures sécurisées (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Dawan|Dawan - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>08/27/2027 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Titre professionnel administrateur d'infrastructures sécurisées (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>08/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06203</x:t>
   </x:si>
   <x:si>
     <x:t>ANTIBES</x:t>
   </x:si>
   <x:si>
     <x:t>05/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/02/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Marseille Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>GMM</x:t>
   </x:si>
@@ -3801,207 +3801,207 @@
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
         <x:v>600204</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
-        <x:v>36075</x:v>
+        <x:v>35093</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="E21" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
-        <x:v>24210</x:v>
+        <x:v>31034</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>509550</x:v>
+        <x:v>557039</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
-        <x:v>35093</x:v>
+        <x:v>36075</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
-        <x:v>31034</x:v>
+        <x:v>24210</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="Q22" s="16" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="R22" s="14" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="S22" s="14" t="n">
+        <x:v>601236</x:v>
+      </x:c>
+      <x:c r="T22" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="Q22" s="16" t="s">
+      <x:c r="U22" s="16" t="s">
         <x:v>111</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>36075</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="E23" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>24210</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>601236</x:v>
+        <x:v>509550</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C24" s="15" t="s"/>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
         <x:v>69</x:v>
@@ -4542,311 +4542,311 @@
       <x:c r="T33" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>595877</x:v>
+        <x:v>595878</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>595886</x:v>
+        <x:v>595883</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
-        <x:v>123</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>166</x:v>
-[...1 lines deleted...]
-      <x:c r="H36" s="14" t="s"/>
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="H36" s="14" t="s">
+        <x:v>168</x:v>
+      </x:c>
       <x:c r="I36" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>595878</x:v>
+        <x:v>531255</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>595883</x:v>
+        <x:v>595877</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
-        <x:v>159</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
-        <x:v>35340</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>171</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>531255</x:v>
+        <x:v>595886</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>175</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
@@ -5075,51 +5075,51 @@
       <x:c r="L43" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>497069</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
@@ -5206,197 +5206,197 @@
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>595882</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="I46" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>608138</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>531265</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="I48" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>556958</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
@@ -5546,81 +5546,81 @@
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>538324</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="I52" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>588314</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
@@ -5659,81 +5659,81 @@
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>595889</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="I54" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>556960</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
@@ -5772,81 +5772,81 @@
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>507527</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="I56" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>608137</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
@@ -6111,169 +6111,169 @@
       <x:c r="T61" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>595888</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="E63" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>601935</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="I64" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>219</x:v>
       </x:c>
@@ -6301,112 +6301,112 @@
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>556629</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="I66" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>600901</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
@@ -6443,51 +6443,51 @@
       <x:c r="M67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>507185</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
@@ -6502,51 +6502,51 @@
       <x:c r="M68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>507186</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="E69" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
@@ -6556,51 +6556,51 @@
       <x:c r="L69" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>605052</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s">
         <x:v>232</x:v>
@@ -6828,72 +6828,72 @@
       <x:c r="C74" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>498534</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>175</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="E75" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
@@ -6953,54 +6953,54 @@
         <x:v>83</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>557041</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
@@ -7050,75 +7050,75 @@
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="I78" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>496831</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
@@ -7223,154 +7223,154 @@
       <x:c r="S80" s="14" t="n">
         <x:v>600428</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="E81" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>503860</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="I82" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>503933</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="E83" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
@@ -7463,69 +7463,69 @@
       <x:c r="S84" s="14" t="n">
         <x:v>600374</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="E85" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>549232</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
@@ -7621,51 +7621,51 @@
       <x:c r="M87" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>507184</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
@@ -7713,51 +7713,51 @@
         <x:v>214</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="E89" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>588358</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
@@ -7798,51 +7798,51 @@
       <x:c r="M90" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>504710</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="E91" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
@@ -7914,51 +7914,51 @@
       <x:c r="M92" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>515618</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="E93" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
@@ -7968,89 +7968,89 @@
       <x:c r="L93" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>604928</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>605524</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
@@ -8063,51 +8063,51 @@
         <x:v>214</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="E95" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>550682</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
@@ -8124,51 +8124,51 @@
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="I96" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>556574</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
@@ -8181,51 +8181,51 @@
         <x:v>214</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="E97" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>535313</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
@@ -8477,608 +8477,609 @@
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="I102" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>607666</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
-        <x:v>40792</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="E103" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
-        <x:v>279</x:v>
-[...2 lines deleted...]
-        <x:v>222</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>607710</x:v>
+        <x:v>502397</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
-        <x:v>279</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>607711</x:v>
+        <x:v>502398</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>290</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="E105" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>549733</x:v>
+        <x:v>603639</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s">
-        <x:v>292</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="I106" s="16" t="s">
-        <x:v>293</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
-        <x:v>293</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>545167</x:v>
+        <x:v>607710</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="E107" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>602758</x:v>
+        <x:v>607711</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
-        <x:v>216</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>546712</x:v>
+        <x:v>549733</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>221</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="E109" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="H109" s="0" t="s">
+        <x:v>293</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>603639</x:v>
+        <x:v>545167</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
-        <x:v>35340</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
-        <x:v>295</x:v>
-[...1 lines deleted...]
-      <x:c r="H110" s="14" t="s"/>
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="H110" s="14" t="s">
+        <x:v>217</x:v>
+      </x:c>
       <x:c r="I110" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="Q110" s="16" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="R110" s="14" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="S110" s="14" t="n">
+        <x:v>602758</x:v>
+      </x:c>
+      <x:c r="T110" s="16" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="U110" s="16" t="s">
         <x:v>295</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
-        <x:v>35340</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="E111" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="H111" s="0" t="s">
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>502398</x:v>
+        <x:v>546712</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
@@ -9093,51 +9094,51 @@
       <x:c r="M112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>501377</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="E113" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
@@ -9242,51 +9243,51 @@
         <x:v>214</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="E115" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>614310</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
@@ -9358,51 +9359,51 @@
         <x:v>214</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="E117" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>502701</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>305</x:v>
       </x:c>
@@ -9443,232 +9444,232 @@
       <x:c r="M118" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>511092</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="E119" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H119" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>549227</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s">
-        <x:v>292</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="I120" s="16" t="s">
-        <x:v>293</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
-        <x:v>293</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>607855</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="E121" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>602759</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
@@ -9891,51 +9892,51 @@
       <x:c r="C126" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>506002</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
@@ -9948,51 +9949,51 @@
         <x:v>214</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="E127" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>552912</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
@@ -10079,51 +10080,51 @@
       <x:c r="I129" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>608011</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
@@ -10150,51 +10151,51 @@
       <x:c r="M130" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>507233</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="E131" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
@@ -10269,51 +10270,51 @@
       <x:c r="M132" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>499873</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="E133" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
@@ -10348,81 +10349,81 @@
         <x:v>549126</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="I134" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
         <x:v>614687</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
@@ -10466,93 +10467,93 @@
         <x:v>598912</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s">
-        <x:v>292</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="I136" s="16" t="s">
-        <x:v>293</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
-        <x:v>293</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>515226</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="E137" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
@@ -10565,51 +10566,51 @@
       <x:c r="M137" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>501309</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="I138" s="16" t="s">
         <x:v>314</x:v>
@@ -10718,51 +10719,51 @@
       <x:c r="C140" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
         <x:v>552918</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
@@ -10775,51 +10776,51 @@
         <x:v>214</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="E141" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>608580</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
@@ -10834,51 +10835,51 @@
       <x:c r="C142" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>549013</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
@@ -10948,51 +10949,51 @@
         <x:v>321</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>598484</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
@@ -11002,51 +11003,51 @@
         <x:v>21</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
         <x:v>588472</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
@@ -11113,51 +11114,51 @@
         <x:v>21</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>598485</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
@@ -11170,51 +11171,51 @@
         <x:v>321</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>588470</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
@@ -11265,136 +11266,136 @@
       </x:c>
       <x:c r="S149" s="0" t="n">
         <x:v>544699</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s"/>
       <x:c r="I150" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
         <x:v>595546</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
         <x:v>595549</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
@@ -11527,51 +11528,51 @@
       <x:c r="M154" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>518921</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
@@ -11709,81 +11710,81 @@
       </x:c>
       <x:c r="S157" s="0" t="n">
         <x:v>595554</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="I158" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
         <x:v>588315</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
@@ -11805,51 +11806,51 @@
       <x:c r="M159" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>507531</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
@@ -11988,75 +11989,75 @@
       <x:c r="R162" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
         <x:v>595551</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
         <x:v>595555</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
@@ -12138,51 +12139,51 @@
       <x:c r="M165" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>518922</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
@@ -12213,75 +12214,75 @@
       <x:c r="S166" s="14" t="n">
         <x:v>611791</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
         <x:v>595539</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
@@ -12357,51 +12358,51 @@
       <x:c r="L169" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>497070</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
         <x:v>328</x:v>
       </x:c>
@@ -12543,81 +12544,81 @@
       <x:c r="R172" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
         <x:v>595544</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
         <x:v>595547</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
@@ -12860,51 +12861,51 @@
       <x:c r="L178" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>604931</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="E179" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>335</x:v>
       </x:c>
@@ -13014,75 +13015,75 @@
         <x:v>333</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="E181" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
         <x:v>499454</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
@@ -13094,51 +13095,51 @@
       <x:c r="L182" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
         <x:v>605053</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="E183" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
@@ -13213,105 +13214,105 @@
       <x:c r="M184" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>507182</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="E185" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>498535</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s">
         <x:v>257</x:v>
@@ -13541,167 +13542,167 @@
       <x:c r="C190" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s"/>
       <x:c r="I190" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
         <x:v>608581</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="E191" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
         <x:v>502370</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s"/>
       <x:c r="I192" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K192" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
         <x:v>502702</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
         <x:v>305</x:v>
       </x:c>
@@ -13717,51 +13718,51 @@
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="E193" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
         <x:v>556575</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
@@ -13833,51 +13834,51 @@
         <x:v>333</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="E195" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
         <x:v>605525</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
@@ -13916,51 +13917,51 @@
       <x:c r="M196" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>507234</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="E197" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
@@ -14074,182 +14075,182 @@
       <x:c r="G199" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
         <x:v>557044</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
         <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s"/>
       <x:c r="I200" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>552913</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="E201" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
         <x:v>502371</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s"/>
       <x:c r="I202" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
@@ -14297,51 +14298,51 @@
         <x:v>333</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="E203" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
         <x:v>550690</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
@@ -14398,93 +14399,93 @@
       <x:c r="S204" s="14" t="n">
         <x:v>553018</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="E205" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="H205" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
-        <x:v>293</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
-        <x:v>293</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
         <x:v>515227</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s"/>
       <x:c r="I206" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s">
@@ -14517,206 +14518,208 @@
       <x:c r="S206" s="14" t="n">
         <x:v>549693</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="E207" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
-        <x:v>515619</x:v>
+        <x:v>509511</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
-        <x:v>327</x:v>
-[...1 lines deleted...]
-      <x:c r="H208" s="14" t="s"/>
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="H208" s="14" t="s">
+        <x:v>222</x:v>
+      </x:c>
       <x:c r="I208" s="16" t="s">
-        <x:v>328</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K208" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
-        <x:v>341</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
-        <x:v>605566</x:v>
+        <x:v>556632</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
-        <x:v>35340</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="E209" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
-        <x:v>509511</x:v>
+        <x:v>600666</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s"/>
       <x:c r="I210" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s">
@@ -14731,51 +14734,51 @@
       <x:c r="M210" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
         <x:v>507181</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="E211" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="H211" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
@@ -14791,503 +14794,501 @@
       <x:c r="M211" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
         <x:v>511096</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
-        <x:v>155</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="H212" s="14" t="s"/>
       <x:c r="I212" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K212" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
-        <x:v>556632</x:v>
+        <x:v>515619</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
-        <x:v>223</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="E213" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G213" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
-        <x:v>600666</x:v>
+        <x:v>605566</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="I214" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K214" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
         <x:v>549238</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="E215" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G215" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="H215" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
-        <x:v>293</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
-        <x:v>293</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
         <x:v>607856</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s"/>
       <x:c r="I216" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
         <x:v>549018</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="E217" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H217" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
         <x:v>614688</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s">
-        <x:v>292</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="I218" s="16" t="s">
-        <x:v>293</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
-        <x:v>293</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
         <x:v>545173</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="E219" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
         <x:v>614344</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
@@ -15302,51 +15303,51 @@
       <x:c r="C220" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s"/>
       <x:c r="I220" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
         <x:v>546837</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
@@ -15386,51 +15387,51 @@
       <x:c r="M221" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
         <x:v>504711</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s"/>
       <x:c r="I222" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
@@ -15680,51 +15681,51 @@
       <x:c r="M226" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
         <x:v>507183</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="E227" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G227" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="H227" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
@@ -15894,51 +15895,51 @@
       <x:c r="C230" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
         <x:v>506004</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
@@ -15951,51 +15952,51 @@
         <x:v>333</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="E231" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G231" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
         <x:v>552919</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
@@ -16010,51 +16011,51 @@
       <x:c r="C232" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s"/>
       <x:c r="I232" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K232" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
         <x:v>535305</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
@@ -16183,51 +16184,51 @@
         <x:v>333</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="E235" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G235" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
         <x:v>601936</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
@@ -16299,51 +16300,51 @@
         <x:v>333</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="E237" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
         <x:v>588357</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
@@ -16415,124 +16416,124 @@
         <x:v>333</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="E239" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G239" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
         <x:v>498292</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="C240" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="I240" s="16" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K240" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
         <x:v>608013</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
@@ -16616,51 +16617,51 @@
       <x:c r="M242" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
         <x:v>499876</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="E243" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="H243" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
@@ -16711,51 +16712,51 @@
       <x:c r="C244" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s"/>
       <x:c r="I244" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K244" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
         <x:v>602082</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
@@ -16811,93 +16812,93 @@
         <x:v>554385</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="C246" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="I246" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K246" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
         <x:v>503861</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="E247" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
@@ -16943,51 +16944,51 @@
         <x:v>347</x:v>
       </x:c>
       <x:c r="C248" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s"/>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s"/>
       <x:c r="I248" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K248" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
         <x:v>588473</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
@@ -16997,51 +16998,51 @@
         <x:v>159</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="C249" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="G249" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
         <x:v>598486</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
@@ -17054,51 +17055,51 @@
         <x:v>347</x:v>
       </x:c>
       <x:c r="C250" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s"/>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s"/>
       <x:c r="I250" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K250" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
         <x:v>598399</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
         <x:v>349</x:v>
       </x:c>
@@ -17171,51 +17172,51 @@
         <x:v>348</x:v>
       </x:c>
       <x:c r="C252" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s"/>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s"/>
       <x:c r="I252" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K252" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
         <x:v>588471</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
@@ -17225,51 +17226,51 @@
         <x:v>21</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="C253" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="G253" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
         <x:v>598487</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
@@ -17297,51 +17298,51 @@
       <x:c r="J254" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K254" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
         <x:v>509806</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="C255" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="G255" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
@@ -17467,51 +17468,51 @@
       <x:c r="J257" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
         <x:v>543713</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="C258" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s"/>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
@@ -17651,51 +17652,51 @@
       <x:c r="M260" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
         <x:v>504168</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="C261" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="G261" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="H261" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="J261" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
@@ -17756,51 +17757,51 @@
       <x:c r="J262" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K262" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
         <x:v>543714</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="C263" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="G263" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
@@ -17810,51 +17811,51 @@
       <x:c r="J263" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
         <x:v>509807</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="C264" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s"/>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
@@ -19254,51 +19255,51 @@
       <x:c r="M288" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
         <x:v>558640</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="C289" s="3" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="E289" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G289" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="H289" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
@@ -19314,51 +19315,51 @@
       <x:c r="M289" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
         <x:v>571049</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="C290" s="15" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="I290" s="16" t="s">
         <x:v>302</x:v>
@@ -19435,51 +19436,51 @@
       <x:c r="M291" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
         <x:v>556789</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="C292" s="15" t="s"/>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s"/>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="H292" s="14" t="s"/>
       <x:c r="I292" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="J292" s="14" t="s"/>
       <x:c r="K292" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
@@ -19556,76 +19557,76 @@
         <x:v>595853</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="C294" s="15" t="s"/>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s"/>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s"/>
       <x:c r="I294" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s"/>
       <x:c r="K294" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
         <x:v>595852</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="C295" s="3" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="G295" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
@@ -19703,51 +19704,51 @@
       <x:c r="M296" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
         <x:v>517234</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="C297" s="3" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="G297" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="H297" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="J297" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
@@ -20880,51 +20881,51 @@
         <x:v>457</x:v>
       </x:c>
       <x:c r="C319" s="3" t="n">
         <x:v>36469</x:v>
       </x:c>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="E319" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G319" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="J319" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
         <x:v>31010</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
         <x:v>550917</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
         <x:v>460</x:v>
       </x:c>
@@ -20939,51 +20940,51 @@
       <x:c r="C320" s="15" t="n">
         <x:v>36469</x:v>
       </x:c>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="H320" s="14" t="s"/>
       <x:c r="I320" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="K320" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L320" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
         <x:v>31010</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
         <x:v>534876</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
         <x:v>462</x:v>
       </x:c>
@@ -21246,57 +21247,57 @@
       <x:c r="K325" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
-        <x:v>577387</x:v>
+        <x:v>548144</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
-        <x:v>467</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>471</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="C326" s="15" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s"/>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H326" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I326" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J326" s="14" t="s">
@@ -21305,57 +21306,57 @@
       <x:c r="K326" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L326" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M326" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q326" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
-        <x:v>548144</x:v>
+        <x:v>577387</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
-        <x:v>470</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
-        <x:v>471</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="C327" s="3" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D327" s="3" t="s"/>
       <x:c r="G327" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H327" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J327" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
@@ -21532,51 +21533,51 @@
       <x:c r="L330" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M330" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N330" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O330" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P330" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q330" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R330" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S330" s="14" t="n">
         <x:v>601247</x:v>
       </x:c>
       <x:c r="T330" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U330" s="16" t="s">
         <x:v>477</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:21">
       <x:c r="A331" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="C331" s="3" t="n">
         <x:v>34602</x:v>
       </x:c>
       <x:c r="D331" s="3" t="s"/>
       <x:c r="E331" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G331" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I331" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
@@ -21589,51 +21590,51 @@
       <x:c r="L331" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M331" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N331" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O331" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P331" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
         <x:v>497987</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="C332" s="15" t="n">
         <x:v>34602</x:v>
       </x:c>
       <x:c r="D332" s="15" t="s"/>
       <x:c r="E332" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F332" s="14" t="s"/>
       <x:c r="G332" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H332" s="14" t="s"/>
       <x:c r="I332" s="16" t="s">
@@ -22370,51 +22371,51 @@
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="C345" s="3" t="s"/>
       <x:c r="D345" s="3" t="s"/>
       <x:c r="G345" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I345" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L345" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M345" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N345" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O345" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="P345" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q345" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R345" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S345" s="0" t="n">
         <x:v>583375</x:v>
       </x:c>
       <x:c r="T345" s="4" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="U345" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
@@ -22529,51 +22530,51 @@
         <x:v>500</x:v>
       </x:c>
       <x:c r="C348" s="15" t="n">
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D348" s="15" t="s"/>
       <x:c r="E348" s="14" t="s"/>
       <x:c r="F348" s="14" t="s"/>
       <x:c r="G348" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="H348" s="14" t="s"/>
       <x:c r="I348" s="16" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="J348" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K348" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L348" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M348" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N348" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O348" s="14" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="P348" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="Q348" s="16" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="R348" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="S348" s="14" t="n">
         <x:v>592354</x:v>
       </x:c>
       <x:c r="T348" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U348" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
@@ -22862,51 +22863,51 @@
         <x:v>500</x:v>
       </x:c>
       <x:c r="C354" s="15" t="n">
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D354" s="15" t="s"/>
       <x:c r="E354" s="14" t="s"/>
       <x:c r="F354" s="14" t="s"/>
       <x:c r="G354" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="H354" s="14" t="s"/>
       <x:c r="I354" s="16" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="J354" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K354" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L354" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M354" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N354" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O354" s="14" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="P354" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="Q354" s="16" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="R354" s="14" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="S354" s="14" t="n">
         <x:v>592351</x:v>
       </x:c>
       <x:c r="T354" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
@@ -23105,51 +23106,51 @@
       <x:c r="I358" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J358" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K358" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L358" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M358" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N358" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O358" s="14" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="P358" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="Q358" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R358" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S358" s="14" t="n">
         <x:v>611489</x:v>
       </x:c>
       <x:c r="T358" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U358" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:21">
       <x:c r="A359" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="C359" s="3" t="n">
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D359" s="3" t="s"/>
@@ -24400,75 +24401,75 @@
       <x:c r="S380" s="14" t="n">
         <x:v>542192</x:v>
       </x:c>
       <x:c r="T380" s="16" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="U380" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:21">
       <x:c r="A381" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="C381" s="3" t="n">
         <x:v>39485</x:v>
       </x:c>
       <x:c r="D381" s="3" t="s"/>
       <x:c r="G381" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="I381" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J381" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="K381" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L381" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M381" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N381" s="3" t="n">
         <x:v>11052</x:v>
       </x:c>
       <x:c r="O381" s="0" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="P381" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="Q381" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R381" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S381" s="0" t="n">
         <x:v>597722</x:v>
       </x:c>
       <x:c r="T381" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="U381" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:21">
       <x:c r="A382" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B382" s="14" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="C382" s="15" t="n">
         <x:v>39485</x:v>
       </x:c>
       <x:c r="D382" s="15" t="s"/>
@@ -24518,51 +24519,51 @@
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:21">
       <x:c r="A383" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="C383" s="3" t="s"/>
       <x:c r="D383" s="3" t="s"/>
       <x:c r="G383" s="0" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="I383" s="4" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L383" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M383" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N383" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O383" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P383" s="0" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="Q383" s="4" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="R383" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S383" s="0" t="n">
         <x:v>568782</x:v>
       </x:c>
       <x:c r="T383" s="4" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="U383" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
@@ -24571,100 +24572,100 @@
       <x:c r="A384" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B384" s="14" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="C384" s="15" t="s"/>
       <x:c r="D384" s="15" t="s"/>
       <x:c r="E384" s="14" t="s"/>
       <x:c r="F384" s="14" t="s"/>
       <x:c r="G384" s="14" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="H384" s="14" t="s"/>
       <x:c r="I384" s="16" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="J384" s="14" t="s"/>
       <x:c r="K384" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L384" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M384" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N384" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O384" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P384" s="14" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="Q384" s="16" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="R384" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S384" s="14" t="n">
         <x:v>568784</x:v>
       </x:c>
       <x:c r="T384" s="16" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="U384" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:21">
       <x:c r="A385" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="C385" s="3" t="s"/>
       <x:c r="D385" s="3" t="s"/>
       <x:c r="G385" s="0" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="I385" s="4" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="K385" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L385" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M385" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N385" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O385" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P385" s="0" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="Q385" s="4" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="R385" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S385" s="0" t="n">
         <x:v>568787</x:v>
       </x:c>
       <x:c r="T385" s="4" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="U385" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
@@ -24673,100 +24674,100 @@
       <x:c r="A386" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B386" s="14" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="C386" s="15" t="s"/>
       <x:c r="D386" s="15" t="s"/>
       <x:c r="E386" s="14" t="s"/>
       <x:c r="F386" s="14" t="s"/>
       <x:c r="G386" s="14" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="H386" s="14" t="s"/>
       <x:c r="I386" s="16" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="J386" s="14" t="s"/>
       <x:c r="K386" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L386" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M386" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N386" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O386" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P386" s="14" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="Q386" s="16" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="R386" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="S386" s="14" t="n">
         <x:v>568786</x:v>
       </x:c>
       <x:c r="T386" s="16" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="U386" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:21">
       <x:c r="A387" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="C387" s="3" t="s"/>
       <x:c r="D387" s="3" t="s"/>
       <x:c r="G387" s="0" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="I387" s="4" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="K387" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L387" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M387" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N387" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O387" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P387" s="0" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="Q387" s="4" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="R387" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="S387" s="0" t="n">
         <x:v>568783</x:v>
       </x:c>
       <x:c r="T387" s="4" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="U387" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
@@ -24775,51 +24776,51 @@
       <x:c r="A388" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B388" s="14" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="C388" s="15" t="s"/>
       <x:c r="D388" s="15" t="s"/>
       <x:c r="E388" s="14" t="s"/>
       <x:c r="F388" s="14" t="s"/>
       <x:c r="G388" s="14" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="H388" s="14" t="s"/>
       <x:c r="I388" s="16" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="J388" s="14" t="s"/>
       <x:c r="K388" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L388" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M388" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N388" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O388" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P388" s="14" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="Q388" s="16" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="R388" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="S388" s="14" t="n">
         <x:v>568785</x:v>
       </x:c>
       <x:c r="T388" s="16" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="U388" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
@@ -25056,51 +25057,51 @@
         <x:v>567</x:v>
       </x:c>
       <x:c r="C393" s="3" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D393" s="3" t="s"/>
       <x:c r="G393" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H393" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I393" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J393" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L393" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M393" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N393" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O393" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="P393" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q393" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R393" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S393" s="0" t="n">
         <x:v>618040</x:v>
       </x:c>
       <x:c r="T393" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="U393" s="4" t="s">
         <x:v>569</x:v>
       </x:c>
@@ -25115,51 +25116,51 @@
       <x:c r="C394" s="15" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D394" s="15" t="s"/>
       <x:c r="E394" s="14" t="s"/>
       <x:c r="F394" s="14" t="s"/>
       <x:c r="G394" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H394" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I394" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J394" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K394" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L394" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M394" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N394" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O394" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="P394" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q394" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R394" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S394" s="14" t="n">
         <x:v>576763</x:v>
       </x:c>
       <x:c r="T394" s="16" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="U394" s="16" t="s">
         <x:v>570</x:v>
       </x:c>
@@ -25172,51 +25173,51 @@
         <x:v>567</x:v>
       </x:c>
       <x:c r="C395" s="3" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D395" s="3" t="s"/>
       <x:c r="G395" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H395" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I395" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J395" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L395" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M395" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N395" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O395" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="P395" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q395" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R395" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S395" s="0" t="n">
         <x:v>576764</x:v>
       </x:c>
       <x:c r="T395" s="4" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="U395" s="4" t="s">
         <x:v>571</x:v>
       </x:c>
@@ -25231,51 +25232,51 @@
       <x:c r="C396" s="15" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D396" s="15" t="s"/>
       <x:c r="E396" s="14" t="s"/>
       <x:c r="F396" s="14" t="s"/>
       <x:c r="G396" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H396" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I396" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J396" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K396" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L396" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M396" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N396" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O396" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="P396" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q396" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R396" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S396" s="14" t="n">
         <x:v>576765</x:v>
       </x:c>
       <x:c r="T396" s="16" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="U396" s="16" t="s">
         <x:v>573</x:v>
       </x:c>
@@ -25288,51 +25289,51 @@
         <x:v>567</x:v>
       </x:c>
       <x:c r="C397" s="3" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D397" s="3" t="s"/>
       <x:c r="G397" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H397" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I397" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J397" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L397" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M397" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N397" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O397" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="P397" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q397" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R397" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S397" s="0" t="n">
         <x:v>577376</x:v>
       </x:c>
       <x:c r="T397" s="4" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="U397" s="4" t="s">
         <x:v>570</x:v>
       </x:c>
@@ -25347,51 +25348,51 @@
       <x:c r="C398" s="15" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D398" s="15" t="s"/>
       <x:c r="E398" s="14" t="s"/>
       <x:c r="F398" s="14" t="s"/>
       <x:c r="G398" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H398" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I398" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J398" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K398" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L398" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M398" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N398" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O398" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="P398" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q398" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R398" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S398" s="14" t="n">
         <x:v>618212</x:v>
       </x:c>
       <x:c r="T398" s="16" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="U398" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
@@ -25404,51 +25405,51 @@
         <x:v>567</x:v>
       </x:c>
       <x:c r="C399" s="3" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D399" s="3" t="s"/>
       <x:c r="G399" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H399" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I399" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J399" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L399" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M399" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N399" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O399" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="P399" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q399" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R399" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S399" s="0" t="n">
         <x:v>618041</x:v>
       </x:c>
       <x:c r="T399" s="4" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="U399" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
@@ -25463,51 +25464,51 @@
       <x:c r="C400" s="15" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D400" s="15" t="s"/>
       <x:c r="E400" s="14" t="s"/>
       <x:c r="F400" s="14" t="s"/>
       <x:c r="G400" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H400" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I400" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J400" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K400" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L400" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M400" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N400" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O400" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="P400" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q400" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R400" s="14" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="S400" s="14" t="n">
         <x:v>540442</x:v>
       </x:c>
       <x:c r="T400" s="16" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="U400" s="16" t="s">
         <x:v>577</x:v>
       </x:c>
@@ -25520,51 +25521,51 @@
         <x:v>567</x:v>
       </x:c>
       <x:c r="C401" s="3" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D401" s="3" t="s"/>
       <x:c r="G401" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H401" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I401" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J401" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K401" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L401" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M401" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N401" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O401" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="P401" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q401" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R401" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S401" s="0" t="n">
         <x:v>618038</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="U401" s="4" t="s">
         <x:v>579</x:v>
       </x:c>
@@ -25579,51 +25580,51 @@
       <x:c r="C402" s="15" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D402" s="15" t="s"/>
       <x:c r="E402" s="14" t="s"/>
       <x:c r="F402" s="14" t="s"/>
       <x:c r="G402" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H402" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I402" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J402" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K402" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L402" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M402" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N402" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O402" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="P402" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q402" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R402" s="14" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
         <x:v>539855</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
         <x:v>577</x:v>
       </x:c>
@@ -25636,51 +25637,51 @@
         <x:v>567</x:v>
       </x:c>
       <x:c r="C403" s="3" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D403" s="3" t="s"/>
       <x:c r="G403" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H403" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I403" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J403" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L403" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M403" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N403" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O403" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="P403" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q403" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R403" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S403" s="0" t="n">
         <x:v>539858</x:v>
       </x:c>
       <x:c r="T403" s="4" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="U403" s="4" t="s">
         <x:v>581</x:v>
       </x:c>
@@ -25695,51 +25696,51 @@
       <x:c r="C404" s="15" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D404" s="15" t="s"/>
       <x:c r="E404" s="14" t="s"/>
       <x:c r="F404" s="14" t="s"/>
       <x:c r="G404" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H404" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I404" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J404" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K404" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L404" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M404" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N404" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O404" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="P404" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q404" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R404" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S404" s="14" t="n">
         <x:v>618214</x:v>
       </x:c>
       <x:c r="T404" s="16" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="U404" s="16" t="s">
         <x:v>583</x:v>
       </x:c>
@@ -25752,51 +25753,51 @@
         <x:v>567</x:v>
       </x:c>
       <x:c r="C405" s="3" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D405" s="3" t="s"/>
       <x:c r="G405" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H405" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I405" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J405" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K405" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L405" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M405" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N405" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O405" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="P405" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q405" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S405" s="0" t="n">
         <x:v>576762</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
         <x:v>585</x:v>
       </x:c>
@@ -25811,399 +25812,399 @@
       <x:c r="C406" s="15" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D406" s="15" t="s"/>
       <x:c r="E406" s="14" t="s"/>
       <x:c r="F406" s="14" t="s"/>
       <x:c r="G406" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H406" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I406" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J406" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K406" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L406" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M406" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N406" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O406" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="P406" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q406" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R406" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S406" s="14" t="n">
-        <x:v>548127</x:v>
+        <x:v>618215</x:v>
       </x:c>
       <x:c r="T406" s="16" t="s">
-        <x:v>465</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="U406" s="16" t="s">
-        <x:v>586</x:v>
+        <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:21">
       <x:c r="A407" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="C407" s="3" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D407" s="3" t="s"/>
       <x:c r="G407" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H407" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I407" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J407" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K407" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L407" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M407" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N407" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O407" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="P407" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q407" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R407" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S407" s="0" t="n">
-        <x:v>539859</x:v>
+        <x:v>618039</x:v>
       </x:c>
       <x:c r="T407" s="4" t="s">
-        <x:v>547</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="U407" s="4" t="s">
-        <x:v>587</x:v>
+        <x:v>583</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:21">
       <x:c r="A408" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B408" s="14" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="C408" s="15" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D408" s="15" t="s"/>
       <x:c r="E408" s="14" t="s"/>
       <x:c r="F408" s="14" t="s"/>
       <x:c r="G408" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H408" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I408" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J408" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K408" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L408" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M408" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N408" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O408" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="P408" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="Q408" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R408" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S408" s="14" t="n">
-        <x:v>618039</x:v>
+        <x:v>548127</x:v>
       </x:c>
       <x:c r="T408" s="16" t="s">
-        <x:v>582</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="U408" s="16" t="s">
-        <x:v>583</x:v>
+        <x:v>586</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:21">
       <x:c r="A409" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="C409" s="3" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D409" s="3" t="s"/>
       <x:c r="G409" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H409" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I409" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J409" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K409" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L409" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M409" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N409" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O409" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="P409" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q409" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R409" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S409" s="0" t="n">
-        <x:v>618215</x:v>
+        <x:v>577377</x:v>
       </x:c>
       <x:c r="T409" s="4" t="s">
-        <x:v>568</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="U409" s="4" t="s">
-        <x:v>569</x:v>
+        <x:v>571</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:21">
       <x:c r="A410" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B410" s="14" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="C410" s="15" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D410" s="15" t="s"/>
       <x:c r="E410" s="14" t="s"/>
       <x:c r="F410" s="14" t="s"/>
       <x:c r="G410" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H410" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I410" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J410" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K410" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L410" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M410" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N410" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O410" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="P410" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="Q410" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R410" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S410" s="14" t="n">
-        <x:v>577377</x:v>
+        <x:v>547987</x:v>
       </x:c>
       <x:c r="T410" s="16" t="s">
-        <x:v>349</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="U410" s="16" t="s">
-        <x:v>571</x:v>
+        <x:v>586</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="C411" s="3" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D411" s="3" t="s"/>
       <x:c r="G411" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H411" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I411" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J411" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K411" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L411" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M411" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N411" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O411" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="P411" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q411" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R411" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S411" s="0" t="n">
-        <x:v>547987</x:v>
+        <x:v>539859</x:v>
       </x:c>
       <x:c r="T411" s="4" t="s">
-        <x:v>465</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="U411" s="4" t="s">
-        <x:v>586</x:v>
+        <x:v>587</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:21">
       <x:c r="A412" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B412" s="14" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="C412" s="15" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D412" s="15" t="s"/>
       <x:c r="E412" s="14" t="s"/>
       <x:c r="F412" s="14" t="s"/>
       <x:c r="G412" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H412" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I412" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J412" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K412" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L412" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M412" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N412" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O412" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="P412" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q412" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R412" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S412" s="14" t="n">
         <x:v>618037</x:v>
       </x:c>
       <x:c r="T412" s="16" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="U412" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
@@ -26216,51 +26217,51 @@
         <x:v>567</x:v>
       </x:c>
       <x:c r="C413" s="3" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D413" s="3" t="s"/>
       <x:c r="G413" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H413" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I413" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J413" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K413" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L413" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M413" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N413" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O413" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="P413" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q413" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R413" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S413" s="0" t="n">
         <x:v>618213</x:v>
       </x:c>
       <x:c r="T413" s="4" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="U413" s="4" t="s">
         <x:v>579</x:v>
       </x:c>
@@ -26275,51 +26276,51 @@
       <x:c r="C414" s="15" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D414" s="15" t="s"/>
       <x:c r="E414" s="14" t="s"/>
       <x:c r="F414" s="14" t="s"/>
       <x:c r="G414" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H414" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I414" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J414" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K414" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L414" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M414" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N414" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O414" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="P414" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q414" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R414" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S414" s="14" t="n">
         <x:v>618216</x:v>
       </x:c>
       <x:c r="T414" s="16" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="U414" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
@@ -26332,51 +26333,51 @@
         <x:v>567</x:v>
       </x:c>
       <x:c r="C415" s="3" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D415" s="3" t="s"/>
       <x:c r="G415" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H415" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I415" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J415" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K415" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L415" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M415" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N415" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O415" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="P415" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q415" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R415" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S415" s="0" t="n">
         <x:v>577375</x:v>
       </x:c>
       <x:c r="T415" s="4" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="U415" s="4" t="s">
         <x:v>585</x:v>
       </x:c>
@@ -26391,51 +26392,51 @@
       <x:c r="C416" s="15" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D416" s="15" t="s"/>
       <x:c r="E416" s="14" t="s"/>
       <x:c r="F416" s="14" t="s"/>
       <x:c r="G416" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H416" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I416" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J416" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K416" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L416" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M416" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N416" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O416" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="P416" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q416" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R416" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S416" s="14" t="n">
         <x:v>577378</x:v>
       </x:c>
       <x:c r="T416" s="16" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="U416" s="16" t="s">
         <x:v>573</x:v>
       </x:c>
@@ -26448,51 +26449,51 @@
         <x:v>567</x:v>
       </x:c>
       <x:c r="C417" s="3" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D417" s="3" t="s"/>
       <x:c r="G417" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H417" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I417" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J417" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K417" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L417" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M417" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N417" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O417" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="P417" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q417" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R417" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S417" s="0" t="n">
         <x:v>540445</x:v>
       </x:c>
       <x:c r="T417" s="4" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="U417" s="4" t="s">
         <x:v>581</x:v>
       </x:c>
@@ -26507,51 +26508,51 @@
       <x:c r="C418" s="15" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D418" s="15" t="s"/>
       <x:c r="E418" s="14" t="s"/>
       <x:c r="F418" s="14" t="s"/>
       <x:c r="G418" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H418" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I418" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J418" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K418" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L418" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M418" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N418" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O418" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="P418" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q418" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R418" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S418" s="14" t="n">
         <x:v>540446</x:v>
       </x:c>
       <x:c r="T418" s="16" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="U418" s="16" t="s">
         <x:v>587</x:v>
       </x:c>
@@ -26930,412 +26931,412 @@
       </x:c>
       <x:c r="O425" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P425" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="Q425" s="4" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="R425" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="S425" s="0" t="n">
         <x:v>598116</x:v>
       </x:c>
       <x:c r="T425" s="4" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="U425" s="4" t="s">
         <x:v>598</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:21">
       <x:c r="A426" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="B426" s="14" t="s">
-        <x:v>524</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="C426" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D426" s="15" t="s"/>
       <x:c r="E426" s="14" t="s"/>
       <x:c r="F426" s="14" t="s"/>
       <x:c r="G426" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="H426" s="14" t="s"/>
       <x:c r="I426" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="J426" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K426" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L426" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M426" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N426" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O426" s="14" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="P426" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="Q426" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="R426" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="S426" s="14" t="n">
-        <x:v>545464</x:v>
+        <x:v>558368</x:v>
       </x:c>
       <x:c r="T426" s="16" t="s">
-        <x:v>247</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="U426" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:21">
       <x:c r="A427" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="C427" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D427" s="3" t="s"/>
       <x:c r="G427" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="I427" s="4" t="s">
-        <x:v>355</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="J427" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K427" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L427" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M427" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N427" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O427" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="P427" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="Q427" s="4" t="s">
-        <x:v>355</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="R427" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="S427" s="0" t="n">
-        <x:v>616479</x:v>
+        <x:v>558379</x:v>
       </x:c>
       <x:c r="T427" s="4" t="s">
-        <x:v>599</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="U427" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:21">
       <x:c r="A428" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B428" s="14" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="C428" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D428" s="15" t="s"/>
       <x:c r="E428" s="14" t="s"/>
       <x:c r="F428" s="14" t="s"/>
       <x:c r="G428" s="14" t="s">
-        <x:v>448</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="H428" s="14" t="s"/>
       <x:c r="I428" s="16" t="s">
-        <x:v>449</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J428" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K428" s="14" t="s">
-        <x:v>600</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L428" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="M428" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N428" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O428" s="14" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="P428" s="14" t="s">
-        <x:v>601</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="Q428" s="16" t="s">
-        <x:v>449</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R428" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S428" s="14" t="n">
-        <x:v>581511</x:v>
+        <x:v>545464</x:v>
       </x:c>
       <x:c r="T428" s="16" t="s">
-        <x:v>451</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="U428" s="16" t="s">
-        <x:v>452</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:21">
       <x:c r="A429" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="C429" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D429" s="3" t="s"/>
       <x:c r="G429" s="0" t="s">
-        <x:v>559</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="I429" s="4" t="s">
-        <x:v>362</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="J429" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K429" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L429" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="M429" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N429" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O429" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="P429" s="0" t="s">
-        <x:v>559</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="Q429" s="4" t="s">
-        <x:v>362</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="R429" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S429" s="0" t="n">
-        <x:v>573280</x:v>
+        <x:v>616479</x:v>
       </x:c>
       <x:c r="T429" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="U429" s="4" t="s">
-        <x:v>602</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:21">
       <x:c r="A430" s="13" t="s">
-        <x:v>159</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B430" s="14" t="s">
-        <x:v>603</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="C430" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D430" s="15" t="s"/>
       <x:c r="E430" s="14" t="s"/>
       <x:c r="F430" s="14" t="s"/>
       <x:c r="G430" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="H430" s="14" t="s"/>
       <x:c r="I430" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="J430" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K430" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="L430" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M430" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N430" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O430" s="14" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="P430" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="Q430" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="R430" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="S430" s="14" t="n">
-        <x:v>558368</x:v>
+        <x:v>581511</x:v>
       </x:c>
       <x:c r="T430" s="16" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="U430" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>452</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:21">
       <x:c r="A431" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="C431" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D431" s="3" t="s"/>
       <x:c r="G431" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="I431" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="J431" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K431" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L431" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M431" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N431" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O431" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="P431" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="Q431" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="R431" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="S431" s="0" t="n">
-        <x:v>558379</x:v>
+        <x:v>573280</x:v>
       </x:c>
       <x:c r="T431" s="4" t="s">
-        <x:v>451</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U431" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>603</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:21">
       <x:c r="A432" s="13" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B432" s="14" t="s">
-        <x:v>603</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="C432" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D432" s="15" t="s"/>
       <x:c r="E432" s="14" t="s"/>
       <x:c r="F432" s="14" t="s"/>
       <x:c r="G432" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="H432" s="14" t="s"/>
       <x:c r="I432" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J432" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K432" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L432" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M432" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N432" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O432" s="14" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="P432" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="Q432" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R432" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S432" s="14" t="n">
         <x:v>599724</x:v>
       </x:c>
       <x:c r="T432" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U432" s="16" t="s">
         <x:v>349</x:v>
       </x:c>
@@ -27713,51 +27714,51 @@
       </x:c>
       <x:c r="P439" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="Q439" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R439" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S439" s="0" t="n">
         <x:v>545465</x:v>
       </x:c>
       <x:c r="T439" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="U439" s="4" t="s">
         <x:v>612</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:21">
       <x:c r="A440" s="13" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B440" s="14" t="s">
-        <x:v>603</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="C440" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D440" s="15" t="s"/>
       <x:c r="E440" s="14" t="s"/>
       <x:c r="F440" s="14" t="s"/>
       <x:c r="G440" s="14" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="H440" s="14" t="s"/>
       <x:c r="I440" s="16" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="J440" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K440" s="14" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="L440" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M440" s="14" t="s">
         <x:v>49</x:v>
@@ -27786,242 +27787,242 @@
       <x:c r="U440" s="16" t="s">
         <x:v>617</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:21">
       <x:c r="A441" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="C441" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D441" s="3" t="s"/>
       <x:c r="G441" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="I441" s="4" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="J441" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K441" s="0" t="s">
-        <x:v>600</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="L441" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M441" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N441" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O441" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="P441" s="0" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="Q441" s="4" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="R441" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S441" s="0" t="n">
         <x:v>581515</x:v>
       </x:c>
       <x:c r="T441" s="4" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="U441" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:21">
       <x:c r="A442" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B442" s="14" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="C442" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D442" s="15" t="s"/>
       <x:c r="E442" s="14" t="s"/>
       <x:c r="F442" s="14" t="s"/>
       <x:c r="G442" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="H442" s="14" t="s"/>
       <x:c r="I442" s="16" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="J442" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K442" s="14" t="s">
-        <x:v>600</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="L442" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M442" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N442" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O442" s="14" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="P442" s="14" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="Q442" s="16" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="R442" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S442" s="14" t="n">
         <x:v>587738</x:v>
       </x:c>
       <x:c r="T442" s="16" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="U442" s="16" t="s">
         <x:v>619</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:21">
       <x:c r="A443" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="C443" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D443" s="3" t="s"/>
       <x:c r="G443" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H443" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="I443" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J443" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K443" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L443" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M443" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N443" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O443" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="P443" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="Q443" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R443" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S443" s="0" t="n">
         <x:v>588395</x:v>
       </x:c>
       <x:c r="T443" s="4" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="U443" s="4" t="s">
         <x:v>620</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:21">
       <x:c r="A444" s="13" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B444" s="14" t="s">
-        <x:v>603</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="C444" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D444" s="15" t="s"/>
       <x:c r="E444" s="14" t="s"/>
       <x:c r="F444" s="14" t="s"/>
       <x:c r="G444" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H444" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="I444" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J444" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K444" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L444" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M444" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N444" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O444" s="14" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="P444" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="Q444" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R444" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S444" s="14" t="n">
         <x:v>608141</x:v>
       </x:c>
       <x:c r="T444" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U444" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:21">
       <x:c r="A445" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="C445" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D445" s="3" t="s"/>
@@ -28043,51 +28044,51 @@
       <x:c r="M445" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N445" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O445" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="P445" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="Q445" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R445" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="S445" s="0" t="n">
         <x:v>558396</x:v>
       </x:c>
       <x:c r="T445" s="4" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="U445" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:21">
       <x:c r="A446" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B446" s="14" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="C446" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D446" s="15" t="s"/>
       <x:c r="E446" s="14" t="s"/>
       <x:c r="F446" s="14" t="s"/>
       <x:c r="G446" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="H446" s="14" t="s"/>
       <x:c r="I446" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="J446" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -28108,51 +28109,51 @@
       </x:c>
       <x:c r="P446" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="Q446" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="R446" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S446" s="14" t="n">
         <x:v>616380</x:v>
       </x:c>
       <x:c r="T446" s="16" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="U446" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:21">
       <x:c r="A447" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
-        <x:v>603</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="C447" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D447" s="3" t="s"/>
       <x:c r="G447" s="0" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="I447" s="4" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="J447" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K447" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L447" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M447" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N447" s="3" t="n">
         <x:v>24273</x:v>
@@ -28187,120 +28188,120 @@
         <x:v>524</x:v>
       </x:c>
       <x:c r="C448" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D448" s="15" t="s"/>
       <x:c r="E448" s="14" t="s"/>
       <x:c r="F448" s="14" t="s"/>
       <x:c r="G448" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="H448" s="14" t="s"/>
       <x:c r="I448" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J448" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K448" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L448" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M448" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N448" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O448" s="14" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="P448" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="Q448" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R448" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S448" s="14" t="n">
         <x:v>544705</x:v>
       </x:c>
       <x:c r="T448" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="U448" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:21">
       <x:c r="A449" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="C449" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D449" s="3" t="s"/>
       <x:c r="G449" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H449" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="I449" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J449" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K449" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L449" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M449" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N449" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O449" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="P449" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="Q449" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R449" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S449" s="0" t="n">
         <x:v>608142</x:v>
       </x:c>
       <x:c r="T449" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U449" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:21">
       <x:c r="A450" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B450" s="14" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="C450" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D450" s="15" t="s"/>
@@ -28325,51 +28326,51 @@
       <x:c r="M450" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N450" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O450" s="14" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="P450" s="14" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="Q450" s="16" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="R450" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="S450" s="14" t="n">
         <x:v>573843</x:v>
       </x:c>
       <x:c r="T450" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U450" s="16" t="s">
-        <x:v>602</x:v>
+        <x:v>603</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:21">
       <x:c r="A451" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="C451" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D451" s="3" t="s"/>
       <x:c r="G451" s="0" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="I451" s="4" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="J451" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K451" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -28444,73 +28445,73 @@
       </x:c>
       <x:c r="P452" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="Q452" s="16" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="R452" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="S452" s="14" t="n">
         <x:v>554807</x:v>
       </x:c>
       <x:c r="T452" s="16" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="U452" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:21">
       <x:c r="A453" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
-        <x:v>603</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="C453" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D453" s="3" t="s"/>
       <x:c r="G453" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="I453" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J453" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K453" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L453" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M453" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N453" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O453" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="P453" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="Q453" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R453" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S453" s="0" t="n">
         <x:v>599725</x:v>
       </x:c>
       <x:c r="T453" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U453" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
@@ -28606,160 +28607,160 @@
       <x:c r="M455" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N455" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O455" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="P455" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="Q455" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R455" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="S455" s="0" t="n">
         <x:v>598916</x:v>
       </x:c>
       <x:c r="T455" s="4" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="U455" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:21">
       <x:c r="A456" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B456" s="14" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="C456" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D456" s="15" t="s"/>
       <x:c r="E456" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F456" s="14" t="s"/>
       <x:c r="G456" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H456" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="I456" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J456" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K456" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L456" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M456" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N456" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O456" s="14" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="P456" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="Q456" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="R456" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S456" s="14" t="n">
         <x:v>611092</x:v>
       </x:c>
       <x:c r="T456" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U456" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:21">
       <x:c r="A457" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="C457" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D457" s="3" t="s"/>
       <x:c r="E457" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G457" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H457" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="I457" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J457" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K457" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L457" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M457" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N457" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O457" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="P457" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="Q457" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R457" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S457" s="0" t="n">
         <x:v>614700</x:v>
       </x:c>
       <x:c r="T457" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U457" s="4" t="s">
         <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:21">
       <x:c r="A458" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B458" s="14" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="C458" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D458" s="15" t="s"/>
@@ -28788,51 +28789,51 @@
       <x:c r="M458" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N458" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O458" s="14" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="P458" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="Q458" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R458" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S458" s="14" t="n">
         <x:v>549377</x:v>
       </x:c>
       <x:c r="T458" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U458" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:21">
       <x:c r="A459" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="C459" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D459" s="3" t="s"/>
       <x:c r="E459" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G459" s="0" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="I459" s="4" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="J459" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -28996,51 +28997,51 @@
       <x:c r="C462" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D462" s="15" t="s"/>
       <x:c r="E462" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F462" s="14" t="s"/>
       <x:c r="G462" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="H462" s="14" t="s"/>
       <x:c r="I462" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J462" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K462" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L462" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M462" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N462" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O462" s="14" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="P462" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="Q462" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R462" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S462" s="14" t="n">
         <x:v>549019</x:v>
       </x:c>
       <x:c r="T462" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="U462" s="16" t="s">
         <x:v>612</x:v>
       </x:c>
@@ -29190,89 +29191,89 @@
       <x:c r="L465" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M465" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N465" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O465" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="P465" s="0" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="Q465" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R465" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="S465" s="0" t="n">
         <x:v>555057</x:v>
       </x:c>
       <x:c r="T465" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U465" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:21">
       <x:c r="A466" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B466" s="14" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="C466" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D466" s="15" t="s"/>
       <x:c r="E466" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F466" s="14" t="s"/>
       <x:c r="G466" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="H466" s="14" t="s"/>
       <x:c r="I466" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="J466" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K466" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L466" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M466" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N466" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O466" s="14" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="P466" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="Q466" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R466" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S466" s="14" t="n">
         <x:v>552931</x:v>
       </x:c>
       <x:c r="T466" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U466" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
@@ -29285,51 +29286,51 @@
         <x:v>623</x:v>
       </x:c>
       <x:c r="C467" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D467" s="3" t="s"/>
       <x:c r="E467" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G467" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="I467" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J467" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K467" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L467" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M467" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N467" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O467" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="P467" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="Q467" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R467" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S467" s="0" t="n">
         <x:v>601940</x:v>
       </x:c>
       <x:c r="T467" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U467" s="4" t="s">
         <x:v>634</x:v>
       </x:c>
@@ -29517,51 +29518,51 @@
         <x:v>623</x:v>
       </x:c>
       <x:c r="C471" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D471" s="3" t="s"/>
       <x:c r="E471" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G471" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="I471" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="J471" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K471" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L471" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M471" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N471" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O471" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="P471" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="Q471" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R471" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S471" s="0" t="n">
         <x:v>605529</x:v>
       </x:c>
       <x:c r="T471" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U471" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
@@ -29905,93 +29906,93 @@
         <x:v>500792</x:v>
       </x:c>
       <x:c r="T477" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="U477" s="4" t="s">
         <x:v>636</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:21">
       <x:c r="A478" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B478" s="14" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="C478" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D478" s="15" t="s"/>
       <x:c r="E478" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F478" s="14" t="s"/>
       <x:c r="G478" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H478" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="I478" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J478" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K478" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L478" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M478" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N478" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O478" s="14" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="P478" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="Q478" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R478" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S478" s="14" t="n">
         <x:v>549272</x:v>
       </x:c>
       <x:c r="T478" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U478" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:21">
       <x:c r="A479" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="C479" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D479" s="3" t="s"/>
       <x:c r="G479" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="I479" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J479" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K479" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -30001,51 +30002,51 @@
       <x:c r="M479" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N479" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O479" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="P479" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="Q479" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R479" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="S479" s="0" t="n">
         <x:v>607296</x:v>
       </x:c>
       <x:c r="T479" s="4" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="U479" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:21">
       <x:c r="A480" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B480" s="14" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="C480" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D480" s="15" t="s"/>
       <x:c r="E480" s="14" t="s"/>
       <x:c r="F480" s="14" t="s"/>
       <x:c r="G480" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="H480" s="14" t="s"/>
       <x:c r="I480" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J480" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -30058,51 +30059,51 @@
       <x:c r="M480" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N480" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O480" s="14" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="P480" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="Q480" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R480" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="S480" s="14" t="n">
         <x:v>607297</x:v>
       </x:c>
       <x:c r="T480" s="16" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="U480" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:21">
       <x:c r="A481" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="C481" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D481" s="3" t="s"/>
       <x:c r="G481" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="I481" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J481" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K481" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -30112,86 +30113,86 @@
       <x:c r="M481" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N481" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O481" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="P481" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="Q481" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R481" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="S481" s="0" t="n">
         <x:v>607298</x:v>
       </x:c>
       <x:c r="T481" s="4" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="U481" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:21">
       <x:c r="A482" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B482" s="14" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="C482" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D482" s="15" t="s"/>
       <x:c r="E482" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F482" s="14" t="s"/>
       <x:c r="G482" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H482" s="14" t="s"/>
       <x:c r="I482" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J482" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K482" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L482" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M482" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N482" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O482" s="14" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="P482" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q482" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R482" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S482" s="14" t="n">
         <x:v>549735</x:v>
       </x:c>
       <x:c r="T482" s="16" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="U482" s="16" t="s">
         <x:v>648</x:v>
       </x:c>
@@ -30204,51 +30205,51 @@
         <x:v>649</x:v>
       </x:c>
       <x:c r="C483" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D483" s="3" t="s"/>
       <x:c r="E483" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G483" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I483" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J483" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K483" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L483" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M483" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N483" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O483" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="P483" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q483" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R483" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S483" s="0" t="n">
         <x:v>549737</x:v>
       </x:c>
       <x:c r="T483" s="4" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="U483" s="4" t="s">
         <x:v>648</x:v>
       </x:c>
@@ -30263,51 +30264,51 @@
       <x:c r="C484" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D484" s="15" t="s"/>
       <x:c r="E484" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F484" s="14" t="s"/>
       <x:c r="G484" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="H484" s="14" t="s"/>
       <x:c r="I484" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J484" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K484" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L484" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M484" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N484" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O484" s="14" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="P484" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="Q484" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R484" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S484" s="14" t="n">
         <x:v>549705</x:v>
       </x:c>
       <x:c r="T484" s="16" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="U484" s="16" t="s">
         <x:v>648</x:v>
       </x:c>
@@ -30320,51 +30321,51 @@
         <x:v>651</x:v>
       </x:c>
       <x:c r="C485" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D485" s="3" t="s"/>
       <x:c r="E485" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G485" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="I485" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J485" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K485" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L485" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M485" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N485" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O485" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="P485" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="Q485" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R485" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S485" s="0" t="n">
         <x:v>549706</x:v>
       </x:c>
       <x:c r="T485" s="4" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="U485" s="4" t="s">
         <x:v>648</x:v>
       </x:c>
@@ -31483,51 +31484,51 @@
       <x:c r="M505" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N505" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O505" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="P505" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="Q505" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R505" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S505" s="0" t="n">
         <x:v>538039</x:v>
       </x:c>
       <x:c r="T505" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U505" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:21">
       <x:c r="A506" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B506" s="14" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="C506" s="15" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D506" s="15" t="s"/>
       <x:c r="E506" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="F506" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="G506" s="14" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="H506" s="14" t="s"/>
       <x:c r="I506" s="16" t="s">
         <x:v>362</x:v>
@@ -32146,51 +32147,51 @@
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D517" s="3" t="s"/>
       <x:c r="E517" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="F517" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="G517" s="0" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="I517" s="4" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="J517" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K517" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L517" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M517" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N517" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O517" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="P517" s="0" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="Q517" s="4" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="R517" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S517" s="0" t="n">
         <x:v>583979</x:v>
       </x:c>
       <x:c r="T517" s="4" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="U517" s="4" t="s">
         <x:v>688</x:v>
       </x:c>
@@ -32285,365 +32286,365 @@
       <x:c r="M519" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N519" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O519" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="P519" s="0" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="Q519" s="4" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="R519" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S519" s="0" t="n">
         <x:v>538034</x:v>
       </x:c>
       <x:c r="T519" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U519" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:21">
       <x:c r="A520" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B520" s="14" t="s">
-        <x:v>639</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="C520" s="15" t="n">
-        <x:v>37682</x:v>
+        <x:v>31115</x:v>
       </x:c>
       <x:c r="D520" s="15" t="s"/>
       <x:c r="E520" s="14" t="s"/>
       <x:c r="F520" s="14" t="s"/>
       <x:c r="G520" s="14" t="s">
-        <x:v>448</x:v>
-[...1 lines deleted...]
-      <x:c r="H520" s="14" t="s"/>
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="H520" s="14" t="s">
+        <x:v>232</x:v>
+      </x:c>
       <x:c r="I520" s="16" t="s">
-        <x:v>449</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="J520" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K520" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L520" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M520" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N520" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O520" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="P520" s="14" t="s">
-        <x:v>484</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="Q520" s="16" t="s">
-        <x:v>485</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="R520" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S520" s="14" t="n">
-        <x:v>517363</x:v>
+        <x:v>585556</x:v>
       </x:c>
       <x:c r="T520" s="16" t="s">
-        <x:v>236</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="U520" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>676</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:21">
       <x:c r="A521" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="C521" s="3" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D521" s="3" t="s"/>
       <x:c r="G521" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="I521" s="4" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="J521" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K521" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L521" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M521" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N521" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O521" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="P521" s="0" t="s">
-        <x:v>482</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="Q521" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="R521" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="S521" s="0" t="n">
-        <x:v>517366</x:v>
+        <x:v>517363</x:v>
       </x:c>
       <x:c r="T521" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="U521" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:21">
       <x:c r="A522" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B522" s="14" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="C522" s="15" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D522" s="15" t="s"/>
       <x:c r="E522" s="14" t="s"/>
       <x:c r="F522" s="14" t="s"/>
       <x:c r="G522" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="H522" s="14" t="s"/>
       <x:c r="I522" s="16" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="J522" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K522" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L522" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M522" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N522" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O522" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="P522" s="14" t="s">
-        <x:v>484</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="Q522" s="16" t="s">
-        <x:v>485</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R522" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S522" s="14" t="n">
-        <x:v>587716</x:v>
+        <x:v>517366</x:v>
       </x:c>
       <x:c r="T522" s="16" t="s">
-        <x:v>680</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="U522" s="16" t="s">
-        <x:v>619</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:21">
       <x:c r="A523" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="C523" s="3" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D523" s="3" t="s"/>
       <x:c r="G523" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="I523" s="4" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="J523" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K523" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L523" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M523" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N523" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O523" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="P523" s="0" t="s">
-        <x:v>482</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="Q523" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="R523" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="S523" s="0" t="n">
-        <x:v>587719</x:v>
+        <x:v>587716</x:v>
       </x:c>
       <x:c r="T523" s="4" t="s">
-        <x:v>640</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="U523" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>619</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:21">
       <x:c r="A524" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B524" s="14" t="s">
-        <x:v>665</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="C524" s="15" t="n">
-        <x:v>31115</x:v>
+        <x:v>37682</x:v>
       </x:c>
       <x:c r="D524" s="15" t="s"/>
       <x:c r="E524" s="14" t="s"/>
       <x:c r="F524" s="14" t="s"/>
       <x:c r="G524" s="14" t="s">
-        <x:v>231</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>448</x:v>
+      </x:c>
+      <x:c r="H524" s="14" t="s"/>
       <x:c r="I524" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="J524" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K524" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L524" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M524" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N524" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O524" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="P524" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="Q524" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R524" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S524" s="14" t="n">
-        <x:v>585556</x:v>
+        <x:v>587719</x:v>
       </x:c>
       <x:c r="T524" s="16" t="s">
-        <x:v>547</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="U524" s="16" t="s">
-        <x:v>676</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:21">
       <x:c r="A525" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B525" s="0" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="C525" s="3" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D525" s="3" t="s"/>
       <x:c r="E525" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G525" s="0" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="I525" s="4" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="J525" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K525" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L525" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M525" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N525" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O525" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="P525" s="0" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="Q525" s="4" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="R525" s="0" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="S525" s="0" t="n">
         <x:v>558374</x:v>
       </x:c>
       <x:c r="T525" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="U525" s="4" t="s">
         <x:v>408</x:v>
       </x:c>
@@ -32774,51 +32775,51 @@
       <x:c r="C528" s="15" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D528" s="15" t="s"/>
       <x:c r="E528" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F528" s="14" t="s"/>
       <x:c r="G528" s="14" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="H528" s="14" t="s"/>
       <x:c r="I528" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="J528" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K528" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L528" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M528" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N528" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O528" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="P528" s="14" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="Q528" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="R528" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S528" s="14" t="n">
         <x:v>607736</x:v>
       </x:c>
       <x:c r="T528" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U528" s="16" t="s">
         <x:v>694</x:v>
       </x:c>
@@ -33032,51 +33033,51 @@
       <x:c r="L532" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M532" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N532" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O532" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="P532" s="14" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="Q532" s="16" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="R532" s="14" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="S532" s="14" t="n">
         <x:v>500808</x:v>
       </x:c>
       <x:c r="T532" s="16" t="s">
-        <x:v>175</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U532" s="16" t="s">
         <x:v>636</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:21">
       <x:c r="A533" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B533" s="0" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="C533" s="3" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D533" s="3" t="s"/>
       <x:c r="E533" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G533" s="0" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="H533" s="0" t="s">
         <x:v>699</x:v>
       </x:c>
@@ -33095,51 +33096,51 @@
       <x:c r="M533" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N533" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O533" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="P533" s="0" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="Q533" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R533" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S533" s="0" t="n">
         <x:v>501247</x:v>
       </x:c>
       <x:c r="T533" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="U533" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:21">
       <x:c r="A534" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B534" s="14" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="C534" s="15" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D534" s="15" t="s"/>
       <x:c r="E534" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F534" s="14" t="s"/>
       <x:c r="G534" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="H534" s="14" t="s"/>
       <x:c r="I534" s="16" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="J534" s="14" t="s">
@@ -33178,112 +33179,112 @@
       <x:c r="U534" s="16" t="s">
         <x:v>666</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:21">
       <x:c r="A535" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B535" s="0" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="C535" s="3" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D535" s="3" t="s"/>
       <x:c r="E535" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G535" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="H535" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="I535" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J535" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K535" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L535" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M535" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N535" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O535" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="P535" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q535" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R535" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S535" s="0" t="n">
         <x:v>564559</x:v>
       </x:c>
       <x:c r="T535" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U535" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:21">
       <x:c r="A536" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B536" s="14" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="C536" s="15" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D536" s="15" t="s"/>
       <x:c r="E536" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F536" s="14" t="s"/>
       <x:c r="G536" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="H536" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="I536" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J536" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K536" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L536" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M536" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N536" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O536" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="P536" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="Q536" s="16" t="s">
         <x:v>219</x:v>
       </x:c>
@@ -33299,122 +33300,122 @@
       <x:c r="U536" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:21">
       <x:c r="A537" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B537" s="0" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="C537" s="3" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D537" s="3" t="s"/>
       <x:c r="E537" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G537" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="H537" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="I537" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J537" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K537" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L537" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M537" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N537" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O537" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="P537" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q537" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R537" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S537" s="0" t="n">
         <x:v>602872</x:v>
       </x:c>
       <x:c r="T537" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U537" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:21">
       <x:c r="A538" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B538" s="14" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="C538" s="15" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D538" s="15" t="s"/>
       <x:c r="E538" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F538" s="14" t="s"/>
       <x:c r="G538" s="14" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="H538" s="14" t="s"/>
       <x:c r="I538" s="16" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="J538" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K538" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L538" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M538" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N538" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O538" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="P538" s="14" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="Q538" s="16" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="R538" s="14" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="S538" s="14" t="n">
         <x:v>616801</x:v>
       </x:c>
       <x:c r="T538" s="16" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="U538" s="16" t="s">
         <x:v>675</x:v>
       </x:c>
@@ -33427,51 +33428,51 @@
         <x:v>690</x:v>
       </x:c>
       <x:c r="C539" s="3" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D539" s="3" t="s"/>
       <x:c r="E539" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G539" s="0" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="I539" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="J539" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K539" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L539" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M539" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="N539" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O539" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="P539" s="0" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="Q539" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R539" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S539" s="0" t="n">
         <x:v>607735</x:v>
       </x:c>
       <x:c r="T539" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U539" s="4" t="s">
         <x:v>694</x:v>
       </x:c>