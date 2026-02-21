--- v0 (2026-02-20)
+++ v1 (2026-02-21)
@@ -2672,54 +2672,54 @@
   <x:si>
     <x:t>MARTIGUES</x:t>
   </x:si>
   <x:si>
     <x:t>LORGUES</x:t>
   </x:si>
   <x:si>
     <x:t>02/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>WordPress</x:t>
   </x:si>
   <x:si>
     <x:t>Pierre-Henri Sciortino - Ph Formation</x:t>
   </x:si>
   <x:si>
     <x:t>PHF</x:t>
   </x:si>
   <x:si>
     <x:t>83140</x:t>
   </x:si>
   <x:si>
+    <x:t>MARSEILLE-11e</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/17/2025 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>MARSEILLE-11e</x:t>
   </x:si>
   <x:si>
     <x:t>Studio Gentile - Systemv</x:t>
   </x:si>
   <x:si>
     <x:t>06/05/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/28/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/23/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>WordPress rédacteur</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
@@ -42576,124 +42576,124 @@
       </x:c>
       <x:c r="B708" s="14" t="s">
         <x:v>863</x:v>
       </x:c>
       <x:c r="C708" s="15" t="s"/>
       <x:c r="D708" s="15" t="s"/>
       <x:c r="E708" s="14" t="s"/>
       <x:c r="F708" s="14" t="s"/>
       <x:c r="G708" s="14" t="s">
         <x:v>864</x:v>
       </x:c>
       <x:c r="H708" s="14" t="s">
         <x:v>865</x:v>
       </x:c>
       <x:c r="I708" s="16" t="s">
         <x:v>866</x:v>
       </x:c>
       <x:c r="J708" s="14" t="s"/>
       <x:c r="K708" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L708" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M708" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="N708" s="15" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O708" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="P708" s="14" t="s">
         <x:v>864</x:v>
       </x:c>
       <x:c r="Q708" s="16" t="s">
         <x:v>866</x:v>
       </x:c>
       <x:c r="R708" s="14" t="s">
-        <x:v>846</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="S708" s="14" t="n">
-        <x:v>567363</x:v>
+        <x:v>567366</x:v>
       </x:c>
       <x:c r="T708" s="16" t="s">
-        <x:v>867</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="U708" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="709" spans="1:21">
       <x:c r="A709" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B709" s="0" t="s">
         <x:v>863</x:v>
       </x:c>
       <x:c r="C709" s="3" t="s"/>
       <x:c r="D709" s="3" t="s"/>
       <x:c r="G709" s="0" t="s">
         <x:v>864</x:v>
       </x:c>
       <x:c r="H709" s="0" t="s">
         <x:v>865</x:v>
       </x:c>
       <x:c r="I709" s="4" t="s">
         <x:v>866</x:v>
       </x:c>
       <x:c r="K709" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L709" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M709" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N709" s="3" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O709" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="P709" s="0" t="s">
         <x:v>864</x:v>
       </x:c>
       <x:c r="Q709" s="4" t="s">
         <x:v>866</x:v>
       </x:c>
       <x:c r="R709" s="0" t="s">
+        <x:v>846</x:v>
+      </x:c>
+      <x:c r="S709" s="0" t="n">
+        <x:v>567363</x:v>
+      </x:c>
+      <x:c r="T709" s="4" t="s">
         <x:v>868</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>867</x:v>
       </x:c>
       <x:c r="U709" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="710" spans="1:21">
       <x:c r="A710" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B710" s="14" t="s">
         <x:v>863</x:v>
       </x:c>
       <x:c r="C710" s="15" t="s"/>
       <x:c r="D710" s="15" t="s"/>
       <x:c r="E710" s="14" t="s"/>
       <x:c r="F710" s="14" t="s"/>
       <x:c r="G710" s="14" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="H710" s="14" t="s"/>
       <x:c r="I710" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="J710" s="14" t="s"/>
       <x:c r="K710" s="14" t="s">
@@ -42803,57 +42803,57 @@
         <x:v>866</x:v>
       </x:c>
       <x:c r="J712" s="14" t="s"/>
       <x:c r="K712" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L712" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M712" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N712" s="15" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O712" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="P712" s="14" t="s">
         <x:v>864</x:v>
       </x:c>
       <x:c r="Q712" s="16" t="s">
         <x:v>866</x:v>
       </x:c>
       <x:c r="R712" s="14" t="s">
-        <x:v>868</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="S712" s="14" t="n">
         <x:v>567359</x:v>
       </x:c>
       <x:c r="T712" s="16" t="s">
-        <x:v>867</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="U712" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="713" spans="1:21">
       <x:c r="A713" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B713" s="0" t="s">
         <x:v>863</x:v>
       </x:c>
       <x:c r="C713" s="3" t="s"/>
       <x:c r="D713" s="3" t="s"/>
       <x:c r="G713" s="0" t="s">
         <x:v>864</x:v>
       </x:c>
       <x:c r="H713" s="0" t="s">
         <x:v>865</x:v>
       </x:c>
       <x:c r="I713" s="4" t="s">
         <x:v>866</x:v>
       </x:c>
       <x:c r="K713" s="0" t="s">
         <x:v>26</x:v>
@@ -42861,51 +42861,51 @@
       <x:c r="L713" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M713" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N713" s="3" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O713" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="P713" s="0" t="s">
         <x:v>864</x:v>
       </x:c>
       <x:c r="Q713" s="4" t="s">
         <x:v>866</x:v>
       </x:c>
       <x:c r="R713" s="0" t="s">
         <x:v>857</x:v>
       </x:c>
       <x:c r="S713" s="0" t="n">
         <x:v>567360</x:v>
       </x:c>
       <x:c r="T713" s="4" t="s">
-        <x:v>867</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="U713" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="714" spans="1:21">
       <x:c r="A714" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B714" s="14" t="s">
         <x:v>863</x:v>
       </x:c>
       <x:c r="C714" s="15" t="s"/>
       <x:c r="D714" s="15" t="s"/>
       <x:c r="E714" s="14" t="s"/>
       <x:c r="F714" s="14" t="s"/>
       <x:c r="G714" s="14" t="s">
         <x:v>864</x:v>
       </x:c>
       <x:c r="H714" s="14" t="s">
         <x:v>865</x:v>
       </x:c>
       <x:c r="I714" s="16" t="s">
         <x:v>866</x:v>
       </x:c>
@@ -42916,51 +42916,51 @@
       <x:c r="L714" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M714" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N714" s="15" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O714" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="P714" s="14" t="s">
         <x:v>864</x:v>
       </x:c>
       <x:c r="Q714" s="16" t="s">
         <x:v>866</x:v>
       </x:c>
       <x:c r="R714" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S714" s="14" t="n">
         <x:v>567361</x:v>
       </x:c>
       <x:c r="T714" s="16" t="s">
-        <x:v>867</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="U714" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="715" spans="1:21">
       <x:c r="A715" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B715" s="0" t="s">
         <x:v>863</x:v>
       </x:c>
       <x:c r="C715" s="3" t="s"/>
       <x:c r="D715" s="3" t="s"/>
       <x:c r="G715" s="0" t="s">
         <x:v>864</x:v>
       </x:c>
       <x:c r="H715" s="0" t="s">
         <x:v>865</x:v>
       </x:c>
       <x:c r="I715" s="4" t="s">
         <x:v>866</x:v>
       </x:c>
       <x:c r="K715" s="0" t="s">
         <x:v>26</x:v>
@@ -42968,51 +42968,51 @@
       <x:c r="L715" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M715" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N715" s="3" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O715" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="P715" s="0" t="s">
         <x:v>864</x:v>
       </x:c>
       <x:c r="Q715" s="4" t="s">
         <x:v>866</x:v>
       </x:c>
       <x:c r="R715" s="0" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="S715" s="0" t="n">
         <x:v>567362</x:v>
       </x:c>
       <x:c r="T715" s="4" t="s">
-        <x:v>867</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="U715" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="716" spans="1:21">
       <x:c r="A716" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B716" s="14" t="s">
         <x:v>863</x:v>
       </x:c>
       <x:c r="C716" s="15" t="s"/>
       <x:c r="D716" s="15" t="s"/>
       <x:c r="E716" s="14" t="s"/>
       <x:c r="F716" s="14" t="s"/>
       <x:c r="G716" s="14" t="s">
         <x:v>864</x:v>
       </x:c>
       <x:c r="H716" s="14" t="s">
         <x:v>865</x:v>
       </x:c>
       <x:c r="I716" s="16" t="s">
         <x:v>866</x:v>
       </x:c>