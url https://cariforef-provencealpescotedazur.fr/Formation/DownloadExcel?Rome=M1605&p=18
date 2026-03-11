--- v0 (2026-03-11)
+++ v1 (2026-03-11)
@@ -320,149 +320,149 @@
   <x:si>
     <x:t>CARPENTRAS</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/05/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Delta - Groupe Someform</x:t>
   </x:si>
   <x:si>
     <x:t>13200</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
     <x:t>02/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Formation en contrat de pro</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Assistant d'administration commerciale (TPE/PME) (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Azur Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GRASSE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/24/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Groupe Someform</x:t>
   </x:si>
   <x:si>
     <x:t>13127</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Someform|Groupe Someform - Antenne La Garde</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
     <x:t>02/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Azur Formation</x:t>
-[...20 lines deleted...]
-    <x:t>02/19/2026 00:00:00</x:t>
+    <x:t>Formation scolaire, universitaire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>assistant d'administration commerciale (TPE/PME)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Groupe Belmont - Mougins</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public de la formation initiale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Erudis Formation - Campus Nice - Sophia-Antipolis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MOUGINS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4MaCompta Expertise - Alfred Cadoret</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06240</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 6e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Association de Formation pour la Coopération et la Promotion Professionnelle Méditerranéenne</x:t>
   </x:si>
   <x:si>
     <x:t>ACPM</x:t>
   </x:si>
   <x:si>
     <x:t>13013</x:t>
   </x:si>
   <x:si>
     <x:t>BRIGNOLES</x:t>
   </x:si>
   <x:si>
     <x:t>04/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Formation scolaire, universitaire</x:t>
-[...37 lines deleted...]
-  <x:si>
     <x:t>VITROLLES</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Assistant d'administration commerciale (TPE/PME) (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ESCCOM </x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication - Antenne Nice</x:t>
@@ -482,65 +482,65 @@
   <x:si>
     <x:t>MONTFAVET</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Someform - Antenne La Garde</x:t>
   </x:si>
   <x:si>
     <x:t>83130</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Belmont - Antenne Mougins</x:t>
   </x:si>
   <x:si>
     <x:t>02/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/24/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/07/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication - Antenne Cannes (Carnot)</x:t>
   </x:si>
   <x:si>
     <x:t>06400</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES</x:t>
   </x:si>
   <x:si>
-    <x:t>09/07/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Assistant de facturation pour Infirmier Libéral : Découvrir les bases du métier de facturier 2026</x:t>
   </x:si>
   <x:si>
     <x:t>Mysa Formation</x:t>
   </x:si>
   <x:si>
     <x:t>13124</x:t>
   </x:si>
   <x:si>
     <x:t>Secrétariat assistanat</x:t>
   </x:si>
   <x:si>
     <x:t>PEYPIN</x:t>
   </x:si>
   <x:si>
     <x:t>Assistant de facturation pour kiné libéral/facturier</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Assistante dentaire polyvalente</x:t>
   </x:si>
   <x:si>
     <x:t>Efficience Dentaire</x:t>
@@ -800,138 +800,138 @@
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>Logiciel Excel</x:t>
   </x:si>
   <x:si>
     <x:t>05/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Association Cool - L'Informatique pour Tous</x:t>
   </x:si>
   <x:si>
     <x:t>83170</x:t>
   </x:si>
   <x:si>
+    <x:t>LE LUC EN PROVENCE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VALBONNE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HYERES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MANOSQUE</x:t>
+  </x:si>
+  <x:si>
     <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
   </x:si>
   <x:si>
-    <x:t>03/02/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>COGOLIN</x:t>
   </x:si>
   <x:si>
     <x:t>SAINTE-MAXIME</x:t>
   </x:si>
   <x:si>
-    <x:t>HYERES</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>SIX-FOURS-LES-PLAGES</x:t>
   </x:si>
   <x:si>
+    <x:t>LA CIOTAT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>LA CIOTAT</x:t>
-[...2 lines deleted...]
-    <x:t>AVIGNON</x:t>
+    <x:t>DRAGUIGNAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PUGET-SUR-ARGENS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARIGNANE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARTIGUES</x:t>
   </x:si>
   <x:si>
     <x:t>PERTUIS</x:t>
   </x:si>
   <x:si>
-    <x:t>DRAGUIGNAN</x:t>
-[...8 lines deleted...]
-    <x:t>MARTIGUES</x:t>
+    <x:t>VIDAUBAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRETS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SALON-DE-PROVENCE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MEYREUIL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MONTAUROUX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LORGUES</x:t>
   </x:si>
   <x:si>
     <x:t>03/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>AUBAGNE</x:t>
-  </x:si>
-[...16 lines deleted...]
-    <x:t>LORGUES</x:t>
   </x:si>
   <x:si>
     <x:t>Formation bureautique</x:t>
   </x:si>
   <x:si>
     <x:t>Capcom'Art</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion centre profit</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Informatique pour les débutants : Windows + Internet + Office</x:t>
   </x:si>
   <x:si>
     <x:t>02/14/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>La nomenclature générale des actes professionnels (NGAP) - mise à jour et perfectionnement</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2025 00:00:00</x:t>
   </x:si>
@@ -2830,427 +2830,427 @@
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
         <x:v>615132</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="Q18" s="16" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="R18" s="14" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="S18" s="14" t="n">
+        <x:v>617372</x:v>
+      </x:c>
+      <x:c r="T18" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="Q18" s="16" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="U18" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="Q19" s="4" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="R19" s="0" t="s">
         <x:v>89</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>92</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
         <x:v>571898</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
-        <x:v>94</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>617372</x:v>
+        <x:v>612652</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="U20" s="16" t="s">
         <x:v>96</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
-        <x:v>97</x:v>
-[...2 lines deleted...]
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>616196</x:v>
+        <x:v>620515</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
-        <x:v>103</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="Q22" s="16" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="R22" s="14" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="S22" s="14" t="n">
+        <x:v>558974</x:v>
+      </x:c>
+      <x:c r="T22" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
-      <x:c r="Q22" s="16" t="s">
-[...2 lines deleted...]
-      <x:c r="R22" s="14" t="s">
+      <x:c r="U22" s="16" t="s">
         <x:v>109</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
+      <x:c r="H23" s="0" t="s">
+        <x:v>111</x:v>
+      </x:c>
       <x:c r="I23" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>558974</x:v>
+        <x:v>616196</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>588429</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
@@ -3412,82 +3412,82 @@
         <x:v>603603</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
         <x:v>552162</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="E29" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -3497,766 +3497,768 @@
       <x:c r="I29" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
         <x:v>603604</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>601783</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="E31" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
-        <x:v>121</x:v>
-[...2 lines deleted...]
-        <x:v>122</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="Q31" s="4" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="R31" s="0" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="S31" s="0" t="n">
+        <x:v>601782</x:v>
+      </x:c>
+      <x:c r="T31" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
-      <x:c r="Q31" s="4" t="s">
+      <x:c r="U31" s="4" t="s">
         <x:v>138</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>601782</x:v>
+        <x:v>549456</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="E33" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="H33" s="0" t="s">
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>549456</x:v>
+        <x:v>608429</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>601739</x:v>
+        <x:v>601780</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="E35" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>601740</x:v>
+        <x:v>601784</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>121</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>555975</x:v>
+        <x:v>581841</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="E37" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="H37" s="0" t="s">
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>581841</x:v>
+        <x:v>555976</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>121</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>555976</x:v>
+        <x:v>552160</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="E39" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="H39" s="0" t="s">
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>552160</x:v>
+        <x:v>555975</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>601780</x:v>
+        <x:v>601739</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="E41" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>601784</x:v>
+        <x:v>601740</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C42" s="15" t="s"/>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s"/>
       <x:c r="K42" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
@@ -4337,216 +4339,216 @@
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C44" s="15" t="s"/>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s"/>
       <x:c r="K44" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>35054</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>554305</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>40811</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>32005</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>592825</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
-        <x:v>103</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>37561</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>35008</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>594201</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>37561</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>35008</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>594202</x:v>
       </x:c>
@@ -4880,127 +4882,127 @@
       <x:c r="H53" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>35008</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>550226</x:v>
+        <x:v>550231</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>37561</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="I54" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>35008</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>550236</x:v>
+        <x:v>602330</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>37561</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="E55" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
@@ -5062,126 +5064,126 @@
       <x:c r="H56" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="I56" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>35008</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>550231</x:v>
+        <x:v>550226</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>37561</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="E57" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>35008</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>602330</x:v>
+        <x:v>550236</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C58" s="15" t="s"/>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s"/>
       <x:c r="K58" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
@@ -5609,70 +5611,70 @@
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>575970</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>35386</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>596948</x:v>
       </x:c>
@@ -5812,100 +5814,100 @@
         <x:v>235</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s"/>
       <x:c r="K70" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>584330</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s"/>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>584331</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C72" s="15" t="s"/>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
@@ -5917,208 +5919,208 @@
       <x:c r="K72" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>615496</x:v>
+        <x:v>615495</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s"/>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>615529</x:v>
+        <x:v>615544</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C74" s="15" t="s"/>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s"/>
       <x:c r="K74" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>615530</x:v>
+        <x:v>615545</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C75" s="3" t="s"/>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>615535</x:v>
+        <x:v>584332</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C76" s="15" t="s"/>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s"/>
       <x:c r="K76" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
@@ -6322,51 +6324,51 @@
         <x:v>242</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s"/>
       <x:c r="K80" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>615528</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s"/>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>242</x:v>
@@ -6424,51 +6426,51 @@
         <x:v>242</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s"/>
       <x:c r="K82" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>615548</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s"/>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>242</x:v>
@@ -6526,211 +6528,211 @@
         <x:v>242</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s"/>
       <x:c r="K84" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>615495</x:v>
+        <x:v>615496</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C85" s="3" t="s"/>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>615544</x:v>
+        <x:v>615529</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C86" s="15" t="s"/>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s"/>
       <x:c r="K86" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>615545</x:v>
+        <x:v>615530</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C87" s="3" t="s"/>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>584332</x:v>
+        <x:v>615535</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C88" s="15" t="s"/>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s"/>
       <x:c r="K88" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
@@ -6832,307 +6834,307 @@
         <x:v>242</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s"/>
       <x:c r="K90" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>615542</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C91" s="3" t="s"/>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>584333</x:v>
+        <x:v>615492</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C92" s="15" t="s"/>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s"/>
       <x:c r="K92" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>615492</x:v>
+        <x:v>615540</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C93" s="3" t="s"/>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>615540</x:v>
+        <x:v>615541</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C94" s="15" t="s"/>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s"/>
       <x:c r="K94" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="S94" s="14" t="n">
+        <x:v>584333</x:v>
+      </x:c>
+      <x:c r="T94" s="16" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="U94" s="16" t="s">
         <x:v>258</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C95" s="3" t="s"/>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>615550</x:v>
+        <x:v>615507</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C96" s="15" t="s"/>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
         <x:v>242</x:v>
@@ -7141,100 +7143,100 @@
       <x:c r="K96" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>615507</x:v>
+        <x:v>615509</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C97" s="3" t="s"/>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>615509</x:v>
+        <x:v>615533</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C98" s="15" t="s"/>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
         <x:v>242</x:v>
@@ -7243,406 +7245,406 @@
       <x:c r="K98" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>615533</x:v>
+        <x:v>615534</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C99" s="3" t="s"/>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>615534</x:v>
+        <x:v>576588</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C100" s="15" t="s"/>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s"/>
       <x:c r="K100" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>576588</x:v>
+        <x:v>615550</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C101" s="3" t="s"/>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>584329</x:v>
+        <x:v>615497</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C102" s="15" t="s"/>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
-        <x:v>230</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s"/>
       <x:c r="K102" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
-        <x:v>230</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>542280</x:v>
+        <x:v>615498</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C103" s="3" t="s"/>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>615491</x:v>
+        <x:v>615505</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C104" s="15" t="s"/>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s"/>
       <x:c r="K104" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
-        <x:v>266</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>615532</x:v>
+        <x:v>615506</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C105" s="3" t="s"/>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>615497</x:v>
+        <x:v>615526</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C106" s="15" t="s"/>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
         <x:v>242</x:v>
@@ -7651,403 +7653,403 @@
       <x:c r="K106" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>615498</x:v>
+        <x:v>615531</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C107" s="3" t="s"/>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>615505</x:v>
+        <x:v>615547</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C108" s="15" t="s"/>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s"/>
       <x:c r="K108" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="S108" s="14" t="n">
+        <x:v>584329</x:v>
+      </x:c>
+      <x:c r="T108" s="16" t="s">
         <x:v>270</x:v>
       </x:c>
-      <x:c r="S108" s="14" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C109" s="3" t="s"/>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>615526</x:v>
+        <x:v>542280</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C110" s="15" t="s"/>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s"/>
       <x:c r="K110" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
-        <x:v>271</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>615531</x:v>
+        <x:v>615491</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C111" s="3" t="s"/>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>615547</x:v>
+        <x:v>615532</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="C112" s="15" t="s"/>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s"/>
       <x:c r="K112" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
-        <x:v>258</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>588205</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="C113" s="3" t="s"/>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>588204</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="C114" s="15" t="s"/>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
@@ -8329,51 +8331,51 @@
       <x:c r="L119" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>589717</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
@@ -8386,51 +8388,51 @@
       <x:c r="L120" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>614352</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
@@ -8448,127 +8450,127 @@
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>575212</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
-        <x:v>103</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>591974</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>591975</x:v>
       </x:c>
@@ -8618,181 +8620,181 @@
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>598409</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>591977</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
-        <x:v>103</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>591976</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>591973</x:v>
       </x:c>
@@ -9190,181 +9192,181 @@
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
         <x:v>581203</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>595466</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
-        <x:v>103</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>595464</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>595465</x:v>
       </x:c>
@@ -9880,102 +9882,102 @@
       <x:c r="L146" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>617493</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="E147" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>547460</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -10286,54 +10288,54 @@
       <x:c r="J153" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
-        <x:v>575666</x:v>
+        <x:v>575664</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s">
@@ -10345,54 +10347,54 @@
       <x:c r="J154" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>575664</x:v>
+        <x:v>575666</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="E155" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
@@ -10529,51 +10531,51 @@
       <x:c r="L157" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
         <x:v>617488</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="I158" s="16" t="s">
@@ -10769,406 +10771,406 @@
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
         <x:v>575669</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
-        <x:v>103</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
         <x:v>592385</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
         <x:v>592388</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
-        <x:v>103</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
         <x:v>592383</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>592386</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
-        <x:v>103</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
         <x:v>592382</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
         <x:v>592384</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
-        <x:v>103</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
         <x:v>592387</x:v>
       </x:c>
@@ -11434,51 +11436,51 @@
       <x:c r="J173" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
         <x:v>587477</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>40290</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
@@ -11725,119 +11727,119 @@
       <x:c r="J178" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>581076</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>40290</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>592407</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
-        <x:v>94</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>30086</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="I180" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -12193,51 +12195,51 @@
       <x:c r="J186" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
         <x:v>547665</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
         <x:v>401</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>30106</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
@@ -12250,114 +12252,114 @@
       <x:c r="K187" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>32688</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
-        <x:v>565237</x:v>
+        <x:v>598126</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
-        <x:v>403</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
-        <x:v>404</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>30106</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s"/>
       <x:c r="I188" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>32688</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
-        <x:v>598126</x:v>
+        <x:v>565237</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
-        <x:v>396</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
-        <x:v>381</x:v>
+        <x:v>404</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
         <x:v>30106</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -12415,51 +12417,51 @@
       <x:c r="J190" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
         <x:v>542500</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
         <x:v>401</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="C191" s="3" t="s"/>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>408</x:v>
@@ -12517,51 +12519,51 @@
         <x:v>408</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s"/>
       <x:c r="K192" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>70354</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
         <x:v>614913</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="C193" s="3" t="s"/>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="G193" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>408</x:v>
@@ -12619,100 +12621,100 @@
         <x:v>408</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s"/>
       <x:c r="K194" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>70354</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
         <x:v>614915</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="C195" s="3" t="s"/>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>70354</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
         <x:v>614917</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="C196" s="15" t="s"/>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
@@ -12770,51 +12772,51 @@
       <x:c r="I197" s="4" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>71203</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>614944</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="C198" s="15" t="s"/>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
@@ -12925,51 +12927,51 @@
         <x:v>408</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s"/>
       <x:c r="K200" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>71203</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>614947</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="C201" s="3" t="s"/>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
         <x:v>24</x:v>
@@ -13188,51 +13190,51 @@
       <x:c r="I205" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
         <x:v>578065</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>