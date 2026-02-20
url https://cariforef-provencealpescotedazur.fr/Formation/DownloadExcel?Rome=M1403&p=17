--- v0 (2026-02-20)
+++ v1 (2026-02-20)
@@ -446,60 +446,60 @@
   <x:si>
     <x:t>CPAG</x:t>
   </x:si>
   <x:si>
     <x:t>13625</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2031 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en data science - Data Engineer</x:t>
   </x:si>
   <x:si>
     <x:t>08/19/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/19/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en ingénierie et science des données (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
+    <x:t>03/27/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Expert en ingénierie et science des données</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2028 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>03/27/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/04/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/26/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/27/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en optimisation des systèmes énergétiques (MS)</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Mines Paris - PSL - Campus de Sophia-Antipolis </x:t>
   </x:si>
   <x:si>
     <x:t>06904</x:t>
   </x:si>
   <x:si>
     <x:t>Mathématiques décision</x:t>
   </x:si>
   <x:si>
     <x:t>SOPHIA ANTIPOLIS CEDEX</x:t>
   </x:si>
@@ -3271,159 +3271,159 @@
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
         <x:v>578623</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I30" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>610847</x:v>
+        <x:v>615688</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>615688</x:v>
+        <x:v>610847</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I32" s="16" t="s">
@@ -3498,51 +3498,51 @@
       <x:c r="M33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
         <x:v>578625</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I34" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
@@ -3557,51 +3557,51 @@
       <x:c r="M34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
         <x:v>578627</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
@@ -3673,116 +3673,116 @@
       <x:c r="M36" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>615689</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
         <x:v>610848</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I38" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -3797,159 +3797,159 @@
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
         <x:v>578622</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
         <x:v>578626</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I40" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>578624</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>38774</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>38</x:v>
       </x:c>