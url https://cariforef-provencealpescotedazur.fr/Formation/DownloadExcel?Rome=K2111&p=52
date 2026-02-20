--- v0 (2026-02-20)
+++ v1 (2026-02-20)
@@ -1727,62 +1727,62 @@
   <x:si>
     <x:t>Contribution formation professionnelle</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention sciences de l'éducation et de la formation parcours chargé de mission en évaluation</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention sciences de l'éducation et de la formation parcours ingénierie de la formation</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention sciences de l'éducation et de la formation parcours responsable de formation</x:t>
   </x:si>
   <x:si>
     <x:t>master mention sciences du langage</x:t>
   </x:si>
   <x:si>
     <x:t>Linguistique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention sciences du langage parcours sciences du langage</x:t>
   </x:si>
   <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention encadrement éducatif</x:t>
   </x:si>
   <x:si>
+    <x:t>Préparation examen concours fonction publique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13626</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX EN PROVENCE CEDEX 01</x:t>
+  </x:si>
+  <x:si>
     <x:t>UCA</x:t>
   </x:si>
   <x:si>
-    <x:t>Préparation examen concours fonction publique</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>NICE CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention encadrement éducatif parcours conseiller principal d'éducation</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Institut National Supérieur du Professorat et de l'Education</x:t>
   </x:si>
   <x:si>
     <x:t>13004</x:t>
   </x:si>
   <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention pratiques et ingénierie de la formation</x:t>
   </x:si>
   <x:si>
     <x:t>Médiation socioculturelle</x:t>
   </x:si>
   <x:si>
     <x:t>13013</x:t>
   </x:si>
   <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention pratiques et ingénierie de la formation parcours conception et management de formations en hygiène sécurité et développement</x:t>
   </x:si>
   <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention pratiques et ingénierie de la formation parcours ingénierie pédagogique numérique</x:t>
@@ -2426,195 +2426,195 @@
   <x:si>
     <x:t>12/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/11/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Seven Life</x:t>
   </x:si>
   <x:si>
     <x:t>France Orientation Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>83170</x:t>
   </x:si>
   <x:si>
     <x:t>MEYREUIL</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Multi Formations Professionnelles</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MFP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISTRES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut National de Formation et de Recherche sur l'Education Permanente - Antenne Carpentras</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INFREP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/26/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Institut National de Formation et de Recherche sur l'Education Permanente - Antenne Carpentras</x:t>
-[...31 lines deleted...]
-  <x:si>
     <x:t>07/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Arobase Formations Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/10/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eloce - Walter Learning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autre public , Licencié pour motif économique , Particulier, individuel , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Activ Formations</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cpe-Cfa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CPEAS - CFA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Licencié pour motif économique , Particulier, individuel , Salarié , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>10/01/2027 00:00:00</x:t>
-[...37 lines deleted...]
-  <x:si>
     <x:t>Titre professionnel formateur professionnel d'adultes (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Heures Libres de la Jeunesse - Institut Méditerranéen du Sport, de l'Animation et du Tourisme</x:t>
   </x:si>
   <x:si>
     <x:t>HLJ - IMSAT</x:t>
   </x:si>
   <x:si>
     <x:t>01/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Idev</x:t>
   </x:si>
   <x:si>
     <x:t>13117</x:t>
   </x:si>
   <x:si>
     <x:t>Idev - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-16e</x:t>
   </x:si>
   <x:si>
+    <x:t>Solutys - Campus Privé</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LE PONTET</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cfa Perspective - Isim</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>A3fa</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/25/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Idev - Antenne Marignane</x:t>
   </x:si>
   <x:si>
     <x:t>13700</x:t>
   </x:si>
   <x:si>
     <x:t>MARIGNANE</x:t>
   </x:si>
   <x:si>
     <x:t>02/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2027 00:00:00</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>LE PONTET</x:t>
   </x:si>
   <x:si>
     <x:t>Unec Provence Alpes Côte d'Azur - Cfa Roger Para - Ecole de Coiffure Leader</x:t>
   </x:si>
   <x:si>
     <x:t>Performa - Antenne Saint Raphaël</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Polyvalent Hôtellerie Tourisme Jeanne et Paul Augier</x:t>
   </x:si>
   <x:si>
     <x:t>08/25/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/28/2024 00:00:00</x:t>
   </x:si>
@@ -6678,107 +6678,107 @@
       <x:c r="I63" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>44587</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>579696</x:v>
+        <x:v>579699</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="C64" s="15" t="s"/>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s"/>
       <x:c r="K64" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>44587</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>579699</x:v>
+        <x:v>579696</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C65" s="3" t="s"/>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>212</x:v>
@@ -9743,54 +9743,54 @@
       <x:c r="K118" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>513270</x:v>
+        <x:v>546585</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
-        <x:v>306</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H119" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -9800,54 +9800,54 @@
       <x:c r="K119" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>546585</x:v>
+        <x:v>513270</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I120" s="16" t="s">
@@ -17579,196 +17579,195 @@
       </x:c>
       <x:c r="O260" s="14" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
         <x:v>575699</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="C261" s="3" t="n">
         <x:v>38154</x:v>
       </x:c>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="G261" s="0" t="s">
-        <x:v>101</x:v>
-[...2 lines deleted...]
-        <x:v>552</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="J261" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
+        <x:v>552</x:v>
+      </x:c>
+      <x:c r="P261" s="0" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="Q261" s="4" t="s">
         <x:v>553</x:v>
       </x:c>
-      <x:c r="P261" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="R261" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
-        <x:v>581581</x:v>
+        <x:v>597265</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
-        <x:v>91</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="C262" s="15" t="n">
         <x:v>38154</x:v>
       </x:c>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s"/>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
-        <x:v>246</x:v>
-[...1 lines deleted...]
-      <x:c r="H262" s="14" t="s"/>
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="H262" s="14" t="s">
+        <x:v>555</x:v>
+      </x:c>
       <x:c r="I262" s="16" t="s">
-        <x:v>247</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="K262" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
-        <x:v>553</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
-        <x:v>554</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
-        <x:v>555</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
-        <x:v>597265</x:v>
+        <x:v>581581</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="C263" s="3" t="n">
         <x:v>38154</x:v>
       </x:c>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="G263" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
-        <x:v>553</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
         <x:v>597263</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
@@ -17781,51 +17780,51 @@
       <x:c r="E264" s="14" t="s"/>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s"/>
       <x:c r="I264" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="K264" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
-        <x:v>553</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
         <x:v>597264</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
@@ -17838,51 +17837,51 @@
       <x:c r="G265" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="H265" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
-        <x:v>553</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
         <x:v>575920</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
@@ -17955,83 +17954,83 @@
       <x:c r="I267" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
         <x:v>44035</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
+        <x:v>553</x:v>
+      </x:c>
+      <x:c r="R267" s="0" t="s">
         <x:v>554</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>555</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
         <x:v>597463</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="C268" s="15" t="n">
         <x:v>38152</x:v>
       </x:c>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s"/>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s">
-        <x:v>552</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="I268" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="K268" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
         <x:v>44035</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
@@ -24906,75 +24905,75 @@
         <x:v>638</x:v>
       </x:c>
       <x:c r="C394" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D394" s="15" t="s"/>
       <x:c r="E394" s="14" t="s"/>
       <x:c r="F394" s="14" t="s"/>
       <x:c r="G394" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H394" s="14" t="s"/>
       <x:c r="I394" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J394" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K394" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L394" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M394" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="N394" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O394" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P394" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="Q394" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R394" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S394" s="14" t="n">
-        <x:v>587735</x:v>
+        <x:v>538050</x:v>
       </x:c>
       <x:c r="T394" s="16" t="s">
-        <x:v>298</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="U394" s="16" t="s">
-        <x:v>299</x:v>
+        <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:21">
       <x:c r="A395" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="C395" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D395" s="3" t="s"/>
       <x:c r="E395" s="0" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="F395" s="0" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="G395" s="0" t="s">
         <x:v>739</x:v>
       </x:c>
       <x:c r="H395" s="0" t="s">
         <x:v>740</x:v>
       </x:c>
@@ -27107,1914 +27106,1911 @@
       <x:c r="R432" s="14" t="s">
         <x:v>783</x:v>
       </x:c>
       <x:c r="S432" s="14" t="n">
         <x:v>570090</x:v>
       </x:c>
       <x:c r="T432" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U432" s="16" t="s">
         <x:v>784</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:21">
       <x:c r="A433" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="C433" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D433" s="3" t="s"/>
       <x:c r="G433" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>785</x:v>
+      </x:c>
+      <x:c r="H433" s="0" t="s">
+        <x:v>786</x:v>
       </x:c>
       <x:c r="I433" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="J433" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K433" s="0" t="s">
-        <x:v>646</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L433" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M433" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="N433" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O433" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P433" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="Q433" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="R433" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="S433" s="0" t="n">
-        <x:v>617031</x:v>
+        <x:v>587161</x:v>
       </x:c>
       <x:c r="T433" s="4" t="s">
-        <x:v>711</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="U433" s="4" t="s">
-        <x:v>727</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:21">
       <x:c r="A434" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B434" s="14" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="C434" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D434" s="15" t="s"/>
-      <x:c r="E434" s="14" t="s"/>
-      <x:c r="F434" s="14" t="s"/>
+      <x:c r="E434" s="14" t="s">
+        <x:v>683</x:v>
+      </x:c>
+      <x:c r="F434" s="14" t="s">
+        <x:v>684</x:v>
+      </x:c>
       <x:c r="G434" s="14" t="s">
-        <x:v>665</x:v>
-[...1 lines deleted...]
-      <x:c r="H434" s="14" t="s"/>
+        <x:v>789</x:v>
+      </x:c>
+      <x:c r="H434" s="14" t="s">
+        <x:v>790</x:v>
+      </x:c>
       <x:c r="I434" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="J434" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K434" s="14" t="s">
-        <x:v>666</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="L434" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M434" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N434" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O434" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P434" s="14" t="s">
-        <x:v>665</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="Q434" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="R434" s="14" t="s">
-        <x:v>575</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="S434" s="14" t="n">
-        <x:v>598712</x:v>
+        <x:v>571018</x:v>
       </x:c>
       <x:c r="T434" s="16" t="s">
-        <x:v>397</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="U434" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>733</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:21">
       <x:c r="A435" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="C435" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D435" s="3" t="s"/>
       <x:c r="G435" s="0" t="s">
-        <x:v>657</x:v>
-[...2 lines deleted...]
-        <x:v>658</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="I435" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="J435" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K435" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="L435" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M435" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="N435" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O435" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P435" s="0" t="s">
-        <x:v>657</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="Q435" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="R435" s="0" t="s">
-        <x:v>661</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S435" s="0" t="n">
-        <x:v>573130</x:v>
+        <x:v>557313</x:v>
       </x:c>
       <x:c r="T435" s="4" t="s">
-        <x:v>672</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="U435" s="4" t="s">
-        <x:v>716</x:v>
+        <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:21">
       <x:c r="A436" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B436" s="14" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="C436" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D436" s="15" t="s"/>
-      <x:c r="E436" s="14" t="s"/>
-      <x:c r="F436" s="14" t="s"/>
+      <x:c r="E436" s="14" t="s">
+        <x:v>683</x:v>
+      </x:c>
+      <x:c r="F436" s="14" t="s">
+        <x:v>684</x:v>
+      </x:c>
       <x:c r="G436" s="14" t="s">
-        <x:v>696</x:v>
-[...1 lines deleted...]
-      <x:c r="H436" s="14" t="s"/>
+        <x:v>789</x:v>
+      </x:c>
+      <x:c r="H436" s="14" t="s">
+        <x:v>790</x:v>
+      </x:c>
       <x:c r="I436" s="16" t="s">
-        <x:v>697</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="J436" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K436" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="L436" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M436" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N436" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O436" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P436" s="14" t="s">
-        <x:v>696</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="Q436" s="16" t="s">
-        <x:v>697</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="R436" s="14" t="s">
-        <x:v>698</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S436" s="14" t="n">
-        <x:v>607653</x:v>
+        <x:v>579688</x:v>
       </x:c>
       <x:c r="T436" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="U436" s="16" t="s">
-        <x:v>750</x:v>
+        <x:v>793</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:21">
       <x:c r="A437" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="C437" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D437" s="3" t="s"/>
       <x:c r="G437" s="0" t="s">
-        <x:v>662</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="I437" s="4" t="s">
-        <x:v>562</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="J437" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K437" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="L437" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M437" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="N437" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O437" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P437" s="0" t="s">
-        <x:v>662</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="Q437" s="4" t="s">
-        <x:v>562</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="R437" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S437" s="0" t="n">
-        <x:v>598110</x:v>
+        <x:v>557320</x:v>
       </x:c>
       <x:c r="T437" s="4" t="s">
-        <x:v>785</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="U437" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>653</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:21">
       <x:c r="A438" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B438" s="14" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="C438" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D438" s="15" t="s"/>
       <x:c r="E438" s="14" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="F438" s="14" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="G438" s="14" t="s">
-        <x:v>786</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="H438" s="14" t="s">
-        <x:v>787</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="I438" s="16" t="s">
-        <x:v>788</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="J438" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K438" s="14" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="L438" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M438" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N438" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O438" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P438" s="14" t="s">
-        <x:v>786</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="Q438" s="16" t="s">
-        <x:v>788</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="R438" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="S438" s="14" t="n">
         <x:v>579690</x:v>
       </x:c>
       <x:c r="T438" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="U438" s="16" t="s">
-        <x:v>789</x:v>
+        <x:v>795</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:21">
       <x:c r="A439" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="C439" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D439" s="3" t="s"/>
-      <x:c r="E439" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G439" s="0" t="s">
-        <x:v>786</x:v>
-[...2 lines deleted...]
-        <x:v>787</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="I439" s="4" t="s">
-        <x:v>788</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="J439" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K439" s="0" t="s">
-        <x:v>584</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L439" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M439" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="N439" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O439" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P439" s="0" t="s">
-        <x:v>786</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="Q439" s="4" t="s">
-        <x:v>788</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="R439" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="S439" s="0" t="n">
-        <x:v>571018</x:v>
+        <x:v>607653</x:v>
       </x:c>
       <x:c r="T439" s="4" t="s">
-        <x:v>790</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U439" s="4" t="s">
-        <x:v>733</x:v>
+        <x:v>750</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:21">
       <x:c r="A440" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B440" s="14" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="C440" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D440" s="15" t="s"/>
-      <x:c r="E440" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E440" s="14" t="s"/>
+      <x:c r="F440" s="14" t="s"/>
       <x:c r="G440" s="14" t="s">
-        <x:v>786</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>662</x:v>
+      </x:c>
+      <x:c r="H440" s="14" t="s"/>
       <x:c r="I440" s="16" t="s">
-        <x:v>788</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="J440" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K440" s="14" t="s">
-        <x:v>584</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L440" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M440" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="N440" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O440" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P440" s="14" t="s">
-        <x:v>786</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="Q440" s="16" t="s">
-        <x:v>788</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="R440" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S440" s="14" t="n">
-        <x:v>579688</x:v>
+        <x:v>598110</x:v>
       </x:c>
       <x:c r="T440" s="16" t="s">
-        <x:v>490</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="U440" s="16" t="s">
-        <x:v>791</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:21">
       <x:c r="A441" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="C441" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D441" s="3" t="s"/>
       <x:c r="G441" s="0" t="s">
-        <x:v>792</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="H441" s="0" t="s">
-        <x:v>793</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="I441" s="4" t="s">
-        <x:v>794</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J441" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K441" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L441" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M441" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="N441" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O441" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P441" s="0" t="s">
-        <x:v>792</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="Q441" s="4" t="s">
-        <x:v>794</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R441" s="0" t="s">
-        <x:v>795</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="S441" s="0" t="n">
-        <x:v>587161</x:v>
+        <x:v>573130</x:v>
       </x:c>
       <x:c r="T441" s="4" t="s">
-        <x:v>742</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="U441" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>716</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:21">
       <x:c r="A442" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B442" s="14" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="C442" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D442" s="15" t="s"/>
       <x:c r="E442" s="14" t="s"/>
       <x:c r="F442" s="14" t="s"/>
       <x:c r="G442" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="H442" s="14" t="s"/>
       <x:c r="I442" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J442" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K442" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="L442" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M442" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="N442" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O442" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P442" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="Q442" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R442" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S442" s="14" t="n">
-        <x:v>538050</x:v>
+        <x:v>617031</x:v>
       </x:c>
       <x:c r="T442" s="16" t="s">
-        <x:v>720</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="U442" s="16" t="s">
-        <x:v>392</x:v>
+        <x:v>727</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:21">
       <x:c r="A443" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="C443" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D443" s="3" t="s"/>
       <x:c r="G443" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I443" s="4" t="s">
-        <x:v>640</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J443" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K443" s="0" t="s">
-        <x:v>641</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L443" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M443" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="N443" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O443" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P443" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="Q443" s="4" t="s">
-        <x:v>640</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="R443" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="S443" s="0" t="n">
-        <x:v>557320</x:v>
+        <x:v>567052</x:v>
       </x:c>
       <x:c r="T443" s="4" t="s">
-        <x:v>796</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="U443" s="4" t="s">
-        <x:v>653</x:v>
+        <x:v>715</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:21">
       <x:c r="A444" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B444" s="14" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="C444" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D444" s="15" t="s"/>
       <x:c r="E444" s="14" t="s"/>
       <x:c r="F444" s="14" t="s"/>
       <x:c r="G444" s="14" t="s">
-        <x:v>745</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="H444" s="14" t="s"/>
       <x:c r="I444" s="16" t="s">
-        <x:v>562</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J444" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K444" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L444" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M444" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N444" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O444" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P444" s="14" t="s">
-        <x:v>745</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="Q444" s="16" t="s">
-        <x:v>562</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="R444" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="S444" s="14" t="n">
-        <x:v>581974</x:v>
+        <x:v>587735</x:v>
       </x:c>
       <x:c r="T444" s="16" t="s">
-        <x:v>270</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="U444" s="16" t="s">
-        <x:v>797</x:v>
+        <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:21">
       <x:c r="A445" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="C445" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D445" s="3" t="s"/>
       <x:c r="G445" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>745</x:v>
+      </x:c>
+      <x:c r="H445" s="0" t="s">
+        <x:v>746</x:v>
       </x:c>
       <x:c r="I445" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="J445" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K445" s="0" t="s">
-        <x:v>646</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L445" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M445" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="N445" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O445" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P445" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="Q445" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="R445" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S445" s="0" t="n">
-        <x:v>611467</x:v>
+        <x:v>581974</x:v>
       </x:c>
       <x:c r="T445" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="U445" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>797</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:21">
       <x:c r="A446" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B446" s="14" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="C446" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D446" s="15" t="s"/>
       <x:c r="E446" s="14" t="s"/>
       <x:c r="F446" s="14" t="s"/>
       <x:c r="G446" s="14" t="s">
-        <x:v>745</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="H446" s="14" t="s"/>
       <x:c r="I446" s="16" t="s">
-        <x:v>562</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J446" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K446" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="L446" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M446" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="N446" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O446" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P446" s="14" t="s">
-        <x:v>745</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="Q446" s="16" t="s">
-        <x:v>562</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R446" s="14" t="s">
-        <x:v>747</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S446" s="14" t="n">
-        <x:v>574016</x:v>
+        <x:v>586759</x:v>
       </x:c>
       <x:c r="T446" s="16" t="s">
-        <x:v>798</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="U446" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:21">
       <x:c r="A447" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="C447" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D447" s="3" t="s"/>
-      <x:c r="E447" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G447" s="0" t="s">
-        <x:v>685</x:v>
-[...2 lines deleted...]
-        <x:v>686</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="I447" s="4" t="s">
-        <x:v>687</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J447" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K447" s="0" t="s">
-        <x:v>584</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="L447" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M447" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="N447" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O447" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P447" s="0" t="s">
-        <x:v>685</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="Q447" s="4" t="s">
-        <x:v>687</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R447" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S447" s="0" t="n">
-        <x:v>612409</x:v>
+        <x:v>611481</x:v>
       </x:c>
       <x:c r="T447" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U447" s="4" t="s">
-        <x:v>799</x:v>
+        <x:v>798</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:21">
       <x:c r="A448" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B448" s="14" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="C448" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D448" s="15" t="s"/>
       <x:c r="E448" s="14" t="s"/>
       <x:c r="F448" s="14" t="s"/>
       <x:c r="G448" s="14" t="s">
-        <x:v>273</x:v>
-[...1 lines deleted...]
-      <x:c r="H448" s="14" t="s"/>
+        <x:v>657</x:v>
+      </x:c>
+      <x:c r="H448" s="14" t="s">
+        <x:v>658</x:v>
+      </x:c>
       <x:c r="I448" s="16" t="s">
-        <x:v>269</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J448" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K448" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L448" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M448" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="N448" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O448" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P448" s="14" t="s">
-        <x:v>273</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="Q448" s="16" t="s">
-        <x:v>269</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R448" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="S448" s="14" t="n">
-        <x:v>590982</x:v>
+        <x:v>573376</x:v>
       </x:c>
       <x:c r="T448" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="U448" s="16" t="s">
-        <x:v>800</x:v>
+        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:21">
       <x:c r="A449" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="C449" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D449" s="3" t="s"/>
       <x:c r="G449" s="0" t="s">
-        <x:v>801</x:v>
-[...2 lines deleted...]
-        <x:v>802</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="I449" s="4" t="s">
-        <x:v>363</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J449" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K449" s="0" t="s">
-        <x:v>803</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="L449" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M449" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="N449" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O449" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P449" s="0" t="s">
-        <x:v>801</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="Q449" s="4" t="s">
-        <x:v>363</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R449" s="0" t="s">
-        <x:v>365</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S449" s="0" t="n">
-        <x:v>575932</x:v>
+        <x:v>617028</x:v>
       </x:c>
       <x:c r="T449" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U449" s="4" t="s">
-        <x:v>804</x:v>
+        <x:v>799</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:21">
       <x:c r="A450" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B450" s="14" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="C450" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D450" s="15" t="s"/>
       <x:c r="E450" s="14" t="s"/>
       <x:c r="F450" s="14" t="s"/>
       <x:c r="G450" s="14" t="s">
-        <x:v>781</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="H450" s="14" t="s"/>
       <x:c r="I450" s="16" t="s">
-        <x:v>782</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="J450" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K450" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L450" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M450" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N450" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O450" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P450" s="14" t="s">
-        <x:v>781</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="Q450" s="16" t="s">
-        <x:v>782</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="R450" s="14" t="s">
-        <x:v>783</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="S450" s="14" t="n">
-        <x:v>556232</x:v>
+        <x:v>537860</x:v>
       </x:c>
       <x:c r="T450" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="U450" s="16" t="s">
-        <x:v>784</x:v>
+        <x:v>802</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:21">
       <x:c r="A451" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="C451" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D451" s="3" t="s"/>
       <x:c r="G451" s="0" t="s">
-        <x:v>805</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="I451" s="4" t="s">
-        <x:v>722</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="J451" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K451" s="0" t="s">
-        <x:v>723</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="L451" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M451" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="N451" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O451" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P451" s="0" t="s">
-        <x:v>805</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="Q451" s="4" t="s">
-        <x:v>722</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="R451" s="0" t="s">
-        <x:v>724</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="S451" s="0" t="n">
-        <x:v>571958</x:v>
+        <x:v>598041</x:v>
       </x:c>
       <x:c r="T451" s="4" t="s">
-        <x:v>725</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="U451" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:21">
       <x:c r="A452" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B452" s="14" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="C452" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D452" s="15" t="s"/>
       <x:c r="E452" s="14" t="s"/>
       <x:c r="F452" s="14" t="s"/>
       <x:c r="G452" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="H452" s="14" t="s"/>
       <x:c r="I452" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="J452" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K452" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L452" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M452" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="N452" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O452" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P452" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="Q452" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="R452" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="S452" s="14" t="n">
-        <x:v>567052</x:v>
+        <x:v>613971</x:v>
       </x:c>
       <x:c r="T452" s="16" t="s">
-        <x:v>714</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="U452" s="16" t="s">
-        <x:v>715</x:v>
+        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:21">
       <x:c r="A453" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="C453" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D453" s="3" t="s"/>
       <x:c r="G453" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="I453" s="4" t="s">
-        <x:v>640</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="J453" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K453" s="0" t="s">
-        <x:v>641</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L453" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M453" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="N453" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O453" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P453" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="Q453" s="4" t="s">
-        <x:v>640</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="R453" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="S453" s="0" t="n">
-        <x:v>613344</x:v>
+        <x:v>580116</x:v>
       </x:c>
       <x:c r="T453" s="4" t="s">
-        <x:v>642</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="U453" s="4" t="s">
-        <x:v>668</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:21">
       <x:c r="A454" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B454" s="14" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="C454" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D454" s="15" t="s"/>
       <x:c r="E454" s="14" t="s"/>
       <x:c r="F454" s="14" t="s"/>
       <x:c r="G454" s="14" t="s">
-        <x:v>806</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="H454" s="14" t="s"/>
       <x:c r="I454" s="16" t="s">
-        <x:v>452</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="J454" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K454" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="L454" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M454" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="N454" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O454" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P454" s="14" t="s">
-        <x:v>806</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="Q454" s="16" t="s">
-        <x:v>452</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="R454" s="14" t="s">
-        <x:v>448</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S454" s="14" t="n">
-        <x:v>537860</x:v>
+        <x:v>613338</x:v>
       </x:c>
       <x:c r="T454" s="16" t="s">
-        <x:v>807</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="U454" s="16" t="s">
-        <x:v>808</x:v>
+        <x:v>760</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:21">
       <x:c r="A455" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="C455" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D455" s="3" t="s"/>
       <x:c r="G455" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>690</x:v>
+      </x:c>
+      <x:c r="H455" s="0" t="s">
+        <x:v>691</x:v>
       </x:c>
       <x:c r="I455" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="J455" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K455" s="0" t="s">
-        <x:v>646</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L455" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M455" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N455" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O455" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P455" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="Q455" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="R455" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="S455" s="0" t="n">
-        <x:v>586759</x:v>
+        <x:v>588302</x:v>
       </x:c>
       <x:c r="T455" s="4" t="s">
-        <x:v>306</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="U455" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>772</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:21">
       <x:c r="A456" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B456" s="14" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="C456" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D456" s="15" t="s"/>
       <x:c r="E456" s="14" t="s"/>
       <x:c r="F456" s="14" t="s"/>
       <x:c r="G456" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="H456" s="14" t="s"/>
       <x:c r="I456" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="J456" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K456" s="14" t="s">
-        <x:v>646</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="L456" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M456" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="N456" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O456" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P456" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="Q456" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="R456" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S456" s="14" t="n">
-        <x:v>611481</x:v>
+        <x:v>557318</x:v>
       </x:c>
       <x:c r="T456" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U456" s="16" t="s">
-        <x:v>809</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:21">
       <x:c r="A457" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="C457" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D457" s="3" t="s"/>
       <x:c r="G457" s="0" t="s">
-        <x:v>657</x:v>
-[...2 lines deleted...]
-        <x:v>658</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="I457" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="J457" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K457" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="L457" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M457" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="N457" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O457" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P457" s="0" t="s">
-        <x:v>657</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="Q457" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="R457" s="0" t="s">
-        <x:v>661</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="S457" s="0" t="n">
-        <x:v>573376</x:v>
+        <x:v>598712</x:v>
       </x:c>
       <x:c r="T457" s="4" t="s">
-        <x:v>643</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="U457" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:21">
       <x:c r="A458" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B458" s="14" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="C458" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D458" s="15" t="s"/>
       <x:c r="E458" s="14" t="s"/>
       <x:c r="F458" s="14" t="s"/>
       <x:c r="G458" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="H458" s="14" t="s"/>
       <x:c r="I458" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="J458" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K458" s="14" t="s">
-        <x:v>646</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="L458" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M458" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N458" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O458" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P458" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="Q458" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="R458" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="S458" s="14" t="n">
-        <x:v>617028</x:v>
+        <x:v>571958</x:v>
       </x:c>
       <x:c r="T458" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="U458" s="16" t="s">
-        <x:v>810</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:21">
       <x:c r="A459" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="C459" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D459" s="3" t="s"/>
       <x:c r="G459" s="0" t="s">
-        <x:v>811</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="I459" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="J459" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K459" s="0" t="s">
-        <x:v>812</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L459" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M459" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N459" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O459" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P459" s="0" t="s">
-        <x:v>811</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="Q459" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="R459" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="S459" s="0" t="n">
-        <x:v>598041</x:v>
+        <x:v>590982</x:v>
       </x:c>
       <x:c r="T459" s="4" t="s">
-        <x:v>703</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U459" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>806</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:21">
       <x:c r="A460" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B460" s="14" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="C460" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D460" s="15" t="s"/>
       <x:c r="E460" s="14" t="s"/>
       <x:c r="F460" s="14" t="s"/>
       <x:c r="G460" s="14" t="s">
-        <x:v>590</x:v>
-[...1 lines deleted...]
-      <x:c r="H460" s="14" t="s"/>
+        <x:v>807</x:v>
+      </x:c>
+      <x:c r="H460" s="14" t="s">
+        <x:v>808</x:v>
+      </x:c>
       <x:c r="I460" s="16" t="s">
-        <x:v>452</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="J460" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K460" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="L460" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M460" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="N460" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O460" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P460" s="14" t="s">
-        <x:v>590</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="Q460" s="16" t="s">
-        <x:v>452</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="R460" s="14" t="s">
-        <x:v>591</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="S460" s="14" t="n">
-        <x:v>613971</x:v>
+        <x:v>575932</x:v>
       </x:c>
       <x:c r="T460" s="16" t="s">
-        <x:v>652</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="U460" s="16" t="s">
-        <x:v>207</x:v>
+        <x:v>810</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:21">
       <x:c r="A461" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="C461" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D461" s="3" t="s"/>
       <x:c r="G461" s="0" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="I461" s="4" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="J461" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K461" s="0" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="L461" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M461" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="N461" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O461" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P461" s="0" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="Q461" s="4" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="R461" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S461" s="0" t="n">
-        <x:v>613338</x:v>
+        <x:v>613344</x:v>
       </x:c>
       <x:c r="T461" s="4" t="s">
-        <x:v>361</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="U461" s="4" t="s">
-        <x:v>760</x:v>
+        <x:v>668</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:21">
       <x:c r="A462" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B462" s="14" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="C462" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D462" s="15" t="s"/>
       <x:c r="E462" s="14" t="s"/>
       <x:c r="F462" s="14" t="s"/>
       <x:c r="G462" s="14" t="s">
-        <x:v>690</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="H462" s="14" t="s">
-        <x:v>691</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="I462" s="16" t="s">
-        <x:v>692</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="J462" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K462" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L462" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M462" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="N462" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O462" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P462" s="14" t="s">
-        <x:v>690</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="Q462" s="16" t="s">
-        <x:v>692</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="R462" s="14" t="s">
-        <x:v>693</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="S462" s="14" t="n">
-        <x:v>588302</x:v>
+        <x:v>574016</x:v>
       </x:c>
       <x:c r="T462" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="U462" s="16" t="s">
-        <x:v>772</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:21">
       <x:c r="A463" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="C463" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D463" s="3" t="s"/>
+      <x:c r="E463" s="0" t="s">
+        <x:v>683</x:v>
+      </x:c>
+      <x:c r="F463" s="0" t="s">
+        <x:v>684</x:v>
+      </x:c>
       <x:c r="G463" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>685</x:v>
+      </x:c>
+      <x:c r="H463" s="0" t="s">
+        <x:v>686</x:v>
       </x:c>
       <x:c r="I463" s="4" t="s">
-        <x:v>640</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="J463" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K463" s="0" t="s">
-        <x:v>641</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="L463" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M463" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N463" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O463" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P463" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="Q463" s="4" t="s">
-        <x:v>640</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="R463" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S463" s="0" t="n">
-        <x:v>557313</x:v>
+        <x:v>612409</x:v>
       </x:c>
       <x:c r="T463" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="U463" s="4" t="s">
-        <x:v>393</x:v>
+        <x:v>812</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:21">
       <x:c r="A464" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B464" s="14" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="C464" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D464" s="15" t="s"/>
       <x:c r="E464" s="14" t="s"/>
       <x:c r="F464" s="14" t="s"/>
       <x:c r="G464" s="14" t="s">
-        <x:v>639</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="H464" s="14" t="s"/>
       <x:c r="I464" s="16" t="s">
-        <x:v>640</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J464" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K464" s="14" t="s">
-        <x:v>641</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="L464" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M464" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="N464" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O464" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P464" s="14" t="s">
-        <x:v>639</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="Q464" s="16" t="s">
-        <x:v>640</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R464" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S464" s="14" t="n">
-        <x:v>557318</x:v>
+        <x:v>611467</x:v>
       </x:c>
       <x:c r="T464" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="U464" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:21">
       <x:c r="A465" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="C465" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D465" s="3" t="s"/>
       <x:c r="G465" s="0" t="s">
-        <x:v>590</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="I465" s="4" t="s">
-        <x:v>452</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="J465" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K465" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L465" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M465" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="N465" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O465" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P465" s="0" t="s">
-        <x:v>590</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="Q465" s="4" t="s">
-        <x:v>452</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="R465" s="0" t="s">
-        <x:v>591</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="S465" s="0" t="n">
-        <x:v>580116</x:v>
+        <x:v>556232</x:v>
       </x:c>
       <x:c r="T465" s="4" t="s">
-        <x:v>656</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U465" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>784</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:21">
       <x:c r="A466" s="13" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B466" s="14" t="s">
         <x:v>813</x:v>
       </x:c>
       <x:c r="C466" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D466" s="15" t="s"/>
       <x:c r="E466" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F466" s="14" t="s"/>
       <x:c r="G466" s="14" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="H466" s="14" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="I466" s="16" t="s">
         <x:v>692</x:v>
@@ -29226,597 +29222,597 @@
         <x:v>552034</x:v>
       </x:c>
       <x:c r="T469" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="U469" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:21">
       <x:c r="A470" s="13" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B470" s="14" t="s">
         <x:v>813</x:v>
       </x:c>
       <x:c r="C470" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D470" s="15" t="s"/>
       <x:c r="E470" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F470" s="14" t="s"/>
       <x:c r="G470" s="14" t="s">
-        <x:v>639</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="H470" s="14" t="s"/>
       <x:c r="I470" s="16" t="s">
-        <x:v>640</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="J470" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K470" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="L470" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M470" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="N470" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O470" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P470" s="14" t="s">
-        <x:v>639</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="Q470" s="16" t="s">
-        <x:v>640</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="R470" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="S470" s="14" t="n">
-        <x:v>605539</x:v>
+        <x:v>557886</x:v>
       </x:c>
       <x:c r="T470" s="16" t="s">
-        <x:v>644</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U470" s="16" t="s">
-        <x:v>821</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:21">
       <x:c r="A471" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
         <x:v>813</x:v>
       </x:c>
       <x:c r="C471" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D471" s="3" t="s"/>
       <x:c r="E471" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="G471" s="0" t="s">
-        <x:v>822</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="I471" s="4" t="s">
-        <x:v>701</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="J471" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K471" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="L471" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M471" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="N471" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O471" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P471" s="0" t="s">
-        <x:v>822</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="Q471" s="4" t="s">
-        <x:v>701</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="R471" s="0" t="s">
-        <x:v>702</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="S471" s="0" t="n">
-        <x:v>547011</x:v>
+        <x:v>567804</x:v>
       </x:c>
       <x:c r="T471" s="4" t="s">
-        <x:v>823</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U471" s="4" t="s">
-        <x:v>824</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:21">
       <x:c r="A472" s="13" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B472" s="14" t="s">
         <x:v>813</x:v>
       </x:c>
       <x:c r="C472" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D472" s="15" t="s"/>
       <x:c r="E472" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F472" s="14" t="s"/>
       <x:c r="G472" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="H472" s="14" t="s"/>
       <x:c r="I472" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J472" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K472" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="L472" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M472" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N472" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O472" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P472" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="Q472" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R472" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S472" s="14" t="n">
-        <x:v>601522</x:v>
+        <x:v>558990</x:v>
       </x:c>
       <x:c r="T472" s="16" t="s">
-        <x:v>816</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U472" s="16" t="s">
-        <x:v>207</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:21">
       <x:c r="A473" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
         <x:v>813</x:v>
       </x:c>
       <x:c r="C473" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D473" s="3" t="s"/>
       <x:c r="E473" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="G473" s="0" t="s">
-        <x:v>665</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="I473" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="J473" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K473" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="L473" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M473" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="N473" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O473" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P473" s="0" t="s">
-        <x:v>665</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="Q473" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="R473" s="0" t="s">
-        <x:v>575</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S473" s="0" t="n">
-        <x:v>548179</x:v>
+        <x:v>605539</x:v>
       </x:c>
       <x:c r="T473" s="4" t="s">
-        <x:v>428</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="U473" s="4" t="s">
-        <x:v>281</x:v>
+        <x:v>825</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:21">
       <x:c r="A474" s="13" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B474" s="14" t="s">
         <x:v>813</x:v>
       </x:c>
       <x:c r="C474" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D474" s="15" t="s"/>
       <x:c r="E474" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F474" s="14" t="s"/>
       <x:c r="G474" s="14" t="s">
-        <x:v>817</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="H474" s="14" t="s"/>
       <x:c r="I474" s="16" t="s">
-        <x:v>818</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="J474" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K474" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="L474" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M474" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N474" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O474" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P474" s="14" t="s">
-        <x:v>825</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="Q474" s="16" t="s">
-        <x:v>826</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="R474" s="14" t="s">
+        <x:v>702</x:v>
+      </x:c>
+      <x:c r="S474" s="14" t="n">
+        <x:v>547011</x:v>
+      </x:c>
+      <x:c r="T474" s="16" t="s">
         <x:v>827</x:v>
       </x:c>
-      <x:c r="S474" s="14" t="n">
-[...2 lines deleted...]
-      <x:c r="T474" s="16" t="s">
+      <x:c r="U474" s="16" t="s">
         <x:v>828</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>829</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:21">
       <x:c r="A475" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
         <x:v>813</x:v>
       </x:c>
       <x:c r="C475" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D475" s="3" t="s"/>
       <x:c r="E475" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="G475" s="0" t="s">
-        <x:v>830</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="I475" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J475" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K475" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="L475" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M475" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="N475" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O475" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P475" s="0" t="s">
-        <x:v>830</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="Q475" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R475" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S475" s="0" t="n">
-        <x:v>558990</x:v>
+        <x:v>601522</x:v>
       </x:c>
       <x:c r="T475" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="U475" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:21">
       <x:c r="A476" s="13" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B476" s="14" t="s">
         <x:v>813</x:v>
       </x:c>
       <x:c r="C476" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D476" s="15" t="s"/>
       <x:c r="E476" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F476" s="14" t="s"/>
       <x:c r="G476" s="14" t="s">
-        <x:v>590</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="H476" s="14" t="s"/>
       <x:c r="I476" s="16" t="s">
-        <x:v>452</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="J476" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K476" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="L476" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M476" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="N476" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O476" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P476" s="14" t="s">
-        <x:v>590</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="Q476" s="16" t="s">
-        <x:v>452</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="R476" s="14" t="s">
-        <x:v>591</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="S476" s="14" t="n">
-        <x:v>567804</x:v>
+        <x:v>599915</x:v>
       </x:c>
       <x:c r="T476" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="U476" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>833</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:21">
       <x:c r="A477" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
         <x:v>813</x:v>
       </x:c>
       <x:c r="C477" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D477" s="3" t="s"/>
       <x:c r="E477" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="G477" s="0" t="s">
-        <x:v>696</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="I477" s="4" t="s">
-        <x:v>697</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="J477" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K477" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="L477" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M477" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N477" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O477" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P477" s="0" t="s">
-        <x:v>696</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="Q477" s="4" t="s">
-        <x:v>697</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="R477" s="0" t="s">
-        <x:v>698</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="S477" s="0" t="n">
-        <x:v>602616</x:v>
+        <x:v>548179</x:v>
       </x:c>
       <x:c r="T477" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="U477" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:21">
       <x:c r="A478" s="13" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B478" s="14" t="s">
         <x:v>813</x:v>
       </x:c>
       <x:c r="C478" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D478" s="15" t="s"/>
       <x:c r="E478" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F478" s="14" t="s"/>
       <x:c r="G478" s="14" t="s">
-        <x:v>831</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="H478" s="14" t="s"/>
       <x:c r="I478" s="16" t="s">
-        <x:v>832</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="J478" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K478" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="L478" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M478" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="N478" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O478" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P478" s="14" t="s">
-        <x:v>831</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="Q478" s="16" t="s">
-        <x:v>832</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="R478" s="14" t="s">
-        <x:v>833</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="S478" s="14" t="n">
-        <x:v>557886</x:v>
+        <x:v>602616</x:v>
       </x:c>
       <x:c r="T478" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U478" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:21">
       <x:c r="A479" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
         <x:v>813</x:v>
       </x:c>
       <x:c r="C479" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D479" s="3" t="s"/>
       <x:c r="E479" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="G479" s="0" t="s">
-        <x:v>822</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="I479" s="4" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="J479" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K479" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="L479" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M479" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N479" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O479" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P479" s="0" t="s">
-        <x:v>822</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="Q479" s="4" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="R479" s="0" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="S479" s="0" t="n">
         <x:v>599239</x:v>
       </x:c>
       <x:c r="T479" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U479" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:21">
       <x:c r="A480" s="13" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B480" s="14" t="s">
         <x:v>813</x:v>
       </x:c>
       <x:c r="C480" s="15" t="n">
@@ -29843,54 +29839,54 @@
       <x:c r="L480" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M480" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N480" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O480" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P480" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q480" s="16" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="R480" s="14" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="S480" s="14" t="n">
         <x:v>599916</x:v>
       </x:c>
       <x:c r="T480" s="16" t="s">
-        <x:v>828</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="U480" s="16" t="s">
-        <x:v>829</x:v>
+        <x:v>833</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:21">
       <x:c r="A481" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
         <x:v>813</x:v>
       </x:c>
       <x:c r="C481" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D481" s="3" t="s"/>
       <x:c r="E481" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="G481" s="0" t="s">
         <x:v>834</x:v>
       </x:c>
       <x:c r="I481" s="4" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="J481" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -29980,81 +29976,81 @@
       <x:c r="S482" s="14" t="n">
         <x:v>599540</x:v>
       </x:c>
       <x:c r="T482" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U482" s="16" t="s">
         <x:v>727</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:21">
       <x:c r="A483" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
         <x:v>813</x:v>
       </x:c>
       <x:c r="C483" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D483" s="3" t="s"/>
       <x:c r="E483" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="G483" s="0" t="s">
-        <x:v>831</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="I483" s="4" t="s">
-        <x:v>832</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="J483" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K483" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="L483" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M483" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N483" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O483" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P483" s="0" t="s">
-        <x:v>831</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="Q483" s="4" t="s">
-        <x:v>832</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="R483" s="0" t="s">
-        <x:v>833</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="S483" s="0" t="n">
         <x:v>557885</x:v>
       </x:c>
       <x:c r="T483" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U483" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:21">
       <x:c r="A484" s="13" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B484" s="14" t="s">
         <x:v>813</x:v>
       </x:c>
       <x:c r="C484" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D484" s="15" t="s"/>
       <x:c r="E484" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
@@ -30857,76 +30853,76 @@
         <x:v>557597</x:v>
       </x:c>
       <x:c r="T497" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="U497" s="4" t="s">
         <x:v>842</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:21">
       <x:c r="A498" s="13" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B498" s="14" t="s">
         <x:v>813</x:v>
       </x:c>
       <x:c r="C498" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D498" s="15" t="s"/>
       <x:c r="E498" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F498" s="14" t="s"/>
       <x:c r="G498" s="14" t="s">
-        <x:v>830</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="H498" s="14" t="s"/>
       <x:c r="I498" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J498" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K498" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="L498" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M498" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N498" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O498" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P498" s="14" t="s">
-        <x:v>830</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="Q498" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R498" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S498" s="14" t="n">
         <x:v>603782</x:v>
       </x:c>
       <x:c r="T498" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U498" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:21">
       <x:c r="A499" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
         <x:v>813</x:v>
       </x:c>
       <x:c r="C499" s="3" t="n">
@@ -31144,90 +31140,93 @@
       <x:c r="R502" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="S502" s="14" t="n">
         <x:v>601666</x:v>
       </x:c>
       <x:c r="T502" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="U502" s="16" t="s">
         <x:v>837</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:21">
       <x:c r="A503" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
         <x:v>845</x:v>
       </x:c>
       <x:c r="C503" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D503" s="3" t="s"/>
       <x:c r="G503" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>739</x:v>
+      </x:c>
+      <x:c r="H503" s="0" t="s">
+        <x:v>740</x:v>
       </x:c>
       <x:c r="I503" s="4" t="s">
-        <x:v>420</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="J503" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K503" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L503" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M503" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N503" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O503" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P503" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="Q503" s="4" t="s">
-        <x:v>420</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="R503" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S503" s="0" t="n">
-        <x:v>615151</x:v>
+        <x:v>600409</x:v>
       </x:c>
       <x:c r="T503" s="4" t="s">
-        <x:v>644</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U503" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:21">
       <x:c r="A504" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B504" s="14" t="s">
         <x:v>845</x:v>
       </x:c>
       <x:c r="C504" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D504" s="15" t="s"/>
       <x:c r="E504" s="14" t="s"/>
       <x:c r="F504" s="14" t="s"/>
       <x:c r="G504" s="14" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="H504" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="I504" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="J504" s="14" t="s">
@@ -31257,93 +31256,90 @@
       <x:c r="R504" s="14" t="s">
         <x:v>671</x:v>
       </x:c>
       <x:c r="S504" s="14" t="n">
         <x:v>576713</x:v>
       </x:c>
       <x:c r="T504" s="16" t="s">
         <x:v>846</x:v>
       </x:c>
       <x:c r="U504" s="16" t="s">
         <x:v>847</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:21">
       <x:c r="A505" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
         <x:v>845</x:v>
       </x:c>
       <x:c r="C505" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D505" s="3" t="s"/>
       <x:c r="G505" s="0" t="s">
-        <x:v>739</x:v>
-[...2 lines deleted...]
-        <x:v>740</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="I505" s="4" t="s">
-        <x:v>736</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="J505" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K505" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L505" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M505" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N505" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O505" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P505" s="0" t="s">
-        <x:v>739</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="Q505" s="4" t="s">
-        <x:v>736</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="R505" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S505" s="0" t="n">
-        <x:v>600409</x:v>
+        <x:v>615151</x:v>
       </x:c>
       <x:c r="T505" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="U505" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:21">
       <x:c r="A506" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B506" s="14" t="s">
         <x:v>845</x:v>
       </x:c>
       <x:c r="C506" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D506" s="15" t="s"/>
       <x:c r="E506" s="14" t="s"/>
       <x:c r="F506" s="14" t="s"/>
       <x:c r="G506" s="14" t="s">
         <x:v>739</x:v>
       </x:c>
       <x:c r="H506" s="14" t="s">
         <x:v>740</x:v>
       </x:c>
       <x:c r="I506" s="16" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="J506" s="14" t="s">