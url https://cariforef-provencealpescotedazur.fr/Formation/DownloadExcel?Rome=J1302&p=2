--- v0 (2026-02-18)
+++ v1 (2026-02-18)
@@ -302,72 +302,72 @@
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS Biologie Médicale</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée M Curie</x:t>
   </x:si>
   <x:si>
     <x:t>13392</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 05</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée J Ferry</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06414</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CANNES CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LT de chimie biologie</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Progress Santé</x:t>
   </x:si>
   <x:si>
     <x:t>83408</x:t>
   </x:si>
   <x:si>
     <x:t>HYERES CEDEX</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>LT de chimie biologie</x:t>
   </x:si>
   <x:si>
     <x:t>BTS biologie médicale (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Belmont</x:t>
   </x:si>
   <x:si>
     <x:t>84140</x:t>
   </x:si>
   <x:si>
     <x:t>MONTFAVET</x:t>
   </x:si>
   <x:si>
     <x:t>Provence Formation</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>Provence Formation - Lycée Polyvalent Marie Gasquet</x:t>
   </x:si>
@@ -2285,500 +2285,500 @@
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
         <x:v>606207</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>40027</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
-        <x:v>42</x:v>
-[...2 lines deleted...]
-        <x:v>43</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>43476</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>567672</x:v>
+        <x:v>592245</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>40027</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>42</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>43476</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>567674</x:v>
+        <x:v>592248</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>40027</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>43476</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>616963</x:v>
+        <x:v>567674</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>40027</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="I26" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>43476</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>606208</x:v>
+        <x:v>616963</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>40027</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="H27" s="0" t="s">
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>43476</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>592244</x:v>
+        <x:v>606208</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>40027</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>43476</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>592247</x:v>
+        <x:v>592244</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>40027</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>43476</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>592245</x:v>
+        <x:v>592247</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
-        <x:v>65</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>40027</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
-        <x:v>84</x:v>
-[...1 lines deleted...]
-      <x:c r="H30" s="14" t="s"/>
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="H30" s="14" t="s">
+        <x:v>43</x:v>
+      </x:c>
       <x:c r="I30" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>43476</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>592248</x:v>
+        <x:v>567672</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>40027</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="E31" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -3915,51 +3915,51 @@
       <x:c r="M50" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>12003</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>501477</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>35367</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
@@ -4090,51 +4090,51 @@
       <x:c r="M53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>12010</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>556141</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>40411</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>111</x:v>
       </x:c>