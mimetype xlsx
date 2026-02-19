--- v0 (2026-02-19)
+++ v1 (2026-02-19)
@@ -395,272 +395,272 @@
   <x:si>
     <x:t>classe de 1re ST2S sciences et technologies de la santé et du social</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée I Dauphin</x:t>
   </x:si>
   <x:si>
     <x:t>84300</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>Secrétariat assistanat médicosocial</x:t>
   </x:si>
   <x:si>
     <x:t>CAVAILLON</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>LPO Ch Péguy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée F Joliot Curie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AUBAGNE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée les Fauvettes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CANNES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée du Sacré-Coeur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée H d'Estienne d'Orves</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE CEDEX 1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée M Curie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13392</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée La Providence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>lycée Nelson Mandela</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13012</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-12e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée A David Néel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DIGNE CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée P de Girard</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84082</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON CEDEX 2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Raynouard</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83175</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BRIGNOLES CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Viala Lacoste</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SALON-DE-PROVENCE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Bristol</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06414</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CANNES CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée de l'Empéri</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13657</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SALON DE PROVENCE CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée St-Exupéry</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13326</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Auguste et Louis Lumière</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA CIOTAT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Caucadis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13127</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VITROLLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Fénelon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOULON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée A Camus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FREJUS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP du Parc St-Jean</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPO La Cadenelle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée L Pasteur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84011</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON CEDEX 01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée J Cocteau</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13141</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MIRAMAS CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée H Romane</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05202</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Embrun</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée Émile Zola</x:t>
   </x:si>
   <x:si>
     <x:t>13181</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée E Zola</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 5</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Charles de Gaulle</x:t>
   </x:si>
   <x:si>
     <x:t>84405</x:t>
   </x:si>
   <x:si>
     <x:t>APT CEDEX</x:t>
   </x:si>
   <x:si>
-    <x:t>LPO Ch Péguy</x:t>
-[...199 lines deleted...]
-  <x:si>
     <x:t>Lycée polyvalent Victor Hugo</x:t>
   </x:si>
   <x:si>
     <x:t>84208</x:t>
   </x:si>
   <x:si>
     <x:t>CARPENTRAS CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>LPO St-Vincent de Paul</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Pastré</x:t>
   </x:si>
   <x:si>
     <x:t>13009</x:t>
   </x:si>
   <x:si>
     <x:t>LPO Pastré</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 9e</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Bonaparte</x:t>
@@ -932,60 +932,60 @@
   <x:si>
     <x:t>78730</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en naturopathie à distance</x:t>
   </x:si>
   <x:si>
     <x:t>Innovnaturopathie</x:t>
   </x:si>
   <x:si>
     <x:t>84700</x:t>
   </x:si>
   <x:si>
     <x:t>LE PONTET</x:t>
   </x:si>
   <x:si>
+    <x:t>09/03/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/05/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/05/2027 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>09/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>PRATICIEN EN NATUROPATHIE ENERGETIQUE A DISTANCE</x:t>
   </x:si>
   <x:si>
     <x:t>Centre Formation Naturopathie Energétique</x:t>
   </x:si>
   <x:si>
     <x:t>CFNE</x:t>
   </x:si>
   <x:si>
     <x:t>06130</x:t>
   </x:si>
   <x:si>
     <x:t>GRASSE</x:t>
   </x:si>
   <x:si>
     <x:t>12/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en naturopathie hygièniste</x:t>
   </x:si>
@@ -2612,1333 +2612,1333 @@
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s"/>
       <x:c r="K20" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>596398</x:v>
+        <x:v>596422</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s"/>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="Q21" s="4" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="R21" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
-      <x:c r="Q21" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>596401</x:v>
+        <x:v>596395</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C22" s="15" t="s"/>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s"/>
       <x:c r="K22" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="Q22" s="16" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="R22" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="Q22" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>596422</x:v>
+        <x:v>596412</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s"/>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="I23" s="4" t="s">
         <x:v>117</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>118</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="Q23" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
-      <x:c r="Q23" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R23" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>596395</x:v>
+        <x:v>596406</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C24" s="15" t="s"/>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s"/>
       <x:c r="K24" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="Q24" s="16" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="R24" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
-      <x:c r="Q24" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>596412</x:v>
+        <x:v>596407</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s"/>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="Q25" s="4" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="R25" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="Q25" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>596406</x:v>
+        <x:v>596417</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C26" s="15" t="s"/>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s"/>
       <x:c r="K26" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="Q26" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
-      <x:c r="Q26" s="16" t="s">
+      <x:c r="R26" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
-      <x:c r="R26" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>596407</x:v>
+        <x:v>596418</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s"/>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="I27" s="4" t="s">
         <x:v>128</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>129</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="Q27" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="Q27" s="4" t="s">
+      <x:c r="R27" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="R27" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>596417</x:v>
+        <x:v>596397</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C28" s="15" t="s"/>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s"/>
       <x:c r="K28" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="Q28" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
-      <x:c r="Q28" s="16" t="s">
+      <x:c r="R28" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
-      <x:c r="R28" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>596418</x:v>
+        <x:v>596404</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s"/>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="I29" s="4" t="s">
         <x:v>134</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>135</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="Q29" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
-      <x:c r="Q29" s="4" t="s">
+      <x:c r="R29" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
-      <x:c r="R29" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>596397</x:v>
+        <x:v>596415</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C30" s="15" t="s"/>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s"/>
       <x:c r="K30" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="Q30" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
-      <x:c r="Q30" s="16" t="s">
+      <x:c r="R30" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
-      <x:c r="R30" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>596404</x:v>
+        <x:v>596419</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s"/>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="I31" s="4" t="s">
         <x:v>140</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>141</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="Q31" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="Q31" s="4" t="s">
+      <x:c r="R31" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
-      <x:c r="R31" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>596415</x:v>
+        <x:v>596428</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C32" s="15" t="s"/>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s"/>
       <x:c r="K32" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="Q32" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
-      <x:c r="Q32" s="16" t="s">
+      <x:c r="R32" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
-      <x:c r="R32" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>596419</x:v>
+        <x:v>596393</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s"/>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="I33" s="4" t="s">
         <x:v>146</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>147</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="Q33" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="Q33" s="4" t="s">
+      <x:c r="R33" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="R33" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>596428</x:v>
+        <x:v>596400</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C34" s="15" t="s"/>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s"/>
       <x:c r="K34" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="Q34" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
-      <x:c r="Q34" s="16" t="s">
+      <x:c r="R34" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
-      <x:c r="R34" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>596393</x:v>
+        <x:v>596424</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s"/>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="I35" s="4" t="s">
         <x:v>152</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>153</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="Q35" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="Q35" s="4" t="s">
+      <x:c r="R35" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
-      <x:c r="R35" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>596400</x:v>
+        <x:v>596425</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C36" s="15" t="s"/>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s"/>
       <x:c r="K36" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="Q36" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
-      <x:c r="Q36" s="16" t="s">
+      <x:c r="R36" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
-      <x:c r="R36" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>596424</x:v>
+        <x:v>596426</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s"/>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="I37" s="4" t="s">
         <x:v>158</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>159</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="Q37" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="Q37" s="4" t="s">
+      <x:c r="R37" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="R37" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>596425</x:v>
+        <x:v>596421</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C38" s="15" t="s"/>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s"/>
       <x:c r="K38" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="Q38" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
-      <x:c r="Q38" s="16" t="s">
+      <x:c r="R38" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
-      <x:c r="R38" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>596426</x:v>
+        <x:v>596402</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s"/>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="I39" s="4" t="s">
         <x:v>164</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>165</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="Q39" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="Q39" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>596421</x:v>
+        <x:v>596403</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C40" s="15" t="s"/>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s"/>
       <x:c r="K40" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>596402</x:v>
+        <x:v>596405</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s"/>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>596403</x:v>
+        <x:v>596408</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C42" s="15" t="s"/>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s"/>
       <x:c r="K42" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>596405</x:v>
+        <x:v>596410</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s"/>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="I43" s="4" t="s">
         <x:v>173</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>174</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="Q43" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
-      <x:c r="Q43" s="4" t="s">
+      <x:c r="R43" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
-      <x:c r="R43" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>596408</x:v>
+        <x:v>596411</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C44" s="15" t="s"/>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s"/>
       <x:c r="K44" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="Q44" s="16" t="s">
         <x:v>176</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>177</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>596410</x:v>
+        <x:v>596398</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s"/>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>596411</x:v>
+        <x:v>596401</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C46" s="15" t="s"/>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
         <x:v>183</x:v>
@@ -3969,72 +3969,72 @@
         <x:v>184</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>596396</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C47" s="3" t="s"/>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>596399</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C48" s="15" t="s"/>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
@@ -4377,75 +4377,75 @@
         <x:v>203</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>596427</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s"/>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>491243</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C56" s="15" t="s"/>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
@@ -4508,51 +4508,51 @@
       <x:c r="I57" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>43054</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>587187</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C58" s="15" t="s"/>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
@@ -4775,51 +4775,51 @@
         <x:v>236</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s"/>
       <x:c r="K62" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>14289</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>610980</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="C63" s="3" t="s"/>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>242</x:v>
@@ -4907,72 +4907,72 @@
         <x:v>254</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>614304</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C65" s="3" t="s"/>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>43019</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>589570</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="C66" s="15" t="s"/>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
@@ -5339,51 +5339,51 @@
       <x:c r="I73" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>598396</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="C74" s="15" t="s"/>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
@@ -5441,51 +5441,51 @@
       <x:c r="I75" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>598446</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="C76" s="15" t="s"/>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
@@ -5497,100 +5497,100 @@
       <x:c r="K76" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>516062</x:v>
+        <x:v>587284</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="C77" s="3" t="s"/>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>587284</x:v>
+        <x:v>516062</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="C78" s="15" t="s"/>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
@@ -5623,125 +5623,125 @@
         <x:v>295</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>612669</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s"/>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>588195</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="C80" s="15" t="s"/>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s"/>
       <x:c r="K80" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>616422</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s"/>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>306</x:v>
@@ -5802,100 +5802,100 @@
         <x:v>307</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s"/>
       <x:c r="K82" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>606683</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s"/>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>606684</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="C84" s="15" t="s"/>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>306</x:v>
       </x:c>