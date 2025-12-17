--- v0 (2025-12-17)
+++ v1 (2025-12-17)
@@ -683,65 +683,65 @@
   <x:si>
     <x:t>04990</x:t>
   </x:si>
   <x:si>
     <x:t>DIGNE LES BAINS CEDEX 9</x:t>
   </x:si>
   <x:si>
     <x:t>BTS fluides-énergies-domotique option A génie climatique et fluidique (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Polyvalent Diderot</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Polyvalent Les Iscles</x:t>
   </x:si>
   <x:si>
     <x:t>04100</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie de Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>CCIV</x:t>
   </x:si>
   <x:si>
+    <x:t>Chambre de Commerce et d'Industrie de Vaucluse - Antenne Montfavet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84140</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MONTFAVET</x:t>
+  </x:si>
+  <x:si>
     <x:t>Académie Vaucluse Provence Industries - Antenne Avignon</x:t>
   </x:si>
   <x:si>
-    <x:t>84140</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Lycée Général et Technologique Pierre Gilles de Gennes</x:t>
   </x:si>
   <x:si>
-    <x:t>Chambre de Commerce et d'Industrie de Vaucluse - Antenne Montfavet</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Azur Enerj Formation</x:t>
   </x:si>
   <x:si>
     <x:t>83210</x:t>
   </x:si>
   <x:si>
     <x:t>SOLLIES-PONT</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS fluides-énergies-domotique option B froid et conditionnement d'air</x:t>
   </x:si>
   <x:si>
     <x:t>BTS fluides-énergies-domotique option B froid et conditionnement d'air (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>BTS fluides-énergies-domotique option C domotique et bâtiment communicants</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Paul Langevin</x:t>
@@ -758,128 +758,128 @@
   <x:si>
     <x:t>Lycée Galliéni</x:t>
   </x:si>
   <x:si>
     <x:t>83600</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Professionnel Léon Chiris</x:t>
   </x:si>
   <x:si>
     <x:t>06130</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Polyvalent Régional Paul Langevin</x:t>
   </x:si>
   <x:si>
     <x:t>CAP IFCA - Installateur en froid et conditionnement de l'air</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Association Départementale d'Etudes et de Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADEF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 1er</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/16/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Conseil Régional</x:t>
   </x:si>
   <x:si>
     <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Accès à l'Emploi</x:t>
   </x:si>
   <x:si>
     <x:t>AFPA - ACCES A L'EMPLOI</x:t>
   </x:si>
   <x:si>
     <x:t>13417</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
-    <x:t>Association Départementale d'Etudes et de Formation</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>07/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>ADEF</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>CAP installateur en froid et conditionnement d'air - fluides frigorigenes</x:t>
   </x:si>
   <x:si>
     <x:t>07/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CAP installateur en froid et conditionnement d'air (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Centre Régional de la Bourse du Travail - CFA Régional de la Bourse du Travail</x:t>
   </x:si>
   <x:si>
     <x:t>CFBT</x:t>
   </x:si>
   <x:si>
     <x:t>Dépannage et maintenance d'un système thermodynamique</x:t>
   </x:si>
   <x:si>
     <x:t>Ete Formation</x:t>
   </x:si>
   <x:si>
     <x:t>72000</x:t>
   </x:si>
   <x:si>
     <x:t>Artisan , Salarié de l'artisanat</x:t>
   </x:si>
   <x:si>
+    <x:t>LA VALETTE-DU-VAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>PERTUIS</x:t>
   </x:si>
   <x:si>
-    <x:t>01/01/2026 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>SAINT-LAURENT-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>Energies renouvelables</x:t>
   </x:si>
   <x:si>
     <x:t>Climlab</x:t>
   </x:si>
   <x:si>
     <x:t>84500</x:t>
   </x:si>
   <x:si>
     <x:t>Énergie renouvelable</x:t>
   </x:si>
   <x:si>
     <x:t>01/16/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Artisan</x:t>
   </x:si>
   <x:si>
     <x:t>AUBAGNE</x:t>
@@ -941,72 +941,72 @@
   <x:si>
     <x:t>BTP conception organisation</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Mettre en service des systèmes thermodynamiques</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Monteur dépanneur en climatisation - Contrat en alternance</x:t>
   </x:si>
   <x:si>
     <x:t>03/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Monteur dépanneur frigoriste</x:t>
   </x:si>
   <x:si>
+    <x:t>10/24/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/03/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/25/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/07/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/07/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/27/2027 00:00:00</x:t>
-  </x:si>
-[...19 lines deleted...]
-    <x:t>10/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Monteur-dépanneur en climatisation</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 4</x:t>
   </x:si>
   <x:si>
     <x:t>06/18/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/19/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/09/2026 00:00:00</x:t>
   </x:si>
@@ -7789,146 +7789,146 @@
       <x:c r="R104" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>606237</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>564385</x:v>
+        <x:v>564375</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="I106" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>564375</x:v>
+        <x:v>564385</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
@@ -9148,175 +9148,176 @@
       <x:c r="K128" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>602329</x:v>
+        <x:v>602822</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="E129" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="H129" s="0" t="s">
+        <x:v>203</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>564868</x:v>
+        <x:v>602329</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
-        <x:v>202</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>602822</x:v>
+        <x:v>564868</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="E131" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
@@ -9610,51 +9611,51 @@
         <x:v>168</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>605938</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
@@ -10671,51 +10672,51 @@
         <x:v>168</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s"/>
       <x:c r="I154" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>494768</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
@@ -10790,179 +10791,178 @@
         <x:v>168</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s"/>
       <x:c r="I156" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>605952</x:v>
+        <x:v>547561</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="E157" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
-        <x:v>182</x:v>
-[...2 lines deleted...]
-        <x:v>183</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
-        <x:v>556360</x:v>
+        <x:v>605952</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
-        <x:v>168</x:v>
-[...1 lines deleted...]
-      <x:c r="H158" s="14" t="s"/>
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="H158" s="14" t="s">
+        <x:v>183</x:v>
+      </x:c>
       <x:c r="I158" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>547561</x:v>
+        <x:v>556360</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="E159" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
@@ -11284,156 +11284,154 @@
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
         <x:v>595393</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>38560</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
-      <x:c r="E165" s="0" t="s">
+      <x:c r="G165" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
-      <x:c r="F165" s="0" t="s">
+      <x:c r="H165" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
-      <x:c r="G165" s="0" t="s">
+      <x:c r="I165" s="4" t="s">
         <x:v>231</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>233</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>22624</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
-        <x:v>583885</x:v>
+        <x:v>591290</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>38560</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
-      <x:c r="E166" s="14" t="s"/>
-      <x:c r="F166" s="14" t="s"/>
+      <x:c r="E166" s="14" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="F166" s="14" t="s">
+        <x:v>236</x:v>
+      </x:c>
       <x:c r="G166" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s">
-        <x:v>240</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="I166" s="16" t="s">
-        <x:v>236</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>22624</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
-        <x:v>236</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>591290</x:v>
+        <x:v>583885</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
-        <x:v>238</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>38560</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
@@ -11518,69 +11516,69 @@
       <x:c r="R168" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
         <x:v>595397</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>38560</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="E169" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="F169" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="H169" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>22624</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>583832</x:v>
       </x:c>
@@ -11823,78 +11821,78 @@
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>38560</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="I174" s="16" t="s">
-        <x:v>236</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>22624</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
-        <x:v>236</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
         <x:v>498721</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>38560</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="E175" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
@@ -12173,78 +12171,78 @@
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>38560</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="I180" s="16" t="s">
-        <x:v>236</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>22624</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
-        <x:v>236</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
         <x:v>547105</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>38560</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="E181" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
@@ -12581,78 +12579,78 @@
       <x:c r="U186" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>38560</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="E187" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="H187" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>22624</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
         <x:v>600504</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="C188" s="15" t="s"/>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
@@ -12664,153 +12662,153 @@
       <x:c r="K188" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>22654</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
-        <x:v>608906</x:v>
+        <x:v>608904</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="C189" s="3" t="s"/>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>22654</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
-        <x:v>608905</x:v>
+        <x:v>608906</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="C190" s="15" t="s"/>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s"/>
       <x:c r="I190" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s"/>
       <x:c r="K190" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>22654</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
-        <x:v>608904</x:v>
+        <x:v>608905</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="C191" s="3" t="s"/>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>250</x:v>
@@ -13273,51 +13271,51 @@
         <x:v>249</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s"/>
       <x:c r="K200" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>609608</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="C201" s="3" t="s"/>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>249</x:v>
@@ -13375,164 +13373,164 @@
         <x:v>249</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s"/>
       <x:c r="K202" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
         <x:v>609603</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>37940</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H203" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
         <x:v>577390</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
         <x:v>37940</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="I204" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="K204" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
         <x:v>576778</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C205" s="3" t="s"/>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="G205" s="0" t="s">
         <x:v>275</x:v>
@@ -13593,258 +13591,258 @@
         <x:v>276</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s"/>
       <x:c r="K206" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
         <x:v>572948</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C207" s="3" t="s"/>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="G207" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
-        <x:v>572947</x:v>
+        <x:v>572931</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C208" s="15" t="s"/>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s"/>
       <x:c r="I208" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s"/>
       <x:c r="K208" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
-        <x:v>572931</x:v>
+        <x:v>572947</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C209" s="3" t="s"/>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
-        <x:v>572949</x:v>
+        <x:v>572952</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C210" s="15" t="s"/>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s"/>
       <x:c r="I210" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s"/>
       <x:c r="K210" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
-        <x:v>572952</x:v>
+        <x:v>572949</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C211" s="3" t="s"/>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="G211" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>25</x:v>
@@ -14147,1645 +14145,1645 @@
       <x:c r="T216" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>37940</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H217" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
         <x:v>559811</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
         <x:v>37940</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="I218" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
         <x:v>559655</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
         <x:v>37876</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>22604</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
-        <x:v>590615</x:v>
+        <x:v>585938</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
         <x:v>37876</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s"/>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="I220" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>22604</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
-        <x:v>585639</x:v>
+        <x:v>571632</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
-        <x:v>291</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
         <x:v>37876</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="G221" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H221" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>22604</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
-        <x:v>571632</x:v>
+        <x:v>571633</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
-        <x:v>293</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>37876</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s">
-        <x:v>271</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="I222" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>22604</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
-        <x:v>571633</x:v>
+        <x:v>585639</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
-        <x:v>295</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
-        <x:v>296</x:v>
+        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
         <x:v>37876</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="G223" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H223" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>22604</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
-        <x:v>585938</x:v>
+        <x:v>590615</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="U223" s="4" t="s">
         <x:v>297</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
         <x:v>37876</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s"/>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="I224" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="K224" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>22604</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
         <x:v>571546</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
         <x:v>37876</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H225" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>22604</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
         <x:v>571547</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="U225" s="4" t="s">
         <x:v>293</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
         <x:v>37876</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="I226" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="K226" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>22604</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
         <x:v>585937</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="U226" s="16" t="s">
         <x:v>291</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
         <x:v>37876</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H227" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>22604</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
         <x:v>571548</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="U227" s="4" t="s">
         <x:v>295</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
         <x:v>37876</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="I228" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="K228" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>22604</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
         <x:v>590619</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
-        <x:v>290</x:v>
+        <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
         <x:v>37876</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H229" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>22604</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
         <x:v>571631</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
         <x:v>37876</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="I230" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>22604</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
         <x:v>585640</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
-        <x:v>297</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
         <x:v>37940</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H231" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
         <x:v>540476</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
         <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
         <x:v>37940</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="I232" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="K232" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
         <x:v>572838</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
         <x:v>37940</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H233" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
         <x:v>539889</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
         <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
         <x:v>37940</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="I234" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="K234" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
         <x:v>540477</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
         <x:v>37940</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H235" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
         <x:v>572824</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
         <x:v>37940</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="I236" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="K236" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
         <x:v>572825</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
         <x:v>37940</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="G237" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H237" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
         <x:v>572839</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
         <x:v>37940</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="I238" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="K238" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
         <x:v>571674</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
         <x:v>37940</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="G239" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H239" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
         <x:v>575438</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="C240" s="15" t="n">
         <x:v>37940</x:v>
       </x:c>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s"/>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="I240" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="K240" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
         <x:v>539891</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
         <x:v>37940</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="G241" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H241" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
         <x:v>598058</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
         <x:v>37940</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s"/>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="I242" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="K242" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
         <x:v>598091</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
         <x:v>37940</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="G243" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H243" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
         <x:v>571552</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="C244" s="15" t="n">
         <x:v>37940</x:v>
       </x:c>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s"/>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="I244" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="K244" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
         <x:v>575520</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
         <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="C245" s="3" t="s"/>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="G245" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
         <x:v>34</x:v>
@@ -15926,73 +15924,73 @@
         <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="C248" s="15" t="s"/>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="F248" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="G248" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="I248" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s"/>
       <x:c r="K248" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>22607</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
         <x:v>588247</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="C249" s="3" t="s"/>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="G249" s="0" t="s">
         <x:v>33</x:v>
@@ -16126,69 +16124,69 @@
       <x:c r="R251" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
         <x:v>584712</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="C252" s="15" t="n">
         <x:v>38744</x:v>
       </x:c>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="F252" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="G252" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="I252" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="K252" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
         <x:v>22607</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
         <x:v>583855</x:v>
       </x:c>
@@ -16259,78 +16257,78 @@
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="C254" s="15" t="n">
         <x:v>38744</x:v>
       </x:c>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="I254" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="K254" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
         <x:v>22607</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
         <x:v>606555</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
         <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="C255" s="3" t="n">
         <x:v>38744</x:v>
       </x:c>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="E255" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
@@ -16447,240 +16445,240 @@
         <x:v>345</x:v>
       </x:c>
       <x:c r="C257" s="3" t="n">
         <x:v>37940</x:v>
       </x:c>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="E257" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="F257" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="G257" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="H257" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
         <x:v>571276</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="C258" s="15" t="n">
         <x:v>37940</x:v>
       </x:c>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="F258" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="G258" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="I258" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="K258" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
         <x:v>579836</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="C259" s="3" t="n">
         <x:v>37940</x:v>
       </x:c>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="E259" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="F259" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="H259" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
         <x:v>579837</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="C260" s="15" t="n">
         <x:v>37940</x:v>
       </x:c>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="F260" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="G260" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="I260" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="K260" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
         <x:v>579838</x:v>
       </x:c>
@@ -16690,78 +16688,78 @@
       <x:c r="U260" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="C261" s="3" t="n">
         <x:v>37940</x:v>
       </x:c>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="E261" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G261" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H261" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="J261" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
         <x:v>562658</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
         <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="C262" s="15" t="n">
         <x:v>37940</x:v>
       </x:c>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
@@ -16809,112 +16807,112 @@
       <x:c r="U262" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="C263" s="3" t="n">
         <x:v>37940</x:v>
       </x:c>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="E263" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G263" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H263" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
         <x:v>610270</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
         <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="C264" s="15" t="n">
         <x:v>37940</x:v>
       </x:c>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="I264" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="K264" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
@@ -16930,51 +16928,51 @@
       <x:c r="U264" s="16" t="s">
         <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="C265" s="3" t="n">
         <x:v>37940</x:v>
       </x:c>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="E265" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G265" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H265" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
@@ -16991,172 +16989,172 @@
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="C266" s="15" t="n">
         <x:v>37940</x:v>
       </x:c>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="I266" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="K266" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
         <x:v>580692</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
         <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
         <x:v>37940</x:v>
       </x:c>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="E267" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G267" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H267" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
         <x:v>577631</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="C268" s="15" t="n">
         <x:v>37940</x:v>
       </x:c>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="I268" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="K268" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
@@ -17181,69 +17179,69 @@
         <x:v>367</x:v>
       </x:c>
       <x:c r="C269" s="3" t="n">
         <x:v>37940</x:v>
       </x:c>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="E269" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="F269" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="H269" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="J269" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
         <x:v>580141</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="C270" s="15" t="n">
         <x:v>37940</x:v>
       </x:c>
       <x:c r="D270" s="15" t="s"/>
@@ -17626,124 +17624,124 @@
       <x:c r="R276" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
         <x:v>572006</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="C277" s="3" t="n">
         <x:v>37876</x:v>
       </x:c>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="E277" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="F277" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="G277" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H277" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="J277" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
         <x:v>22604</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
         <x:v>583889</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="C278" s="15" t="n">
         <x:v>37876</x:v>
       </x:c>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="I278" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="K278" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
         <x:v>22604</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
@@ -17759,51 +17757,51 @@
       <x:c r="U278" s="16" t="s">
         <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="C279" s="3" t="n">
         <x:v>37876</x:v>
       </x:c>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="E279" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G279" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H279" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="J279" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
         <x:v>22604</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
@@ -17880,78 +17878,78 @@
       <x:c r="U280" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="C281" s="3" t="n">
         <x:v>38748</x:v>
       </x:c>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="E281" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G281" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H281" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="J281" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
         <x:v>573627</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
         <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C282" s="15" t="n">
         <x:v>38748</x:v>
       </x:c>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
@@ -18001,78 +17999,78 @@
       <x:c r="U282" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="C283" s="3" t="n">
         <x:v>38748</x:v>
       </x:c>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="E283" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G283" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H283" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="J283" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
         <x:v>606527</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
         <x:v>387</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="C284" s="15" t="n">
         <x:v>39437</x:v>
       </x:c>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
@@ -18178,51 +18176,51 @@
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="C286" s="15" t="n">
         <x:v>39437</x:v>
       </x:c>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H286" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="I286" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K286" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
         <x:v>22604</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
@@ -18238,51 +18236,51 @@
       <x:c r="U286" s="16" t="s">
         <x:v>390</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="C287" s="3" t="n">
         <x:v>39437</x:v>
       </x:c>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="E287" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G287" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H287" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="J287" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
         <x:v>22604</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
         <x:v>151</x:v>
       </x:c>