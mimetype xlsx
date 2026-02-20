--- v0 (2026-02-19)
+++ v1 (2026-02-20)
@@ -401,120 +401,120 @@
   <x:si>
     <x:t>13651</x:t>
   </x:si>
   <x:si>
     <x:t>SALON DE PROVENCE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro technicien en réalisation de produits mécaniques option réalisation et suivi de productions (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Polyvalent Jean Perrin</x:t>
   </x:si>
   <x:si>
     <x:t>13010</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-10e</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Paul Langevin</x:t>
   </x:si>
   <x:si>
     <x:t>13500</x:t>
   </x:si>
   <x:si>
+    <x:t>09/02/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Greta-Cfa Marseille Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>GMM</x:t>
   </x:si>
   <x:si>
-    <x:t>09/02/2024 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>CAP aéronautique option avionique</x:t>
   </x:si>
   <x:si>
     <x:t>Niveau CAP, BEP</x:t>
   </x:si>
   <x:si>
     <x:t>CAP aéronautique option structures</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire physique et sciences de l'ingénieur (PSI), 2e année</x:t>
   </x:si>
   <x:si>
     <x:t>EMP</x:t>
   </x:si>
   <x:si>
     <x:t>13617</x:t>
   </x:si>
   <x:si>
     <x:t>Physique</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée F Mistral</x:t>
   </x:si>
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Masséna</x:t>
   </x:si>
   <x:si>
     <x:t>06050</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 1</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée Les Eucalyptus</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée P Cézanne</x:t>
   </x:si>
   <x:si>
     <x:t>13100</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Stanislas</x:t>
   </x:si>
   <x:si>
     <x:t>06414</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES CEDEX</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Lycée Les Eucalyptus</x:t>
   </x:si>
   <x:si>
     <x:t>CQP ajusteur assembleur de structures aéronefs</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil Régional</x:t>
   </x:si>
   <x:si>
     <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Accès à l'Emploi</x:t>
   </x:si>
   <x:si>
     <x:t>AFPA - ACCES A L'EMPLOI</x:t>
   </x:si>
   <x:si>
     <x:t>13417</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>Montage assemblage</x:t>
   </x:si>
@@ -1545,57 +1545,57 @@
       <x:c r="K9" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>23613</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>550183</x:v>
+        <x:v>500912</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>37928</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I10" s="16" t="s">
         <x:v>24</x:v>
@@ -1606,57 +1606,57 @@
       <x:c r="K10" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>23613</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>605627</x:v>
+        <x:v>550183</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>37928</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="E11" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G11" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H11" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -1666,57 +1666,57 @@
       <x:c r="K11" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>23613</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>605628</x:v>
+        <x:v>605627</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
         <x:v>37928</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I12" s="16" t="s">
         <x:v>24</x:v>
@@ -1727,57 +1727,57 @@
       <x:c r="K12" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>23613</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>500912</x:v>
+        <x:v>605628</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>37928</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -1959,57 +1959,57 @@
       <x:c r="K16" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>23613</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>550184</x:v>
+        <x:v>500913</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>37928</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="E17" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -2019,118 +2019,118 @@
       <x:c r="K17" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>23613</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>550185</x:v>
+        <x:v>605629</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>37928</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I18" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>23613</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>500913</x:v>
+        <x:v>605748</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>37928</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="E19" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -2140,57 +2140,57 @@
       <x:c r="K19" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>23613</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>605629</x:v>
+        <x:v>605630</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>37928</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I20" s="16" t="s">
         <x:v>24</x:v>
@@ -2201,57 +2201,57 @@
       <x:c r="K20" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>23613</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>605748</x:v>
+        <x:v>605747</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>37928</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="E21" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -2261,118 +2261,118 @@
       <x:c r="K21" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>23613</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>605630</x:v>
+        <x:v>550184</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>37928</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I22" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>23613</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>605747</x:v>
+        <x:v>550185</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>37928</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="E23" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -3777,150 +3777,151 @@
         <x:v>500974</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>41015</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
-        <x:v>110</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>23076</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>617432</x:v>
+        <x:v>493115</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>41015</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="E49" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="H49" s="0" t="s">
+        <x:v>112</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>23076</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>493115</x:v>
+        <x:v>617432</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>41015</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I50" s="16" t="s">
         <x:v>24</x:v>
@@ -4640,180 +4641,180 @@
         <x:v>126</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>594207</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C63" s="3" t="s"/>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>594203</x:v>
+        <x:v>594208</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C64" s="15" t="s"/>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s"/>
       <x:c r="K64" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="Q64" s="16" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="R64" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
-      <x:c r="Q64" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>594206</x:v>
+        <x:v>594203</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C65" s="3" t="s"/>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="Q65" s="4" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="R65" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="Q65" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>594208</x:v>
+        <x:v>594206</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>36086</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="F66" s="14" t="s">
         <x:v>136</x:v>
       </x:c>