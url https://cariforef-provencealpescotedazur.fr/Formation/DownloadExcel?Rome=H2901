--- v0 (2026-02-18)
+++ v1 (2026-02-18)
@@ -221,65 +221,65 @@
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>bac pro aéronautique option structure</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en apprentissage</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro aéronautique option structure (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>OPCO</x:t>
   </x:si>
   <x:si>
     <x:t>CFA Régional CFAI Provence</x:t>
   </x:si>
   <x:si>
     <x:t>CFAI PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
+    <x:t>09/01/2023 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>06/30/2026 00:00:00</x:t>
+    <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>06/30/2027 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>bac pro aéronautique option systèmes</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Costebelle</x:t>
   </x:si>
   <x:si>
     <x:t>83408</x:t>
   </x:si>
   <x:si>
     <x:t>HYERES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro aéronautique option systèmes (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>83400</x:t>
   </x:si>
   <x:si>
     <x:t>HYERES</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2028 00:00:00</x:t>
@@ -365,90 +365,90 @@
   <x:si>
     <x:t>MARSEILLE CEDEX 10</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Rouvière Suzanne Lefort-Rouquette</x:t>
   </x:si>
   <x:si>
     <x:t>83070</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Rouvière</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>LP Don Bosco</x:t>
   </x:si>
   <x:si>
     <x:t>06046</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 01</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée polyvalent Jean-Henri Fabre</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84208</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CARPENTRAS CEDEX</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée polyvalent Adam de Craponne</x:t>
   </x:si>
   <x:si>
     <x:t>13651</x:t>
   </x:si>
   <x:si>
     <x:t>SALON DE PROVENCE CEDEX</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée polyvalent Jean-Henri Fabre</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Bac pro technicien en réalisation de produits mécaniques option réalisation et suivi de productions (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Paul Langevin</x:t>
   </x:si>
   <x:si>
     <x:t>13500</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée Polyvalent Jean Perrin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-10e</x:t>
+  </x:si>
+  <x:si>
     <x:t>Greta-Cfa Marseille Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>GMM</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>MARSEILLE-10e</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CAP aéronautique option avionique</x:t>
   </x:si>
   <x:si>
     <x:t>Niveau CAP, BEP</x:t>
   </x:si>
   <x:si>
     <x:t>CAP aéronautique option structures</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire physique et sciences de l'ingénieur (PSI), 2e année</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée F Mistral</x:t>
   </x:si>
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
     <x:t>Physique</x:t>
   </x:si>
@@ -1424,51 +1424,51 @@
       <x:c r="K7" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>23613</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>500911</x:v>
+        <x:v>451195</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
         <x:v>37928</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>47</x:v>
@@ -1485,51 +1485,51 @@
       <x:c r="K8" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>23613</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>550182</x:v>
+        <x:v>500912</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>37928</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="E9" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G9" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -1545,57 +1545,57 @@
       <x:c r="K9" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>23613</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>550183</x:v>
+        <x:v>500911</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>37928</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I10" s="16" t="s">
         <x:v>24</x:v>
@@ -1606,54 +1606,54 @@
       <x:c r="K10" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>23613</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>500912</x:v>
+        <x:v>550182</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>37928</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="E11" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G11" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H11" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
@@ -1666,57 +1666,57 @@
       <x:c r="K11" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>23613</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>451195</x:v>
+        <x:v>550183</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
         <x:v>37928</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I12" s="16" t="s">
         <x:v>24</x:v>
@@ -1898,57 +1898,57 @@
       <x:c r="K15" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>23613</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>500914</x:v>
+        <x:v>550184</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>37928</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I16" s="16" t="s">
         <x:v>24</x:v>
@@ -1959,57 +1959,57 @@
       <x:c r="K16" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>23613</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>451197</x:v>
+        <x:v>500914</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>37928</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="E17" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -2019,178 +2019,178 @@
       <x:c r="K17" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>23613</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>550184</x:v>
+        <x:v>451197</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>37928</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I18" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>23613</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>605748</x:v>
+        <x:v>605629</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>37928</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="E19" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>23613</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>605629</x:v>
+        <x:v>605748</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>37928</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I20" s="16" t="s">
         <x:v>24</x:v>
@@ -2322,57 +2322,57 @@
       <x:c r="K22" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>23613</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>500913</x:v>
+        <x:v>550185</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>37928</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="E23" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -2382,57 +2382,57 @@
       <x:c r="K23" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>23613</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>550185</x:v>
+        <x:v>500913</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>38423</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -2775,51 +2775,51 @@
       <x:c r="L30" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>23076</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>617148</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>41015</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -3126,141 +3126,141 @@
       <x:c r="R36" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>596248</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>41015</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>23076</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>596249</x:v>
+        <x:v>596252</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>41015</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>23076</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>596250</x:v>
+        <x:v>596249</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>41015</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
@@ -3270,51 +3270,51 @@
       <x:c r="K39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>23076</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>596252</x:v>
+        <x:v>596250</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>41015</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>47</x:v>
@@ -3331,230 +3331,232 @@
       <x:c r="K40" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>23076</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>500974</x:v>
+        <x:v>605646</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>41015</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="E41" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>23076</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="R41" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="R41" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>617432</x:v>
+        <x:v>605649</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>41015</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>80</x:v>
-[...1 lines deleted...]
-      <x:c r="H42" s="14" t="s"/>
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="H42" s="14" t="s">
+        <x:v>48</x:v>
+      </x:c>
       <x:c r="I42" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>23076</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>604385</x:v>
+        <x:v>500972</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>41015</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>23076</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>550211</x:v>
+        <x:v>500975</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>41015</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>80</x:v>
@@ -3572,51 +3574,51 @@
       <x:c r="L44" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>23076</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>547759</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>41015</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="E45" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
@@ -3632,236 +3634,234 @@
       <x:c r="L45" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>23076</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>550213</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>41015</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I46" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>23076</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>605646</x:v>
+        <x:v>605648</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>41015</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="E47" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>23076</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="R47" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="R47" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>605649</x:v>
+        <x:v>550211</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>41015</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
-        <x:v>47</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>23076</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>500972</x:v>
+        <x:v>604385</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>41015</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="E49" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -3871,478 +3871,478 @@
       <x:c r="K49" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>23076</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>500975</x:v>
+        <x:v>500974</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>41015</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I50" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>23076</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>605647</x:v>
+        <x:v>617432</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>41015</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="E51" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>23076</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>550212</x:v>
+        <x:v>605647</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>41015</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I52" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>23076</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>550214</x:v>
+        <x:v>550212</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>41015</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="E53" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>23076</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>451223</x:v>
+        <x:v>550214</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>41015</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I54" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>23076</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>451225</x:v>
+        <x:v>451223</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>41015</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="E55" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>23076</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>605648</x:v>
+        <x:v>451225</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>41015</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I56" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>23076</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="R56" s="14" t="s">
         <x:v>109</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>111</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>500973</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>41015</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="E57" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
@@ -4953,51 +4953,51 @@
       <x:c r="L68" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>23606</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>558145</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">