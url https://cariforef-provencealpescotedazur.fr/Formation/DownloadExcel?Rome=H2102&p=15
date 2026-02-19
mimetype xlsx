--- v0 (2026-02-19)
+++ v1 (2026-02-19)
@@ -698,99 +698,99 @@
   <x:si>
     <x:t>GARDANNE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>LP Ch Mongrand</x:t>
   </x:si>
   <x:si>
     <x:t>13110</x:t>
   </x:si>
   <x:si>
     <x:t>PORT-DE-BOUC</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée A Camus</x:t>
   </x:si>
   <x:si>
     <x:t>83600</x:t>
   </x:si>
   <x:si>
     <x:t>FREJUS</x:t>
   </x:si>
   <x:si>
     <x:t>CAP production et service en restaurations (rapide, collective, cafétéria) (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>Ecole Supérieure de Commerce et de Communication</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">ESCCOM </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formation et Métier - Cfa Régional Formations Adaptées</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tkl Forma</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tkl Forma - CFA des 3 Caps</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83420</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA CROIX-VALMER</x:t>
+  </x:si>
+  <x:si>
     <x:t>Comité Interprofessionnel d'Apprentissage Corot</x:t>
   </x:si>
   <x:si>
     <x:t>CIA</x:t>
   </x:si>
   <x:si>
     <x:t>13333</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-14e</x:t>
   </x:si>
   <x:si>
-    <x:t>Formation et Métier - Cfa Régional Formations Adaptées</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>09/01/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée des Métiers Louis Martin Bret</x:t>
   </x:si>
   <x:si>
     <x:t>04100</x:t>
-  </x:si>
-[...19 lines deleted...]
-    <x:t>LA CROIX-VALMER</x:t>
   </x:si>
   <x:si>
     <x:t>Collège et Lycée Général Technologique Professionnel Don Bosco - Cfa Régional Don Bosco</x:t>
   </x:si>
   <x:si>
     <x:t>06046</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Professionnel et Technologique La Providence</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Métier - Cfa Régional Formations Adaptées - UFA Handestau au Coeur de l'Handicap</x:t>
   </x:si>
   <x:si>
     <x:t>13016</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-16e</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Gap</x:t>
   </x:si>
@@ -5523,496 +5523,497 @@
         <x:v>592517</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>35317</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="I68" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>42725</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>501838</x:v>
+        <x:v>608449</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>35317</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="E69" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>42725</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>570586</x:v>
+        <x:v>498620</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>35317</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
-        <x:v>213</x:v>
-[...1 lines deleted...]
-      <x:c r="H70" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
+      <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>42725</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>455024</x:v>
+        <x:v>496263</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>35317</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="E71" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="H71" s="0" t="s">
+        <x:v>44</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>42725</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>547608</x:v>
+        <x:v>501838</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>35317</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="H72" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
-      <x:c r="H72" s="14" t="s">
+      <x:c r="I72" s="16" t="s">
         <x:v>220</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>123</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>42725</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>608449</x:v>
+        <x:v>570586</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>35317</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="E73" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>42725</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>498620</x:v>
+        <x:v>455024</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>35317</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
-        <x:v>222</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>42725</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>496263</x:v>
+        <x:v>547608</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>35317</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="E75" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>42725</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>502442</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
@@ -6062,81 +6063,81 @@
       <x:c r="S76" s="14" t="n">
         <x:v>547262</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>35317</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="E77" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>42725</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>570007</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>35317</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -6178,139 +6179,139 @@
       <x:c r="S78" s="14" t="n">
         <x:v>547457</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>35317</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="E79" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>42725</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>455029</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>35317</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="I80" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>42725</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>548836</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
@@ -6481,175 +6482,175 @@
         <x:v>604868</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>35317</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="I84" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>42725</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>455025</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>35317</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="E85" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>42725</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>455026</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>35317</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="I86" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>42725</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
@@ -6665,51 +6666,51 @@
       <x:c r="T86" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>35317</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="E87" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>42725</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
@@ -6842,175 +6843,175 @@
         <x:v>604272</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>35317</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="I90" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>42725</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>498622</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>221</x:v>
+        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>35317</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="E91" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>42725</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
         <x:v>498625</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>35317</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="I92" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>42725</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
@@ -7202,153 +7203,153 @@
         <x:v>504551</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>35317</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="I96" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>42725</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>500460</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>35317</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="E97" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>42725</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>498624</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>35317</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
@@ -7523,54 +7524,54 @@
       <x:c r="G101" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>42725</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>494774</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>35317</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
@@ -7676,54 +7677,54 @@
         <x:v>553344</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>35317</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="I104" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>42725</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
@@ -7976,54 +7977,54 @@
       <x:c r="S108" s="14" t="n">
         <x:v>607441</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>35317</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="E109" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>42725</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
@@ -8037,235 +8038,235 @@
         <x:v>609392</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>35317</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="I110" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>42725</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>455027</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>35317</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="E111" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>42725</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>455028</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>35317</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="I112" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>42725</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>555795</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>35317</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="E113" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>42725</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
@@ -8279,54 +8280,54 @@
         <x:v>548838</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>35317</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="I114" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>42725</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
@@ -8400,153 +8401,153 @@
         <x:v>567951</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>35317</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="I116" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>42725</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>498621</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>221</x:v>
+        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>35317</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="E117" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>42725</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>498623</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>35317</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I118" s="16" t="s">
         <x:v>123</x:v>