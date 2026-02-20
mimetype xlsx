--- v0 (2026-02-20)
+++ v1 (2026-02-20)
@@ -236,80 +236,80 @@
   <x:si>
     <x:t>03/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de sécurité (MAC APS) + Sauveteur secouriste du travail (SST)</x:t>
   </x:si>
   <x:si>
     <x:t>NG Formations - Ngnear</x:t>
   </x:si>
   <x:si>
     <x:t>84100</x:t>
   </x:si>
   <x:si>
     <x:t>ORANGE</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>10/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/29/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>10/05/2026 00:00:00</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>05/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/18/2026 00:00:00</x:t>
@@ -368,74 +368,74 @@
   <x:si>
     <x:t>02/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en apprentissage</x:t>
   </x:si>
   <x:si>
     <x:t>Animateur qualité sécurité environnement (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>OPCO</x:t>
   </x:si>
   <x:si>
     <x:t>Cesi Association</x:t>
   </x:si>
   <x:si>
     <x:t>92800</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 2</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
+    <x:t>Qualité hygiène sécurité environnement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cesi Association - Antenne Aix en Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX - LES MILLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/08/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Animation environnement</x:t>
   </x:si>
   <x:si>
-    <x:t>Cesi Association - Antenne Aix en Provence</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>09/09/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Qualité hygiène sécurité environnement</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Cesi Association - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/17/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/07/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2027 00:00:00</x:t>
@@ -473,179 +473,179 @@
   <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>04/10/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS Métiers de l'eau</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Alpes Provence</x:t>
   </x:si>
   <x:si>
     <x:t>05000</x:t>
   </x:si>
   <x:si>
     <x:t>Traitement eau</x:t>
   </x:si>
   <x:si>
     <x:t>DIGNE LES BAINS</x:t>
   </x:si>
   <x:si>
+    <x:t>09/02/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/02/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>BTS métiers de l'eau</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée P G de Gennes</x:t>
   </x:si>
   <x:si>
     <x:t>04990</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>DIGNE LES BAINS CEDEX 9</x:t>
   </x:si>
   <x:si>
     <x:t>BTS métiers de l'eau (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Général et Technologique Pierre Gilles de Gennes</x:t>
   </x:si>
   <x:si>
     <x:t>04000</x:t>
   </x:si>
   <x:si>
+    <x:t>Greta-Cfa Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée professionnel Latécoère</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISTRES</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Greta-Cfa Provence</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>BTS métiers des services à l'environnement</x:t>
   </x:si>
   <x:si>
     <x:t>Institut National de l'Hygiène et du Nettoyage Industriel - CFA Régional Propreté Environnement Hygiène - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>CFA</x:t>
   </x:si>
   <x:si>
     <x:t>Pollution atmosphérique</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Simone Veil</x:t>
   </x:si>
   <x:si>
     <x:t>BTS métiers des services à l'environnement (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Institut National de l'Hygiène et du Nettoyage Industriel</x:t>
   </x:si>
   <x:si>
     <x:t>INHNI</x:t>
   </x:si>
   <x:si>
     <x:t>94800</x:t>
   </x:si>
   <x:si>
     <x:t>08/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>08/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/18/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formaseq</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 8e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Delta - Groupe Someform</x:t>
   </x:si>
   <x:si>
     <x:t>13200</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>08/31/2026 00:00:00</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Forma Var</x:t>
   </x:si>
   <x:si>
     <x:t>83160</x:t>
   </x:si>
   <x:si>
     <x:t>LA VALETTE-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/22/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Forma Var - Antenne Formaplus</x:t>
   </x:si>
   <x:si>
     <x:t>83480</x:t>
   </x:si>
   <x:si>
     <x:t>PUGET-SUR-ARGENS</x:t>
   </x:si>
   <x:si>
     <x:t>BTSA qualité, alimentation, innovation et maîtrise sanitaire option aliments et processus technologiques</x:t>
@@ -875,152 +875,152 @@
   <x:si>
     <x:t>05/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Comprendre la charge de travail et identifier les leviers d'action</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour l'Amélioration des Conditions de Travail</x:t>
   </x:si>
   <x:si>
     <x:t>ANACT</x:t>
   </x:si>
   <x:si>
     <x:t>69009</x:t>
   </x:si>
   <x:si>
     <x:t>Devenir acteur en Sauvetage Secourisme du Travail (SST) - PRS001</x:t>
   </x:si>
   <x:si>
     <x:t>Accident travail maladie professionnelle</x:t>
   </x:si>
   <x:si>
     <x:t>03/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>05/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>03/11/2026 00:00:00</x:t>
-[...55 lines deleted...]
-  <x:si>
     <x:t>GAP</x:t>
   </x:si>
   <x:si>
     <x:t>04/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>03/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/29/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>SAINTE-TULLE</x:t>
   </x:si>
   <x:si>
     <x:t>06/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>03/31/2026 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Diplôme Universitaire cancer travail et environnement</x:t>
   </x:si>
   <x:si>
     <x:t>10/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>DU agent d'hygiène, propreté et stérilisation</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>Être membre du CSE - Formation initiale santé sécurité et conditions de travail - PRA050</x:t>
   </x:si>
   <x:si>
     <x:t>Comité social économique</x:t>
   </x:si>
   <x:si>
     <x:t>03/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Évaluer et prévenir les risques psycho-sociaux</x:t>
   </x:si>
   <x:si>
     <x:t>Educ'Altitudes</x:t>
@@ -1058,65 +1058,65 @@
   <x:si>
     <x:t>Groupe Inter Entreprises de Sécurité (GIES 1) + Groupe Inter Entreprises de Sécurité (GIES 2) + ECI ECV + GTIS + Travaux hauteur + H0B0 + ATEX 1 + Habilitations électriques 1.2 BC BC</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement Inter Entreprise de Sécurité (GIES 1 + GIES 2) + espaces confinés + Atex 0</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement Inter Entreprise de Sécurité (GIES 1)  + Groupement Inter Entreprise de Sécurité (GIES 2) + Espaces confinés (ECI ECV) +  Groupement Technique Inter Sociétés (GTIS) - Niveau 1 + Habilitation électrique 1.2 BR BC +  Travaux hauteur +  ATEX 1</x:t>
   </x:si>
   <x:si>
     <x:t>Habilitation électrique BF-HF</x:t>
   </x:si>
   <x:si>
     <x:t>Olivier Dupeyre Formation</x:t>
   </x:si>
   <x:si>
     <x:t>ODF</x:t>
   </x:si>
   <x:si>
     <x:t>licence mention chimie</x:t>
   </x:si>
   <x:si>
     <x:t>Chimie</x:t>
   </x:si>
   <x:si>
+    <x:t>MARSEILLE CEDEX 03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13397</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 20</x:t>
+  </x:si>
+  <x:si>
     <x:t>13288</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 09</x:t>
   </x:si>
   <x:si>
-    <x:t>MARSEILLE CEDEX 03</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Université Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06103</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 2</x:t>
   </x:si>
   <x:si>
     <x:t>84916</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention chimie parcours chimie</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté des Sciences</x:t>
   </x:si>
   <x:si>
     <x:t>13003</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention chimie parcours génie chimique, génie des procédés</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention chimie parcours plurisciences</x:t>
@@ -1391,74 +1391,74 @@
   <x:si>
     <x:t>07/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MAC APS + secourisme</x:t>
   </x:si>
   <x:si>
     <x:t>Maintenir et actualiser les compétences acteur en Sauvetage Secourisme du Travail (SST) - PRS002</x:t>
   </x:si>
   <x:si>
+    <x:t>06/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>06/15/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>06/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Maintien et Actualisation des Compétences Agent de Prévention et de Sécurité (MAC APS)</x:t>
   </x:si>
   <x:si>
     <x:t>Formeo 13</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie du Pays d'Arles</x:t>
   </x:si>
   <x:si>
     <x:t>CCIPA</x:t>
   </x:si>
   <x:si>
     <x:t>13633</x:t>
   </x:si>
   <x:si>
     <x:t>06/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>VITROLLES</x:t>
@@ -1484,60 +1484,60 @@
   <x:si>
     <x:t>09/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/24/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager des risques QHSE (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formeo 83</x:t>
   </x:si>
   <x:si>
     <x:t>83000</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/21/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ip Seq</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ip Seq - Antenne Toulon</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/26/2026 00:00:00</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>Ip Seq - Antenne Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention risques et environnement parcours gestion territoriale des risques naturels et technologiques - Sciences du risque</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil environnement</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université|Aix Marseille Université - Institut Pythéas - Observatoire des Sciences de l'Univers</x:t>
   </x:si>
   <x:si>
     <x:t>mastère spé. expert en projets et production d'énergies renouvelables</x:t>
   </x:si>
   <x:si>
     <x:t>Arts et Métiers - Sciences et Technologies - campus d'Aix-en-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13617</x:t>
   </x:si>
   <x:si>
     <x:t>Énergie renouvelable</x:t>
   </x:si>
   <x:si>
     <x:t>Membre de la Commission Santé Sécurité Conditions de Travail du CSE des entreprises de plus de 300 salariés : renouvellement de la formation santé-sécurité et conditions de travail - PRA053</x:t>
   </x:si>
@@ -2545,100 +2545,100 @@
       <x:c r="K8" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>586785</x:v>
+        <x:v>586788</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s"/>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>586786</x:v>
+        <x:v>586780</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C10" s="15" t="s"/>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s"/>
       <x:c r="I10" s="16" t="s">
         <x:v>51</x:v>
@@ -2647,100 +2647,100 @@
       <x:c r="K10" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>586788</x:v>
+        <x:v>586784</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s"/>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>586780</x:v>
+        <x:v>586785</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C12" s="15" t="s"/>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s"/>
       <x:c r="I12" s="16" t="s">
         <x:v>51</x:v>
@@ -2749,51 +2749,51 @@
       <x:c r="K12" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>586784</x:v>
+        <x:v>586786</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s"/>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>25</x:v>
@@ -3223,197 +3223,197 @@
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
         <x:v>606832</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
-        <x:v>36480</x:v>
+        <x:v>41100</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
-        <x:v>12578</x:v>
+        <x:v>31407</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>497981</x:v>
+        <x:v>600206</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
-        <x:v>41100</x:v>
+        <x:v>36480</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="E23" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
-        <x:v>31407</x:v>
+        <x:v>12578</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>600206</x:v>
+        <x:v>497981</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>41100</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>589939</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
@@ -3426,51 +3426,51 @@
       <x:c r="E25" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>12578</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
         <x:v>497982</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
@@ -3485,51 +3485,51 @@
       </x:c>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
         <x:v>589936</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
@@ -3589,51 +3589,51 @@
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="I28" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s"/>
       <x:c r="K28" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
         <x:v>523171</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
@@ -3655,51 +3655,51 @@
       <x:c r="K29" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>12520</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>493628</x:v>
+        <x:v>543641</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>35344</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
@@ -3712,51 +3712,51 @@
       <x:c r="K30" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>12520</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>543641</x:v>
+        <x:v>493628</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>37964</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
@@ -3769,54 +3769,54 @@
       <x:c r="L31" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>12520</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
         <x:v>597146</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>37964</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
@@ -3828,54 +3828,54 @@
       <x:c r="L32" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>12520</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
         <x:v>614600</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>37964</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="E33" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
@@ -3885,170 +3885,170 @@
       <x:c r="L33" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>12520</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
         <x:v>547572</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>37964</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>12520</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>494767</x:v>
+        <x:v>493130</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>37964</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="E35" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>12520</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="R35" s="0" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="S35" s="0" t="n">
+        <x:v>494767</x:v>
+      </x:c>
+      <x:c r="T35" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="R35" s="0" t="s">
+      <x:c r="U35" s="4" t="s">
         <x:v>153</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>39944</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="I36" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
@@ -4114,54 +4114,54 @@
       <x:c r="L37" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>12570</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
         <x:v>592320</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>39944</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="I38" s="16" t="s">
         <x:v>164</x:v>
@@ -4196,208 +4196,209 @@
       <x:c r="S38" s="14" t="n">
         <x:v>581591</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>39944</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="E39" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="H39" s="0" t="s">
+        <x:v>163</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>12570</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="Q39" s="4" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="R39" s="0" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="S39" s="0" t="n">
+        <x:v>607273</x:v>
+      </x:c>
+      <x:c r="T39" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
-      <x:c r="Q39" s="4" t="s">
+      <x:c r="U39" s="4" t="s">
         <x:v>168</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>39944</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
-        <x:v>162</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>12570</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>607273</x:v>
+        <x:v>605100</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>39944</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="E41" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>12570</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>605100</x:v>
+        <x:v>601752</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="U41" s="4" t="s">
         <x:v>176</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>39944</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
@@ -4409,102 +4410,102 @@
       <x:c r="L42" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>12570</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>548691</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>39944</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>12570</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>571046</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>39944</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
@@ -4525,108 +4526,108 @@
       <x:c r="L44" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>12570</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>548692</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>36937</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>21570</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>596448</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>36937</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
@@ -4641,51 +4642,51 @@
       <x:c r="M46" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>21570</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>501478</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>36937</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="E47" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
@@ -4695,54 +4696,54 @@
       <x:c r="L47" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>21570</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>604287</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>36937</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
@@ -4754,54 +4755,54 @@
       <x:c r="L48" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>21570</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>611635</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>36937</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="E49" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
@@ -4814,51 +4815,51 @@
       <x:c r="M49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>21570</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>550310</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>35368</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
@@ -4868,51 +4869,51 @@
       <x:c r="L50" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>596697</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>35370</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
@@ -4982,51 +4983,51 @@
       <x:c r="L52" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>11502</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>596699</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>35370</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
@@ -5036,51 +5037,51 @@
       <x:c r="L53" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>11502</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>596698</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>35370</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s">
         <x:v>156</x:v>
@@ -5100,51 +5101,51 @@
       <x:c r="M54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>11502</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>556142</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>35370</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="E55" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
@@ -5157,51 +5158,51 @@
       <x:c r="L55" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>11502</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>602526</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>35406</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="I56" s="16" t="s">
@@ -5270,51 +5271,51 @@
       <x:c r="L57" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>12587</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>596713</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>35406</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s">
         <x:v>156</x:v>
@@ -5328,57 +5329,57 @@
       <x:c r="K58" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>12587</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>554940</x:v>
+        <x:v>603844</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>35406</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="E59" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
@@ -5388,57 +5389,57 @@
       <x:c r="K59" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>12587</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>603844</x:v>
+        <x:v>554940</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C60" s="15" t="s"/>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>25</x:v>
@@ -5759,774 +5760,774 @@
         <x:v>24</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s"/>
       <x:c r="K66" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>610776</x:v>
+        <x:v>610765</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="U66" s="16" t="s">
         <x:v>268</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s"/>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>591671</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="U67" s="4" t="s">
         <x:v>270</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C68" s="15" t="s"/>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s"/>
       <x:c r="K68" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>591686</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="U68" s="16" t="s">
         <x:v>272</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C69" s="3" t="s"/>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>610760</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="U69" s="4" t="s">
         <x:v>274</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C70" s="15" t="s"/>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s"/>
       <x:c r="K70" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>610761</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
+        <x:v>275</x:v>
+      </x:c>
+      <x:c r="U70" s="16" t="s">
         <x:v>276</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s"/>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>610762</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="U71" s="4" t="s">
         <x:v>278</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C72" s="15" t="s"/>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s"/>
       <x:c r="K72" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>610765</x:v>
+        <x:v>610771</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>280</x:v>
+        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s"/>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>610771</x:v>
+        <x:v>610772</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C74" s="15" t="s"/>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s"/>
       <x:c r="K74" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>610772</x:v>
+        <x:v>610763</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C75" s="3" t="s"/>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>610763</x:v>
+        <x:v>610764</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="U75" s="4" t="s">
         <x:v>284</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C76" s="15" t="s"/>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s"/>
       <x:c r="K76" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>610764</x:v>
+        <x:v>610774</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>286</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C77" s="3" t="s"/>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>610774</x:v>
+        <x:v>591678</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C78" s="15" t="s"/>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s"/>
       <x:c r="K78" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>591678</x:v>
+        <x:v>591680</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
-        <x:v>287</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s"/>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>591680</x:v>
+        <x:v>610776</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>272</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>273</x:v>
+        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C80" s="15" t="s"/>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s"/>
       <x:c r="K80" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>610757</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>286</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s"/>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>27</x:v>
@@ -6584,51 +6585,51 @@
       <x:c r="M82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>610767</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>274</x:v>
+        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s"/>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>27</x:v>
@@ -6686,100 +6687,100 @@
       <x:c r="M84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>610770</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C85" s="3" t="s"/>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>610773</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C86" s="15" t="s"/>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s"/>
       <x:c r="K86" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
@@ -6834,462 +6835,462 @@
       <x:c r="L87" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>591685</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C88" s="15" t="s"/>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s"/>
       <x:c r="K88" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>591689</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="U88" s="16" t="s">
         <x:v>272</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C89" s="3" t="s"/>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>610759</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>280</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C90" s="15" t="s"/>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s"/>
       <x:c r="K90" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="S90" s="14" t="n">
+        <x:v>591672</x:v>
+      </x:c>
+      <x:c r="T90" s="16" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="U90" s="16" t="s">
         <x:v>295</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C91" s="3" t="s"/>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>610766</x:v>
+        <x:v>610775</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C92" s="15" t="s"/>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s"/>
       <x:c r="K92" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>610769</x:v>
+        <x:v>610756</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>298</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C93" s="3" t="s"/>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>591672</x:v>
+        <x:v>610766</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C94" s="15" t="s"/>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s"/>
       <x:c r="K94" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>591687</x:v>
+        <x:v>610769</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>293</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>294</x:v>
+        <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C95" s="3" t="s"/>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>610775</x:v>
+        <x:v>591687</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>300</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>301</x:v>
+        <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="C96" s="15" t="s"/>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s"/>
       <x:c r="K96" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
@@ -7329,119 +7330,119 @@
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C97" s="3" t="s"/>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>596630</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="C98" s="15" t="s"/>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s"/>
       <x:c r="K98" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>33029</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>591640</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>272</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="C99" s="3" t="s"/>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>119</x:v>
@@ -8007,114 +8008,114 @@
       <x:c r="I110" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>11554</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="R110" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
-      <x:c r="R110" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>591907</x:v>
+        <x:v>591906</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>38701</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>11554</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>591906</x:v>
+        <x:v>591909</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>38701</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
@@ -8124,54 +8125,54 @@
       <x:c r="K112" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>11554</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>591909</x:v>
+        <x:v>591907</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>38701</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
@@ -8181,51 +8182,51 @@
       <x:c r="L113" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>11554</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>591905</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>38701</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
         <x:v>335</x:v>
       </x:c>
@@ -8238,51 +8239,51 @@
       <x:c r="L114" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>11554</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>591908</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>38701</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
@@ -8292,51 +8293,51 @@
       <x:c r="L115" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>11554</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>591904</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>38701</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="I116" s="16" t="s">
@@ -8512,228 +8513,228 @@
       <x:c r="I119" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>592017</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>38978</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
-        <x:v>334</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
-        <x:v>335</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
-        <x:v>334</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
-        <x:v>335</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
-        <x:v>336</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>592015</x:v>
+        <x:v>592019</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>38978</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>592019</x:v>
+        <x:v>592015</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>38978</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
-        <x:v>331</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>592020</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>38978</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
@@ -8743,51 +8744,51 @@
       <x:c r="L123" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>592018</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>38978</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="I124" s="16" t="s">
@@ -9032,105 +9033,105 @@
       <x:c r="L128" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>592021</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>38979</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>592022</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>38979</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
@@ -9143,51 +9144,51 @@
       <x:c r="L130" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>592023</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>38979</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
@@ -9364,60 +9365,60 @@
       <x:c r="I134" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
-        <x:v>332</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
-        <x:v>333</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
         <x:v>592167</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
@@ -9427,330 +9428,330 @@
       <x:c r="L135" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>592168</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
-        <x:v>330</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>592169</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>592166</x:v>
+        <x:v>592171</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
-        <x:v>354</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>598013</x:v>
+        <x:v>592166</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
-        <x:v>355</x:v>
+        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>353</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>592170</x:v>
+        <x:v>598013</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
-        <x:v>331</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>592171</x:v>
+        <x:v>592170</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
@@ -9760,51 +9761,51 @@
       <x:c r="L141" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>592346</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
@@ -9817,216 +9818,216 @@
       <x:c r="L142" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>592348</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
         <x:v>592349</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
-        <x:v>330</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>592347</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
         <x:v>592350</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="I146" s="16" t="s">
@@ -10621,51 +10622,51 @@
       <x:c r="L156" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
         <x:v>587481</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
@@ -11083,105 +11084,105 @@
       <x:c r="L164" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
         <x:v>606181</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>40411</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>11502</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
-        <x:v>330</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>592531</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>40411</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
         <x:v>335</x:v>
       </x:c>
@@ -11194,54 +11195,54 @@
       <x:c r="L166" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>11502</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
         <x:v>592532</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>40411</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="H167" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
@@ -11373,51 +11374,51 @@
       <x:c r="M169" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>11534</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>558146</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>40343</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="I170" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
@@ -11483,54 +11484,54 @@
       <x:c r="L171" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>24121</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
         <x:v>592391</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>40109</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="I172" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
@@ -11596,54 +11597,54 @@
       <x:c r="L173" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>31023</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
         <x:v>592791</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>40807</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="I174" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
@@ -11697,51 +11698,51 @@
       <x:c r="G175" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="H175" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>576124</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
@@ -11756,51 +11757,51 @@
       <x:c r="G176" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="I176" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>576127</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
@@ -11813,51 +11814,51 @@
       <x:c r="G177" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="H177" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
         <x:v>576129</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
@@ -11881,51 +11882,51 @@
       <x:c r="L178" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>613565</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C179" s="3" t="s"/>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>26</x:v>
@@ -11983,51 +11984,51 @@
       <x:c r="L180" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
         <x:v>613570</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C181" s="3" t="s"/>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>26</x:v>
@@ -12440,51 +12441,51 @@
       <x:c r="L189" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
         <x:v>613571</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
-        <x:v>269</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C190" s="15" t="s"/>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s"/>
       <x:c r="I190" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s"/>
       <x:c r="K190" s="14" t="s">
@@ -12606,247 +12607,247 @@
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
         <x:v>613582</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
         <x:v>430</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="C193" s="3" t="s"/>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="G193" s="0" t="s">
-        <x:v>421</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
-        <x:v>422</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
-        <x:v>421</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
-        <x:v>422</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
-        <x:v>423</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
-        <x:v>610897</x:v>
+        <x:v>613567</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>431</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C194" s="15" t="s"/>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s"/>
       <x:c r="I194" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s"/>
       <x:c r="K194" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
-        <x:v>613567</x:v>
+        <x:v>613572</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
-        <x:v>278</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
-        <x:v>431</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C195" s="3" t="s"/>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
-        <x:v>613572</x:v>
+        <x:v>613574</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
-        <x:v>297</x:v>
+        <x:v>433</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
-        <x:v>408</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="C196" s="15" t="s"/>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
-        <x:v>409</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s"/>
       <x:c r="I196" s="16" t="s">
-        <x:v>410</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s"/>
       <x:c r="K196" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
-        <x:v>409</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
-        <x:v>410</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
-        <x:v>411</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
-        <x:v>613574</x:v>
+        <x:v>610897</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
-        <x:v>432</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
-        <x:v>433</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C197" s="3" t="s"/>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="G197" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>27</x:v>
@@ -13003,54 +13004,54 @@
       <x:c r="L200" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>610896</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
-        <x:v>301</x:v>
+        <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="C201" s="3" t="s"/>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>26</x:v>
@@ -13210,919 +13211,919 @@
       <x:c r="L204" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
         <x:v>610788</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="C205" s="3" t="s"/>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="G205" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
         <x:v>610798</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="C206" s="15" t="s"/>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s"/>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s"/>
       <x:c r="I206" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s"/>
       <x:c r="K206" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
-        <x:v>610779</x:v>
+        <x:v>610777</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
-        <x:v>440</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
-        <x:v>440</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="C207" s="3" t="s"/>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="G207" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
-        <x:v>610784</x:v>
+        <x:v>610794</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
-        <x:v>441</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
-        <x:v>441</x:v>
+        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="C208" s="15" t="s"/>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s"/>
       <x:c r="I208" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s"/>
       <x:c r="K208" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
-        <x:v>610789</x:v>
+        <x:v>610779</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>441</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="C209" s="3" t="s"/>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
-        <x:v>610791</x:v>
+        <x:v>610784</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>442</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="C210" s="15" t="s"/>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s"/>
       <x:c r="I210" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s"/>
       <x:c r="K210" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
-        <x:v>610792</x:v>
+        <x:v>610789</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
-        <x:v>442</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
-        <x:v>442</x:v>
+        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="C211" s="3" t="s"/>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="G211" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
-        <x:v>610793</x:v>
+        <x:v>610791</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="C212" s="15" t="s"/>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s"/>
       <x:c r="I212" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s"/>
       <x:c r="K212" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
-        <x:v>591696</x:v>
+        <x:v>610792</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="C213" s="3" t="s"/>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
-        <x:v>591697</x:v>
+        <x:v>610793</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="C214" s="15" t="s"/>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s"/>
       <x:c r="I214" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s"/>
       <x:c r="K214" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
-        <x:v>591706</x:v>
+        <x:v>591696</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
-        <x:v>445</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
-        <x:v>445</x:v>
+        <x:v>444</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="C215" s="3" t="s"/>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="G215" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
-        <x:v>591709</x:v>
+        <x:v>591697</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
-        <x:v>446</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
-        <x:v>446</x:v>
+        <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="C216" s="15" t="s"/>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s"/>
       <x:c r="I216" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s"/>
       <x:c r="K216" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
-        <x:v>591713</x:v>
+        <x:v>591706</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
-        <x:v>445</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
-        <x:v>445</x:v>
+        <x:v>446</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="C217" s="3" t="s"/>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
-        <x:v>591715</x:v>
+        <x:v>591709</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>447</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="C218" s="15" t="s"/>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s"/>
       <x:c r="K218" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
-        <x:v>591716</x:v>
+        <x:v>591713</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
-        <x:v>270</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
-        <x:v>270</x:v>
+        <x:v>446</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="C219" s="3" t="s"/>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
-        <x:v>591707</x:v>
+        <x:v>591715</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="C220" s="15" t="s"/>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s"/>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s"/>
       <x:c r="I220" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s"/>
       <x:c r="K220" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
-        <x:v>610777</x:v>
+        <x:v>591716</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
-        <x:v>277</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
-        <x:v>277</x:v>
+        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="C221" s="3" t="s"/>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="G221" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
-        <x:v>610794</x:v>
+        <x:v>591707</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
-        <x:v>447</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
-        <x:v>447</x:v>
+        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="C222" s="15" t="s"/>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s"/>
       <x:c r="I222" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s"/>
       <x:c r="K222" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
@@ -14224,814 +14225,813 @@
         <x:v>24</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s"/>
       <x:c r="K224" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
-        <x:v>610790</x:v>
+        <x:v>610778</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
-        <x:v>251</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
-        <x:v>251</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="C225" s="3" t="s"/>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
-        <x:v>610795</x:v>
+        <x:v>610780</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="C226" s="15" t="s"/>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s"/>
       <x:c r="I226" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s"/>
       <x:c r="K226" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
-        <x:v>610796</x:v>
+        <x:v>610781</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
-        <x:v>448</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
-        <x:v>448</x:v>
+        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="C227" s="3" t="s"/>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
-        <x:v>610778</x:v>
+        <x:v>610787</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
-        <x:v>286</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
-        <x:v>286</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="C228" s="15" t="s"/>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s"/>
       <x:c r="I228" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s"/>
       <x:c r="K228" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
-        <x:v>610780</x:v>
+        <x:v>610797</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
-        <x:v>301</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
-        <x:v>301</x:v>
+        <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="C229" s="3" t="s"/>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
-        <x:v>610781</x:v>
+        <x:v>610782</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="C230" s="15" t="s"/>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s"/>
       <x:c r="K230" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
-        <x:v>610787</x:v>
+        <x:v>610785</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="C231" s="3" t="s"/>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
-        <x:v>610797</x:v>
+        <x:v>610786</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="C232" s="15" t="s"/>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s"/>
       <x:c r="I232" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s"/>
       <x:c r="K232" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
-        <x:v>610782</x:v>
+        <x:v>610799</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="C233" s="3" t="s"/>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
-        <x:v>610785</x:v>
+        <x:v>610790</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="C234" s="15" t="s"/>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s"/>
       <x:c r="I234" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s"/>
       <x:c r="K234" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
-        <x:v>610786</x:v>
+        <x:v>610795</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
-        <x:v>300</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
-        <x:v>300</x:v>
+        <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="C235" s="3" t="s"/>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
-        <x:v>610799</x:v>
+        <x:v>610796</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
-        <x:v>297</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
-        <x:v>297</x:v>
+        <x:v>448</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="C236" s="15" t="s"/>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s"/>
       <x:c r="I236" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s"/>
       <x:c r="K236" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
         <x:v>608268</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="C237" s="3" t="s"/>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="G237" s="0" t="s">
-        <x:v>452</x:v>
-[...2 lines deleted...]
-        <x:v>453</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
-        <x:v>454</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
-        <x:v>452</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
-        <x:v>454</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
-        <x:v>616864</x:v>
+        <x:v>608269</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
-        <x:v>269</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
-        <x:v>455</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="C238" s="15" t="s"/>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
-        <x:v>450</x:v>
-[...1 lines deleted...]
-      <x:c r="H238" s="14" t="s"/>
+        <x:v>452</x:v>
+      </x:c>
+      <x:c r="H238" s="14" t="s">
+        <x:v>453</x:v>
+      </x:c>
       <x:c r="I238" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s"/>
       <x:c r="K238" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
-        <x:v>450</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
-        <x:v>608269</x:v>
+        <x:v>616864</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
-        <x:v>451</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>455</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="C239" s="3" t="s"/>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="G239" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
         <x:v>608270</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="C240" s="15" t="s"/>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s"/>
       <x:c r="F240" s="14" t="s"/>
@@ -15045,741 +15045,741 @@
         <x:v>454</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s"/>
       <x:c r="K240" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
         <x:v>616846</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
-        <x:v>445</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
         <x:v>457</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="C241" s="3" t="s"/>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="G241" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
         <x:v>608271</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
         <x:v>35214</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s"/>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s"/>
       <x:c r="I242" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="K242" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
         <x:v>540596</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
         <x:v>417</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
         <x:v>35214</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="G243" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
         <x:v>609315</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="C244" s="15" t="n">
         <x:v>35214</x:v>
       </x:c>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s"/>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s"/>
       <x:c r="I244" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="K244" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
         <x:v>599036</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
         <x:v>464</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="C245" s="3" t="n">
         <x:v>35214</x:v>
       </x:c>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="E245" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G245" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
         <x:v>546766</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
         <x:v>467</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="C246" s="15" t="n">
         <x:v>35214</x:v>
       </x:c>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s"/>
       <x:c r="I246" s="16" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="K246" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
         <x:v>603084</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
         <x:v>464</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
         <x:v>35214</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="E247" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
-        <x:v>509526</x:v>
+        <x:v>546767</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
-        <x:v>471</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="C248" s="15" t="n">
         <x:v>35214</x:v>
       </x:c>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s"/>
       <x:c r="I248" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="K248" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
-        <x:v>546767</x:v>
+        <x:v>603085</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
-        <x:v>463</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>471</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="C249" s="3" t="n">
         <x:v>35214</x:v>
       </x:c>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="E249" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G249" s="0" t="s">
-        <x:v>468</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
-        <x:v>469</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
-        <x:v>468</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
-        <x:v>603085</x:v>
+        <x:v>509533</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
-        <x:v>467</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
-        <x:v>472</x:v>
+        <x:v>474</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="C250" s="15" t="n">
         <x:v>35214</x:v>
       </x:c>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
-        <x:v>473</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s"/>
       <x:c r="I250" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="K250" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
-        <x:v>474</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
-        <x:v>509533</x:v>
+        <x:v>569652</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
-        <x:v>471</x:v>
+        <x:v>467</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="C251" s="3" t="n">
         <x:v>35214</x:v>
       </x:c>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="E251" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G251" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="J251" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
-        <x:v>569652</x:v>
+        <x:v>569653</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
-        <x:v>466</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
-        <x:v>467</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="C252" s="15" t="n">
         <x:v>35214</x:v>
       </x:c>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
-        <x:v>468</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s"/>
       <x:c r="I252" s="16" t="s">
-        <x:v>469</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="K252" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
-        <x:v>468</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
-        <x:v>469</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
-        <x:v>458</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
-        <x:v>569653</x:v>
+        <x:v>509526</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
-        <x:v>463</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>474</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="C253" s="3" t="n">
         <x:v>39265</x:v>
       </x:c>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="G253" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="H253" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
@@ -15842,54 +15842,54 @@
       <x:c r="L254" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
         <x:v>24147</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
         <x:v>597475</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="C255" s="3" t="s"/>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="G255" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>27</x:v>
@@ -15947,51 +15947,51 @@
       <x:c r="M256" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
         <x:v>33029</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
         <x:v>610717</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="C257" s="3" t="s"/>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="G257" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>27</x:v>
@@ -16048,54 +16048,54 @@
       <x:c r="L258" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>42890</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
         <x:v>615411</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
-        <x:v>268</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
-        <x:v>269</x:v>
+        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="C259" s="3" t="s"/>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="G259" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="H259" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>26</x:v>
@@ -16471,54 +16471,54 @@
       <x:c r="L266" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
         <x:v>42866</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
         <x:v>617045</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
         <x:v>37003</x:v>
       </x:c>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="E267" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G267" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="H267" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
@@ -16595,51 +16595,51 @@
       <x:c r="M268" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
         <x:v>24121</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
         <x:v>556027</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>