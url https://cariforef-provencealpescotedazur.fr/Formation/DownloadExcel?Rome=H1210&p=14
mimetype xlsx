--- v0 (2026-02-19)
+++ v1 (2026-02-19)
@@ -356,83 +356,83 @@
   <x:si>
     <x:t>83510</x:t>
   </x:si>
   <x:si>
     <x:t>LORGUES</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Paul Langevin</x:t>
   </x:si>
   <x:si>
     <x:t>13691</x:t>
   </x:si>
   <x:si>
     <x:t>MARTIGUES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS conception et réalisation de systèmes automatiques (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>Api 84 - Cfai 84 - Nextech</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84918</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/26/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Chambre de Commerce et d'Industrie de Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>CCIV</x:t>
   </x:si>
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie de Vaucluse - Antenne Montfavet</x:t>
   </x:si>
   <x:si>
     <x:t>84140</x:t>
   </x:si>
   <x:si>
     <x:t>MONTFAVET</x:t>
   </x:si>
   <x:si>
-    <x:t>Api 84 - Cfai 84 - Nextech</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>CFA Régional CFAI Provence</x:t>
   </x:si>
   <x:si>
     <x:t>CFAI PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>13800</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Polyvalent Les Iscles</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Académie Vaucluse Provence Industries - Antenne Avignon</x:t>
   </x:si>
   <x:si>
     <x:t>BTS métiers de la chimie</x:t>
   </x:si>
   <x:si>
     <x:t>Analyse chimique</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée J Perrin</x:t>
@@ -875,102 +875,102 @@
   <x:si>
     <x:t>13600</x:t>
   </x:si>
   <x:si>
     <x:t>LA CIOTAT</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Costebelle</x:t>
   </x:si>
   <x:si>
     <x:t>83408</x:t>
   </x:si>
   <x:si>
     <x:t>HYERES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>LPO M Gasquet</x:t>
   </x:si>
   <x:si>
     <x:t>13012</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-12e</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée Jean Moulin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DRAGUIGNAN</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée A Calmette</x:t>
   </x:si>
   <x:si>
     <x:t>06050</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 1</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée de Vaison-la-Romaine</x:t>
   </x:si>
   <x:si>
     <x:t>84110</x:t>
   </x:si>
   <x:si>
     <x:t>VAISON LA ROMAINE</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Rouvière Suzanne Lefort-Rouquette</x:t>
   </x:si>
   <x:si>
     <x:t>83070</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Rouvière</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Notre-Dame</x:t>
   </x:si>
   <x:si>
     <x:t>83055</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée P G de Gennes</x:t>
   </x:si>
   <x:si>
     <x:t>04990</x:t>
   </x:si>
   <x:si>
     <x:t>DIGNE LES BAINS CEDEX 9</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>DRAGUIGNAN</x:t>
   </x:si>
   <x:si>
     <x:t>créateur - manager en parfumerie et cosmétique</x:t>
   </x:si>
   <x:si>
     <x:t>École supérieure du parfum et de la cosmétique</x:t>
   </x:si>
   <x:si>
     <x:t>06130</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 5 et plus</x:t>
   </x:si>
   <x:si>
     <x:t>Cosmétique</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole supérieure du parfum et de la cosmétique</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2031 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur diplômé de l'école polytechnique universitaire de l'université d'Aix-Marseille spécialité génie biologique</x:t>
   </x:si>
@@ -3042,210 +3042,209 @@
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>37115</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="E21" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
-      <x:c r="H21" s="0" t="s">
+      <x:c r="I21" s="4" t="s">
         <x:v>96</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>97</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="Q21" s="4" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="R21" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="S21" s="0" t="n">
+        <x:v>514128</x:v>
+      </x:c>
+      <x:c r="T21" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="Q21" s="4" t="s">
+      <x:c r="U21" s="4" t="s">
         <x:v>99</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>37115</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="H22" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>514128</x:v>
+        <x:v>602807</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>37115</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="E23" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>602807</x:v>
+        <x:v>500987</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>37115</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I24" s="16" t="s">
         <x:v>108</x:v>
@@ -3256,117 +3255,117 @@
       <x:c r="K24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>500987</x:v>
+        <x:v>605688</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>37115</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="E25" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>605688</x:v>
+        <x:v>558858</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>37115</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
@@ -3576,84 +3575,84 @@
         <x:v>550241</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>37115</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I30" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>602805</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>38382</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -4821,113 +4820,113 @@
       <x:c r="I51" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>12003</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="R51" s="0" t="s">
         <x:v>97</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>103</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>549869</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>36772</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>12003</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="R52" s="14" t="s">
         <x:v>97</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>103</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>550309</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>36772</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="E53" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -4940,54 +4939,54 @@
       <x:c r="I53" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>12003</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="R53" s="0" t="s">
         <x:v>97</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>103</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>605835</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>36772</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -5001,170 +5000,170 @@
       <x:c r="I54" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>12003</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="R54" s="14" t="s">
         <x:v>97</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>103</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>496452</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>36772</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="E55" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>12003</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="R55" s="0" t="s">
         <x:v>97</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>103</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>604286</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>36772</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>12003</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="R56" s="14" t="s">
         <x:v>97</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>103</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>501477</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>36937</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
@@ -5206,78 +5205,78 @@
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>36937</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>21570</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="R58" s="14" t="s">
         <x:v>97</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>103</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>501478</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>36937</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="E59" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -5322,135 +5321,135 @@
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>36937</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>21570</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="R60" s="14" t="s">
         <x:v>97</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>103</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>550310</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>36937</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="E61" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>21570</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="R61" s="0" t="s">
         <x:v>97</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>103</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>604287</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>35494</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
@@ -7386,127 +7385,127 @@
       <x:c r="H95" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>603399</x:v>
+        <x:v>556130</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>35407</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="I96" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
-        <x:v>204</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>556130</x:v>
+        <x:v>603399</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>35480</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
@@ -8777,51 +8776,51 @@
       <x:c r="K121" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>591937</x:v>
+        <x:v>591946</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C122" s="15" t="s"/>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
         <x:v>272</x:v>
@@ -8830,304 +8829,304 @@
       <x:c r="K122" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>591938</x:v>
+        <x:v>591937</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C123" s="3" t="s"/>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>591941</x:v>
+        <x:v>591938</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C124" s="15" t="s"/>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s"/>
       <x:c r="K124" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
-        <x:v>591952</x:v>
+        <x:v>591941</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C125" s="3" t="s"/>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
-        <x:v>591955</x:v>
+        <x:v>591952</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C126" s="15" t="s"/>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
-        <x:v>279</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s"/>
       <x:c r="K126" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="Q126" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
-      <x:c r="Q126" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R126" s="14" t="s">
-        <x:v>277</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>591948</x:v>
+        <x:v>591955</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C127" s="3" t="s"/>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
-        <x:v>281</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
+        <x:v>281</x:v>
+      </x:c>
+      <x:c r="Q127" s="4" t="s">
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="R127" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
-      <x:c r="Q127" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>591951</x:v>
+        <x:v>591948</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C128" s="15" t="s"/>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
         <x:v>284</x:v>
@@ -9136,51 +9135,51 @@
       <x:c r="K128" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>591946</x:v>
+        <x:v>591951</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>37850</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
@@ -11872,78 +11871,78 @@
       <x:c r="S176" s="14" t="n">
         <x:v>592282</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="R177" s="0" t="s">
         <x:v>97</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>103</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
         <x:v>598013</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
@@ -15149,57 +15148,57 @@
       <x:c r="H234" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="I234" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="K234" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>31380</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
         <x:v>611497</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
         <x:v>407</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
         <x:v>40815</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="E235" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -15209,57 +15208,57 @@
       <x:c r="H235" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>31380</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
         <x:v>611498</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
         <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
         <x:v>40342</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">