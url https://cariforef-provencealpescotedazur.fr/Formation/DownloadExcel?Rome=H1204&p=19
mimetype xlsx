--- v0 (2025-12-16)
+++ v1 (2025-12-17)
@@ -308,83 +308,83 @@
   <x:si>
     <x:t>06633</x:t>
   </x:si>
   <x:si>
     <x:t>Bac</x:t>
   </x:si>
   <x:si>
     <x:t>Esthétique industrielle</x:t>
   </x:si>
   <x:si>
     <x:t>ANTIBES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée St-Joseph</x:t>
   </x:si>
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée polyvalent Denis Diderot</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13388</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 13</x:t>
+  </x:si>
+  <x:si>
     <x:t>LPO Célony</x:t>
   </x:si>
   <x:si>
     <x:t>13090</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée polyvalent Denis Diderot</x:t>
-[...5 lines deleted...]
-    <x:t>MARSEILLE CEDEX 13</x:t>
+    <x:t>Lycée R Goscinny</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06340</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DRAP</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée H Matisse</x:t>
   </x:si>
   <x:si>
     <x:t>06140</x:t>
   </x:si>
   <x:si>
     <x:t>VENCE</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée R Goscinny</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Lycée F Mistral</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Rouvière Suzanne Lefort-Rouquette</x:t>
   </x:si>
   <x:si>
     <x:t>83070</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Rouvière</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>bachelor créativité et design</x:t>
   </x:si>
   <x:si>
     <x:t>KEDGE BS</x:t>
   </x:si>
   <x:si>
     <x:t>13288</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 09</x:t>
@@ -566,80 +566,80 @@
   <x:si>
     <x:t>Designer - manager de projet option design de mode (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole de Condé</x:t>
   </x:si>
   <x:si>
     <x:t>75015</x:t>
   </x:si>
   <x:si>
     <x:t>Designer - manager de projet option design en recherche, innovation et développement (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Designer - manager de projet option design graphique (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Designer - manager de projet option design produit et mobilier (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Designer - manager de projet option design produit, mobilier (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Designer en architecture d'intérieur</x:t>
   </x:si>
   <x:si>
+    <x:t>Me Learning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi moins de 26 ans , Jeune 16-25 ans , Public de la formation initiale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MOUGINS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/23/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>RC Forma</x:t>
   </x:si>
   <x:si>
-    <x:t>06250</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Jeune 16-25 ans</x:t>
   </x:si>
   <x:si>
-    <x:t>MOUGINS</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Me Learning</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>07/09/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Designer en architecture d'intérieur blocs de compétences BC01 - BC02</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale , Public en emploi , Public sans emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>designer produits, services et innovation</x:t>
@@ -689,59 +689,59 @@
   <x:si>
     <x:t>ESADTPM</x:t>
   </x:si>
   <x:si>
     <x:t>École supérieure d'art d'Aix-en-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole supérieure d'art d'Aix-en-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme national supérieur d'expression plastique option design</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme supérieur des arts appliqués</x:t>
   </x:si>
   <x:si>
     <x:t>Dessin mode</x:t>
   </x:si>
   <x:si>
     <x:t>directeur artistique produit</x:t>
   </x:si>
   <x:si>
     <x:t>DN MADE mention espace</x:t>
   </x:si>
   <x:si>
+    <x:t>Architecture</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée La Tourrache</x:t>
   </x:si>
   <x:si>
     <x:t>83078</x:t>
   </x:si>
   <x:si>
-    <x:t>Architecture</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>TOULON CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>DN MADE mention événement</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée M Curie</x:t>
   </x:si>
   <x:si>
     <x:t>13392</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 05</x:t>
   </x:si>
   <x:si>
     <x:t>DN MADE mention graphisme</x:t>
   </x:si>
   <x:si>
     <x:t>Création graphique</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée St-Joseph les Maristes</x:t>
   </x:si>
   <x:si>
     <x:t>DN MADE mention objet</x:t>
@@ -755,63 +755,63 @@
   <x:si>
     <x:t>MARSEILLE CEDEX 10</x:t>
   </x:si>
   <x:si>
     <x:t>DNA option art</x:t>
   </x:si>
   <x:si>
     <x:t>DNA option design</x:t>
   </x:si>
   <x:si>
     <x:t>Draftsight 2D initiation</x:t>
   </x:si>
   <x:si>
     <x:t>Logiciel Draftsight</x:t>
   </x:si>
   <x:si>
     <x:t>Draftsight 2D perfectionnement</x:t>
   </x:si>
   <x:si>
     <x:t>Draftsight 3D initiation</x:t>
   </x:si>
   <x:si>
     <x:t>Fusion 360 - Initiation</x:t>
   </x:si>
   <x:si>
+    <x:t>Clic et Bât - Cf2i</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33700</x:t>
+  </x:si>
+  <x:si>
     <x:t>Vivaneo</x:t>
   </x:si>
   <x:si>
     <x:t>VALBONNE</x:t>
   </x:si>
   <x:si>
     <x:t>12/30/2024 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>33700</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 1er</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>Inventor - Initiation</x:t>
   </x:si>
   <x:si>
     <x:t>Mécanique construction réparation</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Inventor - Perfectionnement</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention ergonomie</x:t>
   </x:si>
   <x:si>
     <x:t>Conservatoire National des Arts et des Métiers Paca</x:t>
   </x:si>
@@ -2375,177 +2375,177 @@
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s"/>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>71111</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>501666</x:v>
+        <x:v>501665</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C20" s="15" t="s"/>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s"/>
       <x:c r="K20" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>71111</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>505736</x:v>
+        <x:v>501666</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s"/>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>71111</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>501665</x:v>
+        <x:v>505736</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C22" s="15" t="s"/>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s"/>
       <x:c r="K22" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
@@ -2741,127 +2741,127 @@
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C26" s="15" t="s"/>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I26" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s"/>
       <x:c r="K26" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>71111</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>532637</x:v>
+        <x:v>534027</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s"/>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>71111</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>534027</x:v>
+        <x:v>532637</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C28" s="15" t="s"/>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s"/>
       <x:c r="K28" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
@@ -3072,106 +3072,106 @@
       <x:c r="J32" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>45006</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>594111</x:v>
+        <x:v>594110</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s"/>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>45006</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>594110</x:v>
+        <x:v>594111</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C34" s="15" t="s"/>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>85</x:v>
@@ -3182,51 +3182,51 @@
       <x:c r="K34" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>45006</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>594112</x:v>
+        <x:v>594113</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s"/>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>72</x:v>
@@ -3234,51 +3234,51 @@
       <x:c r="K35" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>45006</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>594113</x:v>
+        <x:v>594112</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C36" s="15" t="s"/>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
         <x:v>77</x:v>
@@ -3539,51 +3539,51 @@
       <x:c r="G41" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>45006</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>594649</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C42" s="15" t="s"/>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
@@ -3847,130 +3847,130 @@
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C47" s="3" t="s"/>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>70401</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>534137</x:v>
+        <x:v>534129</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C48" s="15" t="s"/>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I48" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s"/>
       <x:c r="K48" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>70401</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>534129</x:v>
+        <x:v>534137</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s"/>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>26</x:v>
@@ -4116,121 +4116,121 @@
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C52" s="15" t="s"/>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I52" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s"/>
       <x:c r="K52" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>70401</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>534112</x:v>
+        <x:v>534109</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s"/>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>70401</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>534109</x:v>
+        <x:v>534112</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C54" s="15" t="s"/>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
@@ -4437,176 +4437,176 @@
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C58" s="15" t="s"/>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I58" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s"/>
       <x:c r="K58" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>70401</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>534128</x:v>
+        <x:v>534124</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s"/>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>70401</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>534124</x:v>
+        <x:v>534125</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C60" s="15" t="s"/>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I60" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s"/>
       <x:c r="K60" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>70401</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>534125</x:v>
+        <x:v>534128</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C61" s="3" t="s"/>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>61</x:v>
@@ -4865,127 +4865,127 @@
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C66" s="15" t="s"/>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I66" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s"/>
       <x:c r="K66" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>70401</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>534169</x:v>
+        <x:v>534171</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s"/>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>70401</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>534171</x:v>
+        <x:v>534169</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C68" s="15" t="s"/>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I68" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s"/>
       <x:c r="K68" s="14" t="s">
         <x:v>25</x:v>
@@ -5542,131 +5542,131 @@
         <x:v>92</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>594114</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s"/>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>45006</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>594116</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C80" s="15" t="s"/>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s"/>
       <x:c r="K80" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>45006</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="Q80" s="16" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="R80" s="14" t="s">
         <x:v>81</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>83</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>594115</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s"/>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>77</x:v>
@@ -5695,185 +5695,185 @@
       <x:c r="R81" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>594120</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C82" s="15" t="s"/>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s"/>
       <x:c r="K82" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>45006</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>594118</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s"/>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>45006</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>594117</x:v>
+        <x:v>594121</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C84" s="15" t="s"/>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s"/>
       <x:c r="K84" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>45006</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>594121</x:v>
+        <x:v>594117</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C85" s="3" t="s"/>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>48</x:v>
@@ -5933,51 +5933,51 @@
       <x:c r="I86" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>45027</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>526921</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>34364</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
@@ -6442,51 +6442,51 @@
       <x:c r="K95" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>45015</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>599455</x:v>
+        <x:v>533833</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>38012</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
@@ -6499,264 +6499,264 @@
       <x:c r="K96" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>45015</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>533833</x:v>
+        <x:v>599455</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>38012</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>45015</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>547412</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>38012</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>45015</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>587441</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>38012</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>45015</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>587444</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>38012</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>45015</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>587446</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
@@ -7242,82 +7242,82 @@
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>595535</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>41145</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>21798</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="Q110" s="16" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="R110" s="14" t="s">
         <x:v>81</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>83</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>592520</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C111" s="3" t="s"/>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>42</x:v>
@@ -7372,321 +7372,321 @@
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s"/>
       <x:c r="K112" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>45006</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>592553</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>36941</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>22223</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>595571</x:v>
+        <x:v>595570</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>36941</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>22223</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="P114" s="14" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="Q114" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
-      <x:c r="P114" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="R114" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>595570</x:v>
+        <x:v>595571</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>36941</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>22223</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="P115" s="0" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="Q115" s="4" t="s">
         <x:v>208</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>207</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>595572</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>36941</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>22223</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="Q116" s="16" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="R116" s="14" t="s">
         <x:v>81</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>83</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>595569</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>36941</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>22223</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>595568</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
@@ -7732,585 +7732,585 @@
       <x:c r="R118" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>595929</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>36943</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>595591</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>36943</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>595593</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>36943</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>595592</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>36943</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="Q122" s="16" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="R122" s="14" t="s">
         <x:v>81</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>83</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>595590</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>36943</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>595589</x:v>
+        <x:v>595594</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>36943</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
-        <x:v>595594</x:v>
+        <x:v>595589</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>36950</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>45027</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
-        <x:v>595601</x:v>
+        <x:v>595600</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>36950</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>45027</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>595600</x:v>
+        <x:v>595601</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>36950</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>45027</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>595598</x:v>
+        <x:v>595599</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>36950</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>45027</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>595599</x:v>
+        <x:v>595598</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>36950</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
@@ -8853,124 +8853,124 @@
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C139" s="3" t="s"/>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H139" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>71115</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>533259</x:v>
+        <x:v>533253</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C140" s="15" t="s"/>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I140" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s"/>
       <x:c r="K140" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>71115</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>533253</x:v>
+        <x:v>533259</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C141" s="3" t="s"/>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>61</x:v>
@@ -9376,292 +9376,292 @@
         <x:v>62</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>533368</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C149" s="3" t="s"/>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>71110</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
-        <x:v>557222</x:v>
+        <x:v>521179</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C150" s="15" t="s"/>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I150" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s"/>
       <x:c r="K150" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>71110</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
-        <x:v>533102</x:v>
+        <x:v>533112</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C151" s="3" t="s"/>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
-        <x:v>59</x:v>
-[...2 lines deleted...]
-        <x:v>60</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>71110</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
-        <x:v>533111</x:v>
+        <x:v>557222</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C152" s="15" t="s"/>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I152" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s"/>
       <x:c r="K152" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>71110</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
-        <x:v>533112</x:v>
+        <x:v>533102</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C153" s="3" t="s"/>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="G153" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="H153" s="0" t="s">
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>71110</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
-        <x:v>521179</x:v>
+        <x:v>533111</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C154" s="15" t="s"/>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I154" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
@@ -9688,389 +9688,388 @@
         <x:v>61</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>533103</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C155" s="3" t="s"/>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>71110</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>520527</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C156" s="15" t="s"/>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
-        <x:v>228</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s"/>
       <x:c r="I156" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s"/>
       <x:c r="K156" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>71110</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
-        <x:v>228</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
         <x:v>557224</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
-        <x:v>230</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="C157" s="3" t="s"/>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>31684</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
-        <x:v>533736</x:v>
+        <x:v>533731</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="C158" s="15" t="s"/>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I158" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s"/>
       <x:c r="K158" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>31684</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>533731</x:v>
+        <x:v>533732</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="C159" s="3" t="s"/>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
-        <x:v>59</x:v>
-[...2 lines deleted...]
-        <x:v>60</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
-        <x:v>31684</x:v>
+        <x:v>23654</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>533732</x:v>
+        <x:v>446591</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="C160" s="15" t="s"/>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
-        <x:v>231</x:v>
-[...1 lines deleted...]
-      <x:c r="H160" s="14" t="s"/>
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="H160" s="14" t="s">
+        <x:v>60</x:v>
+      </x:c>
       <x:c r="I160" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s"/>
       <x:c r="K160" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
-        <x:v>23654</x:v>
+        <x:v>31684</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
-        <x:v>446591</x:v>
+        <x:v>533736</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
-        <x:v>237</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="C161" s="3" t="s"/>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>23654</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
         <x:v>446582</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="C162" s="15" t="s"/>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
@@ -10484,333 +10483,333 @@
       <x:c r="R169" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>485757</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C170" s="15" t="s"/>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
-        <x:v>228</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s"/>
       <x:c r="K170" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>71110</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
-        <x:v>228</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>558353</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C171" s="3" t="s"/>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>71110</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
         <x:v>558352</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C172" s="15" t="s"/>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
-        <x:v>228</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s"/>
       <x:c r="K172" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>71110</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
-        <x:v>228</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
         <x:v>558376</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C173" s="3" t="s"/>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>71110</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
         <x:v>558383</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="C174" s="15" t="s"/>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
-        <x:v>228</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s"/>
       <x:c r="K174" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>71110</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
-        <x:v>228</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
         <x:v>558363</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="C175" s="3" t="s"/>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>71110</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>558360</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C176" s="15" t="s"/>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
@@ -11269,75 +11268,75 @@
         <x:v>61</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>533814</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C185" s="3" t="s"/>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>72502</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>587034</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="C186" s="15" t="s"/>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
@@ -11443,127 +11442,127 @@
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="C188" s="15" t="s"/>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I188" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s"/>
       <x:c r="K188" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>31684</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
-        <x:v>533778</x:v>
+        <x:v>533773</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="C189" s="3" t="s"/>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H189" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>31684</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
-        <x:v>533773</x:v>
+        <x:v>533778</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="C190" s="15" t="s"/>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I190" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s"/>
       <x:c r="K190" s="14" t="s">
         <x:v>25</x:v>
@@ -11602,124 +11601,124 @@
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="C191" s="3" t="s"/>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H191" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>31684</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
-        <x:v>533748</x:v>
+        <x:v>533753</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="C192" s="15" t="s"/>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s"/>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I192" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s"/>
       <x:c r="K192" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>31684</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
-        <x:v>533753</x:v>
+        <x:v>533748</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="C193" s="3" t="s"/>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="G193" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>61</x:v>
@@ -11748,126 +11747,126 @@
       <x:c r="R193" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
         <x:v>533756</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="C194" s="15" t="s"/>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s"/>
       <x:c r="I194" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s"/>
       <x:c r="K194" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>23654</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
         <x:v>446611</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="C195" s="3" t="s"/>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>23654</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
         <x:v>446602</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="C196" s="15" t="s"/>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
@@ -11903,182 +11902,183 @@
         <x:v>61</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>534244</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="C197" s="3" t="s"/>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="G197" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="H197" s="0" t="s">
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>71114</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
-        <x:v>558243</x:v>
+        <x:v>534245</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="C198" s="15" t="s"/>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
-        <x:v>59</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="H198" s="14" t="s"/>
       <x:c r="I198" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s"/>
       <x:c r="K198" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>71114</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
-        <x:v>534245</x:v>
+        <x:v>558243</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="C199" s="3" t="s"/>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="G199" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>71114</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
         <x:v>558242</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="C200" s="15" t="s"/>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
@@ -12165,126 +12165,126 @@
       <x:c r="R201" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
         <x:v>534243</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="C202" s="15" t="s"/>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s"/>
       <x:c r="I202" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s"/>
       <x:c r="K202" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>71114</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
         <x:v>495268</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="C203" s="3" t="s"/>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>71114</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
         <x:v>586883</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="C204" s="15" t="s"/>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
@@ -12320,177 +12320,176 @@
         <x:v>61</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
         <x:v>534250</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="C205" s="3" t="s"/>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="G205" s="0" t="s">
-        <x:v>59</x:v>
-[...2 lines deleted...]
-        <x:v>60</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>71114</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
-        <x:v>534249</x:v>
+        <x:v>558263</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="C206" s="15" t="s"/>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s"/>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
-        <x:v>228</x:v>
-[...1 lines deleted...]
-      <x:c r="H206" s="14" t="s"/>
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="H206" s="14" t="s">
+        <x:v>60</x:v>
+      </x:c>
       <x:c r="I206" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s"/>
       <x:c r="K206" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>71114</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
-        <x:v>228</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
-        <x:v>558263</x:v>
+        <x:v>534249</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
-        <x:v>256</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="C207" s="3" t="s"/>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="G207" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>71114</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
         <x:v>558264</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="C208" s="15" t="s"/>