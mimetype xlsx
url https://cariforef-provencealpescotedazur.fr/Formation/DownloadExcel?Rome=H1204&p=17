--- v0 (2025-12-16)
+++ v1 (2025-12-17)
@@ -185,65 +185,65 @@
   <x:si>
     <x:t>02/14/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>3DS Max Approfondissement</x:t>
   </x:si>
   <x:si>
     <x:t>Logiciel DAO/CAO</x:t>
   </x:si>
   <x:si>
+    <x:t>Dawan - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2023 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Dawan - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13002</x:t>
   </x:si>
   <x:si>
-    <x:t>11/01/2023 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>Architecte d'intérieur - designer</x:t>
   </x:si>
   <x:si>
     <x:t>Camondo Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>83000</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 5 et plus</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>dates fixes</x:t>
   </x:si>
   <x:si>
     <x:t>Architecture intérieure</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
@@ -308,65 +308,65 @@
   <x:si>
     <x:t>06633</x:t>
   </x:si>
   <x:si>
     <x:t>Bac</x:t>
   </x:si>
   <x:si>
     <x:t>Esthétique industrielle</x:t>
   </x:si>
   <x:si>
     <x:t>ANTIBES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée St-Joseph</x:t>
   </x:si>
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
+    <x:t>LPO Célony</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13090</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée polyvalent Denis Diderot</x:t>
   </x:si>
   <x:si>
     <x:t>13388</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 13</x:t>
   </x:si>
   <x:si>
-    <x:t>LPO Célony</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Lycée H Matisse</x:t>
   </x:si>
   <x:si>
     <x:t>06140</x:t>
   </x:si>
   <x:si>
     <x:t>VENCE</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée R Goscinny</x:t>
   </x:si>
   <x:si>
     <x:t>06340</x:t>
   </x:si>
   <x:si>
     <x:t>DRAP</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée F Mistral</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Rouvière Suzanne Lefort-Rouquette</x:t>
   </x:si>
   <x:si>
     <x:t>83070</x:t>
@@ -566,80 +566,80 @@
   <x:si>
     <x:t>Designer - manager de projet option design de mode (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole de Condé</x:t>
   </x:si>
   <x:si>
     <x:t>75015</x:t>
   </x:si>
   <x:si>
     <x:t>Designer - manager de projet option design en recherche, innovation et développement (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Designer - manager de projet option design graphique (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Designer - manager de projet option design produit et mobilier (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Designer - manager de projet option design produit, mobilier (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Designer en architecture d'intérieur</x:t>
   </x:si>
   <x:si>
+    <x:t>RC Forma</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jeune 16-25 ans</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MOUGINS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Me Learning</x:t>
   </x:si>
   <x:si>
-    <x:t>06250</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Demandeur d'emploi moins de 26 ans , Jeune 16-25 ans , Public de la formation initiale</x:t>
   </x:si>
   <x:si>
-    <x:t>MOUGINS</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/23/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>RC Forma</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>07/09/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Designer en architecture d'intérieur blocs de compétences BC01 - BC02</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale , Public en emploi , Public sans emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>designer produits, services et innovation</x:t>
@@ -689,57 +689,57 @@
   <x:si>
     <x:t>ESADTPM</x:t>
   </x:si>
   <x:si>
     <x:t>École supérieure d'art d'Aix-en-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole supérieure d'art d'Aix-en-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme national supérieur d'expression plastique option design</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme supérieur des arts appliqués</x:t>
   </x:si>
   <x:si>
     <x:t>Dessin mode</x:t>
   </x:si>
   <x:si>
     <x:t>directeur artistique produit</x:t>
   </x:si>
   <x:si>
     <x:t>DN MADE mention espace</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée La Tourrache</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83078</x:t>
+  </x:si>
+  <x:si>
     <x:t>Architecture</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>83078</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>DN MADE mention événement</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée M Curie</x:t>
   </x:si>
   <x:si>
     <x:t>13392</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 05</x:t>
   </x:si>
   <x:si>
     <x:t>DN MADE mention graphisme</x:t>
   </x:si>
   <x:si>
     <x:t>Création graphique</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée St-Joseph les Maristes</x:t>
   </x:si>
@@ -1725,199 +1725,199 @@
         <x:v>24</x:v>
       </x:c>
       <x:c r="J6" s="14" t="s"/>
       <x:c r="K6" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>71110</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>504679</x:v>
+        <x:v>504682</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s"/>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>71110</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>504682</x:v>
+        <x:v>504679</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C8" s="15" t="s"/>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s"/>
       <x:c r="I8" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s"/>
       <x:c r="K8" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>71110</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
         <x:v>504676</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s"/>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>71110</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
         <x:v>504678</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>39543</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
@@ -1976,666 +1976,666 @@
       </x:c>
       <x:c r="C11" s="3" t="s"/>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>71111</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
         <x:v>501659</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C12" s="15" t="s"/>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s"/>
       <x:c r="I12" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s"/>
       <x:c r="K12" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>71111</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
         <x:v>501662</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s"/>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>71111</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
         <x:v>501658</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C14" s="15" t="s"/>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s"/>
       <x:c r="K14" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>71111</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
         <x:v>501653</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s"/>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>71111</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
         <x:v>505733</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C16" s="15" t="s"/>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s"/>
       <x:c r="K16" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>71111</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
         <x:v>501664</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s"/>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>71111</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
         <x:v>505738</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C18" s="15" t="s"/>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s"/>
       <x:c r="K18" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>71111</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
         <x:v>501668</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s"/>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>71111</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>501665</x:v>
+        <x:v>501666</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C20" s="15" t="s"/>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s"/>
       <x:c r="K20" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>71111</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>501666</x:v>
+        <x:v>505736</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s"/>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>71111</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>505736</x:v>
+        <x:v>501665</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C22" s="15" t="s"/>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s"/>
       <x:c r="K22" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>71111</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
         <x:v>505734</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s"/>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>71111</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
         <x:v>505608</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C24" s="15" t="s"/>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
@@ -2741,127 +2741,127 @@
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C26" s="15" t="s"/>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I26" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s"/>
       <x:c r="K26" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>71111</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>534027</x:v>
+        <x:v>532637</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s"/>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>71111</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>532637</x:v>
+        <x:v>534027</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C28" s="15" t="s"/>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s"/>
       <x:c r="K28" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
@@ -3072,106 +3072,106 @@
       <x:c r="J32" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>45006</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>594110</x:v>
+        <x:v>594111</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s"/>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="I33" s="4" t="s">
         <x:v>82</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>83</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>45006</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="Q33" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="Q33" s="4" t="s">
+      <x:c r="R33" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
-      <x:c r="R33" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>594111</x:v>
+        <x:v>594110</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C34" s="15" t="s"/>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>85</x:v>
@@ -3468,175 +3468,175 @@
         <x:v>596490</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C40" s="15" t="s"/>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s"/>
       <x:c r="K40" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>45006</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>596489</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s"/>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>45006</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>594649</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C42" s="15" t="s"/>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s"/>
       <x:c r="K42" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>45006</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>594650</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>35359</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
@@ -3847,130 +3847,130 @@
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C47" s="3" t="s"/>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>70401</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>534129</x:v>
+        <x:v>534137</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C48" s="15" t="s"/>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I48" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s"/>
       <x:c r="K48" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>70401</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>534137</x:v>
+        <x:v>534129</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s"/>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>26</x:v>
@@ -4223,121 +4223,121 @@
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C54" s="15" t="s"/>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I54" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s"/>
       <x:c r="K54" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>70401</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>534142</x:v>
+        <x:v>534144</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s"/>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>70401</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>534144</x:v>
+        <x:v>534141</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C56" s="15" t="s"/>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
@@ -4348,57 +4348,57 @@
       <x:c r="K56" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>70401</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>534141</x:v>
+        <x:v>534142</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s"/>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>26</x:v>
@@ -4489,124 +4489,124 @@
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s"/>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>70401</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>534125</x:v>
+        <x:v>534128</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C60" s="15" t="s"/>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I60" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s"/>
       <x:c r="K60" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>70401</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>534128</x:v>
+        <x:v>534125</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C61" s="3" t="s"/>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>61</x:v>
@@ -4669,323 +4669,323 @@
       <x:c r="K62" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>70401</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>534164</x:v>
+        <x:v>534162</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C63" s="3" t="s"/>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>70401</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>534158</x:v>
+        <x:v>534164</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C64" s="15" t="s"/>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I64" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s"/>
       <x:c r="K64" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>70401</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>534159</x:v>
+        <x:v>534158</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C65" s="3" t="s"/>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>70401</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>534162</x:v>
+        <x:v>534159</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C66" s="15" t="s"/>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I66" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s"/>
       <x:c r="K66" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>70401</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>534171</x:v>
+        <x:v>534169</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s"/>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>70401</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>534169</x:v>
+        <x:v>534171</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C68" s="15" t="s"/>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I68" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s"/>
       <x:c r="K68" s="14" t="s">
         <x:v>25</x:v>
@@ -5593,287 +5593,287 @@
       <x:c r="R79" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>594116</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C80" s="15" t="s"/>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s"/>
       <x:c r="K80" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>45006</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>594115</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s"/>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>45006</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>594118</x:v>
+        <x:v>594120</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C82" s="15" t="s"/>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s"/>
       <x:c r="K82" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>45006</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>594120</x:v>
+        <x:v>594118</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s"/>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>45006</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>594117</x:v>
+        <x:v>594121</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C84" s="15" t="s"/>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s"/>
       <x:c r="K84" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>45006</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>594121</x:v>
+        <x:v>594117</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C85" s="3" t="s"/>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>48</x:v>
@@ -5933,51 +5933,51 @@
       <x:c r="I86" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>45027</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>526921</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>34364</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
@@ -5990,51 +5990,51 @@
       <x:c r="I87" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>45027</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>516315</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>34364</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
@@ -6271,51 +6271,51 @@
       <x:c r="I92" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>45027</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>522294</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>34364</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
@@ -6382,51 +6382,51 @@
       <x:c r="I94" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>45027</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>522296</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>38012</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
@@ -6442,51 +6442,51 @@
       <x:c r="K95" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>45015</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>533833</x:v>
+        <x:v>599455</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>38012</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
@@ -6499,264 +6499,264 @@
       <x:c r="K96" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>45015</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>599455</x:v>
+        <x:v>533833</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>38012</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>45015</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>547412</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>38012</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>45015</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>587441</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>38012</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>45015</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>587444</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>38012</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>45015</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>587446</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
@@ -6802,75 +6802,75 @@
       <x:c r="T101" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>40366</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>592557</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>36752</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
@@ -7242,128 +7242,128 @@
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>595535</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>41145</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>21798</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>592520</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C111" s="3" t="s"/>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>45006</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>592554</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C112" s="15" t="s"/>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
@@ -7372,321 +7372,321 @@
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s"/>
       <x:c r="K112" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>45006</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>592553</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>36941</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>22223</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="P113" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
-      <x:c r="P113" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="Q113" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>595570</x:v>
+        <x:v>595571</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>36941</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
-        <x:v>208</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>22223</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
-        <x:v>208</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>595572</x:v>
+        <x:v>595570</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>36941</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="I115" s="4" t="s">
         <x:v>207</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>208</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>22223</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="P115" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
-      <x:c r="P115" s="0" t="s">
+      <x:c r="Q115" s="4" t="s">
         <x:v>207</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>208</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>595571</x:v>
+        <x:v>595572</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>36941</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>22223</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>595569</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>36941</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>22223</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>595568</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
@@ -7732,474 +7732,474 @@
       <x:c r="R118" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>595929</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>36943</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>595589</x:v>
+        <x:v>595591</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>36943</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>595594</x:v>
+        <x:v>595593</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>36943</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>595590</x:v>
+        <x:v>595592</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>36943</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
-        <x:v>208</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
-        <x:v>208</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>595591</x:v>
+        <x:v>595590</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>36943</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>595593</x:v>
+        <x:v>595589</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>36943</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
-        <x:v>208</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
-        <x:v>208</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
-        <x:v>595592</x:v>
+        <x:v>595594</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>36950</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>45027</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
-        <x:v>595597</x:v>
+        <x:v>595600</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>36950</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>45027</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>595599</x:v>
+        <x:v>595601</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>36950</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
@@ -8232,472 +8232,472 @@
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>595598</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>36950</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
-        <x:v>208</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>45027</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
-        <x:v>208</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>595601</x:v>
+        <x:v>595599</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>36950</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>45027</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>595600</x:v>
+        <x:v>595597</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>37226</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>45054</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>595942</x:v>
+        <x:v>595940</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>37226</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>45054</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>595940</x:v>
+        <x:v>595939</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>37226</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>45054</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>595943</x:v>
+        <x:v>595944</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>37226</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>45054</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>595944</x:v>
+        <x:v>595941</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>37226</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>45054</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>595941</x:v>
+        <x:v>595942</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>37226</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>45054</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>595939</x:v>
+        <x:v>595943</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>37226</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
@@ -9373,298 +9373,299 @@
         <x:v>61</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>533368</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C149" s="3" t="s"/>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="H149" s="0" t="s">
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>71110</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
-        <x:v>557222</x:v>
+        <x:v>533102</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C150" s="15" t="s"/>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I150" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s"/>
       <x:c r="K150" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>71110</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
-        <x:v>533102</x:v>
+        <x:v>533111</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C151" s="3" t="s"/>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
-        <x:v>59</x:v>
-[...2 lines deleted...]
-        <x:v>60</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>71110</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
-        <x:v>533111</x:v>
+        <x:v>557222</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C152" s="15" t="s"/>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
-        <x:v>59</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="H152" s="14" t="s"/>
       <x:c r="I152" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s"/>
       <x:c r="K152" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>71110</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
-        <x:v>533112</x:v>
+        <x:v>521179</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C153" s="3" t="s"/>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="G153" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="H153" s="0" t="s">
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>71110</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
-        <x:v>521179</x:v>
+        <x:v>533112</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C154" s="15" t="s"/>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I154" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s"/>
       <x:c r="K154" s="14" t="s">
         <x:v>25</x:v>
@@ -9805,335 +9806,337 @@
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="C157" s="3" t="s"/>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>31684</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
-        <x:v>533731</x:v>
+        <x:v>533736</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="C158" s="15" t="s"/>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I158" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s"/>
       <x:c r="K158" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>31684</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>533732</x:v>
+        <x:v>533731</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="C159" s="3" t="s"/>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="H159" s="0" t="s">
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
-        <x:v>23654</x:v>
+        <x:v>31684</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>446591</x:v>
+        <x:v>533732</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="C160" s="15" t="s"/>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
-        <x:v>59</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s"/>
       <x:c r="K160" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
-        <x:v>31684</x:v>
+        <x:v>23654</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
-        <x:v>533736</x:v>
+        <x:v>446591</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="C161" s="3" t="s"/>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="H161" s="0" t="s">
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
-        <x:v>23654</x:v>
+        <x:v>31684</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>446582</x:v>
+        <x:v>533735</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="C162" s="15" t="s"/>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
-        <x:v>59</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s"/>
       <x:c r="K162" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
-        <x:v>31684</x:v>
+        <x:v>23654</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>533735</x:v>
+        <x:v>446582</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="C163" s="3" t="s"/>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H163" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>25</x:v>
@@ -11601,182 +11604,182 @@
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="C191" s="3" t="s"/>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H191" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>31684</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
-        <x:v>533753</x:v>
+        <x:v>533748</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="C192" s="15" t="s"/>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s"/>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I192" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s"/>
       <x:c r="K192" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>31684</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
-        <x:v>533748</x:v>
+        <x:v>533756</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="C193" s="3" t="s"/>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="G193" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>31684</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
-        <x:v>533756</x:v>
+        <x:v>533753</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="C194" s="15" t="s"/>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s"/>
       <x:c r="I194" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s"/>
       <x:c r="K194" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
@@ -11902,142 +11905,143 @@
         <x:v>61</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>534244</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="C197" s="3" t="s"/>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="G197" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="H197" s="0" t="s">
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>71114</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
-        <x:v>558243</x:v>
+        <x:v>534245</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="C198" s="15" t="s"/>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
-        <x:v>59</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="H198" s="14" t="s"/>
       <x:c r="I198" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s"/>
       <x:c r="K198" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>71114</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
-        <x:v>534245</x:v>
+        <x:v>558243</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="C199" s="3" t="s"/>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="G199" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>27</x:v>
@@ -12402,103 +12406,103 @@
         <x:v>145</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s"/>
       <x:c r="K206" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>71114</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
-        <x:v>558264</x:v>
+        <x:v>558263</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="C207" s="3" t="s"/>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="G207" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>71114</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
-        <x:v>558263</x:v>
+        <x:v>558264</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="C208" s="15" t="s"/>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s">
         <x:v>60</x:v>
       </x:c>