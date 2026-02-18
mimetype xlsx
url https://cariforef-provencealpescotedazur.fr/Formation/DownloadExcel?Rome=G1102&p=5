--- v0 (2026-02-18)
+++ v1 (2026-02-18)
@@ -206,57 +206,57 @@
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en apprentissage</x:t>
   </x:si>
   <x:si>
     <x:t>Chargé de développement de produits de tourisme (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>OPCO</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
+    <x:t>09/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/30/2027 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Compétences climat : écotourisme</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil Régional</x:t>
   </x:si>
   <x:si>
     <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Alpes Provence</x:t>
   </x:si>
   <x:si>
     <x:t>05000</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>Tourisme</x:t>
   </x:si>
   <x:si>
     <x:t>MANOSQUE</x:t>
   </x:si>
@@ -1309,57 +1309,57 @@
       <x:c r="K4" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>42648</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
-        <x:v>614692</x:v>
+        <x:v>549271</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
         <x:v>38017</x:v>
       </x:c>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="E5" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G5" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H5" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I5" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -1369,54 +1369,54 @@
       <x:c r="K5" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>42648</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>549271</x:v>
+        <x:v>614692</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C6" s="15" t="s"/>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F6" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G6" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s"/>
       <x:c r="I6" s="16" t="s">
@@ -1653,51 +1653,51 @@
       <x:c r="L10" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>12252</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
         <x:v>580918</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>40546</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -1766,51 +1766,51 @@
       <x:c r="L12" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>14207</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
         <x:v>575777</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>40546</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H13" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
@@ -1823,51 +1823,51 @@
       <x:c r="L13" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>14207</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
         <x:v>575778</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>40326</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I14" s="16" t="s">
@@ -1882,51 +1882,51 @@
       <x:c r="L14" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>42602</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
         <x:v>573103</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>40326</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -2169,51 +2169,51 @@
       <x:c r="L19" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
         <x:v>558324</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>40443</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
@@ -2339,51 +2339,51 @@
       <x:c r="L22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>13096</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
         <x:v>575773</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>39193</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
@@ -2452,51 +2452,51 @@
       <x:c r="L24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>12523</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>575871</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>41176</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
@@ -2620,51 +2620,51 @@
       <x:c r="L27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>14215</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
         <x:v>575800</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>41176</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I28" s="16" t="s">
@@ -2679,51 +2679,51 @@
       <x:c r="L28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>14215</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
         <x:v>575801</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>39172</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
@@ -3363,51 +3363,51 @@
       <x:c r="L40" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>12516</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>553414</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>35706</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>26</x:v>
       </x:c>