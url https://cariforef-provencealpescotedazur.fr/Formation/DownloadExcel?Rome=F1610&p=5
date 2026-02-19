--- v0 (2026-02-19)
+++ v1 (2026-02-19)
@@ -1574,57 +1574,57 @@
       <x:c r="K9" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>22437</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>548882</x:v>
+        <x:v>499409</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>35889</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s"/>
       <x:c r="I10" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s">
@@ -1633,57 +1633,57 @@
       <x:c r="K10" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>22437</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>499409</x:v>
+        <x:v>548882</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>35889</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="E11" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G11" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H11" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
@@ -2710,156 +2710,156 @@
       <x:c r="I31" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>24146</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>607183</x:v>
+        <x:v>607185</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C32" s="15" t="s"/>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s"/>
       <x:c r="K32" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>24146</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>607187</x:v>
+        <x:v>607183</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s"/>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>24146</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>607185</x:v>
+        <x:v>607187</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C34" s="15" t="s"/>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>89</x:v>