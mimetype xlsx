--- v0 (2026-02-19)
+++ v1 (2026-02-20)
@@ -797,60 +797,60 @@
   <x:si>
     <x:t>06700</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-LAURENT-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>12/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Habilitations électriques H0v -B1v - B2v - BR - BC - recyclage</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel peintre applicateur de revêtements techniques (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Artech Formation</x:t>
   </x:si>
   <x:si>
     <x:t>13500</x:t>
   </x:si>
   <x:si>
     <x:t>Peinture décorative</x:t>
   </x:si>
   <x:si>
+    <x:t>MARTIGUES</x:t>
+  </x:si>
+  <x:si>
     <x:t>Artech Formation - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13015</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-15e</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>MARTIGUES</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
       <x:charset val="1"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:name val="Arial"/>
       <x:family val="0"/>
@@ -2784,233 +2784,233 @@
         <x:v>95</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>22412</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>603125</x:v>
+        <x:v>548224</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>38740</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="E27" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>22412</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>604033</x:v>
+        <x:v>603125</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>38740</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>22412</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>548264</x:v>
+        <x:v>604033</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>38740</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="E29" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>22412</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>548224</x:v>
+        <x:v>548264</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>38740</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>95</x:v>
@@ -3189,125 +3189,125 @@
       <x:c r="G33" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>22412</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>603262</x:v>
+        <x:v>548404</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>38740</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>22412</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>548404</x:v>
+        <x:v>603262</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
@@ -5367,173 +5367,173 @@
       <x:c r="K70" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>604009</x:v>
+        <x:v>604010</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="E71" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>604010</x:v>
+        <x:v>604019</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>604019</x:v>
+        <x:v>604009</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="E73" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
@@ -5985,858 +5985,857 @@
       <x:c r="S80" s="14" t="n">
         <x:v>604763</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="E81" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
-        <x:v>140</x:v>
-[...2 lines deleted...]
-        <x:v>141</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>498615</x:v>
+        <x:v>503648</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
-        <x:v>95</x:v>
-[...1 lines deleted...]
-      <x:c r="H82" s="14" t="s"/>
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="H82" s="14" t="s">
+        <x:v>141</x:v>
+      </x:c>
       <x:c r="I82" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>548340</x:v>
+        <x:v>498615</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="E83" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>603293</x:v>
+        <x:v>548340</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>503648</x:v>
+        <x:v>603293</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="E85" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
-        <x:v>140</x:v>
-[...2 lines deleted...]
-        <x:v>141</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>498611</x:v>
+        <x:v>548239</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
-        <x:v>140</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>498619</x:v>
+        <x:v>548287</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="E87" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="H87" s="0" t="s">
+        <x:v>141</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>548391</x:v>
+        <x:v>498611</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I88" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>548830</x:v>
+        <x:v>498619</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="E89" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
-        <x:v>85</x:v>
-[...2 lines deleted...]
-        <x:v>86</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>502075</x:v>
+        <x:v>548391</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
-        <x:v>95</x:v>
-[...1 lines deleted...]
-      <x:c r="H90" s="14" t="s"/>
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="H90" s="14" t="s">
+        <x:v>141</x:v>
+      </x:c>
       <x:c r="I90" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>603294</x:v>
+        <x:v>548830</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="E91" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="H91" s="0" t="s">
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>603390</x:v>
+        <x:v>502075</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>604018</x:v>
+        <x:v>603294</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="E93" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>548239</x:v>
+        <x:v>603390</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>548287</x:v>
+        <x:v>604018</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="E95" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
@@ -8937,119 +8936,119 @@
       <x:c r="G133" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>45501</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="Q133" s="4" t="s">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="R133" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
-      <x:c r="Q133" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>495931</x:v>
+        <x:v>495930</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>35505</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>45501</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>495930</x:v>
+        <x:v>495931</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 