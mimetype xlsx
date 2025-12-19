--- v0 (2025-12-19)
+++ v1 (2025-12-19)
@@ -566,57 +566,57 @@
   <x:si>
     <x:t>Expert en création digitale</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Sophia Ynov Campus</x:t>
   </x:si>
   <x:si>
     <x:t>06560</x:t>
   </x:si>
   <x:si>
     <x:t>SOPHIA ANTIPOLIS</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en création digitale spécialisation directeur artistique : Brand design &amp; Motion Design (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
+    <x:t>VALBONNE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/24/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/13/2025 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>VALBONNE</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en création digitale spécialisation directeur artistique avec IA : Brand design et Motion Design (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en création digitale spécialisation directeur artistique avec IA : Brand et Motion Design (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en création digitale spécialisation directeur créatif : 3D Artist &amp; Simulation (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en création digitale spécialisation directeur créatif : Game &amp; Tech Art (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en création digitale spécialisation directeur créatif : producteur jeu vidéo &amp; Game Design (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en création digitale spécialisation expert en animation 3D (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en création digitale spécialisation expert en gouvernance de la cybersécurité (Apprentissage)</x:t>
   </x:si>
@@ -3120,131 +3120,131 @@
         <x:v>108</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s"/>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>46382</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>537765</x:v>
+        <x:v>576585</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C34" s="15" t="s"/>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s"/>
       <x:c r="K34" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>46382</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>576585</x:v>
+        <x:v>537765</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s"/>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>81</x:v>
@@ -3537,146 +3537,146 @@
       <x:c r="S40" s="14" t="n">
         <x:v>592051</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>39092</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="E41" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>549750</x:v>
+        <x:v>549711</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>39092</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="S42" s="14" t="n">
+        <x:v>549750</x:v>
+      </x:c>
+      <x:c r="T42" s="16" t="s">
         <x:v>167</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>86</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>39092</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
@@ -3742,51 +3742,51 @@
       <x:c r="J44" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>605070</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>39092</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="E45" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
@@ -3805,51 +3805,51 @@
       <x:c r="L45" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>549746</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>39092</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
@@ -3864,108 +3864,108 @@
       <x:c r="L46" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>549747</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>39092</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="E47" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>549712</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>39092</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
@@ -3980,51 +3980,51 @@
       <x:c r="L48" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>549748</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>39092</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="E49" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
@@ -4037,51 +4037,51 @@
       <x:c r="L49" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>549749</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>39092</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
@@ -4147,51 +4147,51 @@
       <x:c r="J51" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>549710</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>39092</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
@@ -4212,51 +4212,51 @@
       <x:c r="L52" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>549751</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>39092</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="E53" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
@@ -4322,51 +4322,51 @@
       <x:c r="J54" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>605072</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>39092</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="E55" s="0" t="s">
         <x:v>52</x:v>
       </x:c>