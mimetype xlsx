--- v0 (2025-12-19)
+++ v1 (2025-12-19)
@@ -452,59 +452,59 @@
   <x:si>
     <x:t>Lycée Rempart-Vinci</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Métier - Cfa Régional de la Cité Technique</x:t>
   </x:si>
   <x:si>
     <x:t>FM</x:t>
   </x:si>
   <x:si>
     <x:t>13016</x:t>
   </x:si>
   <x:si>
     <x:t>Fondation Don Bosco Marseille - Lycée Professionnel Privé et Lycée Technologique Don Bosco</x:t>
   </x:si>
   <x:si>
     <x:t>bac pro réalisation de produits imprimés et plurimédia option B productions imprimées</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro réalisation de produits imprimés et plurimédia option B productions imprimées (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>BMA spécialité arts graphiques option A : signalétique</x:t>
   </x:si>
   <x:si>
+    <x:t>Signalétique enseigne</x:t>
+  </x:si>
+  <x:si>
     <x:t>LP Golf-Hôtel</x:t>
   </x:si>
   <x:si>
     <x:t>83400</x:t>
   </x:si>
   <x:si>
-    <x:t>Signalétique enseigne</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>HYERES</x:t>
   </x:si>
   <x:si>
     <x:t>BMA spécialité arts graphiques option A : signalétique (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>BMA spécialité arts graphiques option B : décor peint</x:t>
   </x:si>
   <x:si>
     <x:t>LP Domaine d'Eguilles</x:t>
   </x:si>
   <x:si>
     <x:t>84271</x:t>
   </x:si>
   <x:si>
     <x:t>VEDENE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>BMA spécialité arts graphiques option B : décor peint (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>CAP signalétique et décors graphiques</x:t>
   </x:si>
   <x:si>
     <x:t>Niveau CAP, BEP</x:t>
@@ -530,68 +530,68 @@
   <x:si>
     <x:t>AUBAGNE</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CAP signalétique et décors graphiques (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>CAP signalétique et décors graphiques blocs de compétences BC01 - BC02</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Spéciale de Peinture Décorative de Provence - Atelier des Ocres</x:t>
   </x:si>
   <x:si>
     <x:t>04310</x:t>
   </x:si>
   <x:si>
     <x:t>GANAGOBIE</x:t>
   </x:si>
   <x:si>
+    <x:t>04/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>04/07/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Creative Multimedia Designer</x:t>
   </x:si>
   <x:si>
     <x:t>Dawan - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/30/2026 00:00:00</x:t>
@@ -872,137 +872,137 @@
   <x:si>
     <x:t>InDesign - Niveaux 1 et 2 - Initiation et intermédiaire</x:t>
   </x:si>
   <x:si>
     <x:t>Indesign - Perfectionnement</x:t>
   </x:si>
   <x:si>
     <x:t>Indesign - perfectionnement</x:t>
   </x:si>
   <x:si>
     <x:t>InDesign Approfondissement</x:t>
   </x:si>
   <x:si>
     <x:t>Indesign initiation</x:t>
   </x:si>
   <x:si>
     <x:t>Indesign Initiation</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>01/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/29/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>05/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>01/23/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>InDesign Initiation + Approfondissement</x:t>
   </x:si>
   <x:si>
     <x:t>02/12/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Indesign perfectionnement</x:t>
   </x:si>
   <x:si>
     <x:t>06/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>InDesign Web App avec in5 - Les fondamentaux</x:t>
   </x:si>
   <x:si>
     <x:t>01/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Le portfolio avec Indesign</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Nationale Supérieure de la Photographie</x:t>
   </x:si>
   <x:si>
     <x:t>ENSP</x:t>
   </x:si>
   <x:si>
     <x:t>13200</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
+    <x:t>03/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>05/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>03/30/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>LibreOffice Draw</x:t>
   </x:si>
   <x:si>
     <x:t>Logiciel graphique</x:t>
   </x:si>
   <x:si>
     <x:t>Lightroom</x:t>
   </x:si>
   <x:si>
     <x:t>Acquisition traitement image</x:t>
   </x:si>
   <x:si>
+    <x:t>03/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>05/13/2026 00:00:00</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>07/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lightroom : les fondamentaux</x:t>
   </x:si>
   <x:si>
     <x:t>llustrator - Niveau 1 - Initiation</x:t>
   </x:si>
   <x:si>
     <x:t>Logiciel Lumion - Base</x:t>
   </x:si>
   <x:si>
     <x:t>L4M - Lumion France</x:t>
@@ -1157,56 +1157,56 @@
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ceytyxia</x:t>
   </x:si>
   <x:si>
     <x:t>06130</x:t>
   </x:si>
   <x:si>
     <x:t>GRASSE</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/06/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Iscod</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/04/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Iscod</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Initiative Formation Appui Pédagogie Emploi</x:t>
   </x:si>
   <x:si>
     <x:t>IFAPE</x:t>
   </x:si>
   <x:si>
     <x:t>83140</x:t>
   </x:si>
   <x:si>
     <x:t>SIX-FOURS-LES-PLAGES</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/18/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel graphiste BC 1 Concevoir et réaliser des compositions graphiques</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2026 00:00:00</x:t>
@@ -1232,72 +1232,72 @@
   <x:si>
     <x:t>03/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel graphiste BC3 Gérer et coordonner des projets de communication visuelle</x:t>
   </x:si>
   <x:si>
     <x:t>02/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel graphiste bloc de compétences 1 Concevoir et réaliser des compositions graphiques</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel infographiste metteur en page</x:t>
   </x:si>
   <x:si>
+    <x:t>05/01/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/04/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Assure Direct</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>10/07/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/12/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/12/2026 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>05/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formaltic</x:t>
   </x:si>
   <x:si>
     <x:t>13290</x:t>
   </x:si>
   <x:si>
     <x:t>AIX - LES MILLES</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel infographiste metteur en page - CCP 1 : élaborer une proposition graphique</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel infographiste metteur en page - CCP 2 : réaliser des supports de communication</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel infographiste metteur en page - CCP 3 : contribuer à la stratégie de communication</x:t>
   </x:si>
   <x:si>
     <x:t>Tout dire en une image - Photoshop + Illustrator + Indesign</x:t>
   </x:si>
   <x:si>
     <x:t>Terkane</x:t>
   </x:si>
@@ -2274,107 +2274,107 @@
       <x:c r="I9" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>71125</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>608145</x:v>
+        <x:v>608146</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C10" s="15" t="s"/>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s"/>
       <x:c r="I10" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s"/>
       <x:c r="K10" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>71125</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>608146</x:v>
+        <x:v>608145</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s"/>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>25</x:v>
@@ -3797,331 +3797,331 @@
       <x:c r="K36" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>46027</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>547679</x:v>
+        <x:v>515661</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>38567</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="E37" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>46027</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>609695</x:v>
+        <x:v>547679</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>38567</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I38" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>46027</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>515661</x:v>
+        <x:v>609695</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>37946</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>22441</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>595631</x:v>
+        <x:v>595630</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>37946</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>22441</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="P40" s="14" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="Q40" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="P40" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>595630</x:v>
+        <x:v>595631</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>37946</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="E41" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>22441</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>609696</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
@@ -4134,51 +4134,51 @@
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>22441</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>595596</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
@@ -4188,51 +4188,51 @@
         <x:v>37946</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>22441</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>595595</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
@@ -4249,51 +4249,51 @@
       <x:c r="G44" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="I44" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>22441</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>609697</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
@@ -4303,51 +4303,51 @@
         <x:v>37305</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>22441</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>593061</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
@@ -4362,51 +4362,51 @@
       <x:c r="G46" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="I46" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>22441</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>572802</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
@@ -4416,162 +4416,162 @@
         <x:v>37305</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>22441</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>593063</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>37305</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>22441</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="P48" s="14" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="Q48" s="16" t="s">
         <x:v>129</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>128</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>593060</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>37305</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>22441</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>593064</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
@@ -4584,51 +4584,51 @@
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>22441</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>593062</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
@@ -4641,51 +4641,51 @@
       <x:c r="G51" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>22441</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>591843</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
@@ -4700,51 +4700,51 @@
       <x:c r="G52" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="I52" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>22441</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>591842</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
@@ -4760,51 +4760,51 @@
       <x:c r="G53" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>22441</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>600514</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
@@ -4821,349 +4821,349 @@
       <x:c r="G54" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I54" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>22441</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>498735</x:v>
+        <x:v>547114</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>37305</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="E55" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>22441</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>547114</x:v>
+        <x:v>609492</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>37305</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I56" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>22441</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>609492</x:v>
+        <x:v>498735</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>37305</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>22441</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>585887</x:v>
+        <x:v>585881</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>37305</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>22441</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>585882</x:v>
+        <x:v>585887</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>37305</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>22441</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>585881</x:v>
+        <x:v>585882</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C60" s="15" t="s"/>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
         <x:v>65</x:v>
@@ -5214,51 +5214,51 @@
         <x:v>37305</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>22441</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>585886</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
@@ -5271,51 +5271,51 @@
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>22441</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>585884</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
@@ -5325,51 +5325,51 @@
         <x:v>37305</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>22441</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>585879</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
@@ -5382,51 +5382,51 @@
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>22441</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>585880</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
@@ -5436,51 +5436,51 @@
         <x:v>37305</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>22441</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>585883</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
@@ -5493,51 +5493,51 @@
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>22441</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>585885</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
@@ -6117,322 +6117,322 @@
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C78" s="15" t="s"/>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s"/>
       <x:c r="K78" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>46052</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>586982</x:v>
+        <x:v>567353</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s"/>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>46052</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>567353</x:v>
+        <x:v>586984</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C80" s="15" t="s"/>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s"/>
       <x:c r="K80" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>46052</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>586984</x:v>
+        <x:v>586981</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s"/>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>46052</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>586981</x:v>
+        <x:v>586983</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C82" s="15" t="s"/>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s"/>
       <x:c r="K82" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>46052</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>586983</x:v>
+        <x:v>586994</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s"/>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>46052</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>586994</x:v>
+        <x:v>586989</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C84" s="15" t="s"/>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
         <x:v>65</x:v>
@@ -6441,514 +6441,514 @@
       <x:c r="K84" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>46052</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>586989</x:v>
+        <x:v>586991</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C85" s="3" t="s"/>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>46052</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>586991</x:v>
+        <x:v>586987</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C86" s="15" t="s"/>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s"/>
       <x:c r="K86" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>46052</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>586987</x:v>
+        <x:v>586992</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C87" s="3" t="s"/>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>46052</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>586992</x:v>
+        <x:v>586996</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C88" s="15" t="s"/>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s"/>
       <x:c r="K88" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>46052</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>586996</x:v>
+        <x:v>586982</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C89" s="3" t="s"/>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>71123</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>576561</x:v>
+        <x:v>534090</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C90" s="15" t="s"/>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s"/>
       <x:c r="K90" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>71123</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>576562</x:v>
+        <x:v>576561</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>208</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C91" s="3" t="s"/>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>71123</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>576560</x:v>
+        <x:v>576562</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C92" s="15" t="s"/>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s"/>
       <x:c r="K92" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>71123</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>576563</x:v>
+        <x:v>576560</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C93" s="3" t="s"/>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>71123</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>534090</x:v>
+        <x:v>576563</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>39221</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
@@ -7452,220 +7452,220 @@
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C104" s="15" t="s"/>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s"/>
       <x:c r="K104" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>71135</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>505189</x:v>
+        <x:v>505191</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C105" s="3" t="s"/>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>71135</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>505191</x:v>
+        <x:v>505188</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C106" s="15" t="s"/>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s"/>
       <x:c r="K106" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>71135</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>505188</x:v>
+        <x:v>505190</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C107" s="3" t="s"/>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>71135</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>505190</x:v>
+        <x:v>505189</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C108" s="15" t="s"/>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
         <x:v>65</x:v>
@@ -9024,106 +9024,106 @@
       <x:c r="K134" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>71132</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>577084</x:v>
+        <x:v>533847</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="C135" s="3" t="s"/>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>71132</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>533847</x:v>
+        <x:v>577084</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="C136" s="15" t="s"/>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s"/>
       <x:c r="K136" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
@@ -9892,57 +9892,57 @@
       <x:c r="K151" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>71123</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
-        <x:v>534212</x:v>
+        <x:v>534213</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="C152" s="15" t="s"/>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="I152" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s"/>
       <x:c r="K152" s="14" t="s">
         <x:v>25</x:v>
@@ -10054,57 +10054,57 @@
       <x:c r="K154" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>71123</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>534213</x:v>
+        <x:v>534212</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C155" s="3" t="s"/>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>27</x:v>
@@ -10365,164 +10365,164 @@
       <x:c r="K160" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>71123</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
-        <x:v>534215</x:v>
+        <x:v>534216</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C161" s="3" t="s"/>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="H161" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>71123</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>534217</x:v>
+        <x:v>534215</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C162" s="15" t="s"/>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="I162" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s"/>
       <x:c r="K162" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>71123</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>534216</x:v>
+        <x:v>534217</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="C163" s="3" t="s"/>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>34</x:v>
@@ -10827,357 +10827,357 @@
       <x:c r="K169" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>71123</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>532770</x:v>
+        <x:v>577100</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="C170" s="15" t="s"/>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s"/>
       <x:c r="K170" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>71123</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>577100</x:v>
+        <x:v>532770</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
-        <x:v>265</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
-        <x:v>266</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C171" s="3" t="s"/>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>71123</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>505272</x:v>
+        <x:v>577096</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C172" s="15" t="s"/>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s"/>
       <x:c r="K172" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>71123</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>502034</x:v>
+        <x:v>577098</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="C173" s="3" t="s"/>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>71123</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>505274</x:v>
+        <x:v>505272</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="C174" s="15" t="s"/>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s"/>
       <x:c r="K174" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>71123</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>577099</x:v>
+        <x:v>502034</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
-        <x:v>267</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="C175" s="3" t="s"/>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>71123</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
-        <x:v>505276</x:v>
+        <x:v>505274</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="C176" s="15" t="s"/>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
         <x:v>80</x:v>
@@ -11186,106 +11186,106 @@
       <x:c r="K176" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>71123</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
-        <x:v>577096</x:v>
+        <x:v>577099</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="C177" s="3" t="s"/>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>71123</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
-        <x:v>577098</x:v>
+        <x:v>505276</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
-        <x:v>269</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="C178" s="15" t="s"/>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s"/>
       <x:c r="K178" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
@@ -11372,118 +11372,118 @@
       <x:c r="A180" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="C180" s="15" t="s"/>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s"/>
       <x:c r="K180" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>46052</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>505827</x:v>
+        <x:v>505826</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="C181" s="3" t="s"/>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>46052</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
-        <x:v>505826</x:v>
+        <x:v>505827</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="C182" s="15" t="s"/>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
         <x:v>65</x:v>
@@ -11594,159 +11594,159 @@
       <x:c r="K184" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>71123</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
-        <x:v>577103</x:v>
+        <x:v>577101</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
-        <x:v>273</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
-        <x:v>208</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="C185" s="3" t="s"/>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>71123</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>577104</x:v>
+        <x:v>577103</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="C186" s="15" t="s"/>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s"/>
       <x:c r="K186" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>71123</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>577101</x:v>
+        <x:v>577104</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="C187" s="3" t="s"/>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>46</x:v>
@@ -11795,103 +11795,103 @@
         <x:v>33</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s"/>
       <x:c r="K188" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>71123</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
-        <x:v>558312</x:v>
+        <x:v>558311</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="C189" s="3" t="s"/>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>71123</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
-        <x:v>558311</x:v>
+        <x:v>558312</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="C190" s="15" t="s"/>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
@@ -11902,106 +11902,106 @@
       <x:c r="K190" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>71123</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
-        <x:v>599011</x:v>
+        <x:v>599009</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
-        <x:v>284</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="C191" s="3" t="s"/>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="H191" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>71123</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
-        <x:v>599009</x:v>
+        <x:v>599011</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="C192" s="15" t="s"/>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s"/>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="I192" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
@@ -12009,420 +12009,420 @@
       <x:c r="K192" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>71154</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
-        <x:v>533928</x:v>
+        <x:v>533927</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="C193" s="3" t="s"/>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="G193" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>71154</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
-        <x:v>533927</x:v>
+        <x:v>533922</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="C194" s="15" t="s"/>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="I194" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s"/>
       <x:c r="K194" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>71154</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
-        <x:v>533922</x:v>
+        <x:v>533921</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="C195" s="3" t="s"/>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="H195" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>71154</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
-        <x:v>533921</x:v>
+        <x:v>533928</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C196" s="15" t="s"/>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s"/>
       <x:c r="I196" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s"/>
       <x:c r="K196" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>46006</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
-        <x:v>577820</x:v>
+        <x:v>577822</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C197" s="3" t="s"/>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="G197" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>46006</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
-        <x:v>577826</x:v>
+        <x:v>577823</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C198" s="15" t="s"/>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s"/>
       <x:c r="I198" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s"/>
       <x:c r="K198" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>46006</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
-        <x:v>577823</x:v>
+        <x:v>577820</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
-        <x:v>293</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C199" s="3" t="s"/>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="G199" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>46006</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
-        <x:v>577822</x:v>
+        <x:v>577826</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
-        <x:v>295</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C200" s="15" t="s"/>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s"/>
       <x:c r="I200" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s"/>
       <x:c r="K200" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
@@ -12527,106 +12527,106 @@
       <x:c r="K202" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>46006</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
-        <x:v>536292</x:v>
+        <x:v>577831</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C203" s="3" t="s"/>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>46006</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
-        <x:v>577831</x:v>
+        <x:v>536292</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
-        <x:v>300</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C204" s="15" t="s"/>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="I204" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s"/>
       <x:c r="K204" s="14" t="s">
         <x:v>25</x:v>
@@ -12634,54 +12634,54 @@
       <x:c r="L204" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>71130</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
         <x:v>599031</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="U204" s="16" t="s">
         <x:v>285</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="C205" s="3" t="s"/>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="G205" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>27</x:v>
@@ -13127,127 +13127,127 @@
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="C214" s="15" t="s"/>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="I214" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s"/>
       <x:c r="K214" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>71133</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
-        <x:v>534227</x:v>
+        <x:v>534225</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="C215" s="3" t="s"/>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="G215" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="H215" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>71133</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
-        <x:v>534225</x:v>
+        <x:v>534226</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="C216" s="15" t="s"/>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="I216" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s"/>
       <x:c r="K216" s="14" t="s">
         <x:v>25</x:v>
@@ -13286,69 +13286,69 @@
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="C217" s="3" t="s"/>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="H217" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>71133</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
-        <x:v>534226</x:v>
+        <x:v>534227</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="C218" s="15" t="s"/>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
         <x:v>239</x:v>
@@ -13806,122 +13806,122 @@
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="C227" s="3" t="s"/>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>71133</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
-        <x:v>500737</x:v>
+        <x:v>500741</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="C228" s="15" t="s"/>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s"/>
       <x:c r="I228" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s"/>
       <x:c r="K228" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>71133</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
-        <x:v>500741</x:v>
+        <x:v>500737</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C229" s="3" t="s"/>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>25</x:v>
@@ -14724,224 +14724,224 @@
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C245" s="3" t="s"/>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="G245" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>71133</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
-        <x:v>505788</x:v>
+        <x:v>494946</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C246" s="15" t="s"/>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s"/>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s"/>
       <x:c r="I246" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s"/>
       <x:c r="K246" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>71133</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
-        <x:v>494946</x:v>
+        <x:v>505788</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="C247" s="3" t="s"/>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="G247" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>71133</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
-        <x:v>557734</x:v>
+        <x:v>557732</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="C248" s="15" t="s"/>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s"/>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s"/>
       <x:c r="I248" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s"/>
       <x:c r="K248" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>71133</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
-        <x:v>557732</x:v>
+        <x:v>557734</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="C249" s="3" t="s"/>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="G249" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>25</x:v>
@@ -16163,148 +16163,148 @@
         <x:v>608304</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="C272" s="15" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
-        <x:v>350</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s"/>
       <x:c r="I272" s="16" t="s">
-        <x:v>351</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="K272" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
-        <x:v>350</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
-        <x:v>351</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
-        <x:v>352</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
-        <x:v>605574</x:v>
+        <x:v>608639</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
-        <x:v>362</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="C273" s="3" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="E273" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
-        <x:v>363</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
+        <x:v>350</x:v>
+      </x:c>
+      <x:c r="Q273" s="4" t="s">
+        <x:v>351</x:v>
+      </x:c>
+      <x:c r="R273" s="0" t="s">
+        <x:v>352</x:v>
+      </x:c>
+      <x:c r="S273" s="0" t="n">
+        <x:v>605574</x:v>
+      </x:c>
+      <x:c r="T273" s="4" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="U273" s="4" t="s">
         <x:v>363</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="C274" s="15" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="I274" s="16" t="s">
         <x:v>366</x:v>
@@ -16375,51 +16375,51 @@
       <x:c r="L275" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
         <x:v>608305</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
-        <x:v>293</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
         <x:v>369</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="C276" s="15" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s">
         <x:v>365</x:v>
@@ -16493,51 +16493,51 @@
       <x:c r="L277" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
         <x:v>608306</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
         <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="C278" s="15" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s"/>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s"/>
       <x:c r="I278" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
@@ -17102,557 +17102,558 @@
       <x:c r="K288" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L288" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
-        <x:v>529358</x:v>
+        <x:v>545932</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
-        <x:v>387</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="C289" s="3" t="n">
         <x:v>37943</x:v>
       </x:c>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="G289" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
-        <x:v>389</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
-        <x:v>389</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
-        <x:v>543847</x:v>
+        <x:v>529419</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
-        <x:v>391</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="C290" s="15" t="n">
         <x:v>37943</x:v>
       </x:c>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s"/>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
-        <x:v>54</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="H290" s="14" t="s"/>
       <x:c r="I290" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J290" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K290" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
-        <x:v>516867</x:v>
+        <x:v>520861</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
-        <x:v>392</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
-        <x:v>393</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="C291" s="3" t="n">
         <x:v>37943</x:v>
       </x:c>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="G291" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J291" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
-        <x:v>529413</x:v>
+        <x:v>529354</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
-        <x:v>387</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="C292" s="15" t="n">
         <x:v>37943</x:v>
       </x:c>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s"/>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
-        <x:v>343</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="H292" s="14" t="s"/>
       <x:c r="I292" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J292" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K292" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
-        <x:v>343</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
-        <x:v>520861</x:v>
+        <x:v>545926</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
-        <x:v>394</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="C293" s="3" t="n">
         <x:v>37943</x:v>
       </x:c>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="G293" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J293" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
-        <x:v>529354</x:v>
+        <x:v>545929</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
-        <x:v>387</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="C294" s="15" t="n">
         <x:v>37943</x:v>
       </x:c>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s"/>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s"/>
       <x:c r="I294" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K294" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
-        <x:v>545926</x:v>
+        <x:v>543847</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="C295" s="3" t="n">
         <x:v>37943</x:v>
       </x:c>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="G295" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="H295" s="0" t="s">
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J295" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
-        <x:v>545929</x:v>
+        <x:v>516867</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="C296" s="15" t="n">
         <x:v>37943</x:v>
       </x:c>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s"/>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s"/>
       <x:c r="I296" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K296" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
-        <x:v>545932</x:v>
+        <x:v>529358</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="C297" s="3" t="n">
         <x:v>37943</x:v>
       </x:c>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="G297" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J297" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
-        <x:v>529419</x:v>
+        <x:v>529413</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="C298" s="15" t="n">
         <x:v>37943</x:v>
       </x:c>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s"/>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s"/>
       <x:c r="I298" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="J298" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
@@ -17716,51 +17717,51 @@
       <x:c r="L299" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
         <x:v>529392</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
-        <x:v>387</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="C300" s="15" t="n">
         <x:v>37943</x:v>
       </x:c>
       <x:c r="D300" s="15" t="s"/>
       <x:c r="E300" s="14" t="s"/>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="H300" s="14" t="s"/>
       <x:c r="I300" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
@@ -17770,108 +17771,108 @@
       <x:c r="K300" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L300" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M300" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N300" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O300" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P300" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
-        <x:v>529388</x:v>
+        <x:v>545964</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
-        <x:v>387</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="C301" s="3" t="n">
         <x:v>37943</x:v>
       </x:c>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="G301" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J301" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
-        <x:v>545964</x:v>
+        <x:v>529388</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C302" s="15" t="n">
         <x:v>37943</x:v>
       </x:c>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s"/>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s"/>
       <x:c r="I302" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
@@ -17995,51 +17996,51 @@
       <x:c r="L304" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
         <x:v>529364</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
-        <x:v>387</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C305" s="3" t="n">
         <x:v>37943</x:v>
       </x:c>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="G305" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J305" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
@@ -18049,162 +18050,162 @@
       <x:c r="L305" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
         <x:v>529363</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
-        <x:v>387</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="C306" s="15" t="n">
         <x:v>37943</x:v>
       </x:c>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s"/>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="H306" s="14" t="s"/>
       <x:c r="I306" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J306" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K306" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L306" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
-        <x:v>529367</x:v>
+        <x:v>545972</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
-        <x:v>387</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="C307" s="3" t="n">
         <x:v>37943</x:v>
       </x:c>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="G307" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I307" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J307" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
-        <x:v>529365</x:v>
+        <x:v>529369</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
-        <x:v>387</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="C308" s="15" t="n">
         <x:v>37943</x:v>
       </x:c>
       <x:c r="D308" s="15" t="s"/>
       <x:c r="E308" s="14" t="s"/>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="H308" s="14" t="s"/>
       <x:c r="I308" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
@@ -18325,108 +18326,108 @@
       <x:c r="K310" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L310" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
-        <x:v>529369</x:v>
+        <x:v>529365</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
-        <x:v>387</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="C311" s="3" t="n">
         <x:v>37943</x:v>
       </x:c>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="G311" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J311" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
-        <x:v>545972</x:v>
+        <x:v>529367</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="C312" s="15" t="s"/>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s"/>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="H312" s="14" t="s"/>
       <x:c r="I312" s="16" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="J312" s="14" t="s"/>
       <x:c r="K312" s="14" t="s">