--- v0 (2026-03-11)
+++ v1 (2026-03-11)
@@ -233,101 +233,101 @@
   <x:si>
     <x:t>After Effects Initiation + Approfondissement</x:t>
   </x:si>
   <x:si>
     <x:t>Dawan</x:t>
   </x:si>
   <x:si>
     <x:t>44200</x:t>
   </x:si>
   <x:si>
     <x:t>Logiciel traitement image</x:t>
   </x:si>
   <x:si>
     <x:t>02/11/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro artisanat et métiers d'art option communication visuelle pluri-média</x:t>
   </x:si>
   <x:si>
+    <x:t>LP G Poinso-Chapuis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13272</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public de la formation initiale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>dates fixes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PAO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP Pasteur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPO Célony</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13090</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX EN PROVENCE</x:t>
+  </x:si>
+  <x:si>
     <x:t>LPO Don Bosco</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
-    <x:t>Bac</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
-    <x:t>09/01/2026 00:00:00</x:t>
-[...28 lines deleted...]
-  <x:si>
     <x:t>Formation en apprentissage</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro artisanat et métiers d'art option communication visuelle pluri-média (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>OPCO</x:t>
   </x:si>
   <x:si>
     <x:t>Centre Régional de la Bourse du Travail - CFA Régional de la Bourse du Travail</x:t>
   </x:si>
   <x:si>
     <x:t>CFBT</x:t>
   </x:si>
   <x:si>
     <x:t>13001</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
@@ -491,80 +491,80 @@
   <x:si>
     <x:t>CAP signalétique et décors graphiques blocs de compétences BC01 - BC02</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Spéciale de Peinture Décorative de Provence - Atelier des Ocres</x:t>
   </x:si>
   <x:si>
     <x:t>04310</x:t>
   </x:si>
   <x:si>
     <x:t>GANAGOBIE</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>11/02/2026 00:00:00</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Colorimétrie et calibrage dans Photoshop</x:t>
   </x:si>
   <x:si>
     <x:t>Mandyben</x:t>
   </x:si>
   <x:si>
     <x:t>10/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>concepteur en communication graphique et numérique</x:t>
   </x:si>
   <x:si>
     <x:t>Campus Eductive Aix-en-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 3 et 4</x:t>
   </x:si>
   <x:si>
     <x:t>Infographie</x:t>
@@ -980,159 +980,159 @@
   <x:si>
     <x:t>06/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Visiplus</x:t>
   </x:si>
   <x:si>
     <x:t>06410</x:t>
   </x:si>
   <x:si>
     <x:t>BIOT</x:t>
   </x:si>
   <x:si>
+    <x:t>07/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/31/2027 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Titre professionnel graphiste (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Iscod</x:t>
   </x:si>
   <x:si>
     <x:t>Qwantic - Cbs Formation</x:t>
   </x:si>
   <x:si>
     <x:t>13014</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-14e</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>05/18/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Initiative Formation Appui Pédagogie Emploi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IFAPE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83140</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SIX-FOURS-LES-PLAGES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/09/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/06/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/06/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/04/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/14/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>05/18/2027 00:00:00</x:t>
-[...34 lines deleted...]
-  <x:si>
     <x:t>Titre professionnel graphiste (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
     <x:t>11/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel graphiste BC 1 Concevoir et réaliser des compositions graphiques</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel graphiste BC 2 Développer des solutions visuelles innovantes et multimédia</x:t>
   </x:si>
   <x:si>
+    <x:t>12/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>06/24/2026 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Titre professionnel graphiste BC3 Gérer et coordonner des projets de communication visuelle</x:t>
   </x:si>
   <x:si>
+    <x:t>10/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>05/20/2026 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>10/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel graphiste bloc de compétences 1 Concevoir et réaliser des compositions graphiques</x:t>
   </x:si>
   <x:si>
     <x:t>Tout dire en une image - Photoshop + Illustrator + Indesign</x:t>
   </x:si>
   <x:si>
     <x:t>Terkane</x:t>
   </x:si>
   <x:si>
     <x:t>83700</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-RAPHAEL</x:t>
   </x:si>
   <x:si>
     <x:t>02/19/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Webmarketing avancé</x:t>
   </x:si>
   <x:si>
     <x:t>Agence DM</x:t>
   </x:si>
@@ -2050,162 +2050,162 @@
       <x:c r="K8" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>46052</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>595626</x:v>
+        <x:v>595625</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>37232</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>46052</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>595625</x:v>
+        <x:v>595627</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>37232</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s"/>
       <x:c r="I10" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K10" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>46052</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="Q10" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="Q10" s="16" t="s">
+      <x:c r="R10" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="R10" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>595627</x:v>
+        <x:v>595628</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>37232</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
@@ -2215,51 +2215,51 @@
       <x:c r="K11" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>46052</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>595628</x:v>
+        <x:v>595626</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
         <x:v>37232</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>74</x:v>
@@ -2820,82 +2820,82 @@
       </x:c>
       <x:c r="S21" s="0" t="n">
         <x:v>595910</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>38567</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>46027</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
         <x:v>595911</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>38567</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="E23" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
@@ -2969,54 +2969,54 @@
       <x:c r="I24" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>46027</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>609694</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>38567</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
@@ -3052,202 +3052,202 @@
       </x:c>
       <x:c r="S25" s="0" t="n">
         <x:v>595916</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>38567</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>46027</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>595914</x:v>
+        <x:v>595915</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>38567</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>46027</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>595917</x:v>
+        <x:v>595914</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>38567</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>46027</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>595915</x:v>
+        <x:v>595917</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>38567</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="E29" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
@@ -3372,54 +3372,54 @@
       <x:c r="I31" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>46027</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
         <x:v>609695</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>38567</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
@@ -3516,82 +3516,82 @@
       </x:c>
       <x:c r="S33" s="0" t="n">
         <x:v>595631</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>37946</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>22441</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
         <x:v>595630</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>37946</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="E35" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
@@ -3604,54 +3604,54 @@
       <x:c r="I35" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>22441</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
         <x:v>609696</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>37946</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
@@ -3688,81 +3688,81 @@
       <x:c r="R36" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>595595</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>37946</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>22441</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
         <x:v>595596</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>37946</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
@@ -3776,54 +3776,54 @@
       <x:c r="I38" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>22441</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
         <x:v>609697</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>37305</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
@@ -3833,51 +3833,51 @@
       <x:c r="J39" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>22441</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
         <x:v>593062</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>37305</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
@@ -3904,327 +3904,327 @@
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>593063</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>37305</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
-        <x:v>124</x:v>
-[...2 lines deleted...]
-        <x:v>125</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>22441</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>591842</x:v>
+        <x:v>593060</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>37305</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>124</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>22441</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>591843</x:v>
+        <x:v>593061</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>37305</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>22441</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>593060</x:v>
+        <x:v>593064</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
-        <x:v>52</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>37305</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
-        <x:v>66</x:v>
-[...1 lines deleted...]
-      <x:c r="H44" s="14" t="s"/>
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="H44" s="14" t="s">
+        <x:v>125</x:v>
+      </x:c>
       <x:c r="I44" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>22441</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>593061</x:v>
+        <x:v>591842</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>37305</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="H45" s="0" t="s">
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>22441</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>593064</x:v>
+        <x:v>591843</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>37305</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I46" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
@@ -4408,54 +4408,54 @@
       <x:c r="I49" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>22441</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>609492</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>37305</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
@@ -4640,51 +4640,51 @@
       <x:c r="K53" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>22441</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>585881</x:v>
+        <x:v>585885</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>37305</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
@@ -4697,51 +4697,51 @@
       <x:c r="K54" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>22441</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>585884</x:v>
+        <x:v>585886</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>37305</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
@@ -4808,51 +4808,51 @@
       <x:c r="K56" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>22441</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>585885</x:v>
+        <x:v>585881</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>37305</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
@@ -4862,314 +4862,314 @@
       <x:c r="K57" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>22441</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>585886</x:v>
+        <x:v>585884</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C58" s="15" t="s"/>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s"/>
       <x:c r="K58" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>71133</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>576490</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s"/>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>71133</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>576487</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C60" s="15" t="s"/>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s"/>
       <x:c r="K60" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>71133</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>576489</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>39605</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>620385</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>39605</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>592232</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>39605</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="E63" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
@@ -5179,54 +5179,54 @@
       <x:c r="I63" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>550893</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>39605</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
@@ -5238,54 +5238,54 @@
       <x:c r="I64" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>550892</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C65" s="3" t="s"/>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>169</x:v>
@@ -5581,581 +5581,581 @@
         <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s"/>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>46052</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>586983</x:v>
+        <x:v>586996</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C72" s="15" t="s"/>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s"/>
       <x:c r="K72" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>46052</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>586984</x:v>
+        <x:v>586992</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s"/>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>46052</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>586996</x:v>
+        <x:v>586991</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C74" s="15" t="s"/>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s"/>
       <x:c r="K74" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>46052</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>586992</x:v>
+        <x:v>586981</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C75" s="3" t="s"/>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>46052</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>586991</x:v>
+        <x:v>586994</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C76" s="15" t="s"/>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s"/>
       <x:c r="K76" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>46052</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>586981</x:v>
+        <x:v>586983</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C77" s="3" t="s"/>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>46052</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>586994</x:v>
+        <x:v>586984</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C78" s="15" t="s"/>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s"/>
       <x:c r="K78" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>71123</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>576562</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s"/>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>71123</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>576563</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C80" s="15" t="s"/>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s"/>
       <x:c r="K80" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>71123</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>576560</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>39221</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>592193</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>39221</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
@@ -6295,75 +6295,75 @@
         <x:v>43</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>612398</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C85" s="3" t="s"/>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>71135</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>576695</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C86" s="15" t="s"/>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -6476,51 +6476,51 @@
         <x:v>203</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s"/>
       <x:c r="K88" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>71132</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>533166</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="C89" s="3" t="s"/>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
         <x:v>202</x:v>
@@ -6528,51 +6528,51 @@
       <x:c r="I89" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>71132</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>533249</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C90" s="15" t="s"/>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
@@ -6583,51 +6583,51 @@
         <x:v>203</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s"/>
       <x:c r="K90" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>71132</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>534204</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C91" s="3" t="s"/>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
         <x:v>202</x:v>
@@ -6635,51 +6635,51 @@
       <x:c r="I91" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>71132</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
         <x:v>534206</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C92" s="15" t="s"/>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
@@ -6917,332 +6917,332 @@
         <x:v>210</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>542293</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C97" s="3" t="s"/>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>71132</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>577084</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C98" s="15" t="s"/>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s"/>
       <x:c r="K98" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>71132</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>577083</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C99" s="3" t="s"/>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>71132</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>577081</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C100" s="15" t="s"/>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s"/>
       <x:c r="K100" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>71132</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>503969</x:v>
+        <x:v>503965</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C101" s="3" t="s"/>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>71132</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>503965</x:v>
+        <x:v>503969</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C102" s="15" t="s"/>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s"/>
       <x:c r="K102" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>71132</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>577085</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C103" s="3" t="s"/>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
         <x:v>202</x:v>
@@ -7250,51 +7250,51 @@
       <x:c r="I103" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>71123</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>534209</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C104" s="15" t="s"/>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
@@ -7305,51 +7305,51 @@
         <x:v>203</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s"/>
       <x:c r="K104" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>71123</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>534213</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="C105" s="3" t="s"/>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>209</x:v>
@@ -7509,51 +7509,51 @@
         <x:v>189</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s"/>
       <x:c r="K108" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>71123</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>618700</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C109" s="3" t="s"/>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
         <x:v>202</x:v>
@@ -7561,51 +7561,51 @@
       <x:c r="I109" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>71123</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>534218</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C110" s="15" t="s"/>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
@@ -7616,211 +7616,211 @@
         <x:v>203</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s"/>
       <x:c r="K110" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>71123</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>534216</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C111" s="3" t="s"/>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>71123</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>577100</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C112" s="15" t="s"/>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s"/>
       <x:c r="K112" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>71123</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>577099</x:v>
+        <x:v>577096</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>230</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C113" s="3" t="s"/>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>71123</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>577096</x:v>
+        <x:v>577099</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C114" s="15" t="s"/>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s"/>
       <x:c r="K114" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
@@ -7845,177 +7845,177 @@
         <x:v>51</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>566975</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C115" s="3" t="s"/>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>71123</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>577101</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C116" s="15" t="s"/>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s"/>
       <x:c r="K116" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>71123</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>577103</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C117" s="3" t="s"/>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>71123</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>577104</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C118" s="15" t="s"/>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
@@ -8133,51 +8133,51 @@
         <x:v>203</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s"/>
       <x:c r="K120" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>71154</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>533928</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="C121" s="3" t="s"/>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
         <x:v>202</x:v>
@@ -8185,357 +8185,357 @@
       <x:c r="I121" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>71154</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>533922</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="C122" s="15" t="s"/>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s"/>
       <x:c r="K122" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>46006</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>577820</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="C123" s="3" t="s"/>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>46006</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>577822</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="C124" s="15" t="s"/>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s"/>
       <x:c r="K124" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>46006</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>577824</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="C125" s="3" t="s"/>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>46006</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>577823</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="C126" s="15" t="s"/>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s"/>
       <x:c r="K126" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>46006</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>577826</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="C127" s="3" t="s"/>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>46006</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>577831</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C128" s="15" t="s"/>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
@@ -8789,124 +8789,124 @@
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="C133" s="3" t="s"/>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>71133</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>534225</x:v>
+        <x:v>534228</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="C134" s="15" t="s"/>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="I134" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s"/>
       <x:c r="K134" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>71133</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>534228</x:v>
+        <x:v>534225</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="C135" s="3" t="s"/>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>25</x:v>
@@ -9115,51 +9115,51 @@
       <x:c r="I139" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>71133</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>534230</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="C140" s="15" t="s"/>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
@@ -9170,51 +9170,51 @@
         <x:v>203</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s"/>
       <x:c r="K140" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>71133</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
         <x:v>534232</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="C141" s="3" t="s"/>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>40</x:v>
@@ -9782,205 +9782,205 @@
         <x:v>40</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s"/>
       <x:c r="K152" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>71120</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
-        <x:v>615190</x:v>
+        <x:v>615191</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="C153" s="3" t="s"/>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="G153" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>71120</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
-        <x:v>615191</x:v>
+        <x:v>615190</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="C154" s="15" t="s"/>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s"/>
       <x:c r="I154" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s"/>
       <x:c r="K154" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>609017</x:v>
+        <x:v>609018</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="C155" s="3" t="s"/>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
-        <x:v>609018</x:v>
+        <x:v>609017</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="C156" s="15" t="s"/>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
@@ -9988,51 +9988,51 @@
         <x:v>203</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s"/>
       <x:c r="K156" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>46006</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
         <x:v>534236</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="C157" s="3" t="s"/>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
         <x:v>202</x:v>
@@ -10040,51 +10040,51 @@
       <x:c r="I157" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>46006</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
         <x:v>534240</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
@@ -10106,51 +10106,51 @@
       <x:c r="M158" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
         <x:v>614723</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -10181,78 +10181,78 @@
       <x:c r="T159" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>584267</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
@@ -10292,78 +10292,78 @@
       <x:c r="T161" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
         <x:v>581281</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
@@ -10376,222 +10376,222 @@
       <x:c r="K163" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>602508</x:v>
+        <x:v>613735</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
-        <x:v>295</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
         <x:v>581280</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
-        <x:v>303</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
-        <x:v>304</x:v>
+        <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
-        <x:v>581282</x:v>
+        <x:v>602508</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
-        <x:v>305</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
-        <x:v>300</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
-        <x:v>301</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
-        <x:v>300</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
-        <x:v>301</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
-        <x:v>302</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>613735</x:v>
+        <x:v>581282</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="E167" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>301</x:v>
       </x:c>
@@ -10717,466 +10717,466 @@
       <x:c r="K169" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>608306</x:v>
+        <x:v>608305</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
-        <x:v>254</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
-        <x:v>286</x:v>
-[...1 lines deleted...]
-      <x:c r="H170" s="14" t="s"/>
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="H170" s="14" t="s">
+        <x:v>316</x:v>
+      </x:c>
       <x:c r="I170" s="16" t="s">
-        <x:v>287</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
-        <x:v>286</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
-        <x:v>287</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>608305</x:v>
+        <x:v>601989</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
-        <x:v>315</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="E171" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
-        <x:v>316</x:v>
-[...2 lines deleted...]
-        <x:v>317</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
-        <x:v>318</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
-        <x:v>316</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
-        <x:v>318</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="S171" s="0" t="n">
+        <x:v>569997</x:v>
+      </x:c>
+      <x:c r="T171" s="4" t="s">
         <x:v>319</x:v>
       </x:c>
-      <x:c r="S171" s="0" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U171" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
-        <x:v>286</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
-        <x:v>287</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
-        <x:v>286</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
-        <x:v>287</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>569997</x:v>
+        <x:v>605575</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
-        <x:v>320</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="E173" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="H173" s="0" t="s">
+        <x:v>316</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>605575</x:v>
+        <x:v>601990</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
-        <x:v>316</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
-        <x:v>318</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
-        <x:v>316</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
-        <x:v>318</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
-        <x:v>319</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>601990</x:v>
+        <x:v>608304</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="E175" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
-        <x:v>608304</x:v>
+        <x:v>605574</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
-        <x:v>324</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
-        <x:v>309</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
-        <x:v>310</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
-        <x:v>309</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
-        <x:v>310</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
-        <x:v>311</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
-        <x:v>605574</x:v>
+        <x:v>608306</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
-        <x:v>303</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
@@ -11210,420 +11210,420 @@
       <x:c r="T177" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>581285</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>581284</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>581313</x:v>
+        <x:v>581315</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
+        <x:v>306</x:v>
+      </x:c>
+      <x:c r="U180" s="16" t="s">
         <x:v>333</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>298</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
         <x:v>581314</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
         <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
-        <x:v>581315</x:v>
+        <x:v>581313</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
-        <x:v>305</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
-        <x:v>336</x:v>
+        <x:v>298</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
-        <x:v>581311</x:v>
+        <x:v>581312</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
-        <x:v>581312</x:v>
+        <x:v>581311</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
-        <x:v>305</x:v>
+        <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -11726,51 +11726,51 @@
       <x:c r="I187" s="4" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>15017</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
         <x:v>390029</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>351</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>