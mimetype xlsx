--- v0 (2026-02-19)
+++ v1 (2026-02-19)
@@ -737,68 +737,68 @@
   <x:si>
     <x:t>OC</x:t>
   </x:si>
   <x:si>
     <x:t>75001</x:t>
   </x:si>
   <x:si>
     <x:t>Communication entreprise</x:t>
   </x:si>
   <x:si>
     <x:t>PARIS</x:t>
   </x:si>
   <x:si>
     <x:t>03/26/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/26/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chargé de communication multicanale</x:t>
   </x:si>
   <x:si>
     <x:t>01/26/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Chargé de développement commercial et marketing</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Groupe Someform</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13127</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>chargé de développement commercial et marketing</x:t>
   </x:si>
   <x:si>
     <x:t>ESID</x:t>
   </x:si>
   <x:si>
-    <x:t>Chargé de développement commercial et marketing</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>ESID - Nice</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>Esid - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole de Management</x:t>
   </x:si>
   <x:si>
     <x:t>EMD</x:t>
   </x:si>
   <x:si>
     <x:t>13331</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 3e</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
@@ -1349,57 +1349,57 @@
   <x:si>
     <x:t>02/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Créer un site web rapidement et facilement</x:t>
   </x:si>
   <x:si>
     <x:t>Conception site web</x:t>
   </x:si>
   <x:si>
     <x:t>GAP</x:t>
   </x:si>
   <x:si>
     <x:t>03/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>MARSEILLE- 8e</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/26/2026 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>MARSEILLE- 8e</x:t>
   </x:si>
   <x:si>
     <x:t>CS - Certificat de spécialisation Services numériques aux organisations</x:t>
   </x:si>
   <x:si>
     <x:t>Cycle Professionnel Community Management</x:t>
   </x:si>
   <x:si>
     <x:t>Cycle Professionnel Création de site web</x:t>
   </x:si>
   <x:si>
     <x:t>Cycle Professionnel Lancer et faire connaitre son activité sur Internet</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion contenu site web</x:t>
   </x:si>
   <x:si>
     <x:t>designer UX-UI</x:t>
   </x:si>
   <x:si>
     <x:t>My digital school Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Pigier Nice</x:t>
   </x:si>
@@ -5520,468 +5520,468 @@
         <x:v>41</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s"/>
       <x:c r="K58" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>603727</x:v>
+        <x:v>613103</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s"/>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>603739</x:v>
+        <x:v>613106</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C60" s="15" t="s"/>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s"/>
       <x:c r="K60" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>603745</x:v>
+        <x:v>603727</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C61" s="3" t="s"/>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>603751</x:v>
+        <x:v>603739</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C62" s="15" t="s"/>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s"/>
       <x:c r="K62" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>603792</x:v>
+        <x:v>603745</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C63" s="3" t="s"/>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>603805</x:v>
+        <x:v>603751</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C64" s="15" t="s"/>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s"/>
       <x:c r="K64" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>603808</x:v>
+        <x:v>603792</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C65" s="3" t="s"/>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>613103</x:v>
+        <x:v>603805</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C66" s="15" t="s"/>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s"/>
       <x:c r="K66" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>613106</x:v>
+        <x:v>603808</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s"/>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>36</x:v>
@@ -8509,242 +8509,242 @@
       <x:c r="H113" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>556143</x:v>
+        <x:v>509936</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>35354</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I114" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>509936</x:v>
+        <x:v>554891</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>35354</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="E115" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>554891</x:v>
+        <x:v>554895</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>35354</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I116" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>554895</x:v>
+        <x:v>556143</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>35354</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="E117" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
@@ -10025,165 +10025,165 @@
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>615690</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>38025</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>34052</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>591882</x:v>
+        <x:v>581790</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>38025</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>34052</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>581790</x:v>
+        <x:v>591882</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>38025</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>34052</x:v>
@@ -10417,51 +10417,51 @@
       <x:c r="L145" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>34052</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
         <x:v>602451</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>38025</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s">
         <x:v>232</x:v>
@@ -14841,112 +14841,112 @@
         <x:v>390</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s"/>
       <x:c r="K226" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>46343</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
-        <x:v>396</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
-        <x:v>611846</x:v>
+        <x:v>611845</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
-        <x:v>426</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
-        <x:v>427</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="C227" s="3" t="s"/>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="H227" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>46343</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
+        <x:v>396</x:v>
+      </x:c>
+      <x:c r="S227" s="0" t="n">
+        <x:v>611846</x:v>
+      </x:c>
+      <x:c r="T227" s="4" t="s">
+        <x:v>427</x:v>
+      </x:c>
+      <x:c r="U227" s="4" t="s">
         <x:v>428</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
         <x:v>35517</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="I228" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
@@ -15268,51 +15268,51 @@
       <x:c r="L234" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
         <x:v>614508</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
-        <x:v>427</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
         <x:v>442</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="C235" s="3" t="s"/>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>35</x:v>
@@ -16467,51 +16467,51 @@
       <x:c r="I257" s="4" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>46359</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
-        <x:v>428</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
         <x:v>611881</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
         <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="C258" s="15" t="s"/>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s"/>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
@@ -17664,51 +17664,51 @@
       <x:c r="L280" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
         <x:v>71132</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
         <x:v>577084</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
         <x:v>519</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="C281" s="3" t="s"/>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="G281" s="0" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>26</x:v>
@@ -18525,72 +18525,72 @@
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="C297" s="3" t="s"/>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="G297" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="H297" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
-        <x:v>613939</x:v>
+        <x:v>613940</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="C298" s="15" t="s"/>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s"/>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
@@ -18601,210 +18601,210 @@
       <x:c r="K298" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M298" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
-        <x:v>613942</x:v>
+        <x:v>613943</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="C299" s="3" t="s"/>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="G299" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="H299" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
-        <x:v>606837</x:v>
+        <x:v>613961</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="C300" s="15" t="s"/>
       <x:c r="D300" s="15" t="s"/>
       <x:c r="E300" s="14" t="s"/>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="H300" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="I300" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J300" s="14" t="s"/>
       <x:c r="K300" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L300" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M300" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N300" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O300" s="14" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="P300" s="14" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
-        <x:v>606853</x:v>
+        <x:v>613970</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="C301" s="3" t="s"/>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="G301" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="H301" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
-        <x:v>606859</x:v>
+        <x:v>606837</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="C302" s="15" t="s"/>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s"/>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
@@ -18812,213 +18812,213 @@
         <x:v>41</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s"/>
       <x:c r="K302" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
-        <x:v>613940</x:v>
+        <x:v>606853</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="C303" s="3" t="s"/>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="G303" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="H303" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
-        <x:v>613943</x:v>
+        <x:v>606859</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="C304" s="15" t="s"/>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s"/>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="H304" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="I304" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J304" s="14" t="s"/>
       <x:c r="K304" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L304" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
-        <x:v>613961</x:v>
+        <x:v>613939</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="C305" s="3" t="s"/>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="G305" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="H305" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
-        <x:v>613970</x:v>
+        <x:v>613942</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="C306" s="15" t="s"/>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s"/>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="H306" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
@@ -19029,537 +19029,537 @@
       <x:c r="K306" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L306" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
-        <x:v>606833</x:v>
+        <x:v>613937</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="C307" s="3" t="s"/>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="G307" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="H307" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="I307" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
-        <x:v>606844</x:v>
+        <x:v>613947</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="C308" s="15" t="s"/>
       <x:c r="D308" s="15" t="s"/>
       <x:c r="E308" s="14" t="s"/>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="H308" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="I308" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J308" s="14" t="s"/>
       <x:c r="K308" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L308" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M308" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N308" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O308" s="14" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="P308" s="14" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
-        <x:v>606849</x:v>
+        <x:v>613950</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="C309" s="3" t="s"/>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="G309" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="H309" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L309" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
-        <x:v>606855</x:v>
+        <x:v>613964</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="C310" s="15" t="s"/>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s"/>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="H310" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="I310" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J310" s="14" t="s"/>
       <x:c r="K310" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L310" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
-        <x:v>606866</x:v>
+        <x:v>613967</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="C311" s="3" t="s"/>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="G311" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="H311" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
-        <x:v>613937</x:v>
+        <x:v>606833</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="C312" s="15" t="s"/>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s"/>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="H312" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="I312" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J312" s="14" t="s"/>
       <x:c r="K312" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L312" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M312" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N312" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O312" s="14" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
-        <x:v>613947</x:v>
+        <x:v>606844</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="C313" s="3" t="s"/>
       <x:c r="D313" s="3" t="s"/>
       <x:c r="G313" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="H313" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="I313" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L313" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
-        <x:v>613950</x:v>
+        <x:v>606849</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="C314" s="15" t="s"/>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s"/>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="H314" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="I314" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J314" s="14" t="s"/>
       <x:c r="K314" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
-        <x:v>613964</x:v>
+        <x:v>606855</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="C315" s="3" t="s"/>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="G315" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="H315" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="P315" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
-        <x:v>613967</x:v>
+        <x:v>606866</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="C316" s="15" t="s"/>
       <x:c r="D316" s="15" t="s"/>
       <x:c r="E316" s="14" t="s"/>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="H316" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="I316" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J316" s="14" t="s"/>
       <x:c r="K316" s="14" t="s">
         <x:v>25</x:v>
@@ -22711,51 +22711,51 @@
       <x:c r="J375" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="L375" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M375" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N375" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O375" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="P375" s="0" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="Q375" s="4" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="R375" s="0" t="s">
-        <x:v>428</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="S375" s="0" t="n">
         <x:v>592563</x:v>
       </x:c>
       <x:c r="T375" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U375" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:21">
       <x:c r="A376" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B376" s="14" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="C376" s="15" t="n">
         <x:v>40248</x:v>
       </x:c>
       <x:c r="D376" s="15" t="s"/>
       <x:c r="E376" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
@@ -23006,51 +23006,51 @@
       <x:c r="J380" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K380" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="L380" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M380" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N380" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O380" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="P380" s="14" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="Q380" s="16" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="R380" s="14" t="s">
-        <x:v>428</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="S380" s="14" t="n">
         <x:v>607684</x:v>
       </x:c>
       <x:c r="T380" s="16" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="U380" s="16" t="s">
         <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:21">
       <x:c r="A381" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="C381" s="3" t="n">
         <x:v>40248</x:v>
       </x:c>
       <x:c r="D381" s="3" t="s"/>
       <x:c r="E381" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
@@ -24328,51 +24328,51 @@
       <x:c r="L405" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M405" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N405" s="3" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O405" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="P405" s="0" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="Q405" s="4" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="S405" s="0" t="n">
         <x:v>611768</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
-        <x:v>427</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="C406" s="15" t="s"/>
       <x:c r="D406" s="15" t="s"/>
       <x:c r="E406" s="14" t="s"/>
       <x:c r="F406" s="14" t="s"/>
       <x:c r="G406" s="14" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="H406" s="14" t="s"/>
       <x:c r="I406" s="16" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="J406" s="14" t="s"/>
       <x:c r="K406" s="14" t="s">
@@ -24430,51 +24430,51 @@
       <x:c r="L407" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M407" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N407" s="3" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O407" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="P407" s="0" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="Q407" s="4" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="R407" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S407" s="0" t="n">
         <x:v>611782</x:v>
       </x:c>
       <x:c r="T407" s="4" t="s">
-        <x:v>427</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="U407" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:21">
       <x:c r="A408" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B408" s="14" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="C408" s="15" t="s"/>
       <x:c r="D408" s="15" t="s"/>
       <x:c r="E408" s="14" t="s"/>
       <x:c r="F408" s="14" t="s"/>
       <x:c r="G408" s="14" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="H408" s="14" t="s"/>
       <x:c r="I408" s="16" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="J408" s="14" t="s"/>
       <x:c r="K408" s="14" t="s">
@@ -25826,103 +25826,103 @@
         <x:v>24</x:v>
       </x:c>
       <x:c r="J434" s="14" t="s"/>
       <x:c r="K434" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L434" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M434" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N434" s="15" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O434" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="P434" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q434" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R434" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="S434" s="14" t="n">
-        <x:v>616610</x:v>
+        <x:v>616611</x:v>
       </x:c>
       <x:c r="T434" s="16" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="U434" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:21">
       <x:c r="A435" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="C435" s="3" t="s"/>
       <x:c r="D435" s="3" t="s"/>
       <x:c r="G435" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I435" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K435" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L435" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M435" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N435" s="3" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O435" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="P435" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q435" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R435" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S435" s="0" t="n">
-        <x:v>616611</x:v>
+        <x:v>616610</x:v>
       </x:c>
       <x:c r="T435" s="4" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="U435" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:21">
       <x:c r="A436" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B436" s="14" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="C436" s="15" t="s"/>
       <x:c r="D436" s="15" t="s"/>
       <x:c r="E436" s="14" t="s"/>
       <x:c r="F436" s="14" t="s"/>
       <x:c r="G436" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H436" s="14" t="s"/>
       <x:c r="I436" s="16" t="s">
         <x:v>34</x:v>