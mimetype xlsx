--- v0 (2026-02-19)
+++ v1 (2026-02-19)
@@ -4181,160 +4181,159 @@
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>577070</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
-        <x:v>85</x:v>
-[...2 lines deleted...]
-        <x:v>86</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>533294</x:v>
+        <x:v>593065</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
-        <x:v>94</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
-        <x:v>121</x:v>
-[...1 lines deleted...]
-      <x:c r="H46" s="14" t="s"/>
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="H46" s="14" t="s">
+        <x:v>86</x:v>
+      </x:c>
       <x:c r="I46" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>593065</x:v>
+        <x:v>533294</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
@@ -8329,91 +8328,91 @@
         <x:v>549548</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>599904</x:v>
+        <x:v>555068</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="E117" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
@@ -9267,1922 +9266,1924 @@
         <x:v>552363</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
-        <x:v>211</x:v>
-[...1 lines deleted...]
-      <x:c r="H132" s="14" t="s"/>
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="H132" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="I132" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>605456</x:v>
+        <x:v>504559</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="E133" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>602691</x:v>
+        <x:v>605456</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
-        <x:v>286</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
-        <x:v>286</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>600638</x:v>
+        <x:v>602691</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="E135" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="H135" s="0" t="s">
+        <x:v>287</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>587435</x:v>
+        <x:v>600638</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
-        <x:v>226</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>552328</x:v>
+        <x:v>587435</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="E137" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
-        <x:v>245</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>547266</x:v>
+        <x:v>552328</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
-        <x:v>232</x:v>
-[...1 lines deleted...]
-      <x:c r="H138" s="14" t="s"/>
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="H138" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="I138" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>555068</x:v>
+        <x:v>547266</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="E139" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
-        <x:v>105</x:v>
-[...2 lines deleted...]
-        <x:v>106</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>608489</x:v>
+        <x:v>599904</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="I140" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>604279</x:v>
+        <x:v>608489</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="E141" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="H141" s="0" t="s">
+        <x:v>69</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
-        <x:v>297</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
-        <x:v>549667</x:v>
+        <x:v>604279</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
-        <x:v>300</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
-        <x:v>302</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
-        <x:v>302</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>566635</x:v>
+        <x:v>549667</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
-        <x:v>251</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="E143" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>599534</x:v>
+        <x:v>566635</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
-        <x:v>198</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
-        <x:v>305</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
-        <x:v>306</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
-        <x:v>308</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
-        <x:v>309</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
-        <x:v>310</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
-        <x:v>311</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>570743</x:v>
+        <x:v>599534</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
-        <x:v>312</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>313</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="E145" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>306</x:v>
+      </x:c>
+      <x:c r="H145" s="0" t="s">
+        <x:v>307</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
-        <x:v>611169</x:v>
+        <x:v>570743</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
-        <x:v>105</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="H146" s="14" t="s"/>
       <x:c r="I146" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
-        <x:v>294</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
-        <x:v>555843</x:v>
+        <x:v>611169</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="E147" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
-        <x:v>555846</x:v>
+        <x:v>555843</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
-        <x:v>232</x:v>
-[...1 lines deleted...]
-      <x:c r="H148" s="14" t="s"/>
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="H148" s="14" t="s">
+        <x:v>106</x:v>
+      </x:c>
       <x:c r="I148" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
-        <x:v>555070</x:v>
+        <x:v>555846</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="E149" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
-        <x:v>552000</x:v>
+        <x:v>555070</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
-        <x:v>68</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="H150" s="14" t="s"/>
       <x:c r="I150" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
-        <x:v>604197</x:v>
+        <x:v>552000</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="E151" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G151" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="H151" s="0" t="s">
+        <x:v>69</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
-        <x:v>571695</x:v>
+        <x:v>604197</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
-        <x:v>265</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="H152" s="14" t="s"/>
       <x:c r="I152" s="16" t="s">
-        <x:v>267</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
-        <x:v>267</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
-        <x:v>548902</x:v>
+        <x:v>571695</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="E153" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="H153" s="0" t="s">
+        <x:v>266</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
-        <x:v>601041</x:v>
+        <x:v>548902</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
-        <x:v>185</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="H154" s="14" t="s"/>
       <x:c r="I154" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>546926</x:v>
+        <x:v>601041</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="E155" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
-        <x:v>502642</x:v>
+        <x:v>546926</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
-        <x:v>273</x:v>
-[...1 lines deleted...]
-      <x:c r="H156" s="14" t="s"/>
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="H156" s="14" t="s">
+        <x:v>106</x:v>
+      </x:c>
       <x:c r="I156" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
-        <x:v>273</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
-        <x:v>226</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>545318</x:v>
+        <x:v>502642</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
-        <x:v>316</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
-        <x:v>317</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="E157" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
-        <x:v>319</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
-        <x:v>319</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
-        <x:v>602024</x:v>
+        <x:v>545318</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
-        <x:v>321</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
-        <x:v>322</x:v>
+        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>552987</x:v>
+        <x:v>602024</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="E159" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>564808</x:v>
+        <x:v>552987</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
-        <x:v>599905</x:v>
+        <x:v>564808</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="E161" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
-        <x:v>306</x:v>
-[...2 lines deleted...]
-        <x:v>307</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
-        <x:v>308</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>591823</x:v>
+        <x:v>599905</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
-        <x:v>324</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
-        <x:v>326</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s">
-        <x:v>327</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="I162" s="16" t="s">
-        <x:v>328</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
-        <x:v>326</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
-        <x:v>328</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
-        <x:v>329</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>603586</x:v>
+        <x:v>591823</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
-        <x:v>330</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="E163" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="H163" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>504559</x:v>
+        <x:v>603586</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">