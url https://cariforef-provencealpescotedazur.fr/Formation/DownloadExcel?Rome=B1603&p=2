--- v0 (2026-02-18)
+++ v1 (2026-02-18)
@@ -254,114 +254,114 @@
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Rempart-Vinci</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 7e</x:t>
   </x:si>
   <x:si>
     <x:t>CAP Art et techniques de la bijouterie joaillerie</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Marseille Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>GMM</x:t>
   </x:si>
   <x:si>
     <x:t>13010</x:t>
   </x:si>
   <x:si>
     <x:t>Niveau CAP, BEP</x:t>
   </x:si>
   <x:si>
+    <x:t>09/05/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/05/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>09/09/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CAP art et techniques de la bijouterie-joaillerie option bijouterie-joaillerie</x:t>
   </x:si>
   <x:si>
     <x:t>Artisan , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>10/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en apprentissage</x:t>
   </x:si>
   <x:si>
     <x:t>CAP art et techniques de la bijouterie-joaillerie option bijouterie-joaillerie (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>OPCO</x:t>
   </x:si>
   <x:si>
+    <x:t>Chambre de Métiers et de l'Artisanat de Région Provence Alpes Côte d'Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMAR PACA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13008</x:t>
+  </x:si>
+  <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
+    <x:t>Cma Formation Saint Laurent du Var</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINT-LAURENT-DU-VAR</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée Rempart-Vinci</x:t>
-  </x:si>
-[...16 lines deleted...]
-    <x:t>SAINT-LAURENT-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CAP art et techniques de la bijouterie-joaillerie option bijouterie-sertissage</x:t>
   </x:si>
   <x:si>
     <x:t>CAP art et techniques de la bijouterie-joaillerie option polissage finition</x:t>
   </x:si>
   <x:si>
     <x:t>Certificat de spécialisation bijoux de mode</x:t>
   </x:si>
   <x:si>
     <x:t>Accessoire mode</x:t>
   </x:si>
   <x:si>
     <x:t>Certificat de spécialisation bijoux de mode (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Certificat de spécialisation joaillerie</x:t>
   </x:si>
   <x:si>
     <x:t>Création de bijoux sur fil</x:t>
   </x:si>
@@ -1423,51 +1423,51 @@
       <x:c r="K9" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>45529</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>580973</x:v>
+        <x:v>580974</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>36336</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s">
@@ -1482,51 +1482,51 @@
       <x:c r="K10" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>45529</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>580974</x:v>
+        <x:v>580973</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>36336</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H11" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -1539,57 +1539,57 @@
       <x:c r="K11" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>45529</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>580038</x:v>
+        <x:v>580975</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
         <x:v>36336</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I12" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s">
@@ -1598,57 +1598,57 @@
       <x:c r="K12" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>45529</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>580975</x:v>
+        <x:v>580038</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>36336</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H13" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
@@ -1774,54 +1774,54 @@
       <x:c r="L15" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>45529</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
         <x:v>542311</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>36336</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I16" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
@@ -1833,54 +1833,54 @@
       <x:c r="L16" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>45529</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
         <x:v>580035</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>36336</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
@@ -1890,54 +1890,54 @@
       <x:c r="L17" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>45529</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
         <x:v>580972</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>36336</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I18" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
@@ -1952,51 +1952,51 @@
       <x:c r="M18" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>45529</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
         <x:v>611971</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>36336</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
@@ -2068,51 +2068,51 @@
       <x:c r="M20" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>45529</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
         <x:v>611972</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>36336</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -2176,51 +2176,51 @@
       <x:c r="L22" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>45529</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
         <x:v>571882</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>36336</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
@@ -2341,529 +2341,529 @@
       <x:c r="L25" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>45529</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
         <x:v>487265</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>36336</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I26" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>45529</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>547723</x:v>
+        <x:v>607610</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>36336</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="E27" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>45529</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
         <x:v>493101</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>36336</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="H28" s="14" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="I28" s="16" t="s">
         <x:v>77</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>79</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>45529</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="Q28" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
-      <x:c r="Q28" s="16" t="s">
+      <x:c r="R28" s="14" t="s">
         <x:v>81</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>82</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
         <x:v>553296</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>36336</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="E29" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>45529</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>607610</x:v>
+        <x:v>547723</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>36336</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="H30" s="14" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="I30" s="16" t="s">
         <x:v>77</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>79</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>45529</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="Q30" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
-      <x:c r="Q30" s="16" t="s">
+      <x:c r="R30" s="14" t="s">
         <x:v>81</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>82</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>502216</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>36336</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="E31" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="H31" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="I31" s="4" t="s">
         <x:v>77</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>79</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>45529</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="Q31" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
-      <x:c r="Q31" s="4" t="s">
+      <x:c r="R31" s="0" t="s">
         <x:v>81</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>82</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
         <x:v>607609</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>36336</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="H32" s="14" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="I32" s="16" t="s">
         <x:v>77</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>79</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>45529</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="Q32" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
-      <x:c r="Q32" s="16" t="s">
+      <x:c r="R32" s="14" t="s">
         <x:v>81</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>82</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
         <x:v>553297</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>36336</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>45529</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
         <x:v>536010</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>36336</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -2876,51 +2876,51 @@
       <x:c r="L34" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>45529</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
         <x:v>571883</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>36336</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
@@ -2930,51 +2930,51 @@
       <x:c r="L35" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>45529</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
         <x:v>571885</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>37381</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
@@ -2990,111 +2990,111 @@
       <x:c r="M36" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>21752</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>596834</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>37381</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="E37" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>21752</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
         <x:v>617420</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>36684</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
@@ -3325,51 +3325,51 @@
       <x:c r="M42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>21752</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>611969</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s"/>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>27</x:v>