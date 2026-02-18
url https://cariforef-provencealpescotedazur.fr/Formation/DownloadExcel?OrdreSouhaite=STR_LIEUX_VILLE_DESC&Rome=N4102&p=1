--- v0 (2026-02-18)
+++ v1 (2026-02-18)
@@ -443,95 +443,95 @@
   <x:si>
     <x:t>04/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>05/29/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>02/14/2026 00:00:00</x:t>
-[...34 lines deleted...]
-  <x:si>
     <x:t>Auto-Ecole Capitou</x:t>
   </x:si>
   <x:si>
     <x:t>06210</x:t>
   </x:si>
   <x:si>
     <x:t>MANDELIEU-LA-NAPOULE</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Régional de Formation Professionnelle</x:t>
   </x:si>
   <x:si>
     <x:t>IRFOP PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>83160</x:t>
   </x:si>
   <x:si>
     <x:t>LA VALETTE-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>Université d'Etudes et de Loisirs des Alpes du Sud</x:t>
@@ -617,57 +617,57 @@
   <x:si>
     <x:t>11/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>03/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2026 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>03/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>AIX - LES MILLES</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Réaliser un transport de sang et d'organes, de prélèvements biologiques et de médicaments sensibles</x:t>
   </x:si>
   <x:si>
     <x:t>HEKA Formations</x:t>
   </x:si>
   <x:si>
     <x:t>92600</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Particulier, individuel , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Transport sanitaire</x:t>
   </x:si>
@@ -2471,142 +2471,142 @@
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>598636</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s"/>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
-        <x:v>31801</x:v>
+        <x:v>31812</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>364594</x:v>
+        <x:v>598632</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C26" s="15" t="s"/>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s"/>
       <x:c r="K26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
-        <x:v>31812</x:v>
+        <x:v>31801</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>598632</x:v>
+        <x:v>364594</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s"/>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>41</x:v>
@@ -3950,109 +3950,109 @@
       <x:c r="K52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>31801</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>612901</x:v>
+        <x:v>612900</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s"/>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>31801</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>598212</x:v>
+        <x:v>612929</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C54" s="15" t="s"/>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I54" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s"/>
       <x:c r="K54" s="14" t="s">
         <x:v>27</x:v>
@@ -4060,106 +4060,106 @@
       <x:c r="L54" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>31801</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>612896</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s"/>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>31801</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>612928</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C56" s="15" t="s"/>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I56" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s"/>
       <x:c r="K56" s="14" t="s">
         <x:v>27</x:v>
@@ -4167,213 +4167,213 @@
       <x:c r="L56" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>31801</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>612930</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s"/>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>31801</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>612931</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C58" s="15" t="s"/>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I58" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s"/>
       <x:c r="K58" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>31801</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>612900</x:v>
+        <x:v>612901</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s"/>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>31801</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>612929</x:v>
+        <x:v>598212</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C60" s="15" t="s"/>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>27</x:v>
@@ -5594,51 +5594,51 @@
       <x:c r="M83" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>31812</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>584694</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C84" s="15" t="s"/>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I84" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -5815,51 +5815,51 @@
       <x:c r="L87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>31812</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>584697</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C88" s="15" t="s"/>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I88" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
@@ -5981,112 +5981,112 @@
       <x:c r="K90" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>31812</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>584699</x:v>
+        <x:v>584692</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C91" s="3" t="s"/>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>31812</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>584692</x:v>
+        <x:v>584699</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="U91" s="4" t="s">
         <x:v>184</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C92" s="15" t="s"/>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="I92" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s"/>
       <x:c r="K92" s="14" t="s">
         <x:v>27</x:v>
@@ -6301,51 +6301,51 @@
       <x:c r="L96" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>31815</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>597710</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C97" s="3" t="s"/>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>28</x:v>
@@ -6557,51 +6557,51 @@
       <x:c r="M101" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>31815</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>597711</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>