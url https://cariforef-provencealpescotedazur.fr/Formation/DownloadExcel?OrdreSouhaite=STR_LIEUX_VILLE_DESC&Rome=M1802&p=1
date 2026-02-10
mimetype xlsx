--- v1 (2026-02-10)
+++ v2 (2026-02-10)
@@ -305,74 +305,74 @@
   <x:si>
     <x:t>BUT spécialité informatique parcours réalisation d'applications : conception, développement, validation (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Formasup Provence Alpes Côte d'Azur - CFA Régional Interuniversitaire Epure Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>CFA</x:t>
   </x:si>
   <x:si>
     <x:t>13001</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 3 et 4</x:t>
   </x:si>
   <x:si>
     <x:t>Langages informatiques</x:t>
   </x:si>
   <x:si>
     <x:t>Université Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
+    <x:t>08/31/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en cybersécurité (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Sophia Ynov Campus</x:t>
   </x:si>
   <x:si>
     <x:t>06560</x:t>
   </x:si>
   <x:si>
     <x:t>Système information</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>08/31/2029 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Expert en architecture des systèmes d’information spécialisation Expert Cloud, sécurité et infrastructure (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Informatique - Systèmes d’information et numérique</x:t>
   </x:si>
   <x:si>
     <x:t>09/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en ingénierie du logiciel (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Iscod</x:t>
   </x:si>
   <x:si>
     <x:t>06410</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
     <x:t>Génie logiciel</x:t>
@@ -704,83 +704,83 @@
   <x:si>
     <x:t>Adopter des pratiques numériques responsables - Agir pour un avenir durable</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Métiers et de l'Artisanat de Région Provence Alpes Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>CMAR PACA</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
     <x:t>Artisan , Demandeur d'emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Informatique verte</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-LAURENT-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>SAINTE-MAXIME</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PUGET-SUR-ARGENS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CS - Certificat de spécialisation Cybersécurité (ex Mention Complémentaire)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Greta-Cfa Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PORT-DE-BOUC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Certificat de spécialisation cybersécurité (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Pofessionnel Jean Moulin (site Rol Tanguy)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13110</x:t>
+  </x:si>
+  <x:si>
     <x:t>PERTUIS</x:t>
   </x:si>
   <x:si>
-    <x:t>SAINTE-MAXIME</x:t>
-[...28 lines deleted...]
-  <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en ingénierie et science des données (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Openclassrooms</x:t>
   </x:si>
   <x:si>
     <x:t>OC</x:t>
   </x:si>
   <x:si>
     <x:t>75004</x:t>
   </x:si>
   <x:si>
     <x:t>PARIS</x:t>
   </x:si>
   <x:si>
     <x:t>03/27/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/27/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Data Analyst - Diplôme d'établissement</x:t>
@@ -1052,233 +1052,233 @@
   <x:si>
     <x:t>Ingénieur diplômé du CESI spécialité informatique</x:t>
   </x:si>
   <x:si>
     <x:t>CESI école d'ingénieurs - campus de Paris Nanterre</x:t>
   </x:si>
   <x:si>
     <x:t>92000</x:t>
   </x:si>
   <x:si>
     <x:t>CESI Ecole d'ingénieurs - campus de Nice Sophia Antipolis</x:t>
   </x:si>
   <x:si>
     <x:t>09/24/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Windows Server 2022 Administration : Initiation + Approfondissement</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel administrateur d'infrastructures sécurisées (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Expert en ingénierie des systèmes d'information (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mediaschool Nice - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Simplon.co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>93100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Data analyst : module expert</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil Régional</x:t>
   </x:si>
   <x:si>
     <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Accès à l'Emploi</x:t>
   </x:si>
   <x:si>
     <x:t>AFPA - ACCES A L'EMPLOI</x:t>
   </x:si>
   <x:si>
     <x:t>13417</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>11/04/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité réseaux &amp; télécommunications parcours développement système et cloud (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>Expert en ingénierie des systèmes d'information (Apprentissage)</x:t>
-[...11 lines deleted...]
-    <x:t>03/30/2026 00:00:00</x:t>
+    <x:t>10/21/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Linux Administration Avancé LPI 201 :  Maintenance, Customisation, Réparation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Windows 11 : Administration + Déploiement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/10/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/26/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>02/10/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>07/06/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Informatique pour les débutants : Windows</x:t>
   </x:si>
   <x:si>
     <x:t>02/14/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>M2i Skills</x:t>
   </x:si>
   <x:si>
     <x:t>92400</x:t>
   </x:si>
   <x:si>
     <x:t>M2i Skills - Antenne Mougins</x:t>
   </x:si>
   <x:si>
     <x:t>06250</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Linux Administration Avancé LPI 201 :  Maintenance, Customisation, Réparation</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>09/06/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/09/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>expert en études et développement du système d'information</x:t>
+  </x:si>
+  <x:si>
+    <x:t>My digital school Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole Pigier Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Expert en ingénierie informatique (systèmes et réseaux ou services et solutions logicielles)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/23/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blockchain - Module expert</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blockchain</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Méditerranée Ordinateurs pour le Développement et l'Emploi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Architecte de systèmes d'information (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole pour l'Informatique et les Nouvelles Technologies - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/29/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/08/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/22/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/10/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BUT spécialité réseaux &amp; télécommunications parcours internet des objets et mobilité (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cisco CCNA Routing and Switching : Partie 1 + Partie 2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention IA - Intelligence Artificielle / AI - Artificial Intelligence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fanfani</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mathématiques appliquées</x:t>
+  </x:si>
+  <x:si>
     <x:t>Active Directory : Initiation + Approfondissement</x:t>
   </x:si>
   <x:si>
     <x:t>Réseaux : Fondamentaux et Mises en situation</x:t>
   </x:si>
   <x:si>
     <x:t>master mention innovation, entreprise et société</x:t>
   </x:si>
   <x:si>
     <x:t>Science politique</x:t>
   </x:si>
   <x:si>
-    <x:t>Blockchain - Module expert</x:t>
-[...67 lines deleted...]
-  <x:si>
     <x:t>M2i Scribtel - Scribtel Formation</x:t>
   </x:si>
   <x:si>
     <x:t>M2i Scribtel - Scribtel Formation - Antenne Mougins</x:t>
   </x:si>
   <x:si>
     <x:t>MOUGINS</x:t>
   </x:si>
   <x:si>
     <x:t>06/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Belmont</x:t>
   </x:si>
   <x:si>
     <x:t>84140</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Belmont - Antenne Mougins</x:t>
   </x:si>
   <x:si>
     <x:t>MONTFAVET</x:t>
   </x:si>
   <x:si>
     <x:t>Concepteur intégrateur de solutions en Internet des objets (IoT) (Apprentissage)</x:t>
@@ -1538,104 +1538,104 @@
   <x:si>
     <x:t>Ingénieur diplômé de l'école polytechnique universitaire de l'université d'Aix-Marseille spécialité informatique</x:t>
   </x:si>
   <x:si>
     <x:t>master mention réseaux et télécommunication</x:t>
   </x:si>
   <x:si>
     <x:t>Protocole télécommunication</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention méthodes informatiques appliquées à la gestion des entreprises - MIAGE</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Thiers</x:t>
   </x:si>
   <x:si>
     <x:t>13232</x:t>
   </x:si>
   <x:si>
+    <x:t>Licence mention informatique parcours informatique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 9e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention informatique parcours science et ingénierie des données</x:t>
+  </x:si>
+  <x:si>
     <x:t>Manager en ingénierie informatique (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie Métropolitaine Aix Marseille Provence</x:t>
   </x:si>
   <x:si>
     <x:t>CCIMP</x:t>
   </x:si>
   <x:si>
     <x:t>13221</x:t>
   </x:si>
   <x:si>
     <x:t>Architecture système information</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie Métropolitaine Aix Marseille Provence - CFA Régional Interconsulaire Méditerranée - Antenne Ecole Pratique (St Sébasien)</x:t>
   </x:si>
   <x:si>
-    <x:t>MARSEILLE- 9e</x:t>
+    <x:t>07/17/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention traitement du signal et des images parcours compétences complémentaires en informatiques</x:t>
+  </x:si>
+  <x:si>
+    <x:t>manager en ingénierie informatique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>École Pratique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13009</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole Pratique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ingénieur diplômé de l'école polytechnique universitaire de l'université d'Aix-Marseille spécialité informatique (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université - Polytech Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention informatique parcours  intelligence artificielle et apprentissage automatique</x:t>
   </x:si>
   <x:si>
-    <x:t>manager en ingénierie informatique</x:t>
-[...28 lines deleted...]
-  <x:si>
     <x:t>Master mention informatique parcours fiabilité et sécurité informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Doranco Espace Multimédia</x:t>
   </x:si>
   <x:si>
     <x:t>75020</x:t>
   </x:si>
   <x:si>
     <x:t>Doranco Espace Multimédia - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>10/11/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention métiers du décisionnel et de la statistique parcours informatique décisionnelle, statistiques et big data</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention réseaux et télécommunication parcours Internet of Things</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur diplômé de l'école polytechnique universitaire de Marseille de l'université d'Aix-Marseille spécialité informatique</x:t>
@@ -1700,203 +1700,203 @@
   <x:si>
     <x:t>Sécurité des TI-Technologie de l’information</x:t>
   </x:si>
   <x:si>
     <x:t>Mandyben</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>Les nouveaux technologies</x:t>
   </x:si>
   <x:si>
     <x:t>Médiation numérique</x:t>
   </x:si>
   <x:si>
     <x:t>Création de maquette multi - plateformes avec Figma</x:t>
   </x:si>
   <x:si>
     <x:t>12/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>LP École libre des métiers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP Ecole libre des métiers</x:t>
+  </x:si>
+  <x:si>
     <x:t>Cybersécurité - Protéger son entreprise TPE/PME et assurer sa conformité (RGPD / NIS 2)</x:t>
   </x:si>
   <x:si>
     <x:t>Kouta Services- Al-Habib Ivoulsou</x:t>
   </x:si>
   <x:si>
     <x:t>25000</x:t>
   </x:si>
   <x:si>
     <x:t>Cadre demandeur d'emploi , Demandeur d'emploi , Profession libérale , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>03/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LPO Don Bosco</x:t>
   </x:si>
   <x:si>
-    <x:t>LP École libre des métiers</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>04/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ensup Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Métier - Cfa Régional de la Cité Technique</x:t>
   </x:si>
   <x:si>
     <x:t>FM</x:t>
   </x:si>
   <x:si>
     <x:t>13016</x:t>
   </x:si>
   <x:si>
     <x:t>Ogec des Métiers</x:t>
   </x:si>
   <x:si>
+    <x:t>Dawan - Antenne Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 2e</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention informatique parcours mathématiques-informatique</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 3e</x:t>
   </x:si>
   <x:si>
     <x:t>Architecte de systèmes d'information + Expert en management des systèmes d'information (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>02/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/10/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole pour l'Informatique et les Nouvelles Technologies - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>Architecte de systèmes d'information</x:t>
   </x:si>
   <x:si>
     <x:t>Architecte de systèmes d'information (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en informatique et système d'information</x:t>
   </x:si>
   <x:si>
     <x:t>La Plateforme Formation</x:t>
   </x:si>
   <x:si>
-    <x:t>MARSEILLE- 2e</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>08/27/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Dawan - Antenne Marseille</x:t>
-[...2 lines deleted...]
-    <x:t>13002</x:t>
+    <x:t>Initiation sécurité informatique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Descodeuses</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bénéficiaire du RSA , Demandeur d'emploi , Femme , Handicapé , Public sans emploi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/03/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Animer un programme de sensibilisation à la cybersécurité et à l’hygiène numérique (méthodologie Cyberpark)</x:t>
   </x:si>
   <x:si>
     <x:t>04/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>SCRUM : PSM II (Professional Scrum Master)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Méthode Agile</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EPITECH - campus de Marseille</x:t>
+  </x:si>
+  <x:si>
     <x:t>La Plateforme Formation - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>EPITECH - campus de Marseille</x:t>
-[...25 lines deleted...]
-  <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en informatique et système d'information spécificité logiciel (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en informatique et système d'information spécificité IA (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en informatique et système d'information spécificité web (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en informatique et système d'information spécificité cyber (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Dawan|Dawan - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien datacenter</x:t>
@@ -2111,74 +2111,74 @@
   <x:si>
     <x:t>GIGNAC-LA-NERTHE</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur diplômé de l'école nationale supérieure des mines de Saint-Étienne de l'institut Mines-Télécom spécialité microélectronique et informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Mines Saint-Étienne - campus de Saint-Étienne</x:t>
   </x:si>
   <x:si>
     <x:t>42023</x:t>
   </x:si>
   <x:si>
     <x:t>Microélectronique</x:t>
   </x:si>
   <x:si>
     <x:t>Mines Saint-Etienne - ISMIN - Campus Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13541</x:t>
   </x:si>
   <x:si>
     <x:t>GARDANNE CEDEX</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée polyvalent Marie-Madeleine Fourcade</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13120</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GARDANNE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Devenir business analyst en systèmes d'information : les fondamentaux de A à Z - Pro</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Manpeva Consulting</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Audit informatique</x:t>
+  </x:si>
+  <x:si>
     <x:t>Devenir business analyst en systèmes d'information : les fondamentaux de A à Z - Expert</x:t>
   </x:si>
   <x:si>
-    <x:t>Manpeva Consulting</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Devenir business analyst en systèmes d'information : les fondamentaux de A à Z - Master</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée polyvalent Marie-Madeleine Fourcade</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Cybersécurité  Initiation</x:t>
   </x:si>
   <x:si>
     <x:t>Kh Europe Formation</x:t>
   </x:si>
   <x:si>
     <x:t>83370</x:t>
   </x:si>
   <x:si>
     <x:t>FREJUS</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée A Camus</x:t>
   </x:si>
   <x:si>
     <x:t>83600</x:t>
   </x:si>
   <x:si>
     <x:t>Réseau sécurité - Initiation</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée R Goscinny</x:t>
@@ -2216,143 +2216,143 @@
   <x:si>
     <x:t>Titre professionnel administrateur système DevOps</x:t>
   </x:si>
   <x:si>
     <x:t>Training Expert Management</x:t>
   </x:si>
   <x:si>
     <x:t>TEM</x:t>
   </x:si>
   <x:si>
     <x:t>06270</x:t>
   </x:si>
   <x:si>
     <x:t>Langage Python</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES LA BOCCA</x:t>
   </x:si>
   <x:si>
     <x:t>12/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>La Plateforme Alpes Maritimes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06150</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>La Plateforme Alpes Maritimes</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Lycée J Ferry</x:t>
   </x:si>
   <x:si>
     <x:t>06414</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée A Renoir</x:t>
   </x:si>
   <x:si>
     <x:t>06802</x:t>
   </x:si>
   <x:si>
     <x:t>CAGNES SUR MER CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>BRIGNOLES</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent d'altitude - Suzanne Joulié Roos</x:t>
   </x:si>
   <x:si>
     <x:t>05105</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent d'altitude</x:t>
   </x:si>
   <x:si>
     <x:t>BRIANCON CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de la cybersécurité (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>BIOT</x:t>
   </x:si>
   <x:si>
+    <x:t>EURECOM</x:t>
+  </x:si>
+  <x:si>
     <x:t>Visiplus</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en ingénierie du logiciel</x:t>
   </x:si>
   <x:si>
-    <x:t>EURECOM</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Manager de la cybersécurité</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Ingénieur diplômé de l'école polytechnique universitaire de l'université Côte d'Azur spécialité mathématiques appliquées</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Modèle mathématique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ingénieur diplômé de l'école polytechnique universitaire de l'université Côte d'Azur spécialité informatique</x:t>
+  </x:si>
+  <x:si>
     <x:t>Formation à la carte  (Gestion de Projet Web)</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion projet informatique</x:t>
   </x:si>
   <x:si>
     <x:t>03/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Ingénieur diplômé de l'école polytechnique universitaire de l'université Côte d'Azur spécialité mathématiques appliquées</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Titre professionnel administrateur système DevOps (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur diplômé d'Eurecom</x:t>
   </x:si>
   <x:si>
-    <x:t>Ingénieur diplômé de l'école polytechnique universitaire de l'université Côte d'Azur spécialité informatique</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Ingénieur spécialisé en sécurité pour les systèmes informatiques et les communications, diplômé d'Eurecom</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée P de Girard</x:t>
   </x:si>
   <x:si>
     <x:t>84082</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 2</x:t>
   </x:si>
   <x:si>
     <x:t>Avignon Université</x:t>
   </x:si>
   <x:si>
     <x:t>84029</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON UNIVERSITE</x:t>
   </x:si>
   <x:si>
     <x:t>84911</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 09</x:t>
@@ -2477,140 +2477,140 @@
   <x:si>
     <x:t>13617</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>LPO Saint-Éloi</x:t>
   </x:si>
   <x:si>
     <x:t>13626</x:t>
   </x:si>
   <x:si>
     <x:t>LPO St-Eloi</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Ynov Campus</x:t>
   </x:si>
   <x:si>
     <x:t>13090</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
+    <x:t>Expert informatique et systèmes d'information spécialisation Game Designer et Game Programmer (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/14/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bachelor en sciences et ingénierie - informatique et cybersécurité</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ESAIP- site d'Aix-en-Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Expert en architecture des systèmes d’information spécialisation expert cloud, sécurité et infrastructure (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/29/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ingénieur en science des données spécialisé en infrastructure data ou en apprentissage automatique spécialisation Data Engineer - développement (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Igpepm - Groupe Eductive</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ingénieur en science des données spécialisé en infrastructure data ou en apprentissage automatique spécialisation expert en intelligence artificielle - IA &amp; DATA (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Expert en cybersécurité</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/26/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Expert informatique et systèmes d'information spécialisation expert en développement web (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention droit du numérique parcours droit, journalisme et communication</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université|Aix Marseille Université - Faculté de Droit et Science Politique</x:t>
   </x:si>
   <x:si>
     <x:t>06/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert informatique et systèmes d'information spécialisation expert en développement web</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Expert en architecture des systèmes d’information spécialisation expert cloud, sécurité et infrastructure (Apprentissage)</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Expert en architectures systèmes-réseaux et en sécurité informatique spécialisation systèmes, réseaux et cloud computing - Sécurité informatique (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>AEP Saint Eloi</x:t>
   </x:si>
   <x:si>
     <x:t>13100</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>M2i Skills - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Vauvenargues</x:t>
   </x:si>
   <x:si>
     <x:t>Institut National de l'Enseignement à Distance - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>INEAD-ESMAC</x:t>
   </x:si>
   <x:si>
     <x:t>04/11/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert informatique et systèmes d'information spécialisation expert cyber sécurité (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Expert informatique et systèmes d'information spécialisation Expert DevOps (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>Bachelor en sciences et ingénierie - informatique et cybersécurité</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>Expert en architecture des systèmes d’information spécialisation expert en DevSecOps et infrastructure en santé numérique (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Expert informatique et systèmes d'information spécialisation data engineer et data scientist (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>10/14/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert informatique et systèmes d'information spécialisation expert cloud, sécurité et infrastructure (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Expert informatique et systèmes d'information spécialisation expert intelligence artificielle (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Evolusio Formations</x:t>
   </x:si>
   <x:si>
     <x:t>01/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel administrateur d'infrastructures sécurisées spécialisation informatique - cybersécurité (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel administrateur d'infrastructures sécurisées spécialisation informatique - infrastructure et réseaux (Apprentissage)</x:t>
@@ -2711,54 +2711,54 @@
   <x:si>
     <x:t>09/03/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Concepteur développeur d'applications (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/12/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/12/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>10/20/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>CESI Ecole d'ingénieurs - campus d'Aix-en-Provence</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>10/20/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
@@ -3941,197 +3941,197 @@
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
         <x:v>602357</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C14" s="15" t="s"/>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
-        <x:v>35</x:v>
-[...1 lines deleted...]
-      <x:c r="H14" s="14" t="s"/>
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="H14" s="14" t="s">
+        <x:v>55</x:v>
+      </x:c>
       <x:c r="I14" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s"/>
       <x:c r="K14" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>72312</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>603681</x:v>
+        <x:v>603812</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s"/>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H15" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
-        <x:v>72312</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>613432</x:v>
+        <x:v>613171</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C16" s="15" t="s"/>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
-        <x:v>54</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s"/>
       <x:c r="K16" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>602391</x:v>
+        <x:v>603681</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s"/>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>36</x:v>
@@ -4139,112 +4139,112 @@
       <x:c r="K17" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>603812</x:v>
+        <x:v>613432</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C18" s="15" t="s"/>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I18" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s"/>
       <x:c r="K18" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>613171</x:v>
+        <x:v>602391</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s"/>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>28</x:v>
@@ -4466,153 +4466,159 @@
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
         <x:v>602381</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>57</x:v>
-[...1 lines deleted...]
-      <x:c r="C24" s="15" t="s"/>
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="C24" s="15" t="n">
+        <x:v>35475</x:v>
+      </x:c>
       <x:c r="D24" s="15" t="s"/>
-      <x:c r="E24" s="14" t="s"/>
+      <x:c r="E24" s="14" t="s">
+        <x:v>44</x:v>
+      </x:c>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="I24" s="16" t="s">
-        <x:v>36</x:v>
-[...1 lines deleted...]
-      <x:c r="J24" s="14" t="s"/>
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="J24" s="14" t="s">
+        <x:v>74</x:v>
+      </x:c>
       <x:c r="K24" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>30854</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>602427</x:v>
+        <x:v>603414</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s"/>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
-        <x:v>72312</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>613456</x:v>
+        <x:v>602427</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>35475</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I26" s="16" t="s">
         <x:v>73</x:v>
@@ -4629,285 +4635,285 @@
       <x:c r="M26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>30854</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
         <x:v>554815</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>40897</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="E27" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="P27" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="Q27" s="4" t="s">
         <x:v>82</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>81</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
         <x:v>549714</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
-        <x:v>35475</x:v>
+        <x:v>39582</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
-        <x:v>71</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
-        <x:v>30854</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>603414</x:v>
+        <x:v>605066</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
-        <x:v>39582</x:v>
+        <x:v>35419</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="E29" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>31057</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>605066</x:v>
+        <x:v>509865</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
-        <x:v>35419</x:v>
+        <x:v>35475</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
-        <x:v>91</x:v>
-[...1 lines deleted...]
-      <x:c r="H30" s="14" t="s"/>
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="H30" s="14" t="s">
+        <x:v>72</x:v>
+      </x:c>
       <x:c r="I30" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
-        <x:v>31057</x:v>
+        <x:v>30854</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>509865</x:v>
+        <x:v>603415</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>35475</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="E31" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
@@ -4917,887 +4923,883 @@
       <x:c r="K31" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>30854</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>603415</x:v>
+        <x:v>603416</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
-        <x:v>35475</x:v>
+        <x:v>35455</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I32" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
-        <x:v>30854</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>603416</x:v>
+        <x:v>603428</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
-        <x:v>35455</x:v>
+        <x:v>35475</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="E33" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
-        <x:v>31045</x:v>
+        <x:v>30854</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>603428</x:v>
+        <x:v>554881</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
-        <x:v>35475</x:v>
+        <x:v>35455</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I34" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
-        <x:v>30854</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>554881</x:v>
+        <x:v>554883</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>57</x:v>
-[...1 lines deleted...]
-      <x:c r="C35" s="3" t="s"/>
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="C35" s="3" t="n">
+        <x:v>40897</x:v>
+      </x:c>
       <x:c r="D35" s="3" t="s"/>
+      <x:c r="E35" s="0" t="s">
+        <x:v>44</x:v>
+      </x:c>
       <x:c r="G35" s="0" t="s">
-        <x:v>54</x:v>
-[...2 lines deleted...]
-        <x:v>55</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="J35" s="0" t="s">
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
-        <x:v>31001</x:v>
+        <x:v>31008</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>613200</x:v>
+        <x:v>605073</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C36" s="15" t="s"/>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I36" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s"/>
       <x:c r="K36" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
-        <x:v>72312</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>603859</x:v>
+        <x:v>613200</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>100</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="C37" s="3" t="s"/>
       <x:c r="D37" s="3" t="s"/>
-      <x:c r="E37" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G37" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="H37" s="0" t="s">
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>81</x:v>
-[...2 lines deleted...]
-        <x:v>74</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
-        <x:v>24273</x:v>
+        <x:v>72312</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>549706</x:v>
+        <x:v>603859</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
-        <x:v>39582</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>549713</x:v>
+        <x:v>549706</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>103</x:v>
-[...1 lines deleted...]
-      <x:c r="C39" s="3" t="s"/>
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="C39" s="3" t="n">
+        <x:v>39582</x:v>
+      </x:c>
       <x:c r="D39" s="3" t="s"/>
+      <x:c r="E39" s="0" t="s">
+        <x:v>44</x:v>
+      </x:c>
       <x:c r="G39" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="J39" s="0" t="s">
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
-        <x:v>31025</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>608590</x:v>
+        <x:v>549713</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
-        <x:v>42</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>79</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="C40" s="15" t="s"/>
       <x:c r="D40" s="15" t="s"/>
-      <x:c r="E40" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
-        <x:v>81</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="J40" s="14" t="s"/>
       <x:c r="K40" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
-        <x:v>31008</x:v>
+        <x:v>31025</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>605073</x:v>
+        <x:v>608590</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
-        <x:v>35455</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="E41" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
-        <x:v>71</x:v>
-[...2 lines deleted...]
-        <x:v>72</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
-        <x:v>31045</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>554883</x:v>
+        <x:v>549705</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
-        <x:v>42</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>106</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="C42" s="15" t="s"/>
       <x:c r="D42" s="15" t="s"/>
-      <x:c r="E42" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
-        <x:v>81</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="J42" s="14" t="s"/>
       <x:c r="K42" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
-        <x:v>24273</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>549705</x:v>
+        <x:v>603716</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s"/>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
-        <x:v>31001</x:v>
+        <x:v>31089</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>603716</x:v>
+        <x:v>608147</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C44" s="15" t="s"/>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s"/>
       <x:c r="K44" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
-        <x:v>31089</x:v>
+        <x:v>31030</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>608147</x:v>
+        <x:v>608149</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s"/>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="H45" s="0" t="s">
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
-        <x:v>31030</x:v>
+        <x:v>72312</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>608149</x:v>
+        <x:v>613456</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>39586</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>605086</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>35475</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
@@ -5999,51 +6001,51 @@
       <x:c r="M50" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>603429</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>35475</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="E51" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
@@ -6138,78 +6140,78 @@
       <x:c r="S52" s="14" t="n">
         <x:v>554882</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>35078</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="E53" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>448036</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C54" s="15" t="s"/>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
@@ -7531,560 +7533,560 @@
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>534876</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
-        <x:v>37744</x:v>
+        <x:v>40744</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
-      <x:c r="E79" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G79" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="H79" s="0" t="s">
+        <x:v>170</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>24293</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>551046</x:v>
+        <x:v>599305</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
-        <x:v>40744</x:v>
+        <x:v>36296</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
-      <x:c r="E80" s="14" t="s"/>
+      <x:c r="E80" s="14" t="s">
+        <x:v>44</x:v>
+      </x:c>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
-        <x:v>155</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
-        <x:v>24293</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>599305</x:v>
+        <x:v>534966</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
-        <x:v>38321</x:v>
+        <x:v>37744</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="E81" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
-        <x:v>151</x:v>
-[...2 lines deleted...]
-        <x:v>152</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
-        <x:v>15099</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>501083</x:v>
+        <x:v>535023</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
-        <x:v>36296</x:v>
+        <x:v>37744</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>534966</x:v>
+        <x:v>535025</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
-        <x:v>37744</x:v>
+        <x:v>36296</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="E83" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>535023</x:v>
+        <x:v>550746</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
-        <x:v>37744</x:v>
+        <x:v>38321</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
-        <x:v>159</x:v>
-[...1 lines deleted...]
-      <x:c r="H84" s="14" t="s"/>
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="H84" s="14" t="s">
+        <x:v>152</x:v>
+      </x:c>
       <x:c r="I84" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>15099</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>535025</x:v>
+        <x:v>501083</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
-        <x:v>36296</x:v>
+        <x:v>38412</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
-      <x:c r="E85" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G85" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>15099</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>550746</x:v>
+        <x:v>616027</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>175</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="C86" s="15" t="s"/>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
-        <x:v>142</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="J86" s="14" t="s"/>
       <x:c r="K86" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
-        <x:v>15099</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>616027</x:v>
+        <x:v>603720</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>34</x:v>
-[...1 lines deleted...]
-      <x:c r="C87" s="3" t="s"/>
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="C87" s="3" t="n">
+        <x:v>37744</x:v>
+      </x:c>
       <x:c r="D87" s="3" t="s"/>
+      <x:c r="E87" s="0" t="s">
+        <x:v>44</x:v>
+      </x:c>
       <x:c r="G87" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="J87" s="0" t="s">
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
-        <x:v>31001</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>603720</x:v>
+        <x:v>551046</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C88" s="15" t="s"/>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I88" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s"/>
       <x:c r="K88" s="14" t="s">
         <x:v>37</x:v>
@@ -8560,129 +8562,129 @@
         <x:v>179</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>594655</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C97" s="3" t="s"/>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>597492</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>39582</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>606190</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>35511</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
@@ -8836,129 +8838,129 @@
       <x:c r="T101" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>39586</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>615895</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>40897</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="P103" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="Q103" s="4" t="s">
         <x:v>82</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>81</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>606179</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C104" s="15" t="s"/>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
@@ -9036,203 +9038,203 @@
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>603677</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C106" s="15" t="s"/>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
-        <x:v>35</x:v>
-[...1 lines deleted...]
-      <x:c r="H106" s="14" t="s"/>
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="H106" s="14" t="s">
+        <x:v>55</x:v>
+      </x:c>
       <x:c r="I106" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s"/>
       <x:c r="K106" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>72312</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>612633</x:v>
+        <x:v>603823</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C107" s="3" t="s"/>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
-        <x:v>72312</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>603823</x:v>
+        <x:v>602362</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C108" s="15" t="s"/>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
-        <x:v>54</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s"/>
       <x:c r="K108" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>602362</x:v>
+        <x:v>612633</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C109" s="3" t="s"/>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>38</x:v>
@@ -10096,568 +10098,566 @@
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>611209</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="C126" s="15" t="s"/>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="I126" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s"/>
       <x:c r="K126" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>31002</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>602434</x:v>
+        <x:v>611208</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C127" s="3" t="s"/>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
-        <x:v>204</x:v>
-[...2 lines deleted...]
-        <x:v>205</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
-        <x:v>31002</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>611208</x:v>
+        <x:v>603704</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C128" s="15" t="s"/>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
-        <x:v>35</x:v>
-[...1 lines deleted...]
-      <x:c r="H128" s="14" t="s"/>
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="H128" s="14" t="s">
+        <x:v>55</x:v>
+      </x:c>
       <x:c r="I128" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s"/>
       <x:c r="K128" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>72312</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>603704</x:v>
+        <x:v>613446</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C129" s="3" t="s"/>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
-        <x:v>31001</x:v>
+        <x:v>72312</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>613189</x:v>
+        <x:v>603837</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C130" s="15" t="s"/>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I130" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s"/>
       <x:c r="K130" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
-        <x:v>72312</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>603837</x:v>
+        <x:v>613189</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C131" s="3" t="s"/>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
-        <x:v>72312</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>613446</x:v>
+        <x:v>613138</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C132" s="15" t="s"/>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I132" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s"/>
       <x:c r="K132" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>613138</x:v>
+        <x:v>602414</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C133" s="3" t="s"/>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
-        <x:v>54</x:v>
-[...2 lines deleted...]
-        <x:v>55</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>602414</x:v>
+        <x:v>612693</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C134" s="15" t="s"/>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
-        <x:v>35</x:v>
-[...1 lines deleted...]
-      <x:c r="H134" s="14" t="s"/>
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="H134" s="14" t="s">
+        <x:v>55</x:v>
+      </x:c>
       <x:c r="I134" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s"/>
       <x:c r="K134" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>612693</x:v>
+        <x:v>602371</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C135" s="3" t="s"/>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>602371</x:v>
+        <x:v>602365</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C136" s="15" t="s"/>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
@@ -10665,808 +10665,804 @@
         <x:v>36</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s"/>
       <x:c r="K136" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>603830</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C137" s="3" t="s"/>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
-        <x:v>54</x:v>
-[...2 lines deleted...]
-        <x:v>55</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>602365</x:v>
+        <x:v>603695</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C138" s="15" t="s"/>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
-        <x:v>35</x:v>
-[...1 lines deleted...]
-      <x:c r="H138" s="14" t="s"/>
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="H138" s="14" t="s">
+        <x:v>55</x:v>
+      </x:c>
       <x:c r="I138" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s"/>
       <x:c r="K138" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>72312</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>603695</x:v>
+        <x:v>613440</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C139" s="3" t="s"/>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H139" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
-        <x:v>72312</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>613440</x:v>
+        <x:v>602403</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C140" s="15" t="s"/>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I140" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s"/>
       <x:c r="K140" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>602403</x:v>
+        <x:v>613132</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C141" s="3" t="s"/>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
-        <x:v>54</x:v>
-[...2 lines deleted...]
-        <x:v>55</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
-        <x:v>613132</x:v>
+        <x:v>612686</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C142" s="15" t="s"/>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
-        <x:v>35</x:v>
-[...1 lines deleted...]
-      <x:c r="H142" s="14" t="s"/>
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="H142" s="14" t="s">
+        <x:v>55</x:v>
+      </x:c>
       <x:c r="I142" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s"/>
       <x:c r="K142" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>612686</x:v>
+        <x:v>613182</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
-        <x:v>57</x:v>
-[...1 lines deleted...]
-      <x:c r="C143" s="3" t="s"/>
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="C143" s="3" t="n">
+        <x:v>37488</x:v>
+      </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
-        <x:v>54</x:v>
-[...2 lines deleted...]
-        <x:v>55</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="J143" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
-        <x:v>31001</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>613182</x:v>
+        <x:v>551783</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
-      <x:c r="E144" s="14" t="s"/>
+      <x:c r="E144" s="14" t="s">
+        <x:v>44</x:v>
+      </x:c>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="R144" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
-      <x:c r="R144" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>551783</x:v>
+        <x:v>604383</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
-      <x:c r="E145" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G145" s="0" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="I145" s="4" t="s">
         <x:v>215</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>216</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
-        <x:v>604383</x:v>
+        <x:v>588537</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
-      <x:c r="E146" s="14" t="s"/>
+      <x:c r="E146" s="14" t="s">
+        <x:v>44</x:v>
+      </x:c>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s"/>
       <x:c r="I146" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="R146" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
-      <x:c r="R146" s="14" t="s">
+      <x:c r="S146" s="14" t="n">
+        <x:v>565695</x:v>
+      </x:c>
+      <x:c r="T146" s="16" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="U146" s="16" t="s">
         <x:v>217</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
-        <x:v>219</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="C147" s="3" t="s"/>
       <x:c r="D147" s="3" t="s"/>
-      <x:c r="E147" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G147" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="H147" s="0" t="s">
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
-        <x:v>216</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
-        <x:v>31045</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="R147" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
-      <x:c r="R147" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S147" s="0" t="n">
-        <x:v>565695</x:v>
+        <x:v>602387</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C148" s="15" t="s"/>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I148" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s"/>
       <x:c r="K148" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>72312</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
-        <x:v>602387</x:v>
+        <x:v>613461</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C149" s="3" t="s"/>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H149" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
-        <x:v>72312</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
-        <x:v>613461</x:v>
+        <x:v>602434</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C150" s="15" t="s"/>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s"/>
       <x:c r="I150" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s"/>
       <x:c r="K150" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
         <x:v>612709</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C151" s="3" t="s"/>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H151" s="0" t="s">
         <x:v>55</x:v>
@@ -11474,51 +11470,51 @@
       <x:c r="I151" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
         <x:v>603867</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C152" s="15" t="s"/>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
@@ -11529,100 +11525,100 @@
         <x:v>36</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s"/>
       <x:c r="K152" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
         <x:v>613205</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C153" s="3" t="s"/>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="G153" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
         <x:v>603722</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C154" s="15" t="s"/>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
@@ -11633,51 +11629,51 @@
         <x:v>36</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s"/>
       <x:c r="K154" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>613153</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
@@ -11864,114 +11860,114 @@
       <x:c r="K158" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>615689</x:v>
+        <x:v>615687</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>615687</x:v>
+        <x:v>615689</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="C160" s="15" t="s"/>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="I160" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s"/>
       <x:c r="K160" s="14" t="s">
         <x:v>37</x:v>
@@ -12033,173 +12029,173 @@
       <x:c r="K161" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>610848</x:v>
+        <x:v>610847</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
-        <x:v>222</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="I162" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>615688</x:v>
+        <x:v>610848</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="H163" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>610847</x:v>
+        <x:v>615688</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="I164" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
@@ -13348,51 +13344,51 @@
         <x:v>35284</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>595214</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
@@ -14075,51 +14071,51 @@
       <x:c r="I198" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K198" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
         <x:v>592577</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
         <x:v>38779</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
@@ -14149,2368 +14145,2367 @@
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
         <x:v>549300</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
-        <x:v>324</x:v>
-[...1 lines deleted...]
-      <x:c r="C200" s="15" t="s"/>
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="C200" s="15" t="n">
+        <x:v>41129</x:v>
+      </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s"/>
       <x:c r="I200" s="16" t="s">
-        <x:v>279</x:v>
-[...1 lines deleted...]
-      <x:c r="J200" s="14" t="s"/>
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="J200" s="14" t="s">
+        <x:v>47</x:v>
+      </x:c>
       <x:c r="K200" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
-        <x:v>267</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
-        <x:v>505351</x:v>
+        <x:v>598490</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
-        <x:v>302</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
-        <x:v>325</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="C201" s="3" t="s"/>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
-        <x:v>307</x:v>
-[...2 lines deleted...]
-        <x:v>74</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
-        <x:v>24273</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
-        <x:v>599724</x:v>
+        <x:v>505351</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
-        <x:v>326</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
-        <x:v>327</x:v>
-[...1 lines deleted...]
-      <x:c r="C202" s="15" t="s"/>
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="C202" s="15" t="n">
+        <x:v>37680</x:v>
+      </x:c>
       <x:c r="D202" s="15" t="s"/>
-      <x:c r="E202" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E202" s="14" t="s"/>
+      <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
-        <x:v>330</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>306</x:v>
+      </x:c>
+      <x:c r="H202" s="14" t="s"/>
       <x:c r="I202" s="16" t="s">
-        <x:v>332</x:v>
-[...1 lines deleted...]
-      <x:c r="J202" s="14" t="s"/>
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="J202" s="14" t="s">
+        <x:v>74</x:v>
+      </x:c>
       <x:c r="K202" s="14" t="s">
-        <x:v>333</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
-        <x:v>31025</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
-        <x:v>583894</x:v>
+        <x:v>599724</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
-        <x:v>334</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
-        <x:v>335</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
-        <x:v>336</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
-        <x:v>35511</x:v>
+        <x:v>41129</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="E203" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
-        <x:v>71</x:v>
-[...2 lines deleted...]
-        <x:v>72</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
-        <x:v>31011</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
-        <x:v>453836</x:v>
+        <x:v>588341</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
-        <x:v>337</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
-        <x:v>41129</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s"/>
       <x:c r="I204" s="16" t="s">
-        <x:v>307</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="K204" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
-        <x:v>338</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
-        <x:v>588341</x:v>
+        <x:v>500794</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
-        <x:v>312</x:v>
+        <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
-        <x:v>246</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="C205" s="3" t="s"/>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="E205" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>333</x:v>
+      </x:c>
+      <x:c r="F205" s="0" t="s">
+        <x:v>334</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>335</x:v>
+      </x:c>
+      <x:c r="H205" s="0" t="s">
+        <x:v>336</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
-        <x:v>340</x:v>
-[...2 lines deleted...]
-        <x:v>74</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
-        <x:v>24273</x:v>
+        <x:v>31025</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
-        <x:v>500794</x:v>
+        <x:v>583894</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
-        <x:v>341</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
-        <x:v>270</x:v>
-[...1 lines deleted...]
-      <x:c r="C206" s="15" t="s"/>
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="C206" s="15" t="n">
+        <x:v>35511</x:v>
+      </x:c>
       <x:c r="D206" s="15" t="s"/>
-      <x:c r="E206" s="14" t="s"/>
+      <x:c r="E206" s="14" t="s">
+        <x:v>44</x:v>
+      </x:c>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
-        <x:v>271</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s">
-        <x:v>272</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="I206" s="16" t="s">
-        <x:v>273</x:v>
-[...1 lines deleted...]
-      <x:c r="J206" s="14" t="s"/>
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="J206" s="14" t="s">
+        <x:v>74</x:v>
+      </x:c>
       <x:c r="K206" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
-        <x:v>31028</x:v>
+        <x:v>31011</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
-        <x:v>271</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
-        <x:v>273</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
-        <x:v>598282</x:v>
+        <x:v>453836</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
-        <x:v>342</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
-        <x:v>343</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
-        <x:v>34</x:v>
-[...1 lines deleted...]
-      <x:c r="C207" s="3" t="s"/>
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="C207" s="3" t="n">
+        <x:v>38779</x:v>
+      </x:c>
       <x:c r="D207" s="3" t="s"/>
+      <x:c r="E207" s="0" t="s">
+        <x:v>44</x:v>
+      </x:c>
       <x:c r="G207" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="J207" s="0" t="s">
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
-        <x:v>31001</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
-        <x:v>603715</x:v>
+        <x:v>542192</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="C208" s="15" t="s"/>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
-        <x:v>271</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="H208" s="14" t="s"/>
       <x:c r="I208" s="16" t="s">
-        <x:v>273</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s"/>
       <x:c r="K208" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
-        <x:v>31028</x:v>
+        <x:v>31021</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
-        <x:v>271</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
-        <x:v>273</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
-        <x:v>546146</x:v>
+        <x:v>499585</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
-        <x:v>344</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
-        <x:v>277</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="C209" s="3" t="s"/>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
-      <x:c r="J209" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K209" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
-        <x:v>24273</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
-        <x:v>581515</x:v>
+        <x:v>500413</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
-        <x:v>277</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="C210" s="15" t="s"/>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
-        <x:v>266</x:v>
-[...1 lines deleted...]
-      <x:c r="H210" s="14" t="s"/>
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="H210" s="14" t="s">
+        <x:v>272</x:v>
+      </x:c>
       <x:c r="I210" s="16" t="s">
-        <x:v>267</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="J210" s="14" t="s"/>
       <x:c r="K210" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
-        <x:v>24273</x:v>
+        <x:v>31028</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
-        <x:v>266</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
-        <x:v>267</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
-        <x:v>599461</x:v>
+        <x:v>546146</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
-        <x:v>346</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
-        <x:v>337</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="C211" s="3" t="s"/>
       <x:c r="D211" s="3" t="s"/>
-      <x:c r="E211" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G211" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
-        <x:v>307</x:v>
-[...2 lines deleted...]
-        <x:v>47</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
-        <x:v>614355</x:v>
+        <x:v>603715</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
-        <x:v>266</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s"/>
       <x:c r="I212" s="16" t="s">
-        <x:v>267</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K212" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
-        <x:v>266</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
-        <x:v>267</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
-        <x:v>545464</x:v>
+        <x:v>581515</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
-        <x:v>347</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
-        <x:v>277</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="C213" s="3" t="s"/>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="H213" s="0" t="s">
+        <x:v>272</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
-        <x:v>267</x:v>
-[...2 lines deleted...]
-        <x:v>74</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
-        <x:v>24273</x:v>
+        <x:v>31028</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
-        <x:v>545465</x:v>
+        <x:v>598282</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
-        <x:v>348</x:v>
-[...1 lines deleted...]
-      <x:c r="C214" s="15" t="s"/>
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="C214" s="15" t="n">
+        <x:v>37680</x:v>
+      </x:c>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s"/>
       <x:c r="I214" s="16" t="s">
-        <x:v>279</x:v>
-[...1 lines deleted...]
-      <x:c r="J214" s="14" t="s"/>
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="J214" s="14" t="s">
+        <x:v>74</x:v>
+      </x:c>
       <x:c r="K214" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
-        <x:v>500135</x:v>
+        <x:v>599461</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="U214" s="16" t="s">
         <x:v>349</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
-        <x:v>37680</x:v>
+        <x:v>41129</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="E215" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G215" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
-        <x:v>24273</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
-        <x:v>353</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
-        <x:v>607731</x:v>
+        <x:v>614355</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
-        <x:v>42</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
-      <x:c r="E216" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s"/>
       <x:c r="I216" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
-        <x:v>601940</x:v>
+        <x:v>545464</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
-        <x:v>354</x:v>
+        <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
-        <x:v>355</x:v>
-[...1 lines deleted...]
-      <x:c r="C217" s="3" t="s"/>
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="C217" s="3" t="n">
+        <x:v>37680</x:v>
+      </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="J217" s="0" t="s">
+        <x:v>74</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
-        <x:v>31021</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
-        <x:v>499585</x:v>
+        <x:v>545465</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
-        <x:v>302</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
-        <x:v>356</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C218" s="15" t="s"/>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s"/>
       <x:c r="K218" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
-        <x:v>500413</x:v>
+        <x:v>500135</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
-        <x:v>302</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
-        <x:v>297</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
-        <x:v>38779</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="E219" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
-        <x:v>293</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
-        <x:v>542192</x:v>
+        <x:v>607731</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
-        <x:v>357</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
-        <x:v>53</x:v>
-[...1 lines deleted...]
-      <x:c r="C220" s="15" t="s"/>
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="C220" s="15" t="n">
+        <x:v>37680</x:v>
+      </x:c>
       <x:c r="D220" s="15" t="s"/>
-      <x:c r="E220" s="14" t="s"/>
+      <x:c r="E220" s="14" t="s">
+        <x:v>44</x:v>
+      </x:c>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
-        <x:v>54</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="H220" s="14" t="s"/>
       <x:c r="I220" s="16" t="s">
-        <x:v>36</x:v>
-[...1 lines deleted...]
-      <x:c r="J220" s="14" t="s"/>
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="J220" s="14" t="s">
+        <x:v>74</x:v>
+      </x:c>
       <x:c r="K220" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
-        <x:v>602380</x:v>
+        <x:v>601940</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
-        <x:v>325</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="C221" s="3" t="s"/>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="G221" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="H221" s="0" t="s">
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
-        <x:v>307</x:v>
-[...2 lines deleted...]
-        <x:v>74</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
-        <x:v>24273</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
-        <x:v>599725</x:v>
+        <x:v>602380</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
-        <x:v>358</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
-        <x:v>38117</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
-        <x:v>266</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s"/>
       <x:c r="I222" s="16" t="s">
-        <x:v>267</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
-        <x:v>266</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
-        <x:v>267</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
-        <x:v>545502</x:v>
+        <x:v>599725</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
-        <x:v>359</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
-        <x:v>360</x:v>
+        <x:v>358</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
-        <x:v>361</x:v>
-[...1 lines deleted...]
-      <x:c r="C223" s="3" t="s"/>
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="C223" s="3" t="n">
+        <x:v>38117</x:v>
+      </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="G223" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="J223" s="0" t="s">
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
-        <x:v>31001</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
-        <x:v>500678</x:v>
+        <x:v>545502</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
-        <x:v>302</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
-        <x:v>362</x:v>
-[...1 lines deleted...]
-      <x:c r="C224" s="15" t="s"/>
+        <x:v>361</x:v>
+      </x:c>
+      <x:c r="C224" s="15" t="n">
+        <x:v>40363</x:v>
+      </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s"/>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s"/>
       <x:c r="I224" s="16" t="s">
-        <x:v>279</x:v>
-[...1 lines deleted...]
-      <x:c r="J224" s="14" t="s"/>
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="J224" s="14" t="s">
+        <x:v>47</x:v>
+      </x:c>
       <x:c r="K224" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
-        <x:v>505639</x:v>
+        <x:v>592546</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
-        <x:v>302</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
-        <x:v>41129</x:v>
+        <x:v>36197</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
-        <x:v>307</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
-        <x:v>589942</x:v>
+        <x:v>497067</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
-        <x:v>312</x:v>
+        <x:v>366</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
-        <x:v>363</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="C226" s="15" t="s"/>
       <x:c r="D226" s="15" t="s"/>
-      <x:c r="E226" s="14" t="s"/>
-      <x:c r="F226" s="14" t="s"/>
+      <x:c r="E226" s="14" t="s">
+        <x:v>333</x:v>
+      </x:c>
+      <x:c r="F226" s="14" t="s">
+        <x:v>334</x:v>
+      </x:c>
       <x:c r="G226" s="14" t="s">
-        <x:v>76</x:v>
-[...1 lines deleted...]
-      <x:c r="H226" s="14" t="s"/>
+        <x:v>335</x:v>
+      </x:c>
+      <x:c r="H226" s="14" t="s">
+        <x:v>336</x:v>
+      </x:c>
       <x:c r="I226" s="16" t="s">
-        <x:v>185</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>337</x:v>
+      </x:c>
+      <x:c r="J226" s="14" t="s"/>
       <x:c r="K226" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
-        <x:v>13054</x:v>
+        <x:v>31004</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
-        <x:v>364</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
-        <x:v>606182</x:v>
+        <x:v>583890</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>372</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
-        <x:v>365</x:v>
-[...1 lines deleted...]
-      <x:c r="C227" s="3" t="s"/>
+        <x:v>373</x:v>
+      </x:c>
+      <x:c r="C227" s="3" t="n">
+        <x:v>38114</x:v>
+      </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="E227" s="0" t="s">
-        <x:v>328</x:v>
-[...2 lines deleted...]
-        <x:v>329</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G227" s="0" t="s">
-        <x:v>330</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="H227" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="J227" s="0" t="s">
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
-        <x:v>31004</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
-        <x:v>367</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
-        <x:v>368</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
-        <x:v>583890</x:v>
+        <x:v>568839</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
-        <x:v>369</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
-        <x:v>370</x:v>
+        <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
-        <x:v>371</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
         <x:v>38114</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="I228" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K228" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
-        <x:v>372</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
-        <x:v>568839</x:v>
+        <x:v>568840</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
-        <x:v>373</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
-        <x:v>374</x:v>
+        <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
-        <x:v>371</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
-        <x:v>38114</x:v>
+        <x:v>35455</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="E229" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H229" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
-        <x:v>372</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
-        <x:v>568840</x:v>
+        <x:v>453831</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
-        <x:v>375</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
-        <x:v>376</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
-        <x:v>35455</x:v>
+        <x:v>35457</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I230" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
-        <x:v>31045</x:v>
+        <x:v>24218</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
-        <x:v>453831</x:v>
+        <x:v>453837</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
-        <x:v>377</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="C231" s="3" t="s"/>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
-        <x:v>267</x:v>
-[...2 lines deleted...]
-        <x:v>47</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
-        <x:v>497067</x:v>
+        <x:v>612703</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
-        <x:v>378</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
-        <x:v>42</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
-      <x:c r="C232" s="15" t="n">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="C232" s="15" t="s"/>
       <x:c r="D232" s="15" t="s"/>
-      <x:c r="E232" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
-        <x:v>71</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="H232" s="14" t="s"/>
       <x:c r="I232" s="16" t="s">
-        <x:v>73</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="J232" s="14" t="s"/>
       <x:c r="K232" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
-        <x:v>24218</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
-        <x:v>453837</x:v>
+        <x:v>500701</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C233" s="3" t="s"/>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="H233" s="0" t="s">
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
-        <x:v>31001</x:v>
+        <x:v>72312</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
-        <x:v>612703</x:v>
+        <x:v>613455</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
-      <x:c r="C234" s="15" t="s"/>
+      <x:c r="C234" s="15" t="n">
+        <x:v>39485</x:v>
+      </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s"/>
       <x:c r="I234" s="16" t="s">
-        <x:v>279</x:v>
-[...1 lines deleted...]
-      <x:c r="J234" s="14" t="s"/>
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="J234" s="14" t="s">
+        <x:v>47</x:v>
+      </x:c>
       <x:c r="K234" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>11052</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
-        <x:v>267</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
-        <x:v>500701</x:v>
+        <x:v>578115</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
-        <x:v>302</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
-        <x:v>58</x:v>
-[...1 lines deleted...]
-      <x:c r="C235" s="3" t="s"/>
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="C235" s="3" t="n">
+        <x:v>37680</x:v>
+      </x:c>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
-        <x:v>54</x:v>
-[...2 lines deleted...]
-        <x:v>55</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="J235" s="0" t="s">
+        <x:v>74</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
-        <x:v>72312</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
-        <x:v>613455</x:v>
+        <x:v>544705</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
-        <x:v>382</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>384</x:v>
+      </x:c>
+      <x:c r="C236" s="15" t="s"/>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
-        <x:v>383</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s"/>
       <x:c r="I236" s="16" t="s">
-        <x:v>267</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="J236" s="14" t="s"/>
       <x:c r="K236" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
-        <x:v>384</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
-        <x:v>592546</x:v>
+        <x:v>500678</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
-        <x:v>311</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>385</x:v>
+      </x:c>
+      <x:c r="C237" s="3" t="s"/>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="G237" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
-        <x:v>307</x:v>
-[...2 lines deleted...]
-        <x:v>47</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
-        <x:v>598490</x:v>
+        <x:v>505639</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
-        <x:v>385</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
-        <x:v>39485</x:v>
+        <x:v>41129</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
-        <x:v>386</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s"/>
       <x:c r="I238" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K238" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
-        <x:v>11052</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
-        <x:v>387</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
-        <x:v>386</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
-        <x:v>578115</x:v>
+        <x:v>589942</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
-        <x:v>37680</x:v>
+        <x:v>41077</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="G239" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
-        <x:v>24273</x:v>
+        <x:v>13054</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
-        <x:v>544705</x:v>
+        <x:v>606182</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
-        <x:v>347</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="C240" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s"/>
       <x:c r="I240" s="16" t="s">
-        <x:v>351</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K240" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
-        <x:v>353</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
         <x:v>555057</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
-        <x:v>378</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
         <x:v>391</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="E241" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
-        <x:v>353</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
         <x:v>555058</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
@@ -16525,51 +16520,51 @@
       <x:c r="I242" s="16" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K242" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
-        <x:v>353</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
         <x:v>549515</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
@@ -16723,307 +16718,308 @@
       </x:c>
       <x:c r="P245" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
         <x:v>602339</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C246" s="15" t="s"/>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s"/>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I246" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s"/>
       <x:c r="K246" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
-        <x:v>613139</x:v>
+        <x:v>613190</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C247" s="3" t="s"/>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="G247" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="H247" s="0" t="s">
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
-        <x:v>612695</x:v>
+        <x:v>602372</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C248" s="15" t="s"/>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s"/>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s"/>
       <x:c r="I248" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s"/>
       <x:c r="K248" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
-        <x:v>603705</x:v>
+        <x:v>612695</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C249" s="3" t="s"/>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="G249" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H249" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
-        <x:v>602372</x:v>
+        <x:v>613139</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C250" s="15" t="s"/>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s"/>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
-        <x:v>54</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="H250" s="14" t="s"/>
       <x:c r="I250" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s"/>
       <x:c r="K250" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
-        <x:v>613190</x:v>
+        <x:v>603705</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C251" s="3" t="s"/>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="G251" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H251" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>38</x:v>
@@ -17317,234 +17313,234 @@
         <x:v>612634</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="C257" s="3" t="s"/>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="G257" s="0" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
         <x:v>534509</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C258" s="15" t="s"/>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s"/>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I258" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s"/>
       <x:c r="K258" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>72312</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
-        <x:v>602363</x:v>
+        <x:v>603825</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="C259" s="3" t="s"/>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="G259" s="0" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
         <x:v>572255</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C260" s="15" t="s"/>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s"/>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I260" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s"/>
       <x:c r="K260" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
-        <x:v>72312</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
-        <x:v>603825</x:v>
+        <x:v>602363</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C261" s="3" t="s"/>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="G261" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>37</x:v>
@@ -17563,144 +17559,144 @@
       </x:c>
       <x:c r="P261" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
         <x:v>603691</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C262" s="15" t="s"/>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s"/>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I262" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s"/>
       <x:c r="K262" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
-        <x:v>613130</x:v>
+        <x:v>613179</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C263" s="3" t="s"/>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="G263" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H263" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
-        <x:v>613179</x:v>
+        <x:v>613130</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C264" s="15" t="s"/>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s"/>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s"/>
       <x:c r="I264" s="16" t="s">
         <x:v>409</x:v>
@@ -17725,248 +17721,249 @@
       </x:c>
       <x:c r="P264" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
         <x:v>594677</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C265" s="3" t="s"/>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="G265" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="H265" s="0" t="s">
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
-        <x:v>612698</x:v>
+        <x:v>613142</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C266" s="15" t="s"/>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s"/>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
-        <x:v>54</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="H266" s="14" t="s"/>
       <x:c r="I266" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s"/>
       <x:c r="K266" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
-        <x:v>613142</x:v>
+        <x:v>612698</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C267" s="3" t="s"/>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="G267" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H267" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
-        <x:v>602375</x:v>
+        <x:v>602418</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C268" s="15" t="s"/>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s"/>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I268" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s"/>
       <x:c r="K268" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
-        <x:v>602418</x:v>
+        <x:v>602375</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C269" s="3" t="s"/>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="G269" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H269" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
         <x:v>36</x:v>
@@ -17974,112 +17971,112 @@
       <x:c r="K269" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
-        <x:v>603845</x:v>
+        <x:v>613450</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C270" s="15" t="s"/>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s"/>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I270" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s"/>
       <x:c r="K270" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
-        <x:v>613450</x:v>
+        <x:v>603845</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C271" s="3" t="s"/>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="G271" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>28</x:v>
@@ -18154,135 +18151,135 @@
       <x:c r="R272" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
         <x:v>613194</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="C273" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="G273" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
         <x:v>571770</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="C274" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s"/>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
-        <x:v>339</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s"/>
       <x:c r="I274" s="16" t="s">
-        <x:v>340</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K274" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
-        <x:v>339</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
-        <x:v>340</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
         <x:v>601759</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
         <x:v>417</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="C275" s="3" t="s"/>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="G275" s="0" t="s">
         <x:v>419</x:v>
@@ -18371,78 +18368,78 @@
       <x:c r="R276" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
         <x:v>571008</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="C277" s="3" t="n">
         <x:v>37638</x:v>
       </x:c>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="G277" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="J277" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
         <x:v>24218</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
         <x:v>601772</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="C278" s="15" t="n">
         <x:v>39003</x:v>
       </x:c>
       <x:c r="D278" s="15" t="s"/>
@@ -18565,51 +18562,51 @@
       <x:c r="G280" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="I280" s="16" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K280" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
         <x:v>546300</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
@@ -18683,129 +18680,129 @@
       <x:c r="G282" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H282" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="I282" s="16" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="J282" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K282" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
         <x:v>600354</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C283" s="3" t="n">
         <x:v>39585</x:v>
       </x:c>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="E283" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G283" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H283" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="J283" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
         <x:v>546302</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="C284" s="15" t="n">
         <x:v>40807</x:v>
       </x:c>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s"/>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="I284" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s">
@@ -19058,329 +19055,329 @@
       <x:c r="S288" s="14" t="n">
         <x:v>520242</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
         <x:v>451</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="C289" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="E289" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G289" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
         <x:v>500792</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
-        <x:v>341</x:v>
+        <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C290" s="15" t="n">
         <x:v>39585</x:v>
       </x:c>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="I290" s="16" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="J290" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K290" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
         <x:v>546298</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="C291" s="3" t="n">
         <x:v>37638</x:v>
       </x:c>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="E291" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G291" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="J291" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
         <x:v>24218</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
         <x:v>554510</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
-        <x:v>375</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C292" s="15" t="n">
         <x:v>39585</x:v>
       </x:c>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H292" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="I292" s="16" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="J292" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K292" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
         <x:v>546303</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C293" s="3" t="n">
         <x:v>39585</x:v>
       </x:c>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="E293" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G293" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H293" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="J293" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
         <x:v>600355</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C294" s="15" t="s"/>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s"/>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s"/>
       <x:c r="I294" s="16" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K294" s="14" t="s">
         <x:v>26</x:v>
@@ -20435,265 +20432,265 @@
       </x:c>
       <x:c r="P313" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
         <x:v>592582</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="C314" s="15" t="n">
-        <x:v>40116</x:v>
+        <x:v>39003</x:v>
       </x:c>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s"/>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="H314" s="14" t="s"/>
       <x:c r="I314" s="16" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="J314" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K314" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>24356</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
-        <x:v>592354</x:v>
+        <x:v>591934</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
-        <x:v>480</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="C315" s="3" t="n">
-        <x:v>40288</x:v>
+        <x:v>40116</x:v>
       </x:c>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="G315" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="J315" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
-        <x:v>31025</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P315" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
-        <x:v>592404</x:v>
+        <x:v>592354</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
-        <x:v>481</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="C316" s="15" t="n">
-        <x:v>37579</x:v>
+        <x:v>40288</x:v>
       </x:c>
       <x:c r="D316" s="15" t="s"/>
       <x:c r="E316" s="14" t="s"/>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="H316" s="14" t="s"/>
       <x:c r="I316" s="16" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="J316" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="K316" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L316" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M316" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N316" s="15" t="n">
-        <x:v>15099</x:v>
+        <x:v>31025</x:v>
       </x:c>
       <x:c r="O316" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="P316" s="14" t="s">
-        <x:v>428</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
-        <x:v>429</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
-        <x:v>595622</x:v>
+        <x:v>592404</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
-        <x:v>427</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="C317" s="3" t="n">
-        <x:v>39003</x:v>
+        <x:v>37579</x:v>
       </x:c>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="G317" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="J317" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L317" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N317" s="3" t="n">
-        <x:v>24356</x:v>
+        <x:v>15099</x:v>
       </x:c>
       <x:c r="O317" s="0" t="s">
-        <x:v>430</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="P317" s="0" t="s">
-        <x:v>431</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="Q317" s="4" t="s">
-        <x:v>478</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="R317" s="0" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="S317" s="0" t="n">
-        <x:v>591934</x:v>
+        <x:v>595622</x:v>
       </x:c>
       <x:c r="T317" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U317" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="C318" s="15" t="n">
         <x:v>38997</x:v>
       </x:c>
       <x:c r="D318" s="15" t="s"/>
       <x:c r="E318" s="14" t="s"/>
       <x:c r="F318" s="14" t="s"/>
       <x:c r="G318" s="14" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="H318" s="14" t="s"/>
       <x:c r="I318" s="16" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="J318" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -21093,571 +21090,570 @@
       </x:c>
       <x:c r="O325" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
         <x:v>594656</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
-        <x:v>42</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="C326" s="15" t="n">
-        <x:v>35435</x:v>
+        <x:v>40116</x:v>
       </x:c>
       <x:c r="D326" s="15" t="s"/>
-      <x:c r="E326" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E326" s="14" t="s"/>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
-        <x:v>490</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="H326" s="14" t="s">
-        <x:v>491</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="I326" s="16" t="s">
-        <x:v>492</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="J326" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="K326" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L326" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M326" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
-        <x:v>31009</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
-        <x:v>493</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
-        <x:v>494</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="Q326" s="16" t="s">
-        <x:v>439</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
-        <x:v>495</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
-        <x:v>504740</x:v>
+        <x:v>574909</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
-        <x:v>496</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="C327" s="3" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D327" s="3" t="s"/>
       <x:c r="G327" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="H327" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="J327" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L327" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M327" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N327" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O327" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P327" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="Q327" s="4" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
-        <x:v>574955</x:v>
+        <x:v>574960</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
-        <x:v>497</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="C328" s="15" t="n">
         <x:v>35435</x:v>
       </x:c>
       <x:c r="D328" s="15" t="s"/>
-      <x:c r="E328" s="14" t="s"/>
+      <x:c r="E328" s="14" t="s">
+        <x:v>44</x:v>
+      </x:c>
       <x:c r="F328" s="14" t="s"/>
       <x:c r="G328" s="14" t="s">
-        <x:v>498</x:v>
-[...1 lines deleted...]
-      <x:c r="H328" s="14" t="s"/>
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="H328" s="14" t="s">
+        <x:v>494</x:v>
+      </x:c>
       <x:c r="I328" s="16" t="s">
-        <x:v>499</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="J328" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K328" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L328" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M328" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N328" s="15" t="n">
         <x:v>31009</x:v>
       </x:c>
       <x:c r="O328" s="14" t="s">
-        <x:v>493</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="P328" s="14" t="s">
-        <x:v>500</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="Q328" s="16" t="s">
-        <x:v>499</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="R328" s="14" t="s">
-        <x:v>495</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="S328" s="14" t="n">
-        <x:v>594211</x:v>
+        <x:v>549375</x:v>
       </x:c>
       <x:c r="T328" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U328" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:21">
       <x:c r="A329" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
-        <x:v>489</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="C329" s="3" t="n">
         <x:v>35435</x:v>
       </x:c>
       <x:c r="D329" s="3" t="s"/>
       <x:c r="E329" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G329" s="0" t="s">
-        <x:v>490</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="H329" s="0" t="s">
-        <x:v>491</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="I329" s="4" t="s">
-        <x:v>492</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="J329" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L329" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M329" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N329" s="3" t="n">
         <x:v>31009</x:v>
       </x:c>
       <x:c r="O329" s="0" t="s">
-        <x:v>493</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="P329" s="0" t="s">
-        <x:v>494</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="Q329" s="4" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="R329" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="S329" s="0" t="n">
-        <x:v>504739</x:v>
+        <x:v>504740</x:v>
       </x:c>
       <x:c r="T329" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U329" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:21">
       <x:c r="A330" s="13" t="s">
-        <x:v>42</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B330" s="14" t="s">
-        <x:v>501</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="C330" s="15" t="n">
-        <x:v>37579</x:v>
+        <x:v>39003</x:v>
       </x:c>
       <x:c r="D330" s="15" t="s"/>
-      <x:c r="E330" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E330" s="14" t="s"/>
       <x:c r="F330" s="14" t="s"/>
       <x:c r="G330" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="H330" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="I330" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="J330" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K330" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L330" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M330" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N330" s="15" t="n">
-        <x:v>15099</x:v>
+        <x:v>24356</x:v>
       </x:c>
       <x:c r="O330" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="P330" s="14" t="s">
-        <x:v>502</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="Q330" s="16" t="s">
-        <x:v>443</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="R330" s="14" t="s">
-        <x:v>495</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="S330" s="14" t="n">
-        <x:v>605775</x:v>
+        <x:v>581574</x:v>
       </x:c>
       <x:c r="T330" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U330" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:21">
       <x:c r="A331" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
-        <x:v>489</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="C331" s="3" t="n">
         <x:v>35435</x:v>
       </x:c>
       <x:c r="D331" s="3" t="s"/>
-      <x:c r="E331" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G331" s="0" t="s">
-        <x:v>490</x:v>
-[...2 lines deleted...]
-        <x:v>491</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="I331" s="4" t="s">
-        <x:v>492</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="J331" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L331" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M331" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N331" s="3" t="n">
         <x:v>31009</x:v>
       </x:c>
       <x:c r="O331" s="0" t="s">
-        <x:v>493</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="P331" s="0" t="s">
-        <x:v>494</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
-        <x:v>439</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
-        <x:v>549375</x:v>
+        <x:v>594211</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
-        <x:v>503</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
-        <x:v>504</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="C332" s="15" t="n">
-        <x:v>39003</x:v>
+        <x:v>35435</x:v>
       </x:c>
       <x:c r="D332" s="15" t="s"/>
-      <x:c r="E332" s="14" t="s"/>
+      <x:c r="E332" s="14" t="s">
+        <x:v>44</x:v>
+      </x:c>
       <x:c r="F332" s="14" t="s"/>
       <x:c r="G332" s="14" t="s">
-        <x:v>441</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="H332" s="14" t="s">
-        <x:v>442</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="I332" s="16" t="s">
-        <x:v>443</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="J332" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K332" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L332" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M332" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N332" s="15" t="n">
-        <x:v>24356</x:v>
+        <x:v>31009</x:v>
       </x:c>
       <x:c r="O332" s="14" t="s">
-        <x:v>430</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="P332" s="14" t="s">
-        <x:v>447</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="Q332" s="16" t="s">
-        <x:v>448</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="R332" s="14" t="s">
-        <x:v>495</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="S332" s="14" t="n">
-        <x:v>581574</x:v>
+        <x:v>504739</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
-        <x:v>505</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="C333" s="3" t="n">
-        <x:v>40116</x:v>
+        <x:v>37579</x:v>
       </x:c>
       <x:c r="D333" s="3" t="s"/>
+      <x:c r="E333" s="0" t="s">
+        <x:v>44</x:v>
+      </x:c>
       <x:c r="G333" s="0" t="s">
-        <x:v>441</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="H333" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="I333" s="4" t="s">
-        <x:v>443</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="J333" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L333" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M333" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N333" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>15099</x:v>
       </x:c>
       <x:c r="O333" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="P333" s="0" t="s">
-        <x:v>447</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="Q333" s="4" t="s">
-        <x:v>448</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="R333" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="S333" s="0" t="n">
-        <x:v>574909</x:v>
+        <x:v>605775</x:v>
       </x:c>
       <x:c r="T333" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U333" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:21">
       <x:c r="A334" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B334" s="14" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C334" s="15" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D334" s="15" t="s"/>
       <x:c r="E334" s="14" t="s"/>
       <x:c r="F334" s="14" t="s"/>
       <x:c r="G334" s="14" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="H334" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="I334" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="J334" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K334" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L334" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M334" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O334" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P334" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
-        <x:v>495</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
-        <x:v>574960</x:v>
+        <x:v>574955</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="C335" s="3" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="G335" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="H335" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
@@ -21667,51 +21663,51 @@
       <x:c r="J335" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L335" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M335" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N335" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O335" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P335" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="Q335" s="4" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="R335" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="S335" s="0" t="n">
         <x:v>574956</x:v>
       </x:c>
       <x:c r="T335" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U335" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:21">
       <x:c r="A336" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B336" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C336" s="15" t="n">
         <x:v>38117</x:v>
       </x:c>
       <x:c r="D336" s="15" t="s"/>
       <x:c r="E336" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
@@ -21723,114 +21719,114 @@
       <x:c r="I336" s="16" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="J336" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K336" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L336" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M336" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N336" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O336" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P336" s="14" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
-        <x:v>499</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
-        <x:v>495</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
         <x:v>557047</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
         <x:v>433</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C337" s="3" t="n">
         <x:v>38117</x:v>
       </x:c>
       <x:c r="D337" s="3" t="s"/>
       <x:c r="G337" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="I337" s="4" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="J337" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L337" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M337" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N337" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O337" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P337" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
         <x:v>553598</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
         <x:v>511</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="C338" s="15" t="n">
         <x:v>40288</x:v>
       </x:c>
       <x:c r="D338" s="15" t="s"/>
       <x:c r="E338" s="14" t="s"/>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="H338" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="I338" s="16" t="s">
@@ -21839,51 +21835,51 @@
       <x:c r="J338" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K338" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L338" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M338" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N338" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O338" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P338" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
-        <x:v>495</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
         <x:v>574942</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="C339" s="3" t="n">
         <x:v>38997</x:v>
       </x:c>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="G339" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
@@ -21896,51 +21892,51 @@
       <x:c r="J339" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N339" s="3" t="n">
         <x:v>24237</x:v>
       </x:c>
       <x:c r="O339" s="0" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="P339" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="Q339" s="4" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="R339" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="S339" s="0" t="n">
         <x:v>574995</x:v>
       </x:c>
       <x:c r="T339" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U339" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="C340" s="15" t="n">
         <x:v>39003</x:v>
       </x:c>
       <x:c r="D340" s="15" t="s"/>
       <x:c r="E340" s="14" t="s"/>
       <x:c r="F340" s="14" t="s"/>
       <x:c r="G340" s="14" t="s">
@@ -21955,172 +21951,172 @@
       <x:c r="J340" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K340" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L340" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M340" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N340" s="15" t="n">
         <x:v>24356</x:v>
       </x:c>
       <x:c r="O340" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="P340" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
-        <x:v>495</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
         <x:v>575009</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="C341" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="E341" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G341" s="0" t="s">
-        <x:v>490</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="H341" s="0" t="s">
-        <x:v>491</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
-        <x:v>492</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="J341" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
-        <x:v>494</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
         <x:v>549377</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
-        <x:v>489</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="C342" s="15" t="n">
         <x:v>35435</x:v>
       </x:c>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
-        <x:v>490</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="H342" s="14" t="s">
-        <x:v>491</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="I342" s="16" t="s">
-        <x:v>492</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K342" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M342" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
         <x:v>31009</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
-        <x:v>493</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
-        <x:v>494</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
-        <x:v>495</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
         <x:v>549374</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
         <x:v>514</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="C343" s="3" t="n">
         <x:v>37579</x:v>
       </x:c>
       <x:c r="D343" s="3" t="s"/>
       <x:c r="G343" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
@@ -22133,51 +22129,51 @@
       <x:c r="J343" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L343" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M343" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N343" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O343" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P343" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="Q343" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="R343" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="S343" s="0" t="n">
         <x:v>575051</x:v>
       </x:c>
       <x:c r="T343" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U343" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:21">
       <x:c r="A344" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B344" s="14" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="C344" s="15" t="n">
         <x:v>38997</x:v>
       </x:c>
       <x:c r="D344" s="15" t="s"/>
       <x:c r="E344" s="14" t="s"/>
       <x:c r="F344" s="14" t="s"/>
       <x:c r="G344" s="14" t="s">
@@ -22192,108 +22188,108 @@
       <x:c r="J344" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K344" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L344" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M344" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
         <x:v>24237</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
-        <x:v>495</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
         <x:v>574994</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="C345" s="3" t="n">
         <x:v>35435</x:v>
       </x:c>
       <x:c r="D345" s="3" t="s"/>
       <x:c r="G345" s="0" t="s">
-        <x:v>490</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="H345" s="0" t="s">
-        <x:v>491</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="I345" s="4" t="s">
-        <x:v>492</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="J345" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L345" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M345" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N345" s="3" t="n">
         <x:v>31009</x:v>
       </x:c>
       <x:c r="O345" s="0" t="s">
+        <x:v>496</x:v>
+      </x:c>
+      <x:c r="P345" s="0" t="s">
         <x:v>493</x:v>
       </x:c>
-      <x:c r="P345" s="0" t="s">
+      <x:c r="Q345" s="4" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="R345" s="0" t="s">
         <x:v>490</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>495</x:v>
       </x:c>
       <x:c r="S345" s="0" t="n">
         <x:v>573023</x:v>
       </x:c>
       <x:c r="T345" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="U345" s="4" t="s">
         <x:v>518</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:21">
       <x:c r="A346" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B346" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C346" s="15" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D346" s="15" t="s"/>
       <x:c r="E346" s="14" t="s"/>
       <x:c r="F346" s="14" t="s"/>
       <x:c r="G346" s="14" t="s">
@@ -22308,172 +22304,172 @@
       <x:c r="J346" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K346" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L346" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M346" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N346" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O346" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P346" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="Q346" s="16" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="R346" s="14" t="s">
-        <x:v>495</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="S346" s="14" t="n">
         <x:v>574959</x:v>
       </x:c>
       <x:c r="T346" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U346" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:21">
       <x:c r="A347" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
-        <x:v>501</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="C347" s="3" t="n">
         <x:v>37579</x:v>
       </x:c>
       <x:c r="D347" s="3" t="s"/>
       <x:c r="E347" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G347" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="H347" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="I347" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="J347" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K347" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L347" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M347" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N347" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O347" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P347" s="0" t="s">
-        <x:v>502</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="Q347" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="R347" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="S347" s="0" t="n">
         <x:v>501632</x:v>
       </x:c>
       <x:c r="T347" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U347" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:21">
       <x:c r="A348" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B348" s="14" t="s">
-        <x:v>501</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="C348" s="15" t="n">
         <x:v>37579</x:v>
       </x:c>
       <x:c r="D348" s="15" t="s"/>
       <x:c r="E348" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="F348" s="14" t="s"/>
       <x:c r="G348" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="H348" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="I348" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="J348" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K348" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L348" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M348" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N348" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O348" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P348" s="14" t="s">
-        <x:v>502</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="Q348" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="R348" s="14" t="s">
-        <x:v>495</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="S348" s="14" t="n">
         <x:v>555740</x:v>
       </x:c>
       <x:c r="T348" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U348" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:21">
       <x:c r="A349" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="C349" s="3" t="n">
         <x:v>38997</x:v>
       </x:c>
       <x:c r="D349" s="3" t="s"/>
       <x:c r="G349" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
@@ -22486,51 +22482,51 @@
       <x:c r="J349" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K349" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L349" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M349" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N349" s="3" t="n">
         <x:v>24237</x:v>
       </x:c>
       <x:c r="O349" s="0" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="P349" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="Q349" s="4" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="R349" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="S349" s="0" t="n">
         <x:v>581573</x:v>
       </x:c>
       <x:c r="T349" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U349" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:21">
       <x:c r="A350" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B350" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C350" s="15" t="n">
         <x:v>35455</x:v>
       </x:c>
       <x:c r="D350" s="15" t="s"/>
       <x:c r="E350" s="14" t="s"/>
       <x:c r="F350" s="14" t="s"/>
       <x:c r="G350" s="14" t="s">
@@ -22545,51 +22541,51 @@
       <x:c r="J350" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K350" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L350" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M350" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N350" s="15" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O350" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P350" s="14" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="Q350" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="R350" s="14" t="s">
-        <x:v>495</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="S350" s="14" t="n">
         <x:v>575556</x:v>
       </x:c>
       <x:c r="T350" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U350" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:21">
       <x:c r="A351" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="C351" s="3" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D351" s="3" t="s"/>
       <x:c r="G351" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
@@ -22602,51 +22598,51 @@
       <x:c r="J351" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K351" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L351" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M351" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N351" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O351" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P351" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="Q351" s="4" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="R351" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="S351" s="0" t="n">
         <x:v>574957</x:v>
       </x:c>
       <x:c r="T351" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U351" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:21">
       <x:c r="A352" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B352" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="C352" s="15" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D352" s="15" t="s"/>
       <x:c r="E352" s="14" t="s"/>
       <x:c r="F352" s="14" t="s"/>
       <x:c r="G352" s="14" t="s">
@@ -22661,51 +22657,51 @@
       <x:c r="J352" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K352" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L352" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M352" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N352" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O352" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P352" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="Q352" s="16" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="R352" s="14" t="s">
-        <x:v>495</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="S352" s="14" t="n">
         <x:v>574958</x:v>
       </x:c>
       <x:c r="T352" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U352" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:21">
       <x:c r="A353" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="C353" s="3" t="n">
         <x:v>37346</x:v>
       </x:c>
       <x:c r="D353" s="3" t="s"/>
       <x:c r="E353" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
@@ -23119,198 +23115,199 @@
       </x:c>
       <x:c r="O360" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="P360" s="14" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="Q360" s="16" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="R360" s="14" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="S360" s="14" t="n">
         <x:v>576524</x:v>
       </x:c>
       <x:c r="T360" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="U360" s="16" t="s">
         <x:v>542</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:21">
       <x:c r="A361" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
-        <x:v>543</x:v>
-[...1 lines deleted...]
-      <x:c r="C361" s="3" t="s"/>
+        <x:v>458</x:v>
+      </x:c>
+      <x:c r="C361" s="3" t="n">
+        <x:v>37488</x:v>
+      </x:c>
       <x:c r="D361" s="3" t="s"/>
       <x:c r="G361" s="0" t="s">
-        <x:v>544</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="I361" s="4" t="s">
-        <x:v>545</x:v>
+        <x:v>439</x:v>
+      </x:c>
+      <x:c r="J361" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K361" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L361" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M361" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N361" s="3" t="n">
-        <x:v>31006</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O361" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P361" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="Q361" s="4" t="s">
-        <x:v>545</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="R361" s="0" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="S361" s="0" t="n">
-        <x:v>611746</x:v>
+        <x:v>596941</x:v>
       </x:c>
       <x:c r="T361" s="4" t="s">
-        <x:v>547</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U361" s="4" t="s">
-        <x:v>548</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:21">
       <x:c r="A362" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B362" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="C362" s="15" t="s"/>
       <x:c r="D362" s="15" t="s"/>
       <x:c r="E362" s="14" t="s"/>
       <x:c r="F362" s="14" t="s"/>
       <x:c r="G362" s="14" t="s">
-        <x:v>549</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="H362" s="14" t="s"/>
       <x:c r="I362" s="16" t="s">
-        <x:v>439</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>547</x:v>
+      </x:c>
+      <x:c r="J362" s="14" t="s"/>
       <x:c r="K362" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="L362" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M362" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N362" s="15" t="n">
-        <x:v>12522</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O362" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="P362" s="14" t="s">
-        <x:v>549</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="Q362" s="16" t="s">
-        <x:v>439</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="R362" s="14" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="S362" s="14" t="n">
-        <x:v>594679</x:v>
+        <x:v>611746</x:v>
       </x:c>
       <x:c r="T362" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="U362" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>550</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:21">
       <x:c r="A363" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
-        <x:v>458</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C363" s="3" t="s"/>
       <x:c r="D363" s="3" t="s"/>
       <x:c r="G363" s="0" t="s">
-        <x:v>550</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="I363" s="4" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="J363" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K363" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L363" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M363" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N363" s="3" t="n">
-        <x:v>31045</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O363" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P363" s="0" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="Q363" s="4" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="R363" s="0" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="S363" s="0" t="n">
-        <x:v>596941</x:v>
+        <x:v>594679</x:v>
       </x:c>
       <x:c r="T363" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U363" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:21">
       <x:c r="A364" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B364" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="C364" s="15" t="s"/>
       <x:c r="D364" s="15" t="s"/>
       <x:c r="E364" s="14" t="s"/>
       <x:c r="F364" s="14" t="s"/>
       <x:c r="G364" s="14" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="H364" s="14" t="s"/>
       <x:c r="I364" s="16" t="s">
         <x:v>439</x:v>
@@ -23449,51 +23446,51 @@
       </x:c>
       <x:c r="P366" s="14" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="Q366" s="16" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="R366" s="14" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="S366" s="14" t="n">
         <x:v>552931</x:v>
       </x:c>
       <x:c r="T366" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U366" s="16" t="s">
         <x:v>555</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:21">
       <x:c r="A367" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C367" s="3" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D367" s="3" t="s"/>
       <x:c r="E367" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G367" s="0" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="H367" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="I367" s="4" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="J367" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K367" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L367" s="0" t="s">
         <x:v>27</x:v>
@@ -23562,51 +23559,51 @@
       </x:c>
       <x:c r="P368" s="14" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="Q368" s="16" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="R368" s="14" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="S368" s="14" t="n">
         <x:v>576520</x:v>
       </x:c>
       <x:c r="T368" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U368" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:21">
       <x:c r="A369" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C369" s="3" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D369" s="3" t="s"/>
       <x:c r="E369" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G369" s="0" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="H369" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="I369" s="4" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="J369" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K369" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L369" s="0" t="s">
         <x:v>27</x:v>
@@ -23622,1861 +23619,1862 @@
       </x:c>
       <x:c r="P369" s="0" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="Q369" s="4" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="R369" s="0" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="S369" s="0" t="n">
         <x:v>609471</x:v>
       </x:c>
       <x:c r="T369" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U369" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:21">
       <x:c r="A370" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B370" s="14" t="s">
-        <x:v>543</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="C370" s="15" t="s"/>
       <x:c r="D370" s="15" t="s"/>
       <x:c r="E370" s="14" t="s"/>
       <x:c r="F370" s="14" t="s"/>
       <x:c r="G370" s="14" t="s">
-        <x:v>544</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="H370" s="14" t="s"/>
       <x:c r="I370" s="16" t="s">
-        <x:v>545</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="J370" s="14" t="s"/>
       <x:c r="K370" s="14" t="s">
-        <x:v>546</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L370" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M370" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N370" s="15" t="n">
-        <x:v>31006</x:v>
+        <x:v>31021</x:v>
       </x:c>
       <x:c r="O370" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P370" s="14" t="s">
-        <x:v>544</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="Q370" s="16" t="s">
-        <x:v>545</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="R370" s="14" t="s">
-        <x:v>537</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="S370" s="14" t="n">
-        <x:v>611739</x:v>
+        <x:v>500174</x:v>
       </x:c>
       <x:c r="T370" s="16" t="s">
-        <x:v>560</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="U370" s="16" t="s">
-        <x:v>561</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:21">
       <x:c r="A371" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
-        <x:v>543</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="C371" s="3" t="s"/>
       <x:c r="D371" s="3" t="s"/>
       <x:c r="G371" s="0" t="s">
-        <x:v>544</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="I371" s="4" t="s">
-        <x:v>545</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="K371" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="L371" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M371" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N371" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O371" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P371" s="0" t="s">
-        <x:v>544</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="Q371" s="4" t="s">
-        <x:v>545</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="R371" s="0" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="S371" s="0" t="n">
-        <x:v>611741</x:v>
+        <x:v>611739</x:v>
       </x:c>
       <x:c r="T371" s="4" t="s">
-        <x:v>562</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="U371" s="4" t="s">
-        <x:v>563</x:v>
+        <x:v>564</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:21">
       <x:c r="A372" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B372" s="14" t="s">
-        <x:v>540</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="C372" s="15" t="s"/>
       <x:c r="D372" s="15" t="s"/>
       <x:c r="E372" s="14" t="s"/>
       <x:c r="F372" s="14" t="s"/>
       <x:c r="G372" s="14" t="s">
-        <x:v>536</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="H372" s="14" t="s"/>
       <x:c r="I372" s="16" t="s">
-        <x:v>439</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="J372" s="14" t="s"/>
       <x:c r="K372" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="L372" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M372" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N372" s="15" t="n">
-        <x:v>44527</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O372" s="14" t="s">
-        <x:v>539</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="P372" s="14" t="s">
-        <x:v>536</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="Q372" s="16" t="s">
-        <x:v>439</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="R372" s="14" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="S372" s="14" t="n">
-        <x:v>576522</x:v>
+        <x:v>611741</x:v>
       </x:c>
       <x:c r="T372" s="16" t="s">
-        <x:v>564</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="U372" s="16" t="s">
-        <x:v>565</x:v>
+        <x:v>566</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:21">
       <x:c r="A373" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
-        <x:v>566</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>540</x:v>
+      </x:c>
+      <x:c r="C373" s="3" t="s"/>
       <x:c r="D373" s="3" t="s"/>
       <x:c r="G373" s="0" t="s">
-        <x:v>441</x:v>
-[...2 lines deleted...]
-        <x:v>442</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="I373" s="4" t="s">
-        <x:v>443</x:v>
-[...2 lines deleted...]
-        <x:v>74</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="K373" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L373" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M373" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N373" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>44527</x:v>
       </x:c>
       <x:c r="O373" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="P373" s="0" t="s">
-        <x:v>447</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="Q373" s="4" t="s">
-        <x:v>448</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="R373" s="0" t="s">
+        <x:v>537</x:v>
+      </x:c>
+      <x:c r="S373" s="0" t="n">
+        <x:v>576522</x:v>
+      </x:c>
+      <x:c r="T373" s="4" t="s">
         <x:v>567</x:v>
       </x:c>
-      <x:c r="S373" s="0" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U373" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:21">
       <x:c r="A374" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B374" s="14" t="s">
-        <x:v>566</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="C374" s="15" t="n">
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D374" s="15" t="s"/>
       <x:c r="E374" s="14" t="s"/>
       <x:c r="F374" s="14" t="s"/>
       <x:c r="G374" s="14" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="H374" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="I374" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="J374" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K374" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L374" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M374" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N374" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O374" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P374" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="Q374" s="16" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="R374" s="14" t="s">
-        <x:v>567</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="S374" s="14" t="n">
-        <x:v>574912</x:v>
+        <x:v>574911</x:v>
       </x:c>
       <x:c r="T374" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U374" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:21">
       <x:c r="A375" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
-        <x:v>568</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="C375" s="3" t="n">
-        <x:v>38114</x:v>
+        <x:v>40116</x:v>
       </x:c>
       <x:c r="D375" s="3" t="s"/>
       <x:c r="G375" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="H375" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="I375" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="J375" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L375" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M375" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="N375" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O375" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P375" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="Q375" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="R375" s="0" t="s">
-        <x:v>567</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="S375" s="0" t="n">
-        <x:v>616836</x:v>
+        <x:v>574912</x:v>
       </x:c>
       <x:c r="T375" s="4" t="s">
-        <x:v>569</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U375" s="4" t="s">
-        <x:v>570</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:21">
       <x:c r="A376" s="13" t="s">
-        <x:v>42</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="B376" s="14" t="s">
-        <x:v>371</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="C376" s="15" t="n">
         <x:v>38114</x:v>
       </x:c>
       <x:c r="D376" s="15" t="s"/>
-      <x:c r="E376" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E376" s="14" t="s"/>
       <x:c r="F376" s="14" t="s"/>
       <x:c r="G376" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="H376" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="I376" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="J376" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K376" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L376" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M376" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N376" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O376" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P376" s="14" t="s">
-        <x:v>571</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="Q376" s="16" t="s">
-        <x:v>448</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="R376" s="14" t="s">
-        <x:v>567</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="S376" s="14" t="n">
-        <x:v>568842</x:v>
+        <x:v>616836</x:v>
       </x:c>
       <x:c r="T376" s="16" t="s">
-        <x:v>373</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="U376" s="16" t="s">
-        <x:v>374</x:v>
+        <x:v>573</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:21">
       <x:c r="A377" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
-        <x:v>371</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="C377" s="3" t="n">
         <x:v>38114</x:v>
       </x:c>
       <x:c r="D377" s="3" t="s"/>
       <x:c r="E377" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G377" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="H377" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="I377" s="4" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="J377" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K377" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L377" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M377" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N377" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O377" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P377" s="0" t="s">
-        <x:v>571</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="Q377" s="4" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="R377" s="0" t="s">
-        <x:v>567</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="S377" s="0" t="n">
-        <x:v>568843</x:v>
+        <x:v>568842</x:v>
       </x:c>
       <x:c r="T377" s="4" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="U377" s="4" t="s">
         <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:21">
       <x:c r="A378" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B378" s="14" t="s">
-        <x:v>313</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="C378" s="15" t="n">
         <x:v>38114</x:v>
       </x:c>
       <x:c r="D378" s="15" t="s"/>
-      <x:c r="E378" s="14" t="s"/>
+      <x:c r="E378" s="14" t="s">
+        <x:v>44</x:v>
+      </x:c>
       <x:c r="F378" s="14" t="s"/>
       <x:c r="G378" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="H378" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="I378" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="J378" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K378" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L378" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M378" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N378" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O378" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P378" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="Q378" s="16" t="s">
-        <x:v>315</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="R378" s="14" t="s">
-        <x:v>567</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="S378" s="14" t="n">
-        <x:v>616876</x:v>
+        <x:v>568843</x:v>
       </x:c>
       <x:c r="T378" s="16" t="s">
-        <x:v>569</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="U378" s="16" t="s">
-        <x:v>570</x:v>
+        <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:21">
       <x:c r="A379" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
-        <x:v>572</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C379" s="3" t="n">
         <x:v>38114</x:v>
       </x:c>
       <x:c r="D379" s="3" t="s"/>
       <x:c r="G379" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="H379" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="I379" s="4" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="J379" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K379" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L379" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M379" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N379" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O379" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P379" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="Q379" s="4" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="R379" s="0" t="s">
-        <x:v>567</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="S379" s="0" t="n">
-        <x:v>616834</x:v>
+        <x:v>616876</x:v>
       </x:c>
       <x:c r="T379" s="4" t="s">
-        <x:v>317</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="U379" s="4" t="s">
-        <x:v>376</x:v>
+        <x:v>573</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:21">
       <x:c r="A380" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B380" s="14" t="s">
-        <x:v>573</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="C380" s="15" t="n">
         <x:v>38114</x:v>
       </x:c>
       <x:c r="D380" s="15" t="s"/>
       <x:c r="E380" s="14" t="s"/>
       <x:c r="F380" s="14" t="s"/>
       <x:c r="G380" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="H380" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="I380" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="J380" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K380" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L380" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M380" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N380" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O380" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P380" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="Q380" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="R380" s="14" t="s">
-        <x:v>567</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="S380" s="14" t="n">
-        <x:v>616870</x:v>
+        <x:v>616834</x:v>
       </x:c>
       <x:c r="T380" s="16" t="s">
-        <x:v>569</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="U380" s="16" t="s">
-        <x:v>570</x:v>
+        <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:21">
       <x:c r="A381" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
-        <x:v>574</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="C381" s="3" t="n">
-        <x:v>40573</x:v>
+        <x:v>38114</x:v>
       </x:c>
       <x:c r="D381" s="3" t="s"/>
       <x:c r="G381" s="0" t="s">
-        <x:v>575</x:v>
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="H381" s="0" t="s">
+        <x:v>287</x:v>
       </x:c>
       <x:c r="I381" s="4" t="s">
-        <x:v>443</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="J381" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K381" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L381" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M381" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N381" s="3" t="n">
-        <x:v>30854</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O381" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P381" s="0" t="s">
-        <x:v>575</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="Q381" s="4" t="s">
-        <x:v>443</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="R381" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="S381" s="0" t="n">
-        <x:v>584266</x:v>
+        <x:v>616870</x:v>
       </x:c>
       <x:c r="T381" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="U381" s="4" t="s">
-        <x:v>577</x:v>
+        <x:v>573</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:21">
       <x:c r="A382" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B382" s="14" t="s">
-        <x:v>303</x:v>
-[...1 lines deleted...]
-      <x:c r="C382" s="15" t="s"/>
+        <x:v>577</x:v>
+      </x:c>
+      <x:c r="C382" s="15" t="n">
+        <x:v>40573</x:v>
+      </x:c>
       <x:c r="D382" s="15" t="s"/>
       <x:c r="E382" s="14" t="s"/>
       <x:c r="F382" s="14" t="s"/>
       <x:c r="G382" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="H382" s="14" t="s"/>
       <x:c r="I382" s="16" t="s">
-        <x:v>279</x:v>
-[...1 lines deleted...]
-      <x:c r="J382" s="14" t="s"/>
+        <x:v>443</x:v>
+      </x:c>
+      <x:c r="J382" s="14" t="s">
+        <x:v>47</x:v>
+      </x:c>
       <x:c r="K382" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L382" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M382" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N382" s="15" t="n">
-        <x:v>31021</x:v>
+        <x:v>30854</x:v>
       </x:c>
       <x:c r="O382" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P382" s="14" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="Q382" s="16" t="s">
+        <x:v>443</x:v>
+      </x:c>
+      <x:c r="R382" s="14" t="s">
+        <x:v>562</x:v>
+      </x:c>
+      <x:c r="S382" s="14" t="n">
+        <x:v>584266</x:v>
+      </x:c>
+      <x:c r="T382" s="16" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="U382" s="16" t="s">
         <x:v>579</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:21">
       <x:c r="A383" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="C383" s="3" t="s"/>
       <x:c r="D383" s="3" t="s"/>
       <x:c r="G383" s="0" t="s">
-        <x:v>575</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="I383" s="4" t="s">
-        <x:v>443</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L383" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M383" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N383" s="3" t="n">
-        <x:v>31045</x:v>
+        <x:v>31021</x:v>
       </x:c>
       <x:c r="O383" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P383" s="0" t="s">
-        <x:v>575</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="Q383" s="4" t="s">
-        <x:v>443</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="R383" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="S383" s="0" t="n">
-        <x:v>599357</x:v>
+        <x:v>500683</x:v>
       </x:c>
       <x:c r="T383" s="4" t="s">
-        <x:v>341</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="U383" s="4" t="s">
-        <x:v>581</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:21">
       <x:c r="A384" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B384" s="14" t="s">
-        <x:v>574</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>580</x:v>
+      </x:c>
+      <x:c r="C384" s="15" t="s"/>
       <x:c r="D384" s="15" t="s"/>
       <x:c r="E384" s="14" t="s"/>
       <x:c r="F384" s="14" t="s"/>
       <x:c r="G384" s="14" t="s">
-        <x:v>575</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="H384" s="14" t="s"/>
       <x:c r="I384" s="16" t="s">
-        <x:v>443</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>509</x:v>
+      </x:c>
+      <x:c r="J384" s="14" t="s"/>
       <x:c r="K384" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="L384" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M384" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N384" s="15" t="n">
-        <x:v>30854</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O384" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="P384" s="14" t="s">
-        <x:v>575</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="Q384" s="16" t="s">
-        <x:v>443</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="R384" s="14" t="s">
-        <x:v>576</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="S384" s="14" t="n">
-        <x:v>584264</x:v>
+        <x:v>601329</x:v>
       </x:c>
       <x:c r="T384" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="U384" s="16" t="s">
-        <x:v>577</x:v>
+        <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:21">
       <x:c r="A385" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
-        <x:v>574</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="C385" s="3" t="n">
-        <x:v>40573</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D385" s="3" t="s"/>
       <x:c r="G385" s="0" t="s">
-        <x:v>575</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="I385" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="J385" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="K385" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L385" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M385" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N385" s="3" t="n">
-        <x:v>30854</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O385" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="P385" s="0" t="s">
-        <x:v>575</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="Q385" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="R385" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="S385" s="0" t="n">
-        <x:v>584269</x:v>
+        <x:v>573182</x:v>
       </x:c>
       <x:c r="T385" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U385" s="4" t="s">
-        <x:v>527</x:v>
+        <x:v>585</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:21">
       <x:c r="A386" s="13" t="s">
-        <x:v>42</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B386" s="14" t="s">
-        <x:v>246</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>586</x:v>
+      </x:c>
+      <x:c r="C386" s="15" t="s"/>
       <x:c r="D386" s="15" t="s"/>
-      <x:c r="E386" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E386" s="14" t="s"/>
       <x:c r="F386" s="14" t="s"/>
       <x:c r="G386" s="14" t="s">
-        <x:v>575</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="H386" s="14" t="s"/>
       <x:c r="I386" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
-      <x:c r="J386" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J386" s="14" t="s"/>
       <x:c r="K386" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L386" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M386" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N386" s="15" t="n">
-        <x:v>24273</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O386" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P386" s="14" t="s">
-        <x:v>582</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="Q386" s="16" t="s">
-        <x:v>579</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="R386" s="14" t="s">
-        <x:v>576</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="S386" s="14" t="n">
-        <x:v>553577</x:v>
+        <x:v>599357</x:v>
       </x:c>
       <x:c r="T386" s="16" t="s">
-        <x:v>583</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="U386" s="16" t="s">
-        <x:v>584</x:v>
+        <x:v>587</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:21">
       <x:c r="A387" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="C387" s="3" t="n">
-        <x:v>35284</x:v>
+        <x:v>40573</x:v>
       </x:c>
       <x:c r="D387" s="3" t="s"/>
       <x:c r="G387" s="0" t="s">
-        <x:v>585</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="I387" s="4" t="s">
-        <x:v>579</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="J387" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K387" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L387" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M387" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N387" s="3" t="n">
-        <x:v>31008</x:v>
+        <x:v>30854</x:v>
       </x:c>
       <x:c r="O387" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P387" s="0" t="s">
-        <x:v>585</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="Q387" s="4" t="s">
+        <x:v>443</x:v>
+      </x:c>
+      <x:c r="R387" s="0" t="s">
+        <x:v>562</x:v>
+      </x:c>
+      <x:c r="S387" s="0" t="n">
+        <x:v>584264</x:v>
+      </x:c>
+      <x:c r="T387" s="4" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="U387" s="4" t="s">
         <x:v>579</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:21">
       <x:c r="A388" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B388" s="14" t="s">
-        <x:v>300</x:v>
-[...1 lines deleted...]
-      <x:c r="C388" s="15" t="s"/>
+        <x:v>577</x:v>
+      </x:c>
+      <x:c r="C388" s="15" t="n">
+        <x:v>40573</x:v>
+      </x:c>
       <x:c r="D388" s="15" t="s"/>
       <x:c r="E388" s="14" t="s"/>
       <x:c r="F388" s="14" t="s"/>
       <x:c r="G388" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="H388" s="14" t="s"/>
       <x:c r="I388" s="16" t="s">
-        <x:v>279</x:v>
-[...1 lines deleted...]
-      <x:c r="J388" s="14" t="s"/>
+        <x:v>443</x:v>
+      </x:c>
+      <x:c r="J388" s="14" t="s">
+        <x:v>47</x:v>
+      </x:c>
       <x:c r="K388" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L388" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M388" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N388" s="15" t="n">
-        <x:v>31021</x:v>
+        <x:v>30854</x:v>
       </x:c>
       <x:c r="O388" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P388" s="14" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="Q388" s="16" t="s">
-        <x:v>579</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="R388" s="14" t="s">
-        <x:v>576</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="S388" s="14" t="n">
-        <x:v>500683</x:v>
+        <x:v>584269</x:v>
       </x:c>
       <x:c r="T388" s="16" t="s">
-        <x:v>302</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U388" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>527</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:21">
       <x:c r="A389" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
-        <x:v>586</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="C389" s="3" t="s"/>
       <x:c r="D389" s="3" t="s"/>
       <x:c r="G389" s="0" t="s">
-        <x:v>587</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="I389" s="4" t="s">
-        <x:v>509</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s">
-        <x:v>588</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L389" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M389" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N389" s="3" t="n">
-        <x:v>31006</x:v>
+        <x:v>31024</x:v>
       </x:c>
       <x:c r="O389" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="P389" s="0" t="s">
-        <x:v>587</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="Q389" s="4" t="s">
-        <x:v>509</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="R389" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="S389" s="0" t="n">
-        <x:v>601329</x:v>
+        <x:v>586560</x:v>
       </x:c>
       <x:c r="T389" s="4" t="s">
-        <x:v>589</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U389" s="4" t="s">
-        <x:v>590</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:21">
       <x:c r="A390" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B390" s="14" t="s">
-        <x:v>277</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C390" s="15" t="n">
-        <x:v>37680</x:v>
+        <x:v>35284</x:v>
       </x:c>
       <x:c r="D390" s="15" t="s"/>
       <x:c r="E390" s="14" t="s"/>
       <x:c r="F390" s="14" t="s"/>
       <x:c r="G390" s="14" t="s">
-        <x:v>575</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="H390" s="14" t="s"/>
       <x:c r="I390" s="16" t="s">
-        <x:v>443</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="J390" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K390" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L390" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M390" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N390" s="15" t="n">
-        <x:v>24273</x:v>
+        <x:v>31008</x:v>
       </x:c>
       <x:c r="O390" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P390" s="14" t="s">
-        <x:v>575</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="Q390" s="16" t="s">
-        <x:v>443</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="R390" s="14" t="s">
-        <x:v>576</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="S390" s="14" t="n">
-        <x:v>573182</x:v>
+        <x:v>595213</x:v>
       </x:c>
       <x:c r="T390" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U390" s="16" t="s">
-        <x:v>591</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:21">
       <x:c r="A391" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="C391" s="3" t="n">
+        <x:v>37680</x:v>
+      </x:c>
+      <x:c r="D391" s="3" t="s"/>
+      <x:c r="E391" s="0" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="G391" s="0" t="s">
+        <x:v>578</x:v>
+      </x:c>
+      <x:c r="I391" s="4" t="s">
+        <x:v>443</x:v>
+      </x:c>
+      <x:c r="J391" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="K391" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="L391" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="M391" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="N391" s="3" t="n">
+        <x:v>24273</x:v>
+      </x:c>
+      <x:c r="O391" s="0" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="P391" s="0" t="s">
+        <x:v>591</x:v>
+      </x:c>
+      <x:c r="Q391" s="4" t="s">
+        <x:v>561</x:v>
+      </x:c>
+      <x:c r="R391" s="0" t="s">
+        <x:v>562</x:v>
+      </x:c>
+      <x:c r="S391" s="0" t="n">
+        <x:v>553577</x:v>
+      </x:c>
+      <x:c r="T391" s="4" t="s">
         <x:v>592</x:v>
       </x:c>
-      <x:c r="C391" s="3" t="s"/>
-[...19 lines deleted...]
-      <x:c r="O391" s="0" t="s">
+      <x:c r="U391" s="4" t="s">
         <x:v>593</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:21">
       <x:c r="A392" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B392" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="C392" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D392" s="15" t="s"/>
       <x:c r="E392" s="14" t="s"/>
       <x:c r="F392" s="14" t="s"/>
       <x:c r="G392" s="14" t="s">
-        <x:v>575</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="H392" s="14" t="s"/>
       <x:c r="I392" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="J392" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K392" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L392" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M392" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N392" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O392" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P392" s="14" t="s">
-        <x:v>575</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="Q392" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="R392" s="14" t="s">
-        <x:v>576</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="S392" s="14" t="n">
         <x:v>573280</x:v>
       </x:c>
       <x:c r="T392" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U392" s="16" t="s">
-        <x:v>577</x:v>
+        <x:v>579</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:21">
       <x:c r="A393" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="C393" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D393" s="3" t="s"/>
       <x:c r="G393" s="0" t="s">
-        <x:v>575</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="I393" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="J393" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L393" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M393" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N393" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O393" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P393" s="0" t="s">
-        <x:v>575</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="Q393" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="R393" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="S393" s="0" t="n">
         <x:v>543571</x:v>
       </x:c>
       <x:c r="T393" s="4" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="U393" s="4" t="s">
         <x:v>555</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:21">
       <x:c r="A394" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B394" s="14" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="C394" s="15" t="n">
         <x:v>40573</x:v>
       </x:c>
       <x:c r="D394" s="15" t="s"/>
       <x:c r="E394" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="F394" s="14" t="s"/>
       <x:c r="G394" s="14" t="s">
-        <x:v>575</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="H394" s="14" t="s"/>
       <x:c r="I394" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="J394" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K394" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L394" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M394" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N394" s="15" t="n">
         <x:v>30854</x:v>
       </x:c>
       <x:c r="O394" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P394" s="14" t="s">
-        <x:v>582</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="Q394" s="16" t="s">
-        <x:v>579</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="R394" s="14" t="s">
-        <x:v>576</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="S394" s="14" t="n">
         <x:v>605599</x:v>
       </x:c>
       <x:c r="T394" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U394" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:21">
       <x:c r="A395" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
-        <x:v>574</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="C395" s="3" t="n">
         <x:v>40573</x:v>
       </x:c>
       <x:c r="D395" s="3" t="s"/>
       <x:c r="G395" s="0" t="s">
-        <x:v>575</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="I395" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="J395" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L395" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M395" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N395" s="3" t="n">
         <x:v>30854</x:v>
       </x:c>
       <x:c r="O395" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P395" s="0" t="s">
-        <x:v>575</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="Q395" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="R395" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="S395" s="0" t="n">
         <x:v>584272</x:v>
       </x:c>
       <x:c r="T395" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U395" s="4" t="s">
         <x:v>527</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:21">
       <x:c r="A396" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B396" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="C396" s="15" t="n">
         <x:v>38114</x:v>
       </x:c>
       <x:c r="D396" s="15" t="s"/>
       <x:c r="E396" s="14" t="s"/>
       <x:c r="F396" s="14" t="s"/>
       <x:c r="G396" s="14" t="s">
-        <x:v>585</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="H396" s="14" t="s"/>
       <x:c r="I396" s="16" t="s">
-        <x:v>579</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="J396" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K396" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L396" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M396" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N396" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O396" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P396" s="14" t="s">
-        <x:v>585</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="Q396" s="16" t="s">
-        <x:v>579</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="R396" s="14" t="s">
-        <x:v>576</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="S396" s="14" t="n">
         <x:v>597191</x:v>
       </x:c>
       <x:c r="T396" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U396" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:21">
       <x:c r="A397" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="C397" s="3" t="n">
         <x:v>40573</x:v>
       </x:c>
       <x:c r="D397" s="3" t="s"/>
       <x:c r="E397" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G397" s="0" t="s">
-        <x:v>575</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="I397" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="J397" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L397" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M397" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N397" s="3" t="n">
         <x:v>30854</x:v>
       </x:c>
       <x:c r="O397" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P397" s="0" t="s">
-        <x:v>582</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="Q397" s="4" t="s">
-        <x:v>579</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="R397" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="S397" s="0" t="n">
         <x:v>605593</x:v>
       </x:c>
       <x:c r="T397" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U397" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:21">
       <x:c r="A398" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B398" s="14" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="C398" s="15" t="n">
         <x:v>40573</x:v>
       </x:c>
       <x:c r="D398" s="15" t="s"/>
       <x:c r="E398" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="F398" s="14" t="s"/>
       <x:c r="G398" s="14" t="s">
-        <x:v>575</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="H398" s="14" t="s"/>
       <x:c r="I398" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="J398" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K398" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L398" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M398" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N398" s="15" t="n">
         <x:v>30854</x:v>
       </x:c>
       <x:c r="O398" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P398" s="14" t="s">
-        <x:v>582</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="Q398" s="16" t="s">
-        <x:v>579</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="R398" s="14" t="s">
-        <x:v>576</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="S398" s="14" t="n">
         <x:v>605595</x:v>
       </x:c>
       <x:c r="T398" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U398" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:21">
       <x:c r="A399" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="C399" s="3" t="n">
         <x:v>40573</x:v>
       </x:c>
       <x:c r="D399" s="3" t="s"/>
       <x:c r="E399" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G399" s="0" t="s">
-        <x:v>575</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="I399" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="J399" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L399" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M399" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N399" s="3" t="n">
         <x:v>30854</x:v>
       </x:c>
       <x:c r="O399" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P399" s="0" t="s">
-        <x:v>582</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="Q399" s="4" t="s">
-        <x:v>579</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="R399" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="S399" s="0" t="n">
         <x:v>605597</x:v>
       </x:c>
       <x:c r="T399" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U399" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="C400" s="15" t="n">
         <x:v>40573</x:v>
       </x:c>
       <x:c r="D400" s="15" t="s"/>
       <x:c r="E400" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="F400" s="14" t="s"/>
       <x:c r="G400" s="14" t="s">
-        <x:v>575</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="H400" s="14" t="s"/>
       <x:c r="I400" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="J400" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K400" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L400" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M400" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N400" s="15" t="n">
         <x:v>30854</x:v>
       </x:c>
       <x:c r="O400" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P400" s="14" t="s">
-        <x:v>582</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="Q400" s="16" t="s">
-        <x:v>579</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="R400" s="14" t="s">
-        <x:v>576</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="S400" s="14" t="n">
         <x:v>605594</x:v>
       </x:c>
       <x:c r="T400" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U400" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:21">
       <x:c r="A401" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="C401" s="3" t="s"/>
       <x:c r="D401" s="3" t="s"/>
       <x:c r="G401" s="0" t="s">
-        <x:v>575</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="I401" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="K401" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L401" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M401" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N401" s="3" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O401" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P401" s="0" t="s">
-        <x:v>575</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="Q401" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="R401" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="S401" s="0" t="n">
         <x:v>599358</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="U401" s="4" t="s">
         <x:v>391</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
-        <x:v>580</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="C402" s="15" t="s"/>
       <x:c r="D402" s="15" t="s"/>
       <x:c r="E402" s="14" t="s"/>
       <x:c r="F402" s="14" t="s"/>
       <x:c r="G402" s="14" t="s">
-        <x:v>575</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="H402" s="14" t="s"/>
       <x:c r="I402" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="J402" s="14" t="s"/>
       <x:c r="K402" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L402" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M402" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N402" s="15" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O402" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P402" s="14" t="s">
-        <x:v>575</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="Q402" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="R402" s="14" t="s">
-        <x:v>576</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
         <x:v>599360</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
         <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="C403" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D403" s="3" t="s"/>
       <x:c r="G403" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
@@ -25486,911 +25484,912 @@
       <x:c r="J403" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="L403" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M403" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N403" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O403" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P403" s="0" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="Q403" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="R403" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="S403" s="0" t="n">
         <x:v>581511</x:v>
       </x:c>
       <x:c r="T403" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="U403" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:21">
       <x:c r="A404" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B404" s="14" t="s">
-        <x:v>348</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C404" s="15" t="s"/>
       <x:c r="D404" s="15" t="s"/>
       <x:c r="E404" s="14" t="s"/>
       <x:c r="F404" s="14" t="s"/>
       <x:c r="G404" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="H404" s="14" t="s"/>
       <x:c r="I404" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="J404" s="14" t="s"/>
       <x:c r="K404" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L404" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M404" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N404" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O404" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="P404" s="14" t="s">
-        <x:v>578</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="Q404" s="16" t="s">
-        <x:v>579</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="R404" s="14" t="s">
-        <x:v>576</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="S404" s="14" t="n">
         <x:v>500131</x:v>
       </x:c>
       <x:c r="T404" s="16" t="s">
-        <x:v>349</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="U404" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:21">
       <x:c r="A405" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="C405" s="3" t="s"/>
       <x:c r="D405" s="3" t="s"/>
       <x:c r="G405" s="0" t="s">
-        <x:v>575</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="I405" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="K405" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L405" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M405" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N405" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O405" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P405" s="0" t="s">
-        <x:v>575</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="Q405" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="S405" s="0" t="n">
         <x:v>600777</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
-        <x:v>569</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
         <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
-        <x:v>361</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="C406" s="15" t="s"/>
       <x:c r="D406" s="15" t="s"/>
       <x:c r="E406" s="14" t="s"/>
       <x:c r="F406" s="14" t="s"/>
       <x:c r="G406" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="H406" s="14" t="s"/>
       <x:c r="I406" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="J406" s="14" t="s"/>
       <x:c r="K406" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L406" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M406" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N406" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O406" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="P406" s="14" t="s">
-        <x:v>578</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="Q406" s="16" t="s">
-        <x:v>579</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="R406" s="14" t="s">
-        <x:v>576</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="S406" s="14" t="n">
         <x:v>500676</x:v>
       </x:c>
       <x:c r="T406" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="U406" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:21">
       <x:c r="A407" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="C407" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D407" s="3" t="s"/>
       <x:c r="E407" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G407" s="0" t="s">
-        <x:v>575</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="I407" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="J407" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K407" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L407" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M407" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N407" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O407" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P407" s="0" t="s">
-        <x:v>582</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="Q407" s="4" t="s">
-        <x:v>579</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="R407" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="S407" s="0" t="n">
         <x:v>605581</x:v>
       </x:c>
       <x:c r="T407" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U407" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:21">
       <x:c r="A408" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B408" s="14" t="s">
-        <x:v>592</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="C408" s="15" t="s"/>
       <x:c r="D408" s="15" t="s"/>
       <x:c r="E408" s="14" t="s"/>
       <x:c r="F408" s="14" t="s"/>
       <x:c r="G408" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="H408" s="14" t="s"/>
       <x:c r="I408" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="J408" s="14" t="s"/>
       <x:c r="K408" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L408" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M408" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N408" s="15" t="n">
         <x:v>31024</x:v>
       </x:c>
       <x:c r="O408" s="14" t="s">
-        <x:v>593</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="P408" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="Q408" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="R408" s="14" t="s">
-        <x:v>576</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="S408" s="14" t="n">
         <x:v>586559</x:v>
       </x:c>
       <x:c r="T408" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U408" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:21">
       <x:c r="A409" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
-        <x:v>381</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="C409" s="3" t="s"/>
       <x:c r="D409" s="3" t="s"/>
       <x:c r="G409" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="I409" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="K409" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L409" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M409" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N409" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O409" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P409" s="0" t="s">
-        <x:v>578</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="Q409" s="4" t="s">
-        <x:v>579</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="R409" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="S409" s="0" t="n">
         <x:v>500700</x:v>
       </x:c>
       <x:c r="T409" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="U409" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:21">
       <x:c r="A410" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B410" s="14" t="s">
-        <x:v>362</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="C410" s="15" t="s"/>
       <x:c r="D410" s="15" t="s"/>
       <x:c r="E410" s="14" t="s"/>
       <x:c r="F410" s="14" t="s"/>
       <x:c r="G410" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="H410" s="14" t="s"/>
       <x:c r="I410" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="J410" s="14" t="s"/>
       <x:c r="K410" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L410" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M410" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N410" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O410" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P410" s="14" t="s">
-        <x:v>578</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="Q410" s="16" t="s">
-        <x:v>579</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="R410" s="14" t="s">
-        <x:v>576</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="S410" s="14" t="n">
         <x:v>505638</x:v>
       </x:c>
       <x:c r="T410" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="U410" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
-        <x:v>574</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="C411" s="3" t="s"/>
       <x:c r="D411" s="3" t="s"/>
       <x:c r="G411" s="0" t="s">
-        <x:v>575</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="I411" s="4" t="s">
-        <x:v>443</x:v>
-[...2 lines deleted...]
-        <x:v>47</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="K411" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L411" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M411" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N411" s="3" t="n">
-        <x:v>30854</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O411" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="P411" s="0" t="s">
-        <x:v>575</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="Q411" s="4" t="s">
-        <x:v>443</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="R411" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="S411" s="0" t="n">
-        <x:v>584265</x:v>
+        <x:v>505350</x:v>
       </x:c>
       <x:c r="T411" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="U411" s="4" t="s">
-        <x:v>577</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:21">
       <x:c r="A412" s="13" t="s">
-        <x:v>42</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B412" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="C412" s="15" t="n">
-        <x:v>37680</x:v>
+        <x:v>40573</x:v>
       </x:c>
       <x:c r="D412" s="15" t="s"/>
-      <x:c r="E412" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E412" s="14" t="s"/>
       <x:c r="F412" s="14" t="s"/>
       <x:c r="G412" s="14" t="s">
-        <x:v>575</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="H412" s="14" t="s"/>
       <x:c r="I412" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="J412" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K412" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L412" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M412" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N412" s="15" t="n">
-        <x:v>24273</x:v>
+        <x:v>30854</x:v>
       </x:c>
       <x:c r="O412" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P412" s="14" t="s">
-        <x:v>582</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="Q412" s="16" t="s">
+        <x:v>443</x:v>
+      </x:c>
+      <x:c r="R412" s="14" t="s">
+        <x:v>562</x:v>
+      </x:c>
+      <x:c r="S412" s="14" t="n">
+        <x:v>584265</x:v>
+      </x:c>
+      <x:c r="T412" s="16" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="U412" s="16" t="s">
         <x:v>579</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:21">
       <x:c r="A413" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
-        <x:v>355</x:v>
-[...1 lines deleted...]
-      <x:c r="C413" s="3" t="s"/>
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="C413" s="3" t="n">
+        <x:v>37680</x:v>
+      </x:c>
       <x:c r="D413" s="3" t="s"/>
+      <x:c r="E413" s="0" t="s">
+        <x:v>44</x:v>
+      </x:c>
       <x:c r="G413" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="I413" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>443</x:v>
+      </x:c>
+      <x:c r="J413" s="0" t="s">
+        <x:v>74</x:v>
       </x:c>
       <x:c r="K413" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L413" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M413" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N413" s="3" t="n">
-        <x:v>31021</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O413" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="P413" s="0" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="Q413" s="4" t="s">
-        <x:v>579</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="R413" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="S413" s="0" t="n">
-        <x:v>499583</x:v>
+        <x:v>498751</x:v>
       </x:c>
       <x:c r="T413" s="4" t="s">
-        <x:v>302</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="U413" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:21">
       <x:c r="A414" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B414" s="14" t="s">
-        <x:v>348</x:v>
-[...1 lines deleted...]
-      <x:c r="C414" s="15" t="s"/>
+        <x:v>597</x:v>
+      </x:c>
+      <x:c r="C414" s="15" t="n">
+        <x:v>40573</x:v>
+      </x:c>
       <x:c r="D414" s="15" t="s"/>
-      <x:c r="E414" s="14" t="s"/>
+      <x:c r="E414" s="14" t="s">
+        <x:v>44</x:v>
+      </x:c>
       <x:c r="F414" s="14" t="s"/>
       <x:c r="G414" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="H414" s="14" t="s"/>
       <x:c r="I414" s="16" t="s">
-        <x:v>279</x:v>
-[...1 lines deleted...]
-      <x:c r="J414" s="14" t="s"/>
+        <x:v>443</x:v>
+      </x:c>
+      <x:c r="J414" s="14" t="s">
+        <x:v>47</x:v>
+      </x:c>
       <x:c r="K414" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L414" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M414" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N414" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>30854</x:v>
       </x:c>
       <x:c r="O414" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P414" s="14" t="s">
-        <x:v>578</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="Q414" s="16" t="s">
-        <x:v>579</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="R414" s="14" t="s">
-        <x:v>576</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="S414" s="14" t="n">
-        <x:v>500134</x:v>
+        <x:v>605596</x:v>
       </x:c>
       <x:c r="T414" s="16" t="s">
-        <x:v>349</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U414" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:21">
       <x:c r="A415" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
-        <x:v>356</x:v>
-[...1 lines deleted...]
-      <x:c r="C415" s="3" t="s"/>
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="C415" s="3" t="n">
+        <x:v>37680</x:v>
+      </x:c>
       <x:c r="D415" s="3" t="s"/>
+      <x:c r="E415" s="0" t="s">
+        <x:v>44</x:v>
+      </x:c>
       <x:c r="G415" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="I415" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>443</x:v>
+      </x:c>
+      <x:c r="J415" s="0" t="s">
+        <x:v>74</x:v>
       </x:c>
       <x:c r="K415" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L415" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M415" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N415" s="3" t="n">
-        <x:v>31001</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O415" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="P415" s="0" t="s">
-        <x:v>578</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="Q415" s="4" t="s">
-        <x:v>579</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="R415" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="S415" s="0" t="n">
-        <x:v>500411</x:v>
+        <x:v>605580</x:v>
       </x:c>
       <x:c r="T415" s="4" t="s">
-        <x:v>302</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U415" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:21">
       <x:c r="A416" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B416" s="14" t="s">
-        <x:v>324</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="C416" s="15" t="s"/>
       <x:c r="D416" s="15" t="s"/>
       <x:c r="E416" s="14" t="s"/>
       <x:c r="F416" s="14" t="s"/>
       <x:c r="G416" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="H416" s="14" t="s"/>
       <x:c r="I416" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="J416" s="14" t="s"/>
       <x:c r="K416" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L416" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M416" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N416" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>31021</x:v>
       </x:c>
       <x:c r="O416" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P416" s="14" t="s">
-        <x:v>578</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="Q416" s="16" t="s">
-        <x:v>579</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="R416" s="14" t="s">
-        <x:v>576</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="S416" s="14" t="n">
-        <x:v>505350</x:v>
+        <x:v>499583</x:v>
       </x:c>
       <x:c r="T416" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="U416" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:21">
       <x:c r="A417" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
-        <x:v>246</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>351</x:v>
+      </x:c>
+      <x:c r="C417" s="3" t="s"/>
       <x:c r="D417" s="3" t="s"/>
-      <x:c r="E417" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G417" s="0" t="s">
-        <x:v>575</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="I417" s="4" t="s">
-        <x:v>443</x:v>
-[...2 lines deleted...]
-        <x:v>74</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="K417" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L417" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M417" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N417" s="3" t="n">
-        <x:v>24273</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O417" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="P417" s="0" t="s">
-        <x:v>575</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="Q417" s="4" t="s">
-        <x:v>443</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="R417" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="S417" s="0" t="n">
-        <x:v>498751</x:v>
+        <x:v>500134</x:v>
       </x:c>
       <x:c r="T417" s="4" t="s">
-        <x:v>594</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="U417" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:21">
       <x:c r="A418" s="13" t="s">
-        <x:v>42</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B418" s="14" t="s">
-        <x:v>597</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="C418" s="15" t="s"/>
       <x:c r="D418" s="15" t="s"/>
-      <x:c r="E418" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E418" s="14" t="s"/>
       <x:c r="F418" s="14" t="s"/>
       <x:c r="G418" s="14" t="s">
-        <x:v>575</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="H418" s="14" t="s"/>
       <x:c r="I418" s="16" t="s">
-        <x:v>443</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="J418" s="14" t="s"/>
       <x:c r="K418" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L418" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M418" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N418" s="15" t="n">
-        <x:v>30854</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O418" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="P418" s="14" t="s">
-        <x:v>582</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="Q418" s="16" t="s">
-        <x:v>579</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="R418" s="14" t="s">
-        <x:v>576</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="S418" s="14" t="n">
-        <x:v>605596</x:v>
+        <x:v>500411</x:v>
       </x:c>
       <x:c r="T418" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="U418" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:21">
       <x:c r="A419" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="C419" s="3" t="n">
         <x:v>39774</x:v>
       </x:c>
       <x:c r="D419" s="3" t="s"/>
       <x:c r="G419" s="0" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="I419" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J419" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K419" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L419" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M419" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N419" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O419" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P419" s="0" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="Q419" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R419" s="0" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="S419" s="0" t="n">
         <x:v>590249</x:v>
       </x:c>
       <x:c r="T419" s="4" t="s">
-        <x:v>589</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="U419" s="4" t="s">
         <x:v>606</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:21">
       <x:c r="A420" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B420" s="14" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="C420" s="15" t="n">
         <x:v>39490</x:v>
       </x:c>
       <x:c r="D420" s="15" t="s"/>
       <x:c r="E420" s="14" t="s"/>
       <x:c r="F420" s="14" t="s"/>
       <x:c r="G420" s="14" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="H420" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="I420" s="16" t="s">
@@ -27788,210 +27787,210 @@
       <x:c r="K446" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L446" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M446" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N446" s="15" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O446" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P446" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q446" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R446" s="14" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="S446" s="14" t="n">
-        <x:v>603862</x:v>
+        <x:v>613458</x:v>
       </x:c>
       <x:c r="T446" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U446" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:21">
       <x:c r="A447" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C447" s="3" t="s"/>
       <x:c r="D447" s="3" t="s"/>
       <x:c r="G447" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H447" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I447" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K447" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L447" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M447" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N447" s="3" t="n">
-        <x:v>31001</x:v>
+        <x:v>72312</x:v>
       </x:c>
       <x:c r="O447" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P447" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q447" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R447" s="0" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="S447" s="0" t="n">
-        <x:v>613150</x:v>
+        <x:v>603862</x:v>
       </x:c>
       <x:c r="T447" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U447" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:21">
       <x:c r="A448" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B448" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C448" s="15" t="s"/>
       <x:c r="D448" s="15" t="s"/>
       <x:c r="E448" s="14" t="s"/>
       <x:c r="F448" s="14" t="s"/>
       <x:c r="G448" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H448" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I448" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J448" s="14" t="s"/>
       <x:c r="K448" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L448" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M448" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N448" s="15" t="n">
-        <x:v>72312</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O448" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="P448" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q448" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R448" s="14" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="S448" s="14" t="n">
-        <x:v>613458</x:v>
+        <x:v>613202</x:v>
       </x:c>
       <x:c r="T448" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U448" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:21">
       <x:c r="A449" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C449" s="3" t="s"/>
       <x:c r="D449" s="3" t="s"/>
       <x:c r="G449" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H449" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I449" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K449" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L449" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M449" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N449" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O449" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="P449" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q449" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R449" s="0" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="S449" s="0" t="n">
-        <x:v>613202</x:v>
+        <x:v>613150</x:v>
       </x:c>
       <x:c r="T449" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U449" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:21">
       <x:c r="A450" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B450" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C450" s="15" t="s"/>
       <x:c r="D450" s="15" t="s"/>
       <x:c r="E450" s="14" t="s"/>
       <x:c r="F450" s="14" t="s"/>
       <x:c r="G450" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H450" s="14" t="s"/>
       <x:c r="I450" s="16" t="s">
         <x:v>36</x:v>
@@ -28247,131 +28246,131 @@
         <x:v>42</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C455" s="3" t="n">
         <x:v>38105</x:v>
       </x:c>
       <x:c r="D455" s="3" t="s"/>
       <x:c r="E455" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G455" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="I455" s="4" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="J455" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K455" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L455" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M455" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="N455" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O455" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P455" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="Q455" s="4" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="R455" s="0" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="S455" s="0" t="n">
-        <x:v>557850</x:v>
+        <x:v>557851</x:v>
       </x:c>
       <x:c r="T455" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U455" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:21">
       <x:c r="A456" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B456" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C456" s="15" t="n">
         <x:v>38105</x:v>
       </x:c>
       <x:c r="D456" s="15" t="s"/>
       <x:c r="E456" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="F456" s="14" t="s"/>
       <x:c r="G456" s="14" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="H456" s="14" t="s"/>
       <x:c r="I456" s="16" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="J456" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K456" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L456" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M456" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N456" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O456" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P456" s="14" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="Q456" s="16" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="R456" s="14" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="S456" s="14" t="n">
-        <x:v>557851</x:v>
+        <x:v>557850</x:v>
       </x:c>
       <x:c r="T456" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U456" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:21">
       <x:c r="A457" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C457" s="3" t="s"/>
       <x:c r="D457" s="3" t="s"/>
       <x:c r="G457" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H457" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I457" s="4" t="s">
         <x:v>36</x:v>
@@ -28658,144 +28657,144 @@
       </x:c>
       <x:c r="P462" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q462" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R462" s="14" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="S462" s="14" t="n">
         <x:v>603678</x:v>
       </x:c>
       <x:c r="T462" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U462" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:21">
       <x:c r="A463" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C463" s="3" t="s"/>
       <x:c r="D463" s="3" t="s"/>
       <x:c r="G463" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H463" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I463" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K463" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L463" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M463" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N463" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O463" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="P463" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q463" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R463" s="0" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="S463" s="0" t="n">
-        <x:v>602355</x:v>
+        <x:v>602389</x:v>
       </x:c>
       <x:c r="T463" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U463" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:21">
       <x:c r="A464" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B464" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C464" s="15" t="s"/>
       <x:c r="D464" s="15" t="s"/>
       <x:c r="E464" s="14" t="s"/>
       <x:c r="F464" s="14" t="s"/>
       <x:c r="G464" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H464" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I464" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J464" s="14" t="s"/>
       <x:c r="K464" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L464" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M464" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N464" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O464" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="P464" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q464" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R464" s="14" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="S464" s="14" t="n">
-        <x:v>602389</x:v>
+        <x:v>602355</x:v>
       </x:c>
       <x:c r="T464" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U464" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:21">
       <x:c r="A465" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="C465" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D465" s="3" t="s"/>
       <x:c r="G465" s="0" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="I465" s="4" t="s">
         <x:v>625</x:v>
       </x:c>
@@ -28808,216 +28807,215 @@
       <x:c r="L465" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M465" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N465" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O465" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P465" s="0" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="Q465" s="4" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="R465" s="0" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="S465" s="0" t="n">
         <x:v>558368</x:v>
       </x:c>
       <x:c r="T465" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="U465" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:21">
       <x:c r="A466" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B466" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C466" s="15" t="s"/>
       <x:c r="D466" s="15" t="s"/>
       <x:c r="E466" s="14" t="s"/>
       <x:c r="F466" s="14" t="s"/>
       <x:c r="G466" s="14" t="s">
-        <x:v>35</x:v>
-[...1 lines deleted...]
-      <x:c r="H466" s="14" t="s"/>
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="H466" s="14" t="s">
+        <x:v>55</x:v>
+      </x:c>
       <x:c r="I466" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J466" s="14" t="s"/>
       <x:c r="K466" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L466" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M466" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N466" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O466" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="P466" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="Q466" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R466" s="14" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="S466" s="14" t="n">
-        <x:v>603700</x:v>
+        <x:v>602406</x:v>
       </x:c>
       <x:c r="T466" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U466" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:21">
       <x:c r="A467" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
-        <x:v>627</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="C467" s="3" t="s"/>
       <x:c r="D467" s="3" t="s"/>
       <x:c r="G467" s="0" t="s">
-        <x:v>624</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I467" s="4" t="s">
-        <x:v>625</x:v>
-[...2 lines deleted...]
-        <x:v>74</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K467" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L467" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M467" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N467" s="3" t="n">
-        <x:v>24273</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O467" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="P467" s="0" t="s">
-        <x:v>624</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="Q467" s="4" t="s">
-        <x:v>625</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R467" s="0" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="S467" s="0" t="n">
-        <x:v>607298</x:v>
+        <x:v>603700</x:v>
       </x:c>
       <x:c r="T467" s="4" t="s">
-        <x:v>628</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U467" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:21">
       <x:c r="A468" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B468" s="14" t="s">
-        <x:v>57</x:v>
-[...1 lines deleted...]
-      <x:c r="C468" s="15" t="s"/>
+        <x:v>627</x:v>
+      </x:c>
+      <x:c r="C468" s="15" t="n">
+        <x:v>37680</x:v>
+      </x:c>
       <x:c r="D468" s="15" t="s"/>
       <x:c r="E468" s="14" t="s"/>
       <x:c r="F468" s="14" t="s"/>
       <x:c r="G468" s="14" t="s">
-        <x:v>54</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>624</x:v>
+      </x:c>
+      <x:c r="H468" s="14" t="s"/>
       <x:c r="I468" s="16" t="s">
-        <x:v>36</x:v>
-[...1 lines deleted...]
-      <x:c r="J468" s="14" t="s"/>
+        <x:v>625</x:v>
+      </x:c>
+      <x:c r="J468" s="14" t="s">
+        <x:v>74</x:v>
+      </x:c>
       <x:c r="K468" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L468" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M468" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N468" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O468" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="P468" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="Q468" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="R468" s="14" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="S468" s="14" t="n">
-        <x:v>602406</x:v>
+        <x:v>607298</x:v>
       </x:c>
       <x:c r="T468" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="U468" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:21">
       <x:c r="A469" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C469" s="3" t="s"/>
       <x:c r="D469" s="3" t="s"/>
       <x:c r="G469" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H469" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I469" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="K469" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="L469" s="0" t="s">
         <x:v>27</x:v>
@@ -29081,51 +29079,51 @@
       <x:c r="L470" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M470" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N470" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O470" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P470" s="14" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="Q470" s="16" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="R470" s="14" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="S470" s="14" t="n">
         <x:v>598916</x:v>
       </x:c>
       <x:c r="T470" s="16" t="s">
-        <x:v>345</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="U470" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:21">
       <x:c r="A471" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="C471" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D471" s="3" t="s"/>
       <x:c r="G471" s="0" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="I471" s="4" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="J471" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
@@ -29467,152 +29465,152 @@
       </x:c>
       <x:c r="P477" s="0" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="Q477" s="4" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="R477" s="0" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="S477" s="0" t="n">
         <x:v>597153</x:v>
       </x:c>
       <x:c r="T477" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U477" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:21">
       <x:c r="A478" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B478" s="14" t="s">
-        <x:v>58</x:v>
-[...1 lines deleted...]
-      <x:c r="C478" s="15" t="s"/>
+        <x:v>641</x:v>
+      </x:c>
+      <x:c r="C478" s="15" t="n">
+        <x:v>37680</x:v>
+      </x:c>
       <x:c r="D478" s="15" t="s"/>
       <x:c r="E478" s="14" t="s"/>
       <x:c r="F478" s="14" t="s"/>
       <x:c r="G478" s="14" t="s">
-        <x:v>54</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>624</x:v>
+      </x:c>
+      <x:c r="H478" s="14" t="s"/>
       <x:c r="I478" s="16" t="s">
-        <x:v>36</x:v>
-[...1 lines deleted...]
-      <x:c r="J478" s="14" t="s"/>
+        <x:v>625</x:v>
+      </x:c>
+      <x:c r="J478" s="14" t="s">
+        <x:v>74</x:v>
+      </x:c>
       <x:c r="K478" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L478" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M478" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N478" s="15" t="n">
-        <x:v>72312</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O478" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="P478" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="Q478" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="R478" s="14" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="S478" s="14" t="n">
-        <x:v>603834</x:v>
+        <x:v>607296</x:v>
       </x:c>
       <x:c r="T478" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="U478" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:21">
       <x:c r="A479" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
-        <x:v>641</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="C479" s="3" t="s"/>
       <x:c r="D479" s="3" t="s"/>
       <x:c r="G479" s="0" t="s">
-        <x:v>624</x:v>
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="H479" s="0" t="s">
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I479" s="4" t="s">
-        <x:v>625</x:v>
-[...2 lines deleted...]
-        <x:v>74</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K479" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L479" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M479" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N479" s="3" t="n">
-        <x:v>24273</x:v>
+        <x:v>72312</x:v>
       </x:c>
       <x:c r="O479" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P479" s="0" t="s">
-        <x:v>624</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="Q479" s="4" t="s">
-        <x:v>625</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R479" s="0" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="S479" s="0" t="n">
-        <x:v>607296</x:v>
+        <x:v>603834</x:v>
       </x:c>
       <x:c r="T479" s="4" t="s">
-        <x:v>628</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U479" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:21">
       <x:c r="A480" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B480" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C480" s="15" t="s"/>
       <x:c r="D480" s="15" t="s"/>
       <x:c r="E480" s="14" t="s"/>
       <x:c r="F480" s="14" t="s"/>
       <x:c r="G480" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H480" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I480" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J480" s="14" t="s"/>
       <x:c r="K480" s="14" t="s">
         <x:v>37</x:v>
@@ -29680,314 +29678,314 @@
       </x:c>
       <x:c r="P481" s="0" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="Q481" s="4" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="R481" s="0" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="S481" s="0" t="n">
         <x:v>606599</x:v>
       </x:c>
       <x:c r="T481" s="4" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="U481" s="4" t="s">
         <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:21">
       <x:c r="A482" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B482" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C482" s="15" t="s"/>
       <x:c r="D482" s="15" t="s"/>
       <x:c r="E482" s="14" t="s"/>
       <x:c r="F482" s="14" t="s"/>
       <x:c r="G482" s="14" t="s">
-        <x:v>624</x:v>
-[...1 lines deleted...]
-      <x:c r="H482" s="14" t="s"/>
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="H482" s="14" t="s">
+        <x:v>55</x:v>
+      </x:c>
       <x:c r="I482" s="16" t="s">
-        <x:v>625</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="J482" s="14" t="s"/>
       <x:c r="K482" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L482" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M482" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N482" s="15" t="n">
-        <x:v>31006</x:v>
+        <x:v>72312</x:v>
       </x:c>
       <x:c r="O482" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P482" s="14" t="s">
-        <x:v>624</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="Q482" s="16" t="s">
-        <x:v>625</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R482" s="14" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="S482" s="14" t="n">
-        <x:v>510084</x:v>
+        <x:v>613443</x:v>
       </x:c>
       <x:c r="T482" s="16" t="s">
-        <x:v>642</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U482" s="16" t="s">
-        <x:v>633</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:21">
       <x:c r="A483" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
-        <x:v>277</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="C483" s="3" t="s"/>
       <x:c r="D483" s="3" t="s"/>
       <x:c r="G483" s="0" t="s">
-        <x:v>624</x:v>
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="H483" s="0" t="s">
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I483" s="4" t="s">
-        <x:v>625</x:v>
-[...2 lines deleted...]
-        <x:v>74</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K483" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L483" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M483" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N483" s="3" t="n">
-        <x:v>24273</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O483" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="P483" s="0" t="s">
-        <x:v>624</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="Q483" s="4" t="s">
-        <x:v>625</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R483" s="0" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="S483" s="0" t="n">
-        <x:v>558396</x:v>
+        <x:v>602368</x:v>
       </x:c>
       <x:c r="T483" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U483" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:21">
       <x:c r="A484" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B484" s="14" t="s">
-        <x:v>53</x:v>
-[...1 lines deleted...]
-      <x:c r="C484" s="15" t="s"/>
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="C484" s="15" t="n">
+        <x:v>37680</x:v>
+      </x:c>
       <x:c r="D484" s="15" t="s"/>
       <x:c r="E484" s="14" t="s"/>
       <x:c r="F484" s="14" t="s"/>
       <x:c r="G484" s="14" t="s">
-        <x:v>54</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>624</x:v>
+      </x:c>
+      <x:c r="H484" s="14" t="s"/>
       <x:c r="I484" s="16" t="s">
-        <x:v>36</x:v>
-[...1 lines deleted...]
-      <x:c r="J484" s="14" t="s"/>
+        <x:v>625</x:v>
+      </x:c>
+      <x:c r="J484" s="14" t="s">
+        <x:v>74</x:v>
+      </x:c>
       <x:c r="K484" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L484" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M484" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N484" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O484" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="P484" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="Q484" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="R484" s="14" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="S484" s="14" t="n">
-        <x:v>602368</x:v>
+        <x:v>558379</x:v>
       </x:c>
       <x:c r="T484" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="U484" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:21">
       <x:c r="A485" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="C485" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D485" s="3" t="s"/>
       <x:c r="G485" s="0" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="I485" s="4" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="J485" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K485" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L485" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M485" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N485" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O485" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P485" s="0" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="Q485" s="4" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="R485" s="0" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="S485" s="0" t="n">
-        <x:v>558379</x:v>
+        <x:v>558396</x:v>
       </x:c>
       <x:c r="T485" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="U485" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:21">
       <x:c r="A486" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B486" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C486" s="15" t="s"/>
       <x:c r="D486" s="15" t="s"/>
       <x:c r="E486" s="14" t="s"/>
       <x:c r="F486" s="14" t="s"/>
       <x:c r="G486" s="14" t="s">
-        <x:v>54</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>624</x:v>
+      </x:c>
+      <x:c r="H486" s="14" t="s"/>
       <x:c r="I486" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="J486" s="14" t="s"/>
       <x:c r="K486" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L486" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M486" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N486" s="15" t="n">
-        <x:v>72312</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O486" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="P486" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="Q486" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="R486" s="14" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="S486" s="14" t="n">
-        <x:v>613443</x:v>
+        <x:v>510084</x:v>
       </x:c>
       <x:c r="T486" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="U486" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:21">
       <x:c r="A487" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C487" s="3" t="s"/>
       <x:c r="D487" s="3" t="s"/>
       <x:c r="G487" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I487" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K487" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L487" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M487" s="0" t="s">
         <x:v>28</x:v>
@@ -30378,200 +30376,199 @@
       </x:c>
       <x:c r="P494" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q494" s="16" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="R494" s="14" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="S494" s="14" t="n">
         <x:v>592085</x:v>
       </x:c>
       <x:c r="T494" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U494" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:21">
       <x:c r="A495" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C495" s="3" t="s"/>
       <x:c r="D495" s="3" t="s"/>
       <x:c r="G495" s="0" t="s">
-        <x:v>54</x:v>
-[...2 lines deleted...]
-        <x:v>55</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I495" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K495" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L495" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M495" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N495" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O495" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="P495" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="Q495" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R495" s="0" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="S495" s="0" t="n">
-        <x:v>613134</x:v>
+        <x:v>612688</x:v>
       </x:c>
       <x:c r="T495" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U495" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:21">
       <x:c r="A496" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B496" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C496" s="15" t="s"/>
       <x:c r="D496" s="15" t="s"/>
       <x:c r="E496" s="14" t="s"/>
       <x:c r="F496" s="14" t="s"/>
       <x:c r="G496" s="14" t="s">
-        <x:v>35</x:v>
-[...1 lines deleted...]
-      <x:c r="H496" s="14" t="s"/>
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="H496" s="14" t="s">
+        <x:v>55</x:v>
+      </x:c>
       <x:c r="I496" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J496" s="14" t="s"/>
       <x:c r="K496" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L496" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M496" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N496" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O496" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="P496" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="Q496" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R496" s="14" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="S496" s="14" t="n">
-        <x:v>612688</x:v>
+        <x:v>602367</x:v>
       </x:c>
       <x:c r="T496" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U496" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:21">
       <x:c r="A497" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C497" s="3" t="s"/>
       <x:c r="D497" s="3" t="s"/>
       <x:c r="G497" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H497" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I497" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K497" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L497" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M497" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N497" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O497" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="P497" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q497" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R497" s="0" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="S497" s="0" t="n">
-        <x:v>602367</x:v>
+        <x:v>613134</x:v>
       </x:c>
       <x:c r="T497" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U497" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:21">
       <x:c r="A498" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B498" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C498" s="15" t="s"/>
       <x:c r="D498" s="15" t="s"/>
       <x:c r="E498" s="14" t="s"/>
       <x:c r="F498" s="14" t="s"/>
       <x:c r="G498" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H498" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I498" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J498" s="14" t="s"/>
       <x:c r="K498" s="14" t="s">
         <x:v>37</x:v>
@@ -31224,51 +31221,51 @@
       </x:c>
       <x:c r="P510" s="14" t="s">
         <x:v>654</x:v>
       </x:c>
       <x:c r="Q510" s="16" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="R510" s="14" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="S510" s="14" t="n">
         <x:v>594670</x:v>
       </x:c>
       <x:c r="T510" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U510" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:21">
       <x:c r="A511" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
-        <x:v>501</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="C511" s="3" t="n">
         <x:v>37579</x:v>
       </x:c>
       <x:c r="D511" s="3" t="s"/>
       <x:c r="E511" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G511" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="H511" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="I511" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="J511" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K511" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L511" s="0" t="s">
         <x:v>27</x:v>
@@ -31284,51 +31281,51 @@
       </x:c>
       <x:c r="P511" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q511" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R511" s="0" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="S511" s="0" t="n">
         <x:v>605776</x:v>
       </x:c>
       <x:c r="T511" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U511" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:21">
       <x:c r="A512" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B512" s="14" t="s">
-        <x:v>501</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="C512" s="15" t="n">
         <x:v>37579</x:v>
       </x:c>
       <x:c r="D512" s="15" t="s"/>
       <x:c r="E512" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="F512" s="14" t="s"/>
       <x:c r="G512" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="H512" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="I512" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="J512" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K512" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L512" s="14" t="s">
@@ -31345,51 +31342,51 @@
       </x:c>
       <x:c r="P512" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q512" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R512" s="14" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="S512" s="14" t="n">
         <x:v>543534</x:v>
       </x:c>
       <x:c r="T512" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U512" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:21">
       <x:c r="A513" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
-        <x:v>501</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="C513" s="3" t="n">
         <x:v>37579</x:v>
       </x:c>
       <x:c r="D513" s="3" t="s"/>
       <x:c r="E513" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G513" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="H513" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="I513" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="J513" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K513" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L513" s="0" t="s">
         <x:v>27</x:v>
@@ -31621,51 +31618,51 @@
       </x:c>
       <x:c r="P517" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q517" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R517" s="0" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="S517" s="0" t="n">
         <x:v>602369</x:v>
       </x:c>
       <x:c r="T517" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U517" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:21">
       <x:c r="A518" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B518" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C518" s="15" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D518" s="15" t="s"/>
       <x:c r="E518" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="F518" s="14" t="s"/>
       <x:c r="G518" s="14" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="H518" s="14" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="I518" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J518" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K518" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L518" s="14" t="s">
@@ -31894,51 +31891,51 @@
       </x:c>
       <x:c r="P522" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q522" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R522" s="14" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="S522" s="14" t="n">
         <x:v>613136</x:v>
       </x:c>
       <x:c r="T522" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U522" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:21">
       <x:c r="A523" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="C523" s="3" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D523" s="3" t="s"/>
       <x:c r="G523" s="0" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="H523" s="0" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="I523" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J523" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K523" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L523" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M523" s="0" t="s">
         <x:v>28</x:v>
@@ -31951,51 +31948,51 @@
       </x:c>
       <x:c r="P523" s="0" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="Q523" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R523" s="0" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="S523" s="0" t="n">
         <x:v>517234</x:v>
       </x:c>
       <x:c r="T523" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U523" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:21">
       <x:c r="A524" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B524" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="C524" s="15" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D524" s="15" t="s"/>
       <x:c r="E524" s="14" t="s"/>
       <x:c r="F524" s="14" t="s"/>
       <x:c r="G524" s="14" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="H524" s="14" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="I524" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J524" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K524" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L524" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -32167,59 +32164,59 @@
       <x:c r="M527" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N527" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O527" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P527" s="0" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="Q527" s="4" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="R527" s="0" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="S527" s="0" t="n">
         <x:v>614634</x:v>
       </x:c>
       <x:c r="T527" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U527" s="4" t="s">
-        <x:v>584</x:v>
+        <x:v>593</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:21">
       <x:c r="A528" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B528" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C528" s="15" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D528" s="15" t="s"/>
       <x:c r="E528" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="F528" s="14" t="s"/>
       <x:c r="G528" s="14" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="H528" s="14" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="I528" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J528" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K528" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L528" s="14" t="s">
@@ -32817,246 +32814,246 @@
       </x:c>
       <x:c r="O539" s="0" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="P539" s="0" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="Q539" s="4" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="R539" s="0" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="S539" s="0" t="n">
         <x:v>595616</x:v>
       </x:c>
       <x:c r="T539" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U539" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:21">
       <x:c r="A540" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B540" s="14" t="s">
-        <x:v>680</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C540" s="15" t="s"/>
       <x:c r="D540" s="15" t="s"/>
       <x:c r="E540" s="14" t="s"/>
       <x:c r="F540" s="14" t="s"/>
       <x:c r="G540" s="14" t="s">
-        <x:v>681</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="H540" s="14" t="s"/>
       <x:c r="I540" s="16" t="s">
+        <x:v>681</x:v>
+      </x:c>
+      <x:c r="J540" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="K540" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="L540" s="14" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="M540" s="14" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="N540" s="15" t="n">
+        <x:v>12522</x:v>
+      </x:c>
+      <x:c r="O540" s="14" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="P540" s="14" t="s">
+        <x:v>680</x:v>
+      </x:c>
+      <x:c r="Q540" s="16" t="s">
+        <x:v>681</x:v>
+      </x:c>
+      <x:c r="R540" s="14" t="s">
         <x:v>682</x:v>
       </x:c>
-      <x:c r="J540" s="14" t="s"/>
-[...23 lines deleted...]
-      </x:c>
       <x:c r="S540" s="14" t="n">
-        <x:v>542046</x:v>
+        <x:v>594678</x:v>
       </x:c>
       <x:c r="T540" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U540" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:21">
       <x:c r="A541" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B541" s="0" t="s">
-        <x:v>685</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="C541" s="3" t="s"/>
       <x:c r="D541" s="3" t="s"/>
       <x:c r="G541" s="0" t="s">
+        <x:v>684</x:v>
+      </x:c>
+      <x:c r="I541" s="4" t="s">
         <x:v>681</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>682</x:v>
       </x:c>
       <x:c r="K541" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L541" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M541" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="N541" s="3" t="n">
         <x:v>31038</x:v>
       </x:c>
       <x:c r="O541" s="0" t="s">
-        <x:v>683</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="P541" s="0" t="s">
+        <x:v>684</x:v>
+      </x:c>
+      <x:c r="Q541" s="4" t="s">
         <x:v>681</x:v>
       </x:c>
-      <x:c r="Q541" s="4" t="s">
+      <x:c r="R541" s="0" t="s">
         <x:v>682</x:v>
       </x:c>
-      <x:c r="R541" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S541" s="0" t="n">
-        <x:v>542050</x:v>
+        <x:v>542032</x:v>
       </x:c>
       <x:c r="T541" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U541" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:21">
       <x:c r="A542" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B542" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="C542" s="15" t="s"/>
       <x:c r="D542" s="15" t="s"/>
       <x:c r="E542" s="14" t="s"/>
       <x:c r="F542" s="14" t="s"/>
       <x:c r="G542" s="14" t="s">
-        <x:v>686</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="H542" s="14" t="s"/>
       <x:c r="I542" s="16" t="s">
+        <x:v>681</x:v>
+      </x:c>
+      <x:c r="J542" s="14" t="s"/>
+      <x:c r="K542" s="14" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="L542" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="M542" s="14" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="N542" s="15" t="n">
+        <x:v>31038</x:v>
+      </x:c>
+      <x:c r="O542" s="14" t="s">
+        <x:v>685</x:v>
+      </x:c>
+      <x:c r="P542" s="14" t="s">
+        <x:v>684</x:v>
+      </x:c>
+      <x:c r="Q542" s="16" t="s">
+        <x:v>681</x:v>
+      </x:c>
+      <x:c r="R542" s="14" t="s">
         <x:v>682</x:v>
       </x:c>
-      <x:c r="J542" s="14" t="s">
-[...25 lines deleted...]
-      </x:c>
       <x:c r="S542" s="14" t="n">
-        <x:v>594678</x:v>
+        <x:v>542046</x:v>
       </x:c>
       <x:c r="T542" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="U542" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:21">
       <x:c r="A543" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B543" s="0" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="C543" s="3" t="s"/>
       <x:c r="D543" s="3" t="s"/>
       <x:c r="G543" s="0" t="s">
+        <x:v>684</x:v>
+      </x:c>
+      <x:c r="I543" s="4" t="s">
         <x:v>681</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>682</x:v>
       </x:c>
       <x:c r="K543" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L543" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M543" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="N543" s="3" t="n">
         <x:v>31038</x:v>
       </x:c>
       <x:c r="O543" s="0" t="s">
-        <x:v>683</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="P543" s="0" t="s">
+        <x:v>684</x:v>
+      </x:c>
+      <x:c r="Q543" s="4" t="s">
         <x:v>681</x:v>
       </x:c>
-      <x:c r="Q543" s="4" t="s">
+      <x:c r="R543" s="0" t="s">
         <x:v>682</x:v>
       </x:c>
-      <x:c r="R543" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S543" s="0" t="n">
-        <x:v>542032</x:v>
+        <x:v>542050</x:v>
       </x:c>
       <x:c r="T543" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U543" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:21">
       <x:c r="A544" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B544" s="14" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="C544" s="15" t="s"/>
       <x:c r="D544" s="15" t="s"/>
       <x:c r="E544" s="14" t="s"/>
       <x:c r="F544" s="14" t="s"/>
       <x:c r="G544" s="14" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="H544" s="14" t="s"/>
       <x:c r="I544" s="16" t="s">
         <x:v>690</x:v>
@@ -33079,148 +33076,147 @@
       </x:c>
       <x:c r="P544" s="14" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="Q544" s="16" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="R544" s="14" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="S544" s="14" t="n">
         <x:v>542271</x:v>
       </x:c>
       <x:c r="T544" s="16" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="U544" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:21">
       <x:c r="A545" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B545" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C545" s="3" t="s"/>
       <x:c r="D545" s="3" t="s"/>
       <x:c r="G545" s="0" t="s">
-        <x:v>54</x:v>
-[...2 lines deleted...]
-        <x:v>55</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I545" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K545" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L545" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M545" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N545" s="3" t="n">
-        <x:v>72312</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O545" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="P545" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="Q545" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R545" s="0" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="S545" s="0" t="n">
-        <x:v>613441</x:v>
+        <x:v>603697</x:v>
       </x:c>
       <x:c r="T545" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U545" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:21">
       <x:c r="A546" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B546" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C546" s="15" t="s"/>
       <x:c r="D546" s="15" t="s"/>
       <x:c r="E546" s="14" t="s"/>
       <x:c r="F546" s="14" t="s"/>
       <x:c r="G546" s="14" t="s">
-        <x:v>35</x:v>
-[...1 lines deleted...]
-      <x:c r="H546" s="14" t="s"/>
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="H546" s="14" t="s">
+        <x:v>55</x:v>
+      </x:c>
       <x:c r="I546" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J546" s="14" t="s"/>
       <x:c r="K546" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L546" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M546" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N546" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>72312</x:v>
       </x:c>
       <x:c r="O546" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P546" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="Q546" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R546" s="14" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="S546" s="14" t="n">
-        <x:v>603697</x:v>
+        <x:v>613441</x:v>
       </x:c>
       <x:c r="T546" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U546" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:21">
       <x:c r="A547" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B547" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C547" s="3" t="s"/>
       <x:c r="D547" s="3" t="s"/>
       <x:c r="G547" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H547" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I547" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K547" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L547" s="0" t="s">
         <x:v>38</x:v>
@@ -34187,203 +34183,203 @@
       </x:c>
       <x:c r="P565" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q565" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R565" s="0" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="S565" s="0" t="n">
         <x:v>613444</x:v>
       </x:c>
       <x:c r="T565" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U565" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:21">
       <x:c r="A566" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B566" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C566" s="15" t="s"/>
       <x:c r="D566" s="15" t="s"/>
       <x:c r="E566" s="14" t="s"/>
       <x:c r="F566" s="14" t="s"/>
       <x:c r="G566" s="14" t="s">
-        <x:v>54</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="H566" s="14" t="s"/>
       <x:c r="I566" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J566" s="14" t="s"/>
       <x:c r="K566" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L566" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M566" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N566" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O566" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="P566" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="Q566" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R566" s="14" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="S566" s="14" t="n">
-        <x:v>613137</x:v>
+        <x:v>612691</x:v>
       </x:c>
       <x:c r="T566" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U566" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:21">
       <x:c r="A567" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B567" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C567" s="3" t="s"/>
       <x:c r="D567" s="3" t="s"/>
       <x:c r="G567" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H567" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I567" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K567" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L567" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M567" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N567" s="3" t="n">
-        <x:v>72312</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O567" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="P567" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q567" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R567" s="0" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="S567" s="0" t="n">
-        <x:v>603836</x:v>
+        <x:v>613137</x:v>
       </x:c>
       <x:c r="T567" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U567" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:21">
       <x:c r="A568" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B568" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C568" s="15" t="s"/>
       <x:c r="D568" s="15" t="s"/>
       <x:c r="E568" s="14" t="s"/>
       <x:c r="F568" s="14" t="s"/>
       <x:c r="G568" s="14" t="s">
-        <x:v>35</x:v>
-[...1 lines deleted...]
-      <x:c r="H568" s="14" t="s"/>
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="H568" s="14" t="s">
+        <x:v>55</x:v>
+      </x:c>
       <x:c r="I568" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J568" s="14" t="s"/>
       <x:c r="K568" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L568" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M568" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N568" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>72312</x:v>
       </x:c>
       <x:c r="O568" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P568" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="Q568" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R568" s="14" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="S568" s="14" t="n">
-        <x:v>612691</x:v>
+        <x:v>603836</x:v>
       </x:c>
       <x:c r="T568" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U568" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:21">
       <x:c r="A569" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B569" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C569" s="3" t="s"/>
       <x:c r="D569" s="3" t="s"/>
       <x:c r="G569" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I569" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K569" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L569" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M569" s="0" t="s">
         <x:v>28</x:v>
@@ -34658,51 +34654,51 @@
       <x:c r="L574" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M574" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N574" s="15" t="n">
         <x:v>30812</x:v>
       </x:c>
       <x:c r="O574" s="14" t="s">
         <x:v>711</x:v>
       </x:c>
       <x:c r="P574" s="14" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="Q574" s="16" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="R574" s="14" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="S574" s="14" t="n">
         <x:v>613587</x:v>
       </x:c>
       <x:c r="T574" s="16" t="s">
-        <x:v>569</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="U574" s="16" t="s">
         <x:v>713</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:21">
       <x:c r="A575" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B575" s="0" t="s">
         <x:v>707</x:v>
       </x:c>
       <x:c r="C575" s="3" t="n">
         <x:v>36061</x:v>
       </x:c>
       <x:c r="D575" s="3" t="s"/>
       <x:c r="G575" s="0" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="H575" s="0" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="I575" s="4" t="s">
         <x:v>710</x:v>
       </x:c>
@@ -34726,156 +34722,157 @@
       </x:c>
       <x:c r="P575" s="0" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="Q575" s="4" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="R575" s="0" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="S575" s="0" t="n">
         <x:v>613588</x:v>
       </x:c>
       <x:c r="T575" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U575" s="4" t="s">
         <x:v>714</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:21">
       <x:c r="A576" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B576" s="14" t="s">
-        <x:v>707</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="C576" s="15" t="n">
-        <x:v>36061</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D576" s="15" t="s"/>
       <x:c r="E576" s="14" t="s"/>
       <x:c r="F576" s="14" t="s"/>
       <x:c r="G576" s="14" t="s">
-        <x:v>708</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>715</x:v>
+      </x:c>
+      <x:c r="H576" s="14" t="s"/>
       <x:c r="I576" s="16" t="s">
-        <x:v>710</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="J576" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K576" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L576" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M576" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N576" s="15" t="n">
-        <x:v>30812</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O576" s="14" t="s">
-        <x:v>711</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="P576" s="14" t="s">
-        <x:v>708</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="Q576" s="16" t="s">
-        <x:v>710</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="R576" s="14" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="S576" s="14" t="n">
-        <x:v>613589</x:v>
+        <x:v>543577</x:v>
       </x:c>
       <x:c r="T576" s="16" t="s">
-        <x:v>581</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="U576" s="16" t="s">
-        <x:v>715</x:v>
+        <x:v>555</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:21">
       <x:c r="A577" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B577" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="C577" s="3" t="n">
-        <x:v>37680</x:v>
+        <x:v>36061</x:v>
       </x:c>
       <x:c r="D577" s="3" t="s"/>
       <x:c r="G577" s="0" t="s">
-        <x:v>716</x:v>
+        <x:v>708</x:v>
+      </x:c>
+      <x:c r="H577" s="0" t="s">
+        <x:v>709</x:v>
       </x:c>
       <x:c r="I577" s="4" t="s">
-        <x:v>717</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="J577" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K577" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L577" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M577" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N577" s="3" t="n">
-        <x:v>24273</x:v>
+        <x:v>30812</x:v>
       </x:c>
       <x:c r="O577" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="P577" s="0" t="s">
-        <x:v>716</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="Q577" s="4" t="s">
-        <x:v>717</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="R577" s="0" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="S577" s="0" t="n">
-        <x:v>543577</x:v>
+        <x:v>613589</x:v>
       </x:c>
       <x:c r="T577" s="4" t="s">
-        <x:v>594</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="U577" s="4" t="s">
-        <x:v>555</x:v>
+        <x:v>717</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:21">
       <x:c r="A578" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B578" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C578" s="15" t="s"/>
       <x:c r="D578" s="15" t="s"/>
       <x:c r="E578" s="14" t="s"/>
       <x:c r="F578" s="14" t="s"/>
       <x:c r="G578" s="14" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="H578" s="14" t="s"/>
       <x:c r="I578" s="16" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="J578" s="14" t="s"/>
       <x:c r="K578" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L578" s="14" t="s">
@@ -35269,145 +35266,145 @@
       </x:c>
       <x:c r="S585" s="0" t="n">
         <x:v>603717</x:v>
       </x:c>
       <x:c r="T585" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U585" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:21">
       <x:c r="A586" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B586" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="C586" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D586" s="15" t="s"/>
       <x:c r="E586" s="14" t="s"/>
       <x:c r="F586" s="14" t="s"/>
       <x:c r="G586" s="14" t="s">
-        <x:v>575</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="H586" s="14" t="s"/>
       <x:c r="I586" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="J586" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K586" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L586" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M586" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N586" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O586" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P586" s="14" t="s">
-        <x:v>575</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="Q586" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="R586" s="14" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="S586" s="14" t="n">
         <x:v>573843</x:v>
       </x:c>
       <x:c r="T586" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U586" s="16" t="s">
-        <x:v>577</x:v>
+        <x:v>579</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:21">
       <x:c r="A587" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B587" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="C587" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D587" s="3" t="s"/>
       <x:c r="G587" s="0" t="s">
-        <x:v>575</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="I587" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="J587" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K587" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L587" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M587" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N587" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O587" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P587" s="0" t="s">
-        <x:v>575</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="Q587" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="R587" s="0" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="S587" s="0" t="n">
         <x:v>573846</x:v>
       </x:c>
       <x:c r="T587" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U587" s="4" t="s">
-        <x:v>591</x:v>
+        <x:v>585</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:21">
       <x:c r="A588" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B588" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C588" s="15" t="s"/>
       <x:c r="D588" s="15" t="s"/>
       <x:c r="E588" s="14" t="s"/>
       <x:c r="F588" s="14" t="s"/>
       <x:c r="G588" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H588" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I588" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J588" s="14" t="s"/>
       <x:c r="K588" s="14" t="s">
         <x:v>37</x:v>
@@ -35850,144 +35847,144 @@
       </x:c>
       <x:c r="P596" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q596" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R596" s="14" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="S596" s="14" t="n">
         <x:v>613168</x:v>
       </x:c>
       <x:c r="T596" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U596" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:21">
       <x:c r="A597" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B597" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C597" s="3" t="s"/>
       <x:c r="D597" s="3" t="s"/>
       <x:c r="G597" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H597" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I597" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K597" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L597" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M597" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N597" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O597" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="P597" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q597" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R597" s="0" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="S597" s="0" t="n">
-        <x:v>602388</x:v>
+        <x:v>602354</x:v>
       </x:c>
       <x:c r="T597" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U597" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:21">
       <x:c r="A598" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B598" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C598" s="15" t="s"/>
       <x:c r="D598" s="15" t="s"/>
       <x:c r="E598" s="14" t="s"/>
       <x:c r="F598" s="14" t="s"/>
       <x:c r="G598" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H598" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I598" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J598" s="14" t="s"/>
       <x:c r="K598" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L598" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M598" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N598" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O598" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="P598" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q598" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R598" s="14" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="S598" s="14" t="n">
-        <x:v>602354</x:v>
+        <x:v>602388</x:v>
       </x:c>
       <x:c r="T598" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U598" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="599" spans="1:21">
       <x:c r="A599" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B599" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C599" s="3" t="s"/>
       <x:c r="D599" s="3" t="s"/>
       <x:c r="G599" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="I599" s="4" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="J599" s="0" t="s">
         <x:v>25</x:v>
@@ -36065,1031 +36062,1031 @@
       </x:c>
       <x:c r="O600" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P600" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q600" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R600" s="14" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="S600" s="14" t="n">
         <x:v>608661</x:v>
       </x:c>
       <x:c r="T600" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U600" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="601" spans="1:21">
       <x:c r="A601" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B601" s="0" t="s">
-        <x:v>707</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="C601" s="3" t="n">
-        <x:v>36061</x:v>
+        <x:v>38997</x:v>
       </x:c>
       <x:c r="D601" s="3" t="s"/>
       <x:c r="G601" s="0" t="s">
         <x:v>732</x:v>
       </x:c>
       <x:c r="I601" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J601" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K601" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L601" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M601" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N601" s="3" t="n">
-        <x:v>30812</x:v>
+        <x:v>24237</x:v>
       </x:c>
       <x:c r="O601" s="0" t="s">
-        <x:v>711</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="P601" s="0" t="s">
         <x:v>732</x:v>
       </x:c>
       <x:c r="Q601" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R601" s="0" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="S601" s="0" t="n">
-        <x:v>559218</x:v>
+        <x:v>591993</x:v>
       </x:c>
       <x:c r="T601" s="4" t="s">
-        <x:v>407</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U601" s="4" t="s">
-        <x:v>555</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="602" spans="1:21">
       <x:c r="A602" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B602" s="14" t="s">
-        <x:v>733</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C602" s="15" t="n">
-        <x:v>35419</x:v>
+        <x:v>39278</x:v>
       </x:c>
       <x:c r="D602" s="15" t="s"/>
       <x:c r="E602" s="14" t="s"/>
       <x:c r="F602" s="14" t="s"/>
       <x:c r="G602" s="14" t="s">
         <x:v>732</x:v>
       </x:c>
       <x:c r="H602" s="14" t="s"/>
       <x:c r="I602" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J602" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K602" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L602" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M602" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N602" s="15" t="n">
-        <x:v>31057</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O602" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P602" s="14" t="s">
         <x:v>732</x:v>
       </x:c>
       <x:c r="Q602" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R602" s="14" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="S602" s="14" t="n">
-        <x:v>559244</x:v>
+        <x:v>592080</x:v>
       </x:c>
       <x:c r="T602" s="16" t="s">
-        <x:v>407</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U602" s="16" t="s">
-        <x:v>555</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="603" spans="1:21">
       <x:c r="A603" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B603" s="0" t="s">
-        <x:v>482</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="C603" s="3" t="n">
-        <x:v>38997</x:v>
+        <x:v>36061</x:v>
       </x:c>
       <x:c r="D603" s="3" t="s"/>
       <x:c r="G603" s="0" t="s">
-        <x:v>734</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="I603" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J603" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="K603" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L603" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M603" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="N603" s="3" t="n">
-        <x:v>24237</x:v>
+        <x:v>30812</x:v>
       </x:c>
       <x:c r="O603" s="0" t="s">
-        <x:v>483</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="P603" s="0" t="s">
-        <x:v>734</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="Q603" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R603" s="0" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="S603" s="0" t="n">
-        <x:v>591993</x:v>
+        <x:v>559218</x:v>
       </x:c>
       <x:c r="T603" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="U603" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>555</x:v>
       </x:c>
     </x:row>
     <x:row r="604" spans="1:21">
       <x:c r="A604" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B604" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="C604" s="15" t="n">
-        <x:v>39278</x:v>
+        <x:v>35419</x:v>
       </x:c>
       <x:c r="D604" s="15" t="s"/>
       <x:c r="E604" s="14" t="s"/>
       <x:c r="F604" s="14" t="s"/>
       <x:c r="G604" s="14" t="s">
-        <x:v>734</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="H604" s="14" t="s"/>
       <x:c r="I604" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J604" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K604" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L604" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M604" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="N604" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>31057</x:v>
       </x:c>
       <x:c r="O604" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="P604" s="14" t="s">
-        <x:v>734</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="Q604" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R604" s="14" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="S604" s="14" t="n">
-        <x:v>592080</x:v>
+        <x:v>559244</x:v>
       </x:c>
       <x:c r="T604" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="U604" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>555</x:v>
       </x:c>
     </x:row>
     <x:row r="605" spans="1:21">
       <x:c r="A605" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B605" s="0" t="s">
         <x:v>735</x:v>
       </x:c>
       <x:c r="C605" s="3" t="n">
         <x:v>40246</x:v>
       </x:c>
       <x:c r="D605" s="3" t="s"/>
       <x:c r="G605" s="0" t="s">
-        <x:v>732</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="I605" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J605" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K605" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L605" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M605" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="N605" s="3" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O605" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P605" s="0" t="s">
-        <x:v>732</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="Q605" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R605" s="0" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="S605" s="0" t="n">
         <x:v>578846</x:v>
       </x:c>
       <x:c r="T605" s="4" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="U605" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="606" spans="1:21">
       <x:c r="A606" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B606" s="14" t="s">
         <x:v>737</x:v>
       </x:c>
-      <x:c r="C606" s="15" t="s"/>
+      <x:c r="C606" s="15" t="n">
+        <x:v>37929</x:v>
+      </x:c>
       <x:c r="D606" s="15" t="s"/>
       <x:c r="E606" s="14" t="s"/>
       <x:c r="F606" s="14" t="s"/>
       <x:c r="G606" s="14" t="s">
-        <x:v>732</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H606" s="14" t="s"/>
       <x:c r="I606" s="16" t="s">
-        <x:v>92</x:v>
-[...1 lines deleted...]
-      <x:c r="J606" s="14" t="s"/>
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="J606" s="14" t="s">
+        <x:v>47</x:v>
+      </x:c>
       <x:c r="K606" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L606" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M606" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N606" s="15" t="n">
-        <x:v>31094</x:v>
+        <x:v>11031</x:v>
       </x:c>
       <x:c r="O606" s="14" t="s">
         <x:v>738</x:v>
       </x:c>
       <x:c r="P606" s="14" t="s">
-        <x:v>732</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="Q606" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="R606" s="14" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="S606" s="14" t="n">
-        <x:v>616704</x:v>
+        <x:v>597136</x:v>
       </x:c>
       <x:c r="T606" s="16" t="s">
-        <x:v>739</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U606" s="16" t="s">
-        <x:v>740</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="607" spans="1:21">
       <x:c r="A607" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B607" s="0" t="s">
-        <x:v>741</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="C607" s="3" t="n">
-        <x:v>37929</x:v>
+        <x:v>38325</x:v>
       </x:c>
       <x:c r="D607" s="3" t="s"/>
       <x:c r="G607" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I607" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="J607" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K607" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L607" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M607" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N607" s="3" t="n">
-        <x:v>11031</x:v>
+        <x:v>15099</x:v>
       </x:c>
       <x:c r="O607" s="0" t="s">
-        <x:v>742</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="P607" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="Q607" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="R607" s="0" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="S607" s="0" t="n">
-        <x:v>597136</x:v>
+        <x:v>595754</x:v>
       </x:c>
       <x:c r="T607" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U607" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="608" spans="1:21">
       <x:c r="A608" s="13" t="s">
-        <x:v>42</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B608" s="14" t="s">
-        <x:v>743</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>740</x:v>
+      </x:c>
+      <x:c r="C608" s="15" t="s"/>
       <x:c r="D608" s="15" t="s"/>
-      <x:c r="E608" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E608" s="14" t="s"/>
       <x:c r="F608" s="14" t="s"/>
       <x:c r="G608" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="H608" s="14" t="s"/>
       <x:c r="I608" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="J608" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J608" s="14" t="s"/>
       <x:c r="K608" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L608" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M608" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="N608" s="15" t="n">
-        <x:v>30812</x:v>
+        <x:v>31094</x:v>
       </x:c>
       <x:c r="O608" s="14" t="s">
-        <x:v>711</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="P608" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="Q608" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R608" s="14" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="S608" s="14" t="n">
-        <x:v>608641</x:v>
+        <x:v>616704</x:v>
       </x:c>
       <x:c r="T608" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="U608" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>743</x:v>
       </x:c>
     </x:row>
     <x:row r="609" spans="1:21">
       <x:c r="A609" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B609" s="0" t="s">
         <x:v>744</x:v>
       </x:c>
       <x:c r="C609" s="3" t="n">
-        <x:v>38656</x:v>
+        <x:v>36061</x:v>
       </x:c>
       <x:c r="D609" s="3" t="s"/>
+      <x:c r="E609" s="0" t="s">
+        <x:v>44</x:v>
+      </x:c>
       <x:c r="G609" s="0" t="s">
-        <x:v>734</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="I609" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J609" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="K609" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L609" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M609" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="N609" s="3" t="n">
-        <x:v>15099</x:v>
+        <x:v>30812</x:v>
       </x:c>
       <x:c r="O609" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="P609" s="0" t="s">
-        <x:v>734</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="Q609" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R609" s="0" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="S609" s="0" t="n">
-        <x:v>596436</x:v>
+        <x:v>608641</x:v>
       </x:c>
       <x:c r="T609" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U609" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="610" spans="1:21">
       <x:c r="A610" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B610" s="14" t="s">
-        <x:v>485</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="C610" s="15" t="n">
-        <x:v>39490</x:v>
+        <x:v>38656</x:v>
       </x:c>
       <x:c r="D610" s="15" t="s"/>
       <x:c r="E610" s="14" t="s"/>
       <x:c r="F610" s="14" t="s"/>
       <x:c r="G610" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="H610" s="14" t="s"/>
       <x:c r="I610" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J610" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K610" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L610" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M610" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N610" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>15099</x:v>
       </x:c>
       <x:c r="O610" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="P610" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="Q610" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R610" s="14" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="S610" s="14" t="n">
-        <x:v>592283</x:v>
+        <x:v>596436</x:v>
       </x:c>
       <x:c r="T610" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U610" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="611" spans="1:21">
       <x:c r="A611" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B611" s="0" t="s">
-        <x:v>730</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="C611" s="3" t="n">
-        <x:v>40246</x:v>
+        <x:v>39490</x:v>
       </x:c>
       <x:c r="D611" s="3" t="s"/>
-      <x:c r="E611" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G611" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I611" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="J611" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K611" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L611" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M611" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N611" s="3" t="n">
-        <x:v>31045</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O611" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P611" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="Q611" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="R611" s="0" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="S611" s="0" t="n">
-        <x:v>608662</x:v>
+        <x:v>592283</x:v>
       </x:c>
       <x:c r="T611" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U611" s="4" t="s">
-        <x:v>451</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="612" spans="1:21">
       <x:c r="A612" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B612" s="14" t="s">
-        <x:v>735</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="C612" s="15" t="n">
         <x:v>40246</x:v>
       </x:c>
       <x:c r="D612" s="15" t="s"/>
-      <x:c r="E612" s="14" t="s"/>
+      <x:c r="E612" s="14" t="s">
+        <x:v>44</x:v>
+      </x:c>
       <x:c r="F612" s="14" t="s"/>
       <x:c r="G612" s="14" t="s">
-        <x:v>732</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H612" s="14" t="s"/>
       <x:c r="I612" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J612" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K612" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L612" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M612" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="N612" s="15" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O612" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P612" s="14" t="s">
-        <x:v>732</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="Q612" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R612" s="14" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="S612" s="14" t="n">
-        <x:v>613757</x:v>
+        <x:v>608662</x:v>
       </x:c>
       <x:c r="T612" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U612" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>451</x:v>
       </x:c>
     </x:row>
     <x:row r="613" spans="1:21">
       <x:c r="A613" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B613" s="0" t="s">
-        <x:v>707</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="C613" s="3" t="n">
-        <x:v>36061</x:v>
+        <x:v>40246</x:v>
       </x:c>
       <x:c r="D613" s="3" t="s"/>
       <x:c r="G613" s="0" t="s">
-        <x:v>732</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="I613" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J613" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K613" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L613" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M613" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="N613" s="3" t="n">
-        <x:v>30812</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O613" s="0" t="s">
-        <x:v>711</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P613" s="0" t="s">
-        <x:v>732</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="Q613" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R613" s="0" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="S613" s="0" t="n">
-        <x:v>613731</x:v>
+        <x:v>613757</x:v>
       </x:c>
       <x:c r="T613" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U613" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="614" spans="1:21">
       <x:c r="A614" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B614" s="14" t="s">
-        <x:v>735</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="C614" s="15" t="n">
-        <x:v>40246</x:v>
+        <x:v>36061</x:v>
       </x:c>
       <x:c r="D614" s="15" t="s"/>
       <x:c r="E614" s="14" t="s"/>
       <x:c r="F614" s="14" t="s"/>
       <x:c r="G614" s="14" t="s">
-        <x:v>732</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="H614" s="14" t="s"/>
       <x:c r="I614" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J614" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="K614" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L614" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M614" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="N614" s="15" t="n">
-        <x:v>31045</x:v>
+        <x:v>30812</x:v>
       </x:c>
       <x:c r="O614" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="P614" s="14" t="s">
-        <x:v>732</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="Q614" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R614" s="14" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="S614" s="14" t="n">
-        <x:v>562795</x:v>
+        <x:v>613731</x:v>
       </x:c>
       <x:c r="T614" s="16" t="s">
-        <x:v>407</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U614" s="16" t="s">
-        <x:v>555</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="615" spans="1:21">
       <x:c r="A615" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B615" s="0" t="s">
-        <x:v>745</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="C615" s="3" t="n">
-        <x:v>38325</x:v>
+        <x:v>40246</x:v>
       </x:c>
       <x:c r="D615" s="3" t="s"/>
       <x:c r="G615" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="I615" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J615" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K615" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L615" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M615" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="N615" s="3" t="n">
-        <x:v>15099</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O615" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P615" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="Q615" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R615" s="0" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="S615" s="0" t="n">
-        <x:v>595755</x:v>
+        <x:v>562795</x:v>
       </x:c>
       <x:c r="T615" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="U615" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>555</x:v>
       </x:c>
     </x:row>
     <x:row r="616" spans="1:21">
       <x:c r="A616" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B616" s="14" t="s">
-        <x:v>745</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="C616" s="15" t="n">
         <x:v>38325</x:v>
       </x:c>
       <x:c r="D616" s="15" t="s"/>
       <x:c r="E616" s="14" t="s"/>
       <x:c r="F616" s="14" t="s"/>
       <x:c r="G616" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H616" s="14" t="s"/>
       <x:c r="I616" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="J616" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K616" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L616" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M616" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N616" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O616" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P616" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="Q616" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="R616" s="14" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="S616" s="14" t="n">
-        <x:v>595754</x:v>
+        <x:v>595755</x:v>
       </x:c>
       <x:c r="T616" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U616" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="617" spans="1:21">
       <x:c r="A617" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B617" s="0" t="s">
         <x:v>707</x:v>
       </x:c>
       <x:c r="C617" s="3" t="n">
         <x:v>36061</x:v>
       </x:c>
       <x:c r="D617" s="3" t="s"/>
       <x:c r="G617" s="0" t="s">
-        <x:v>732</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="I617" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J617" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K617" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L617" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M617" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="N617" s="3" t="n">
         <x:v>30812</x:v>
       </x:c>
       <x:c r="O617" s="0" t="s">
         <x:v>711</x:v>
       </x:c>
       <x:c r="P617" s="0" t="s">
-        <x:v>732</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="Q617" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R617" s="0" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="S617" s="0" t="n">
         <x:v>578825</x:v>
       </x:c>
       <x:c r="T617" s="4" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="U617" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="618" spans="1:21">
       <x:c r="A618" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B618" s="14" t="s">
         <x:v>746</x:v>
       </x:c>
       <x:c r="C618" s="15" t="n">
         <x:v>39907</x:v>
       </x:c>
       <x:c r="D618" s="15" t="s"/>
       <x:c r="E618" s="14" t="s"/>
       <x:c r="F618" s="14" t="s"/>
       <x:c r="G618" s="14" t="s">
-        <x:v>734</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="H618" s="14" t="s"/>
       <x:c r="I618" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J618" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K618" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L618" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M618" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N618" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O618" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P618" s="14" t="s">
-        <x:v>734</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="Q618" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R618" s="14" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="S618" s="14" t="n">
         <x:v>595013</x:v>
       </x:c>
       <x:c r="T618" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U618" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:21">
       <x:c r="A619" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B619" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C619" s="3" t="n">
@@ -37542,51 +37539,51 @@
       <x:c r="G627" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="H627" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="I627" s="4" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="J627" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K627" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L627" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M627" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N627" s="3" t="n">
         <x:v>31009</x:v>
       </x:c>
       <x:c r="O627" s="0" t="s">
-        <x:v>493</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="P627" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="Q627" s="4" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="R627" s="0" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="S627" s="0" t="n">
         <x:v>446095</x:v>
       </x:c>
       <x:c r="T627" s="4" t="s">
         <x:v>763</x:v>
       </x:c>
       <x:c r="U627" s="4" t="s">
         <x:v>764</x:v>
       </x:c>
     </x:row>
     <x:row r="628" spans="1:21">
       <x:c r="A628" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B628" s="14" t="s">
@@ -37626,334 +37623,334 @@
       </x:c>
       <x:c r="O628" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P628" s="14" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="Q628" s="16" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="R628" s="14" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="S628" s="14" t="n">
         <x:v>611489</x:v>
       </x:c>
       <x:c r="T628" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U628" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="629" spans="1:21">
       <x:c r="A629" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B629" s="0" t="s">
-        <x:v>246</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="C629" s="3" t="s"/>
       <x:c r="D629" s="3" t="s"/>
-      <x:c r="E629" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G629" s="0" t="s">
-        <x:v>528</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H629" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I629" s="4" t="s">
-        <x:v>399</x:v>
-[...2 lines deleted...]
-        <x:v>74</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K629" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L629" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M629" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N629" s="3" t="n">
-        <x:v>24273</x:v>
+        <x:v>72312</x:v>
       </x:c>
       <x:c r="O629" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P629" s="0" t="s">
-        <x:v>528</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="Q629" s="4" t="s">
-        <x:v>399</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R629" s="0" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="S629" s="0" t="n">
-        <x:v>549272</x:v>
+        <x:v>613453</x:v>
       </x:c>
       <x:c r="T629" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U629" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="630" spans="1:21">
       <x:c r="A630" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B630" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C630" s="15" t="s"/>
       <x:c r="D630" s="15" t="s"/>
       <x:c r="E630" s="14" t="s"/>
       <x:c r="F630" s="14" t="s"/>
       <x:c r="G630" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H630" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I630" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J630" s="14" t="s"/>
       <x:c r="K630" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L630" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M630" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N630" s="15" t="n">
-        <x:v>72312</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O630" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="P630" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q630" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R630" s="14" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="S630" s="14" t="n">
-        <x:v>613453</x:v>
+        <x:v>613145</x:v>
       </x:c>
       <x:c r="T630" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U630" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="631" spans="1:21">
       <x:c r="A631" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B631" s="0" t="s">
-        <x:v>53</x:v>
-[...1 lines deleted...]
-      <x:c r="C631" s="3" t="s"/>
+        <x:v>761</x:v>
+      </x:c>
+      <x:c r="C631" s="3" t="n">
+        <x:v>35435</x:v>
+      </x:c>
       <x:c r="D631" s="3" t="s"/>
+      <x:c r="E631" s="0" t="s">
+        <x:v>44</x:v>
+      </x:c>
       <x:c r="G631" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="H631" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="I631" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>399</x:v>
+      </x:c>
+      <x:c r="J631" s="0" t="s">
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K631" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L631" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M631" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N631" s="3" t="n">
-        <x:v>31001</x:v>
+        <x:v>31009</x:v>
       </x:c>
       <x:c r="O631" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="P631" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="Q631" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="R631" s="0" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="S631" s="0" t="n">
-        <x:v>613145</x:v>
+        <x:v>547219</x:v>
       </x:c>
       <x:c r="T631" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U631" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>770</x:v>
       </x:c>
     </x:row>
     <x:row r="632" spans="1:21">
       <x:c r="A632" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B632" s="14" t="s">
-        <x:v>761</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="C632" s="15" t="n">
         <x:v>35435</x:v>
       </x:c>
       <x:c r="D632" s="15" t="s"/>
       <x:c r="E632" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="F632" s="14" t="s"/>
       <x:c r="G632" s="14" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="H632" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="I632" s="16" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="J632" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K632" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L632" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M632" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N632" s="15" t="n">
         <x:v>31009</x:v>
       </x:c>
       <x:c r="O632" s="14" t="s">
-        <x:v>493</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="P632" s="14" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="Q632" s="16" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="R632" s="14" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="S632" s="14" t="n">
-        <x:v>547219</x:v>
+        <x:v>547223</x:v>
       </x:c>
       <x:c r="T632" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U632" s="16" t="s">
         <x:v>770</x:v>
       </x:c>
     </x:row>
     <x:row r="633" spans="1:21">
       <x:c r="A633" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B633" s="0" t="s">
-        <x:v>771</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C633" s="3" t="n">
-        <x:v>35435</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D633" s="3" t="s"/>
       <x:c r="E633" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G633" s="0" t="s">
-        <x:v>397</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="H633" s="0" t="s">
-        <x:v>398</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="I633" s="4" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="J633" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="K633" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L633" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M633" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N633" s="3" t="n">
-        <x:v>31009</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O633" s="0" t="s">
-        <x:v>493</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="P633" s="0" t="s">
-        <x:v>397</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="Q633" s="4" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="R633" s="0" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="S633" s="0" t="n">
-        <x:v>547223</x:v>
+        <x:v>614700</x:v>
       </x:c>
       <x:c r="T633" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U633" s="4" t="s">
-        <x:v>770</x:v>
+        <x:v>433</x:v>
       </x:c>
     </x:row>
     <x:row r="634" spans="1:21">
       <x:c r="A634" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B634" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="C634" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D634" s="15" t="s"/>
       <x:c r="E634" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="F634" s="14" t="s"/>
       <x:c r="G634" s="14" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="H634" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="I634" s="16" t="s">
         <x:v>399</x:v>
@@ -37964,57 +37961,57 @@
       <x:c r="K634" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L634" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M634" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N634" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O634" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P634" s="14" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="Q634" s="16" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="R634" s="14" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="S634" s="14" t="n">
-        <x:v>614700</x:v>
+        <x:v>549272</x:v>
       </x:c>
       <x:c r="T634" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U634" s="16" t="s">
-        <x:v>433</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="635" spans="1:21">
       <x:c r="A635" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B635" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C635" s="3" t="s"/>
       <x:c r="D635" s="3" t="s"/>
       <x:c r="G635" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H635" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I635" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K635" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L635" s="0" t="s">
         <x:v>38</x:v>
@@ -38117,51 +38114,51 @@
       <x:c r="G637" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="H637" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="I637" s="4" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="J637" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K637" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L637" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M637" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N637" s="3" t="n">
         <x:v>31009</x:v>
       </x:c>
       <x:c r="O637" s="0" t="s">
-        <x:v>493</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="P637" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="Q637" s="4" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="R637" s="0" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="S637" s="0" t="n">
         <x:v>564562</x:v>
       </x:c>
       <x:c r="T637" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U637" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="638" spans="1:21">
       <x:c r="A638" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B638" s="14" t="s">
@@ -38178,51 +38175,51 @@
       <x:c r="G638" s="14" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="H638" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="I638" s="16" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="J638" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K638" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L638" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M638" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N638" s="15" t="n">
         <x:v>31009</x:v>
       </x:c>
       <x:c r="O638" s="14" t="s">
-        <x:v>493</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="P638" s="14" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="Q638" s="16" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="R638" s="14" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="S638" s="14" t="n">
         <x:v>510433</x:v>
       </x:c>
       <x:c r="T638" s="16" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="U638" s="16" t="s">
         <x:v>773</x:v>
       </x:c>
     </x:row>
     <x:row r="639" spans="1:21">
       <x:c r="A639" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B639" s="0" t="s">
@@ -38238,51 +38235,51 @@
       <x:c r="G639" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="H639" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="I639" s="4" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="J639" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K639" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L639" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M639" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N639" s="3" t="n">
         <x:v>31009</x:v>
       </x:c>
       <x:c r="O639" s="0" t="s">
-        <x:v>493</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="P639" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="Q639" s="4" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="R639" s="0" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="S639" s="0" t="n">
         <x:v>471084</x:v>
       </x:c>
       <x:c r="T639" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U639" s="4" t="s">
         <x:v>774</x:v>
       </x:c>
     </x:row>
     <x:row r="640" spans="1:21">
       <x:c r="A640" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B640" s="14" t="s">
@@ -38416,51 +38413,51 @@
       <x:c r="L642" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M642" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N642" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O642" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P642" s="14" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="Q642" s="16" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="R642" s="14" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="S642" s="14" t="n">
         <x:v>588395</x:v>
       </x:c>
       <x:c r="T642" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U642" s="16" t="s">
         <x:v>775</x:v>
       </x:c>
     </x:row>
     <x:row r="643" spans="1:21">
       <x:c r="A643" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B643" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C643" s="3" t="s"/>
       <x:c r="D643" s="3" t="s"/>
       <x:c r="G643" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H643" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I643" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K643" s="0" t="s">
         <x:v>37</x:v>
@@ -38568,51 +38565,51 @@
       <x:c r="G645" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="H645" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="I645" s="4" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="J645" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K645" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L645" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M645" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N645" s="3" t="n">
         <x:v>31009</x:v>
       </x:c>
       <x:c r="O645" s="0" t="s">
-        <x:v>493</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="P645" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="Q645" s="4" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="R645" s="0" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="S645" s="0" t="n">
         <x:v>510493</x:v>
       </x:c>
       <x:c r="T645" s="4" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="U645" s="4" t="s">
         <x:v>773</x:v>
       </x:c>
     </x:row>
     <x:row r="646" spans="1:21">
       <x:c r="A646" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B646" s="14" t="s">
@@ -38629,105 +38626,105 @@
       <x:c r="G646" s="14" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="H646" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="I646" s="16" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="J646" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K646" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L646" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M646" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N646" s="15" t="n">
         <x:v>31009</x:v>
       </x:c>
       <x:c r="O646" s="14" t="s">
-        <x:v>493</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="P646" s="14" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="Q646" s="16" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="R646" s="14" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="S646" s="14" t="n">
         <x:v>510429</x:v>
       </x:c>
       <x:c r="T646" s="16" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="U646" s="16" t="s">
         <x:v>773</x:v>
       </x:c>
     </x:row>
     <x:row r="647" spans="1:21">
       <x:c r="A647" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B647" s="0" t="s">
-        <x:v>385</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="C647" s="3" t="n">
         <x:v>39485</x:v>
       </x:c>
       <x:c r="D647" s="3" t="s"/>
       <x:c r="G647" s="0" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="I647" s="4" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="J647" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K647" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L647" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M647" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N647" s="3" t="n">
         <x:v>11052</x:v>
       </x:c>
       <x:c r="O647" s="0" t="s">
-        <x:v>387</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="P647" s="0" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="Q647" s="4" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="R647" s="0" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="S647" s="0" t="n">
         <x:v>597722</x:v>
       </x:c>
       <x:c r="T647" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="U647" s="4" t="s">
         <x:v>777</x:v>
       </x:c>
     </x:row>
     <x:row r="648" spans="1:21">
       <x:c r="A648" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B648" s="14" t="s">
@@ -38923,203 +38920,202 @@
       </x:c>
       <x:c r="P651" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q651" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R651" s="0" t="s">
         <x:v>778</x:v>
       </x:c>
       <x:c r="S651" s="0" t="n">
         <x:v>613192</x:v>
       </x:c>
       <x:c r="T651" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U651" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="652" spans="1:21">
       <x:c r="A652" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B652" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C652" s="15" t="s"/>
       <x:c r="D652" s="15" t="s"/>
       <x:c r="E652" s="14" t="s"/>
       <x:c r="F652" s="14" t="s"/>
       <x:c r="G652" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H652" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I652" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J652" s="14" t="s"/>
       <x:c r="K652" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L652" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M652" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N652" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>72312</x:v>
       </x:c>
       <x:c r="O652" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P652" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q652" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R652" s="14" t="s">
         <x:v>778</x:v>
       </x:c>
       <x:c r="S652" s="14" t="n">
-        <x:v>613140</x:v>
+        <x:v>613448</x:v>
       </x:c>
       <x:c r="T652" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U652" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="653" spans="1:21">
       <x:c r="A653" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B653" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C653" s="3" t="s"/>
       <x:c r="D653" s="3" t="s"/>
       <x:c r="G653" s="0" t="s">
-        <x:v>54</x:v>
-[...2 lines deleted...]
-        <x:v>55</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I653" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K653" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L653" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M653" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N653" s="3" t="n">
-        <x:v>72312</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O653" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="P653" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="Q653" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R653" s="0" t="s">
         <x:v>778</x:v>
       </x:c>
       <x:c r="S653" s="0" t="n">
-        <x:v>613448</x:v>
+        <x:v>603707</x:v>
       </x:c>
       <x:c r="T653" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U653" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="654" spans="1:21">
       <x:c r="A654" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B654" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C654" s="15" t="s"/>
       <x:c r="D654" s="15" t="s"/>
       <x:c r="E654" s="14" t="s"/>
       <x:c r="F654" s="14" t="s"/>
       <x:c r="G654" s="14" t="s">
-        <x:v>35</x:v>
-[...1 lines deleted...]
-      <x:c r="H654" s="14" t="s"/>
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="H654" s="14" t="s">
+        <x:v>55</x:v>
+      </x:c>
       <x:c r="I654" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J654" s="14" t="s"/>
       <x:c r="K654" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L654" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M654" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N654" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O654" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="P654" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="Q654" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R654" s="14" t="s">
         <x:v>778</x:v>
       </x:c>
       <x:c r="S654" s="14" t="n">
-        <x:v>603707</x:v>
+        <x:v>613140</x:v>
       </x:c>
       <x:c r="T654" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U654" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="655" spans="1:21">
       <x:c r="A655" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B655" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C655" s="3" t="s"/>
       <x:c r="D655" s="3" t="s"/>
       <x:c r="G655" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I655" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K655" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L655" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M655" s="0" t="s">
         <x:v>28</x:v>
@@ -39257,55 +39253,55 @@
         <x:v>575981</x:v>
       </x:c>
       <x:c r="T657" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U657" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="658" spans="1:21">
       <x:c r="A658" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B658" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="C658" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D658" s="15" t="s"/>
       <x:c r="E658" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="F658" s="14" t="s"/>
       <x:c r="G658" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H658" s="14" t="s"/>
       <x:c r="I658" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="J658" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K658" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L658" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M658" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N658" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O658" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P658" s="14" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="Q658" s="16" t="s">
         <x:v>782</x:v>
       </x:c>
@@ -39659,2122 +39655,2124 @@
       <x:c r="I665" s="4" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="J665" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K665" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L665" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M665" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N665" s="3" t="n">
         <x:v>30854</x:v>
       </x:c>
       <x:c r="O665" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P665" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q665" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="R665" s="0" t="s">
         <x:v>795</x:v>
       </x:c>
       <x:c r="S665" s="0" t="n">
         <x:v>596783</x:v>
       </x:c>
       <x:c r="T665" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U665" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="666" spans="1:21">
       <x:c r="A666" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B666" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C666" s="15" t="n">
         <x:v>40897</x:v>
       </x:c>
       <x:c r="D666" s="15" t="s"/>
       <x:c r="E666" s="14" t="s"/>
       <x:c r="F666" s="14" t="s"/>
       <x:c r="G666" s="14" t="s">
         <x:v>799</x:v>
       </x:c>
       <x:c r="H666" s="14" t="s"/>
       <x:c r="I666" s="16" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="J666" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K666" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L666" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M666" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N666" s="15" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O666" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P666" s="14" t="s">
         <x:v>799</x:v>
       </x:c>
       <x:c r="Q666" s="16" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="R666" s="14" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="S666" s="14" t="n">
         <x:v>606178</x:v>
       </x:c>
       <x:c r="T666" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U666" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="667" spans="1:21">
       <x:c r="A667" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B667" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C667" s="3" t="s"/>
       <x:c r="D667" s="3" t="s"/>
       <x:c r="G667" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H667" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I667" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K667" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L667" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M667" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N667" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O667" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="P667" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q667" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R667" s="0" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="S667" s="0" t="n">
-        <x:v>602359</x:v>
+        <x:v>602397</x:v>
       </x:c>
       <x:c r="T667" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U667" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="668" spans="1:21">
       <x:c r="A668" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B668" s="14" t="s">
         <x:v>802</x:v>
       </x:c>
       <x:c r="C668" s="15" t="n">
-        <x:v>38172</x:v>
+        <x:v>35078</x:v>
       </x:c>
       <x:c r="D668" s="15" t="s"/>
-      <x:c r="E668" s="14" t="s"/>
+      <x:c r="E668" s="14" t="s">
+        <x:v>44</x:v>
+      </x:c>
       <x:c r="F668" s="14" t="s"/>
       <x:c r="G668" s="14" t="s">
-        <x:v>441</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>799</x:v>
+      </x:c>
+      <x:c r="H668" s="14" t="s"/>
       <x:c r="I668" s="16" t="s">
-        <x:v>443</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="J668" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K668" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L668" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M668" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N668" s="15" t="n">
-        <x:v>13238</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O668" s="14" t="s">
-        <x:v>757</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P668" s="14" t="s">
-        <x:v>803</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="Q668" s="16" t="s">
-        <x:v>443</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="R668" s="14" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="S668" s="14" t="n">
-        <x:v>576314</x:v>
+        <x:v>506864</x:v>
       </x:c>
       <x:c r="T668" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="U668" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="669" spans="1:21">
       <x:c r="A669" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B669" s="0" t="s">
-        <x:v>34</x:v>
-[...1 lines deleted...]
-      <x:c r="C669" s="3" t="s"/>
+        <x:v>804</x:v>
+      </x:c>
+      <x:c r="C669" s="3" t="n">
+        <x:v>41238</x:v>
+      </x:c>
       <x:c r="D669" s="3" t="s"/>
       <x:c r="G669" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="I669" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>800</x:v>
+      </x:c>
+      <x:c r="J669" s="0" t="s">
+        <x:v>74</x:v>
       </x:c>
       <x:c r="K669" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L669" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M669" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N669" s="3" t="n">
-        <x:v>31001</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O669" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P669" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="Q669" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="R669" s="0" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="S669" s="0" t="n">
-        <x:v>603689</x:v>
+        <x:v>606192</x:v>
       </x:c>
       <x:c r="T669" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U669" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="670" spans="1:21">
       <x:c r="A670" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B670" s="14" t="s">
-        <x:v>203</x:v>
-[...1 lines deleted...]
-      <x:c r="C670" s="15" t="s"/>
+        <x:v>806</x:v>
+      </x:c>
+      <x:c r="C670" s="15" t="n">
+        <x:v>39582</x:v>
+      </x:c>
       <x:c r="D670" s="15" t="s"/>
-      <x:c r="E670" s="14" t="s"/>
+      <x:c r="E670" s="14" t="s">
+        <x:v>44</x:v>
+      </x:c>
       <x:c r="F670" s="14" t="s"/>
       <x:c r="G670" s="14" t="s">
-        <x:v>204</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>799</x:v>
+      </x:c>
+      <x:c r="H670" s="14" t="s"/>
       <x:c r="I670" s="16" t="s">
-        <x:v>206</x:v>
-[...1 lines deleted...]
-      <x:c r="J670" s="14" t="s"/>
+        <x:v>800</x:v>
+      </x:c>
+      <x:c r="J670" s="14" t="s">
+        <x:v>47</x:v>
+      </x:c>
       <x:c r="K670" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L670" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M670" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N670" s="15" t="n">
-        <x:v>31002</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O670" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P670" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="Q670" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="R670" s="14" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="S670" s="14" t="n">
-        <x:v>611205</x:v>
+        <x:v>604973</x:v>
       </x:c>
       <x:c r="T670" s="16" t="s">
-        <x:v>804</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="U670" s="16" t="s">
-        <x:v>804</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="671" spans="1:21">
       <x:c r="A671" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B671" s="0" t="s">
-        <x:v>805</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="C671" s="3" t="n">
-        <x:v>35078</x:v>
+        <x:v>39586</x:v>
       </x:c>
       <x:c r="D671" s="3" t="s"/>
+      <x:c r="E671" s="0" t="s">
+        <x:v>44</x:v>
+      </x:c>
       <x:c r="G671" s="0" t="s">
         <x:v>799</x:v>
       </x:c>
       <x:c r="I671" s="4" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="J671" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K671" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L671" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M671" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N671" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O671" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P671" s="0" t="s">
         <x:v>799</x:v>
       </x:c>
       <x:c r="Q671" s="4" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="R671" s="0" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="S671" s="0" t="n">
-        <x:v>556098</x:v>
+        <x:v>549759</x:v>
       </x:c>
       <x:c r="T671" s="4" t="s">
-        <x:v>806</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U671" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="672" spans="1:21">
       <x:c r="A672" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B672" s="14" t="s">
-        <x:v>58</x:v>
-[...1 lines deleted...]
-      <x:c r="C672" s="15" t="s"/>
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="C672" s="15" t="n">
+        <x:v>36296</x:v>
+      </x:c>
       <x:c r="D672" s="15" t="s"/>
-      <x:c r="E672" s="14" t="s"/>
+      <x:c r="E672" s="14" t="s">
+        <x:v>44</x:v>
+      </x:c>
       <x:c r="F672" s="14" t="s"/>
       <x:c r="G672" s="14" t="s">
-        <x:v>54</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="H672" s="14" t="s"/>
       <x:c r="I672" s="16" t="s">
-        <x:v>36</x:v>
-[...1 lines deleted...]
-      <x:c r="J672" s="14" t="s"/>
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="J672" s="14" t="s">
+        <x:v>47</x:v>
+      </x:c>
       <x:c r="K672" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L672" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M672" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N672" s="15" t="n">
-        <x:v>72312</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O672" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P672" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="Q672" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="R672" s="14" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="S672" s="14" t="n">
-        <x:v>613434</x:v>
+        <x:v>550914</x:v>
       </x:c>
       <x:c r="T672" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="U672" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="673" spans="1:21">
       <x:c r="A673" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B673" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C673" s="3" t="n">
-        <x:v>35475</x:v>
+        <x:v>40897</x:v>
       </x:c>
       <x:c r="D673" s="3" t="s"/>
+      <x:c r="E673" s="0" t="s">
+        <x:v>44</x:v>
+      </x:c>
       <x:c r="G673" s="0" t="s">
-        <x:v>441</x:v>
-[...2 lines deleted...]
-        <x:v>442</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="I673" s="4" t="s">
-        <x:v>443</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="J673" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K673" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L673" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M673" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N673" s="3" t="n">
-        <x:v>30854</x:v>
+        <x:v>31008</x:v>
       </x:c>
       <x:c r="O673" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P673" s="0" t="s">
-        <x:v>441</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="Q673" s="4" t="s">
-        <x:v>443</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="R673" s="0" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="S673" s="0" t="n">
-        <x:v>575980</x:v>
+        <x:v>549753</x:v>
       </x:c>
       <x:c r="T673" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U673" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="674" spans="1:21">
       <x:c r="A674" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B674" s="14" t="s">
-        <x:v>807</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="C674" s="15" t="n">
-        <x:v>39582</x:v>
+        <x:v>39586</x:v>
       </x:c>
       <x:c r="D674" s="15" t="s"/>
       <x:c r="E674" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="F674" s="14" t="s"/>
       <x:c r="G674" s="14" t="s">
         <x:v>799</x:v>
       </x:c>
       <x:c r="H674" s="14" t="s"/>
       <x:c r="I674" s="16" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="J674" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K674" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L674" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M674" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N674" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O674" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P674" s="14" t="s">
         <x:v>799</x:v>
       </x:c>
       <x:c r="Q674" s="16" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="R674" s="14" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="S674" s="14" t="n">
-        <x:v>604973</x:v>
+        <x:v>549760</x:v>
       </x:c>
       <x:c r="T674" s="16" t="s">
-        <x:v>808</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U674" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="675" spans="1:21">
       <x:c r="A675" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B675" s="0" t="s">
-        <x:v>809</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="C675" s="3" t="n">
-        <x:v>35078</x:v>
+        <x:v>40897</x:v>
       </x:c>
       <x:c r="D675" s="3" t="s"/>
-      <x:c r="E675" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G675" s="0" t="s">
         <x:v>799</x:v>
       </x:c>
       <x:c r="I675" s="4" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="J675" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K675" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L675" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M675" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N675" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>31008</x:v>
       </x:c>
       <x:c r="O675" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P675" s="0" t="s">
         <x:v>799</x:v>
       </x:c>
       <x:c r="Q675" s="4" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="R675" s="0" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="S675" s="0" t="n">
-        <x:v>506864</x:v>
+        <x:v>587305</x:v>
       </x:c>
       <x:c r="T675" s="4" t="s">
-        <x:v>810</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="U675" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>813</x:v>
       </x:c>
     </x:row>
     <x:row r="676" spans="1:21">
       <x:c r="A676" s="13" t="s">
-        <x:v>42</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B676" s="14" t="s">
-        <x:v>811</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="C676" s="15" t="s"/>
       <x:c r="D676" s="15" t="s"/>
-      <x:c r="E676" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E676" s="14" t="s"/>
       <x:c r="F676" s="14" t="s"/>
       <x:c r="G676" s="14" t="s">
-        <x:v>799</x:v>
-[...1 lines deleted...]
-      <x:c r="H676" s="14" t="s"/>
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="H676" s="14" t="s">
+        <x:v>55</x:v>
+      </x:c>
       <x:c r="I676" s="16" t="s">
-        <x:v>800</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="J676" s="14" t="s"/>
       <x:c r="K676" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L676" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M676" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N676" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O676" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="P676" s="14" t="s">
-        <x:v>799</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="Q676" s="16" t="s">
-        <x:v>800</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R676" s="14" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="S676" s="14" t="n">
-        <x:v>549759</x:v>
+        <x:v>613177</x:v>
       </x:c>
       <x:c r="T676" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U676" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="677" spans="1:21">
       <x:c r="A677" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B677" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="C677" s="3" t="n">
-        <x:v>40897</x:v>
+        <x:v>35078</x:v>
       </x:c>
       <x:c r="D677" s="3" t="s"/>
       <x:c r="E677" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G677" s="0" t="s">
         <x:v>799</x:v>
       </x:c>
       <x:c r="I677" s="4" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="J677" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K677" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L677" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M677" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N677" s="3" t="n">
-        <x:v>31008</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O677" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P677" s="0" t="s">
         <x:v>799</x:v>
       </x:c>
       <x:c r="Q677" s="4" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="R677" s="0" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="S677" s="0" t="n">
-        <x:v>604997</x:v>
+        <x:v>506862</x:v>
       </x:c>
       <x:c r="T677" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="U677" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="678" spans="1:21">
       <x:c r="A678" s="13" t="s">
-        <x:v>42</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B678" s="14" t="s">
-        <x:v>173</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="C678" s="15" t="s"/>
       <x:c r="D678" s="15" t="s"/>
-      <x:c r="E678" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E678" s="14" t="s"/>
       <x:c r="F678" s="14" t="s"/>
       <x:c r="G678" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H678" s="14" t="s"/>
       <x:c r="I678" s="16" t="s">
-        <x:v>160</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="J678" s="14" t="s"/>
       <x:c r="K678" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L678" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M678" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N678" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O678" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="P678" s="14" t="s">
-        <x:v>812</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="Q678" s="16" t="s">
-        <x:v>800</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R678" s="14" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="S678" s="14" t="n">
-        <x:v>535022</x:v>
+        <x:v>603684</x:v>
       </x:c>
       <x:c r="T678" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U678" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="679" spans="1:21">
       <x:c r="A679" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B679" s="0" t="s">
-        <x:v>172</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="C679" s="3" t="s"/>
       <x:c r="D679" s="3" t="s"/>
-      <x:c r="E679" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G679" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="H679" s="0" t="s">
+        <x:v>205</x:v>
       </x:c>
       <x:c r="I679" s="4" t="s">
-        <x:v>160</x:v>
-[...2 lines deleted...]
-        <x:v>47</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="K679" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="L679" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M679" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N679" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>31002</x:v>
       </x:c>
       <x:c r="O679" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="P679" s="0" t="s">
-        <x:v>812</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="Q679" s="4" t="s">
-        <x:v>800</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="R679" s="0" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="S679" s="0" t="n">
-        <x:v>550745</x:v>
+        <x:v>611204</x:v>
       </x:c>
       <x:c r="T679" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="U679" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>815</x:v>
       </x:c>
     </x:row>
     <x:row r="680" spans="1:21">
       <x:c r="A680" s="13" t="s">
-        <x:v>42</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B680" s="14" t="s">
-        <x:v>813</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="C680" s="15" t="s"/>
       <x:c r="D680" s="15" t="s"/>
-      <x:c r="E680" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E680" s="14" t="s"/>
       <x:c r="F680" s="14" t="s"/>
       <x:c r="G680" s="14" t="s">
-        <x:v>159</x:v>
-[...1 lines deleted...]
-      <x:c r="H680" s="14" t="s"/>
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="H680" s="14" t="s">
+        <x:v>55</x:v>
+      </x:c>
       <x:c r="I680" s="16" t="s">
-        <x:v>160</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="J680" s="14" t="s"/>
       <x:c r="K680" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L680" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M680" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N680" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>72312</x:v>
       </x:c>
       <x:c r="O680" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P680" s="14" t="s">
-        <x:v>812</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="Q680" s="16" t="s">
-        <x:v>800</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R680" s="14" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="S680" s="14" t="n">
-        <x:v>550910</x:v>
+        <x:v>603819</x:v>
       </x:c>
       <x:c r="T680" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U680" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="681" spans="1:21">
       <x:c r="A681" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B681" s="0" t="s">
-        <x:v>219</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="C681" s="3" t="s"/>
       <x:c r="D681" s="3" t="s"/>
-      <x:c r="E681" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G681" s="0" t="s">
-        <x:v>556</x:v>
-[...2 lines deleted...]
-        <x:v>557</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I681" s="4" t="s">
-        <x:v>558</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K681" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L681" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M681" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N681" s="3" t="n">
-        <x:v>31045</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O681" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="P681" s="0" t="s">
-        <x:v>814</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="Q681" s="4" t="s">
-        <x:v>815</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R681" s="0" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="S681" s="0" t="n">
-        <x:v>609468</x:v>
+        <x:v>612630</x:v>
       </x:c>
       <x:c r="T681" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U681" s="4" t="s">
-        <x:v>816</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="682" spans="1:21">
       <x:c r="A682" s="13" t="s">
-        <x:v>42</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B682" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="C682" s="15" t="n">
-        <x:v>37680</x:v>
+        <x:v>40116</x:v>
       </x:c>
       <x:c r="D682" s="15" t="s"/>
-      <x:c r="E682" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E682" s="14" t="s"/>
       <x:c r="F682" s="14" t="s"/>
       <x:c r="G682" s="14" t="s">
-        <x:v>350</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="H682" s="14" t="s"/>
       <x:c r="I682" s="16" t="s">
-        <x:v>351</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="J682" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K682" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L682" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M682" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N682" s="15" t="n">
-        <x:v>24273</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O682" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P682" s="14" t="s">
-        <x:v>817</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="Q682" s="16" t="s">
-        <x:v>815</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="R682" s="14" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="S682" s="14" t="n">
-        <x:v>607732</x:v>
+        <x:v>592359</x:v>
       </x:c>
       <x:c r="T682" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U682" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="683" spans="1:21">
       <x:c r="A683" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B683" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C683" s="3" t="n">
-        <x:v>37744</x:v>
+        <x:v>35475</x:v>
       </x:c>
       <x:c r="D683" s="3" t="s"/>
-      <x:c r="E683" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G683" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>441</x:v>
+      </x:c>
+      <x:c r="H683" s="0" t="s">
+        <x:v>442</x:v>
       </x:c>
       <x:c r="I683" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="J683" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="K683" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L683" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M683" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N683" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>30854</x:v>
       </x:c>
       <x:c r="O683" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P683" s="0" t="s">
-        <x:v>812</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="Q683" s="4" t="s">
-        <x:v>800</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="R683" s="0" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="S683" s="0" t="n">
-        <x:v>550953</x:v>
+        <x:v>575980</x:v>
       </x:c>
       <x:c r="T683" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U683" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="684" spans="1:21">
       <x:c r="A684" s="13" t="s">
-        <x:v>42</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B684" s="14" t="s">
-        <x:v>163</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="C684" s="15" t="s"/>
       <x:c r="D684" s="15" t="s"/>
-      <x:c r="E684" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E684" s="14" t="s"/>
       <x:c r="F684" s="14" t="s"/>
       <x:c r="G684" s="14" t="s">
-        <x:v>159</x:v>
-[...1 lines deleted...]
-      <x:c r="H684" s="14" t="s"/>
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="H684" s="14" t="s">
+        <x:v>55</x:v>
+      </x:c>
       <x:c r="I684" s="16" t="s">
-        <x:v>160</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="J684" s="14" t="s"/>
       <x:c r="K684" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L684" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M684" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N684" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O684" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="P684" s="14" t="s">
-        <x:v>812</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="Q684" s="16" t="s">
-        <x:v>800</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R684" s="14" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="S684" s="14" t="n">
-        <x:v>551044</x:v>
+        <x:v>602359</x:v>
       </x:c>
       <x:c r="T684" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U684" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="685" spans="1:21">
       <x:c r="A685" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B685" s="0" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="C685" s="3" t="s"/>
+        <x:v>816</x:v>
+      </x:c>
+      <x:c r="C685" s="3" t="n">
+        <x:v>38172</x:v>
+      </x:c>
       <x:c r="D685" s="3" t="s"/>
       <x:c r="G685" s="0" t="s">
-        <x:v>818</x:v>
+        <x:v>441</x:v>
+      </x:c>
+      <x:c r="H685" s="0" t="s">
+        <x:v>442</x:v>
       </x:c>
       <x:c r="I685" s="4" t="s">
-        <x:v>815</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="J685" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K685" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L685" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M685" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N685" s="3" t="n">
-        <x:v>12522</x:v>
+        <x:v>13238</x:v>
       </x:c>
       <x:c r="O685" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="P685" s="0" t="s">
-        <x:v>818</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="Q685" s="4" t="s">
-        <x:v>815</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="R685" s="0" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="S685" s="0" t="n">
-        <x:v>594687</x:v>
+        <x:v>576314</x:v>
       </x:c>
       <x:c r="T685" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U685" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="686" spans="1:21">
       <x:c r="A686" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B686" s="14" t="s">
-        <x:v>418</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C686" s="15" t="s"/>
       <x:c r="D686" s="15" t="s"/>
       <x:c r="E686" s="14" t="s"/>
       <x:c r="F686" s="14" t="s"/>
       <x:c r="G686" s="14" t="s">
-        <x:v>819</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="H686" s="14" t="s"/>
       <x:c r="I686" s="16" t="s">
-        <x:v>800</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="J686" s="14" t="s"/>
       <x:c r="K686" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L686" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M686" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N686" s="15" t="n">
-        <x:v>31006</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O686" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="P686" s="14" t="s">
-        <x:v>819</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="Q686" s="16" t="s">
-        <x:v>800</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R686" s="14" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="S686" s="14" t="n">
-        <x:v>523223</x:v>
+        <x:v>603689</x:v>
       </x:c>
       <x:c r="T686" s="16" t="s">
-        <x:v>821</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U686" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="687" spans="1:21">
       <x:c r="A687" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B687" s="0" t="s">
-        <x:v>822</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="C687" s="3" t="s"/>
       <x:c r="D687" s="3" t="s"/>
-      <x:c r="E687" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G687" s="0" t="s">
-        <x:v>799</x:v>
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="H687" s="0" t="s">
+        <x:v>205</x:v>
       </x:c>
       <x:c r="I687" s="4" t="s">
-        <x:v>800</x:v>
-[...2 lines deleted...]
-        <x:v>47</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="K687" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="L687" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M687" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N687" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>31002</x:v>
       </x:c>
       <x:c r="O687" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="P687" s="0" t="s">
-        <x:v>799</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="Q687" s="4" t="s">
-        <x:v>800</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="R687" s="0" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="S687" s="0" t="n">
-        <x:v>506859</x:v>
+        <x:v>611205</x:v>
       </x:c>
       <x:c r="T687" s="4" t="s">
-        <x:v>810</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="U687" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>818</x:v>
       </x:c>
     </x:row>
     <x:row r="688" spans="1:21">
       <x:c r="A688" s="13" t="s">
-        <x:v>42</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B688" s="14" t="s">
-        <x:v>823</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="C688" s="15" t="n">
         <x:v>35078</x:v>
       </x:c>
       <x:c r="D688" s="15" t="s"/>
-      <x:c r="E688" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E688" s="14" t="s"/>
       <x:c r="F688" s="14" t="s"/>
       <x:c r="G688" s="14" t="s">
         <x:v>799</x:v>
       </x:c>
       <x:c r="H688" s="14" t="s"/>
       <x:c r="I688" s="16" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="J688" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K688" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L688" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M688" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N688" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O688" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P688" s="14" t="s">
         <x:v>799</x:v>
       </x:c>
       <x:c r="Q688" s="16" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="R688" s="14" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="S688" s="14" t="n">
-        <x:v>506860</x:v>
+        <x:v>556098</x:v>
       </x:c>
       <x:c r="T688" s="16" t="s">
-        <x:v>810</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="U688" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="689" spans="1:21">
       <x:c r="A689" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B689" s="0" t="s">
-        <x:v>824</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="C689" s="3" t="s"/>
       <x:c r="D689" s="3" t="s"/>
       <x:c r="G689" s="0" t="s">
-        <x:v>825</x:v>
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="H689" s="0" t="s">
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I689" s="4" t="s">
-        <x:v>800</x:v>
-[...2 lines deleted...]
-        <x:v>74</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K689" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L689" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M689" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N689" s="3" t="n">
-        <x:v>31045</x:v>
+        <x:v>72312</x:v>
       </x:c>
       <x:c r="O689" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P689" s="0" t="s">
-        <x:v>825</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="Q689" s="4" t="s">
-        <x:v>800</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R689" s="0" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="S689" s="0" t="n">
-        <x:v>606192</x:v>
+        <x:v>613434</x:v>
       </x:c>
       <x:c r="T689" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U689" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="690" spans="1:21">
       <x:c r="A690" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B690" s="14" t="s">
-        <x:v>57</x:v>
-[...1 lines deleted...]
-      <x:c r="C690" s="15" t="s"/>
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="C690" s="15" t="n">
+        <x:v>40897</x:v>
+      </x:c>
       <x:c r="D690" s="15" t="s"/>
-      <x:c r="E690" s="14" t="s"/>
+      <x:c r="E690" s="14" t="s">
+        <x:v>44</x:v>
+      </x:c>
       <x:c r="F690" s="14" t="s"/>
       <x:c r="G690" s="14" t="s">
-        <x:v>54</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>799</x:v>
+      </x:c>
+      <x:c r="H690" s="14" t="s"/>
       <x:c r="I690" s="16" t="s">
-        <x:v>36</x:v>
-[...1 lines deleted...]
-      <x:c r="J690" s="14" t="s"/>
+        <x:v>800</x:v>
+      </x:c>
+      <x:c r="J690" s="14" t="s">
+        <x:v>47</x:v>
+      </x:c>
       <x:c r="K690" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L690" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M690" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N690" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>31008</x:v>
       </x:c>
       <x:c r="O690" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P690" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="Q690" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="R690" s="14" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="S690" s="14" t="n">
-        <x:v>602397</x:v>
+        <x:v>604997</x:v>
       </x:c>
       <x:c r="T690" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="U690" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="691" spans="1:21">
       <x:c r="A691" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B691" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C691" s="3" t="n">
-        <x:v>40116</x:v>
+        <x:v>37744</x:v>
       </x:c>
       <x:c r="D691" s="3" t="s"/>
+      <x:c r="E691" s="0" t="s">
+        <x:v>44</x:v>
+      </x:c>
       <x:c r="G691" s="0" t="s">
-        <x:v>428</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="I691" s="4" t="s">
-        <x:v>429</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="J691" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K691" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L691" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M691" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N691" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O691" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P691" s="0" t="s">
-        <x:v>431</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="Q691" s="4" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="R691" s="0" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="S691" s="0" t="n">
-        <x:v>592359</x:v>
+        <x:v>535022</x:v>
       </x:c>
       <x:c r="T691" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U691" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="692" spans="1:21">
       <x:c r="A692" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B692" s="14" t="s">
-        <x:v>58</x:v>
-[...1 lines deleted...]
-      <x:c r="C692" s="15" t="s"/>
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="C692" s="15" t="n">
+        <x:v>36296</x:v>
+      </x:c>
       <x:c r="D692" s="15" t="s"/>
-      <x:c r="E692" s="14" t="s"/>
+      <x:c r="E692" s="14" t="s">
+        <x:v>44</x:v>
+      </x:c>
       <x:c r="F692" s="14" t="s"/>
       <x:c r="G692" s="14" t="s">
-        <x:v>54</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="H692" s="14" t="s"/>
       <x:c r="I692" s="16" t="s">
-        <x:v>36</x:v>
-[...1 lines deleted...]
-      <x:c r="J692" s="14" t="s"/>
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="J692" s="14" t="s">
+        <x:v>47</x:v>
+      </x:c>
       <x:c r="K692" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L692" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M692" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N692" s="15" t="n">
-        <x:v>72312</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O692" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P692" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="Q692" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="R692" s="14" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="S692" s="14" t="n">
-        <x:v>603819</x:v>
+        <x:v>550745</x:v>
       </x:c>
       <x:c r="T692" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="U692" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="693" spans="1:21">
       <x:c r="A693" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B693" s="0" t="s">
-        <x:v>34</x:v>
-[...1 lines deleted...]
-      <x:c r="C693" s="3" t="s"/>
+        <x:v>821</x:v>
+      </x:c>
+      <x:c r="C693" s="3" t="n">
+        <x:v>36296</x:v>
+      </x:c>
       <x:c r="D693" s="3" t="s"/>
+      <x:c r="E693" s="0" t="s">
+        <x:v>44</x:v>
+      </x:c>
       <x:c r="G693" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="I693" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="J693" s="0" t="s">
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K693" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L693" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M693" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N693" s="3" t="n">
-        <x:v>31001</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O693" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P693" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="Q693" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="R693" s="0" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="S693" s="0" t="n">
-        <x:v>612630</x:v>
+        <x:v>550910</x:v>
       </x:c>
       <x:c r="T693" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="U693" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="694" spans="1:21">
       <x:c r="A694" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B694" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C694" s="15" t="n">
-        <x:v>36296</x:v>
+        <x:v>37488</x:v>
       </x:c>
       <x:c r="D694" s="15" t="s"/>
       <x:c r="E694" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="F694" s="14" t="s"/>
       <x:c r="G694" s="14" t="s">
-        <x:v>159</x:v>
-[...1 lines deleted...]
-      <x:c r="H694" s="14" t="s"/>
+        <x:v>556</x:v>
+      </x:c>
+      <x:c r="H694" s="14" t="s">
+        <x:v>557</x:v>
+      </x:c>
       <x:c r="I694" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="J694" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K694" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L694" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M694" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N694" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O694" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P694" s="14" t="s">
-        <x:v>812</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="Q694" s="16" t="s">
-        <x:v>800</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="R694" s="14" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="S694" s="14" t="n">
-        <x:v>550914</x:v>
+        <x:v>609468</x:v>
       </x:c>
       <x:c r="T694" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U694" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>824</x:v>
       </x:c>
     </x:row>
     <x:row r="695" spans="1:21">
       <x:c r="A695" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B695" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C695" s="3" t="n">
-        <x:v>40897</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D695" s="3" t="s"/>
       <x:c r="E695" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G695" s="0" t="s">
-        <x:v>799</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="I695" s="4" t="s">
-        <x:v>800</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="J695" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="K695" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L695" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M695" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N695" s="3" t="n">
-        <x:v>31008</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O695" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="P695" s="0" t="s">
-        <x:v>799</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="Q695" s="4" t="s">
-        <x:v>800</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="R695" s="0" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="S695" s="0" t="n">
-        <x:v>549753</x:v>
+        <x:v>607732</x:v>
       </x:c>
       <x:c r="T695" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U695" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="696" spans="1:21">
       <x:c r="A696" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B696" s="14" t="s">
-        <x:v>826</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C696" s="15" t="n">
-        <x:v>39586</x:v>
+        <x:v>37744</x:v>
       </x:c>
       <x:c r="D696" s="15" t="s"/>
       <x:c r="E696" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="F696" s="14" t="s"/>
       <x:c r="G696" s="14" t="s">
-        <x:v>799</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="H696" s="14" t="s"/>
       <x:c r="I696" s="16" t="s">
-        <x:v>800</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="J696" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K696" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L696" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M696" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N696" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O696" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P696" s="14" t="s">
-        <x:v>799</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="Q696" s="16" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="R696" s="14" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="S696" s="14" t="n">
-        <x:v>549760</x:v>
+        <x:v>550953</x:v>
       </x:c>
       <x:c r="T696" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="U696" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="697" spans="1:21">
       <x:c r="A697" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B697" s="0" t="s">
-        <x:v>57</x:v>
-[...1 lines deleted...]
-      <x:c r="C697" s="3" t="s"/>
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="C697" s="3" t="n">
+        <x:v>37744</x:v>
+      </x:c>
       <x:c r="D697" s="3" t="s"/>
+      <x:c r="E697" s="0" t="s">
+        <x:v>44</x:v>
+      </x:c>
       <x:c r="G697" s="0" t="s">
-        <x:v>54</x:v>
-[...2 lines deleted...]
-        <x:v>55</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="I697" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="J697" s="0" t="s">
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K697" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L697" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M697" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N697" s="3" t="n">
-        <x:v>31001</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O697" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P697" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="Q697" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="R697" s="0" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="S697" s="0" t="n">
-        <x:v>613177</x:v>
+        <x:v>551044</x:v>
       </x:c>
       <x:c r="T697" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="U697" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="698" spans="1:21">
       <x:c r="A698" s="13" t="s">
-        <x:v>42</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B698" s="14" t="s">
-        <x:v>827</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C698" s="15" t="s"/>
       <x:c r="D698" s="15" t="s"/>
-      <x:c r="E698" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E698" s="14" t="s"/>
       <x:c r="F698" s="14" t="s"/>
       <x:c r="G698" s="14" t="s">
-        <x:v>799</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="H698" s="14" t="s"/>
       <x:c r="I698" s="16" t="s">
-        <x:v>800</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="J698" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K698" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L698" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M698" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N698" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O698" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P698" s="14" t="s">
-        <x:v>799</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="Q698" s="16" t="s">
-        <x:v>800</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="R698" s="14" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="S698" s="14" t="n">
-        <x:v>506862</x:v>
+        <x:v>594687</x:v>
       </x:c>
       <x:c r="T698" s="16" t="s">
-        <x:v>810</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U698" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="699" spans="1:21">
       <x:c r="A699" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B699" s="0" t="s">
-        <x:v>828</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>418</x:v>
+      </x:c>
+      <x:c r="C699" s="3" t="s"/>
       <x:c r="D699" s="3" t="s"/>
       <x:c r="G699" s="0" t="s">
-        <x:v>799</x:v>
+        <x:v>827</x:v>
+      </x:c>
+      <x:c r="H699" s="0" t="s">
+        <x:v>828</x:v>
       </x:c>
       <x:c r="I699" s="4" t="s">
         <x:v>800</x:v>
       </x:c>
-      <x:c r="J699" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K699" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L699" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M699" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="N699" s="3" t="n">
-        <x:v>31008</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O699" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="P699" s="0" t="s">
-        <x:v>799</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="Q699" s="4" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="R699" s="0" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="S699" s="0" t="n">
-        <x:v>587305</x:v>
+        <x:v>523223</x:v>
       </x:c>
       <x:c r="T699" s="4" t="s">
         <x:v>829</x:v>
       </x:c>
       <x:c r="U699" s="4" t="s">
-        <x:v>830</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="700" spans="1:21">
       <x:c r="A700" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B700" s="14" t="s">
-        <x:v>34</x:v>
-[...1 lines deleted...]
-      <x:c r="C700" s="15" t="s"/>
+        <x:v>830</x:v>
+      </x:c>
+      <x:c r="C700" s="15" t="n">
+        <x:v>35078</x:v>
+      </x:c>
       <x:c r="D700" s="15" t="s"/>
-      <x:c r="E700" s="14" t="s"/>
+      <x:c r="E700" s="14" t="s">
+        <x:v>44</x:v>
+      </x:c>
       <x:c r="F700" s="14" t="s"/>
       <x:c r="G700" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="H700" s="14" t="s"/>
       <x:c r="I700" s="16" t="s">
-        <x:v>36</x:v>
-[...1 lines deleted...]
-      <x:c r="J700" s="14" t="s"/>
+        <x:v>800</x:v>
+      </x:c>
+      <x:c r="J700" s="14" t="s">
+        <x:v>47</x:v>
+      </x:c>
       <x:c r="K700" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L700" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M700" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N700" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O700" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P700" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="Q700" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="R700" s="14" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="S700" s="14" t="n">
-        <x:v>603684</x:v>
+        <x:v>506859</x:v>
       </x:c>
       <x:c r="T700" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="U700" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="701" spans="1:21">
       <x:c r="A701" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B701" s="0" t="s">
-        <x:v>203</x:v>
-[...1 lines deleted...]
-      <x:c r="C701" s="3" t="s"/>
+        <x:v>831</x:v>
+      </x:c>
+      <x:c r="C701" s="3" t="n">
+        <x:v>35078</x:v>
+      </x:c>
       <x:c r="D701" s="3" t="s"/>
+      <x:c r="E701" s="0" t="s">
+        <x:v>44</x:v>
+      </x:c>
       <x:c r="G701" s="0" t="s">
-        <x:v>204</x:v>
-[...2 lines deleted...]
-        <x:v>205</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="I701" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>800</x:v>
+      </x:c>
+      <x:c r="J701" s="0" t="s">
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K701" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L701" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M701" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N701" s="3" t="n">
-        <x:v>31002</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O701" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P701" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="Q701" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="R701" s="0" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="S701" s="0" t="n">
-        <x:v>611204</x:v>
+        <x:v>506860</x:v>
       </x:c>
       <x:c r="T701" s="4" t="s">
-        <x:v>831</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="U701" s="4" t="s">
-        <x:v>831</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="702" spans="1:21">
       <x:c r="A702" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B702" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C702" s="15" t="n">
         <x:v>34568</x:v>
       </x:c>
       <x:c r="D702" s="15" t="s"/>
       <x:c r="E702" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="F702" s="14" t="s"/>
       <x:c r="G702" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H702" s="14" t="s"/>
       <x:c r="I702" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="J702" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K702" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L702" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M702" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N702" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O702" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P702" s="14" t="s">
-        <x:v>812</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="Q702" s="16" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="R702" s="14" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="S702" s="14" t="n">
         <x:v>534939</x:v>
       </x:c>
       <x:c r="T702" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="U702" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="703" spans="1:21">
       <x:c r="A703" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B703" s="0" t="s">
         <x:v>832</x:v>
       </x:c>
       <x:c r="C703" s="3" t="n">
@@ -41799,51 +41797,51 @@
       <x:c r="L703" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M703" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N703" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O703" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P703" s="0" t="s">
         <x:v>799</x:v>
       </x:c>
       <x:c r="Q703" s="4" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="R703" s="0" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="S703" s="0" t="n">
         <x:v>604978</x:v>
       </x:c>
       <x:c r="T703" s="4" t="s">
-        <x:v>808</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="U703" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="704" spans="1:21">
       <x:c r="A704" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B704" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C704" s="15" t="n">
         <x:v>39582</x:v>
       </x:c>
       <x:c r="D704" s="15" t="s"/>
       <x:c r="E704" s="14" t="s"/>
       <x:c r="F704" s="14" t="s"/>
       <x:c r="G704" s="14" t="s">
         <x:v>799</x:v>
       </x:c>
       <x:c r="H704" s="14" t="s"/>
       <x:c r="I704" s="16" t="s">
         <x:v>800</x:v>
       </x:c>
@@ -41867,85 +41865,85 @@
       </x:c>
       <x:c r="P704" s="14" t="s">
         <x:v>799</x:v>
       </x:c>
       <x:c r="Q704" s="16" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="R704" s="14" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="S704" s="14" t="n">
         <x:v>606189</x:v>
       </x:c>
       <x:c r="T704" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U704" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="705" spans="1:21">
       <x:c r="A705" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B705" s="0" t="s">
-        <x:v>813</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="C705" s="3" t="n">
         <x:v>36296</x:v>
       </x:c>
       <x:c r="D705" s="3" t="s"/>
       <x:c r="E705" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G705" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="I705" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="J705" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K705" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L705" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M705" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N705" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O705" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P705" s="0" t="s">
-        <x:v>812</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="Q705" s="4" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="R705" s="0" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="S705" s="0" t="n">
         <x:v>534969</x:v>
       </x:c>
       <x:c r="T705" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="U705" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="706" spans="1:21">
       <x:c r="A706" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B706" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C706" s="15" t="n">
@@ -41960,74 +41958,74 @@
         <x:v>159</x:v>
       </x:c>
       <x:c r="H706" s="14" t="s"/>
       <x:c r="I706" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="J706" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K706" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L706" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M706" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N706" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O706" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P706" s="14" t="s">
-        <x:v>812</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="Q706" s="16" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="R706" s="14" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="S706" s="14" t="n">
         <x:v>535024</x:v>
       </x:c>
       <x:c r="T706" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="U706" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="707" spans="1:21">
       <x:c r="A707" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B707" s="0" t="s">
-        <x:v>805</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="C707" s="3" t="n">
         <x:v>35078</x:v>
       </x:c>
       <x:c r="D707" s="3" t="s"/>
       <x:c r="G707" s="0" t="s">
         <x:v>799</x:v>
       </x:c>
       <x:c r="I707" s="4" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="J707" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K707" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L707" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M707" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N707" s="3" t="n">
         <x:v>31054</x:v>
@@ -42142,51 +42140,51 @@
       <x:c r="L709" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M709" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N709" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O709" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P709" s="0" t="s">
         <x:v>799</x:v>
       </x:c>
       <x:c r="Q709" s="4" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="R709" s="0" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="S709" s="0" t="n">
         <x:v>506858</x:v>
       </x:c>
       <x:c r="T709" s="4" t="s">
-        <x:v>810</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="U709" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="710" spans="1:21">
       <x:c r="A710" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B710" s="14" t="s">
         <x:v>836</x:v>
       </x:c>
       <x:c r="C710" s="15" t="n">
         <x:v>35078</x:v>
       </x:c>
       <x:c r="D710" s="15" t="s"/>
       <x:c r="E710" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="F710" s="14" t="s"/>
       <x:c r="G710" s="14" t="s">
         <x:v>799</x:v>
       </x:c>
       <x:c r="H710" s="14" t="s"/>
       <x:c r="I710" s="16" t="s">
@@ -42201,51 +42199,51 @@
       <x:c r="L710" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M710" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N710" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O710" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P710" s="14" t="s">
         <x:v>799</x:v>
       </x:c>
       <x:c r="Q710" s="16" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="R710" s="14" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="S710" s="14" t="n">
         <x:v>506863</x:v>
       </x:c>
       <x:c r="T710" s="16" t="s">
-        <x:v>810</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="U710" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="711" spans="1:21">
       <x:c r="A711" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B711" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C711" s="3" t="s"/>
       <x:c r="D711" s="3" t="s"/>
       <x:c r="G711" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H711" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I711" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K711" s="0" t="s">
         <x:v>37</x:v>
@@ -42271,137 +42269,137 @@
       <x:c r="R711" s="0" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="S711" s="0" t="n">
         <x:v>613128</x:v>
       </x:c>
       <x:c r="T711" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U711" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="712" spans="1:21">
       <x:c r="A712" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B712" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C712" s="15" t="s"/>
       <x:c r="D712" s="15" t="s"/>
       <x:c r="E712" s="14" t="s"/>
       <x:c r="F712" s="14" t="s"/>
       <x:c r="G712" s="14" t="s">
-        <x:v>818</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="H712" s="14" t="s"/>
       <x:c r="I712" s="16" t="s">
-        <x:v>815</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="J712" s="14" t="s"/>
       <x:c r="K712" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L712" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M712" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N712" s="15" t="n">
         <x:v>24254</x:v>
       </x:c>
       <x:c r="O712" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="P712" s="14" t="s">
-        <x:v>818</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="Q712" s="16" t="s">
-        <x:v>815</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="R712" s="14" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="S712" s="14" t="n">
         <x:v>592910</x:v>
       </x:c>
       <x:c r="T712" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U712" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="713" spans="1:21">
       <x:c r="A713" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B713" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C713" s="3" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D713" s="3" t="s"/>
       <x:c r="E713" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G713" s="0" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="H713" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="I713" s="4" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="J713" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K713" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L713" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M713" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N713" s="3" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O713" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P713" s="0" t="s">
-        <x:v>814</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="Q713" s="4" t="s">
-        <x:v>815</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="R713" s="0" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="S713" s="0" t="n">
         <x:v>571049</x:v>
       </x:c>
       <x:c r="T713" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U713" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="714" spans="1:21">
       <x:c r="A714" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B714" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C714" s="15" t="s"/>
       <x:c r="D714" s="15" t="s"/>
       <x:c r="E714" s="14" t="s"/>
       <x:c r="F714" s="14" t="s"/>
@@ -42544,75 +42542,75 @@
       <x:c r="S716" s="14" t="n">
         <x:v>602361</x:v>
       </x:c>
       <x:c r="T716" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U716" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="717" spans="1:21">
       <x:c r="A717" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B717" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="C717" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D717" s="3" t="s"/>
       <x:c r="G717" s="0" t="s">
         <x:v>837</x:v>
       </x:c>
       <x:c r="I717" s="4" t="s">
-        <x:v>815</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="J717" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K717" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L717" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M717" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="N717" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O717" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P717" s="0" t="s">
         <x:v>837</x:v>
       </x:c>
       <x:c r="Q717" s="4" t="s">
-        <x:v>815</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="R717" s="0" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="S717" s="0" t="n">
         <x:v>616380</x:v>
       </x:c>
       <x:c r="T717" s="4" t="s">
         <x:v>838</x:v>
       </x:c>
       <x:c r="U717" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="718" spans="1:21">
       <x:c r="A718" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B718" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C718" s="15" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D718" s="15" t="s"/>
@@ -42624,51 +42622,51 @@
         <x:v>159</x:v>
       </x:c>
       <x:c r="H718" s="14" t="s"/>
       <x:c r="I718" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="J718" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K718" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L718" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M718" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N718" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O718" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P718" s="14" t="s">
-        <x:v>812</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="Q718" s="16" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="R718" s="14" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="S718" s="14" t="n">
         <x:v>551039</x:v>
       </x:c>
       <x:c r="T718" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="U718" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="719" spans="1:21">
       <x:c r="A719" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B719" s="0" t="s">
         <x:v>839</x:v>
       </x:c>
       <x:c r="C719" s="3" t="n">
@@ -42693,51 +42691,51 @@
       <x:c r="L719" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M719" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N719" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O719" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P719" s="0" t="s">
         <x:v>799</x:v>
       </x:c>
       <x:c r="Q719" s="4" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="R719" s="0" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="S719" s="0" t="n">
         <x:v>549735</x:v>
       </x:c>
       <x:c r="T719" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U719" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="720" spans="1:21">
       <x:c r="A720" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B720" s="14" t="s">
         <x:v>840</x:v>
       </x:c>
       <x:c r="C720" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D720" s="15" t="s"/>
       <x:c r="E720" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="F720" s="14" t="s"/>
       <x:c r="G720" s="14" t="s">
         <x:v>799</x:v>
       </x:c>
       <x:c r="H720" s="14" t="s"/>
       <x:c r="I720" s="16" t="s">
@@ -42752,111 +42750,111 @@
       <x:c r="L720" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M720" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N720" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O720" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P720" s="14" t="s">
         <x:v>799</x:v>
       </x:c>
       <x:c r="Q720" s="16" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="R720" s="14" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="S720" s="14" t="n">
         <x:v>549737</x:v>
       </x:c>
       <x:c r="T720" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U720" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="721" spans="1:21">
       <x:c r="A721" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B721" s="0" t="s">
-        <x:v>807</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="C721" s="3" t="n">
         <x:v>39582</x:v>
       </x:c>
       <x:c r="D721" s="3" t="s"/>
       <x:c r="E721" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G721" s="0" t="s">
         <x:v>799</x:v>
       </x:c>
       <x:c r="I721" s="4" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="J721" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K721" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L721" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M721" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N721" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O721" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P721" s="0" t="s">
         <x:v>799</x:v>
       </x:c>
       <x:c r="Q721" s="4" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="R721" s="0" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="S721" s="0" t="n">
         <x:v>549752</x:v>
       </x:c>
       <x:c r="T721" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U721" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="722" spans="1:21">
       <x:c r="A722" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B722" s="14" t="s">
         <x:v>841</x:v>
       </x:c>
       <x:c r="C722" s="15" t="n">
         <x:v>39586</x:v>
       </x:c>
       <x:c r="D722" s="15" t="s"/>
       <x:c r="E722" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="F722" s="14" t="s"/>
       <x:c r="G722" s="14" t="s">
         <x:v>799</x:v>
       </x:c>
       <x:c r="H722" s="14" t="s"/>
       <x:c r="I722" s="16" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="J722" s="14" t="s">
@@ -42868,93 +42866,93 @@
       <x:c r="L722" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M722" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N722" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O722" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P722" s="14" t="s">
         <x:v>799</x:v>
       </x:c>
       <x:c r="Q722" s="16" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="R722" s="14" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="S722" s="14" t="n">
         <x:v>549758</x:v>
       </x:c>
       <x:c r="T722" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U722" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="723" spans="1:21">
       <x:c r="A723" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B723" s="0" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="C723" s="3" t="n">
         <x:v>35568</x:v>
       </x:c>
       <x:c r="D723" s="3" t="s"/>
       <x:c r="G723" s="0" t="s">
         <x:v>843</x:v>
       </x:c>
       <x:c r="I723" s="4" t="s">
         <x:v>844</x:v>
       </x:c>
       <x:c r="J723" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K723" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L723" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M723" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N723" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O723" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P723" s="0" t="s">
-        <x:v>825</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="Q723" s="4" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="R723" s="0" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="S723" s="0" t="n">
         <x:v>595930</x:v>
       </x:c>
       <x:c r="T723" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U723" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="724" spans="1:21">
       <x:c r="A724" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B724" s="14" t="s">
         <x:v>845</x:v>
       </x:c>
       <x:c r="C724" s="15" t="n">
@@ -43140,51 +43138,51 @@
       <x:c r="G727" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="I727" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="J727" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K727" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L727" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M727" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N727" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O727" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P727" s="0" t="s">
-        <x:v>812</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="Q727" s="4" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="R727" s="0" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="S727" s="0" t="n">
         <x:v>534965</x:v>
       </x:c>
       <x:c r="T727" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="U727" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="728" spans="1:21">
       <x:c r="A728" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B728" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C728" s="15" t="s"/>
@@ -43328,75 +43326,75 @@
         <x:v>851</x:v>
       </x:c>
       <x:c r="R730" s="14" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="S730" s="14" t="n">
         <x:v>590132</x:v>
       </x:c>
       <x:c r="T730" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U730" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="731" spans="1:21">
       <x:c r="A731" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B731" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C731" s="3" t="s"/>
       <x:c r="D731" s="3" t="s"/>
       <x:c r="G731" s="0" t="s">
-        <x:v>818</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="I731" s="4" t="s">
-        <x:v>815</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="K731" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L731" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M731" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N731" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O731" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="P731" s="0" t="s">
-        <x:v>818</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="Q731" s="4" t="s">
-        <x:v>815</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="R731" s="0" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="S731" s="0" t="n">
         <x:v>592951</x:v>
       </x:c>
       <x:c r="T731" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U731" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="732" spans="1:21">
       <x:c r="A732" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B732" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C732" s="15" t="s"/>
       <x:c r="D732" s="15" t="s"/>
       <x:c r="E732" s="14" t="s"/>
       <x:c r="F732" s="14" t="s"/>
@@ -43490,75 +43488,75 @@
       <x:c r="T733" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U733" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="734" spans="1:21">
       <x:c r="A734" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B734" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="C734" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D734" s="15" t="s"/>
       <x:c r="E734" s="14" t="s"/>
       <x:c r="F734" s="14" t="s"/>
       <x:c r="G734" s="14" t="s">
         <x:v>837</x:v>
       </x:c>
       <x:c r="H734" s="14" t="s"/>
       <x:c r="I734" s="16" t="s">
-        <x:v>815</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="J734" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K734" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L734" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M734" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="N734" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O734" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P734" s="14" t="s">
         <x:v>837</x:v>
       </x:c>
       <x:c r="Q734" s="16" t="s">
-        <x:v>815</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="R734" s="14" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="S734" s="14" t="n">
         <x:v>616479</x:v>
       </x:c>
       <x:c r="T734" s="16" t="s">
         <x:v>853</x:v>
       </x:c>
       <x:c r="U734" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="735" spans="1:21">
       <x:c r="A735" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B735" s="0" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="C735" s="3" t="s"/>
       <x:c r="D735" s="3" t="s"/>
       <x:c r="G735" s="0" t="s">
         <x:v>855</x:v>
@@ -43693,51 +43691,51 @@
       </x:c>
       <x:c r="P737" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q737" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R737" s="0" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="S737" s="0" t="n">
         <x:v>613436</x:v>
       </x:c>
       <x:c r="T737" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U737" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="738" spans="1:21">
       <x:c r="A738" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B738" s="14" t="s">
-        <x:v>505</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="C738" s="15" t="n">
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D738" s="15" t="s"/>
       <x:c r="E738" s="14" t="s"/>
       <x:c r="F738" s="14" t="s"/>
       <x:c r="G738" s="14" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="H738" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="I738" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="J738" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K738" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L738" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -43749,763 +43747,760 @@
       </x:c>
       <x:c r="O738" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P738" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="Q738" s="16" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="R738" s="14" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="S738" s="14" t="n">
         <x:v>574908</x:v>
       </x:c>
       <x:c r="T738" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U738" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="739" spans="1:21">
       <x:c r="A739" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B739" s="0" t="s">
-        <x:v>165</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="C739" s="3" t="s"/>
       <x:c r="D739" s="3" t="s"/>
-      <x:c r="E739" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G739" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="I739" s="4" t="s">
-        <x:v>160</x:v>
-[...2 lines deleted...]
-        <x:v>47</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="K739" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L739" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M739" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N739" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>24254</x:v>
       </x:c>
       <x:c r="O739" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="P739" s="0" t="s">
-        <x:v>812</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="Q739" s="4" t="s">
-        <x:v>800</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="R739" s="0" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="S739" s="0" t="n">
-        <x:v>534967</x:v>
+        <x:v>592580</x:v>
       </x:c>
       <x:c r="T739" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U739" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="740" spans="1:21">
       <x:c r="A740" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B740" s="14" t="s">
-        <x:v>858</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C740" s="15" t="n">
-        <x:v>35078</x:v>
+        <x:v>36296</x:v>
       </x:c>
       <x:c r="D740" s="15" t="s"/>
       <x:c r="E740" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="F740" s="14" t="s"/>
       <x:c r="G740" s="14" t="s">
-        <x:v>799</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="H740" s="14" t="s"/>
       <x:c r="I740" s="16" t="s">
-        <x:v>800</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="J740" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K740" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L740" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M740" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N740" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O740" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P740" s="14" t="s">
-        <x:v>799</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="Q740" s="16" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="R740" s="14" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="S740" s="14" t="n">
-        <x:v>506861</x:v>
+        <x:v>534967</x:v>
       </x:c>
       <x:c r="T740" s="16" t="s">
-        <x:v>810</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U740" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="741" spans="1:21">
       <x:c r="A741" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B741" s="0" t="s">
-        <x:v>859</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="C741" s="3" t="n">
-        <x:v>39586</x:v>
+        <x:v>35078</x:v>
       </x:c>
       <x:c r="D741" s="3" t="s"/>
       <x:c r="E741" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G741" s="0" t="s">
         <x:v>799</x:v>
       </x:c>
       <x:c r="I741" s="4" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="J741" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K741" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L741" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M741" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N741" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O741" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P741" s="0" t="s">
         <x:v>799</x:v>
       </x:c>
       <x:c r="Q741" s="4" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="R741" s="0" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="S741" s="0" t="n">
-        <x:v>549757</x:v>
+        <x:v>506861</x:v>
       </x:c>
       <x:c r="T741" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="U741" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="742" spans="1:21">
       <x:c r="A742" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B742" s="14" t="s">
-        <x:v>860</x:v>
-[...1 lines deleted...]
-      <x:c r="C742" s="15" t="s"/>
+        <x:v>859</x:v>
+      </x:c>
+      <x:c r="C742" s="15" t="n">
+        <x:v>39586</x:v>
+      </x:c>
       <x:c r="D742" s="15" t="s"/>
-      <x:c r="E742" s="14" t="s"/>
+      <x:c r="E742" s="14" t="s">
+        <x:v>44</x:v>
+      </x:c>
       <x:c r="F742" s="14" t="s"/>
       <x:c r="G742" s="14" t="s">
-        <x:v>388</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="H742" s="14" t="s"/>
       <x:c r="I742" s="16" t="s">
-        <x:v>351</x:v>
-[...1 lines deleted...]
-      <x:c r="J742" s="14" t="s"/>
+        <x:v>800</x:v>
+      </x:c>
+      <x:c r="J742" s="14" t="s">
+        <x:v>47</x:v>
+      </x:c>
       <x:c r="K742" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L742" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M742" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N742" s="15" t="n">
-        <x:v>31006</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O742" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P742" s="14" t="s">
-        <x:v>388</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="Q742" s="16" t="s">
-        <x:v>351</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="R742" s="14" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="S742" s="14" t="n">
-        <x:v>605312</x:v>
+        <x:v>549757</x:v>
       </x:c>
       <x:c r="T742" s="16" t="s">
-        <x:v>736</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U742" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="743" spans="1:21">
       <x:c r="A743" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B743" s="0" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="C743" s="3" t="s"/>
       <x:c r="D743" s="3" t="s"/>
       <x:c r="G743" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="I743" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="K743" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L743" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M743" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="N743" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O743" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P743" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="Q743" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="R743" s="0" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="S743" s="0" t="n">
-        <x:v>605331</x:v>
+        <x:v>605312</x:v>
       </x:c>
       <x:c r="T743" s="4" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="U743" s="4" t="s">
-        <x:v>861</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="744" spans="1:21">
       <x:c r="A744" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B744" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="C744" s="15" t="s"/>
       <x:c r="D744" s="15" t="s"/>
       <x:c r="E744" s="14" t="s"/>
       <x:c r="F744" s="14" t="s"/>
       <x:c r="G744" s="14" t="s">
-        <x:v>54</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>388</x:v>
+      </x:c>
+      <x:c r="H744" s="14" t="s"/>
       <x:c r="I744" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="J744" s="14" t="s"/>
       <x:c r="K744" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L744" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M744" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="N744" s="15" t="n">
-        <x:v>72312</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O744" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="P744" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="Q744" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="R744" s="14" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="S744" s="14" t="n">
-        <x:v>603817</x:v>
+        <x:v>605331</x:v>
       </x:c>
       <x:c r="T744" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="U744" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>861</x:v>
       </x:c>
     </x:row>
     <x:row r="745" spans="1:21">
       <x:c r="A745" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B745" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C745" s="3" t="s"/>
       <x:c r="D745" s="3" t="s"/>
       <x:c r="G745" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H745" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I745" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K745" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L745" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M745" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N745" s="3" t="n">
-        <x:v>31001</x:v>
+        <x:v>72312</x:v>
       </x:c>
       <x:c r="O745" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P745" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q745" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R745" s="0" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="S745" s="0" t="n">
-        <x:v>602394</x:v>
+        <x:v>603817</x:v>
       </x:c>
       <x:c r="T745" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U745" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="746" spans="1:21">
       <x:c r="A746" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B746" s="14" t="s">
-        <x:v>57</x:v>
-[...1 lines deleted...]
-      <x:c r="C746" s="15" t="s"/>
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="C746" s="15" t="n">
+        <x:v>37744</x:v>
+      </x:c>
       <x:c r="D746" s="15" t="s"/>
-      <x:c r="E746" s="14" t="s"/>
+      <x:c r="E746" s="14" t="s">
+        <x:v>44</x:v>
+      </x:c>
       <x:c r="F746" s="14" t="s"/>
       <x:c r="G746" s="14" t="s">
-        <x:v>54</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="H746" s="14" t="s"/>
       <x:c r="I746" s="16" t="s">
-        <x:v>36</x:v>
-[...1 lines deleted...]
-      <x:c r="J746" s="14" t="s"/>
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="J746" s="14" t="s">
+        <x:v>47</x:v>
+      </x:c>
       <x:c r="K746" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L746" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M746" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N746" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O746" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P746" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="Q746" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="R746" s="14" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="S746" s="14" t="n">
-        <x:v>602398</x:v>
+        <x:v>535026</x:v>
       </x:c>
       <x:c r="T746" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U746" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="747" spans="1:21">
       <x:c r="A747" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B747" s="0" t="s">
-        <x:v>190</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="C747" s="3" t="s"/>
       <x:c r="D747" s="3" t="s"/>
       <x:c r="G747" s="0" t="s">
-        <x:v>799</x:v>
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="H747" s="0" t="s">
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I747" s="4" t="s">
-        <x:v>800</x:v>
-[...2 lines deleted...]
-        <x:v>47</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K747" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L747" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M747" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N747" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O747" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="P747" s="0" t="s">
-        <x:v>799</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="Q747" s="4" t="s">
-        <x:v>800</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R747" s="0" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="S747" s="0" t="n">
-        <x:v>615894</x:v>
+        <x:v>602394</x:v>
       </x:c>
       <x:c r="T747" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U747" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="748" spans="1:21">
       <x:c r="A748" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B748" s="14" t="s">
-        <x:v>862</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="C748" s="15" t="s"/>
       <x:c r="D748" s="15" t="s"/>
       <x:c r="E748" s="14" t="s"/>
       <x:c r="F748" s="14" t="s"/>
       <x:c r="G748" s="14" t="s">
-        <x:v>441</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H748" s="14" t="s">
-        <x:v>442</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I748" s="16" t="s">
-        <x:v>443</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="J748" s="14" t="s"/>
       <x:c r="K748" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L748" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M748" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N748" s="15" t="n">
-        <x:v>13238</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O748" s="14" t="s">
-        <x:v>757</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="P748" s="14" t="s">
-        <x:v>803</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="Q748" s="16" t="s">
-        <x:v>443</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R748" s="14" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="S748" s="14" t="n">
-        <x:v>576312</x:v>
+        <x:v>602398</x:v>
       </x:c>
       <x:c r="T748" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U748" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="749" spans="1:21">
       <x:c r="A749" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B749" s="0" t="s">
-        <x:v>863</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C749" s="3" t="n">
-        <x:v>38172</x:v>
+        <x:v>39586</x:v>
       </x:c>
       <x:c r="D749" s="3" t="s"/>
       <x:c r="G749" s="0" t="s">
-        <x:v>441</x:v>
-[...2 lines deleted...]
-        <x:v>442</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="I749" s="4" t="s">
-        <x:v>443</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="J749" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K749" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L749" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M749" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N749" s="3" t="n">
-        <x:v>13238</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O749" s="0" t="s">
-        <x:v>757</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P749" s="0" t="s">
-        <x:v>803</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="Q749" s="4" t="s">
-        <x:v>443</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="R749" s="0" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="S749" s="0" t="n">
-        <x:v>576313</x:v>
+        <x:v>615894</x:v>
       </x:c>
       <x:c r="T749" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U749" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="750" spans="1:21">
       <x:c r="A750" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B750" s="14" t="s">
-        <x:v>257</x:v>
-[...1 lines deleted...]
-      <x:c r="C750" s="15" t="s"/>
+        <x:v>862</x:v>
+      </x:c>
+      <x:c r="C750" s="15" t="n">
+        <x:v>38172</x:v>
+      </x:c>
       <x:c r="D750" s="15" t="s"/>
       <x:c r="E750" s="14" t="s"/>
       <x:c r="F750" s="14" t="s"/>
       <x:c r="G750" s="14" t="s">
-        <x:v>818</x:v>
-[...1 lines deleted...]
-      <x:c r="H750" s="14" t="s"/>
+        <x:v>441</x:v>
+      </x:c>
+      <x:c r="H750" s="14" t="s">
+        <x:v>442</x:v>
+      </x:c>
       <x:c r="I750" s="16" t="s">
-        <x:v>815</x:v>
-[...1 lines deleted...]
-      <x:c r="J750" s="14" t="s"/>
+        <x:v>443</x:v>
+      </x:c>
+      <x:c r="J750" s="14" t="s">
+        <x:v>47</x:v>
+      </x:c>
       <x:c r="K750" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L750" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M750" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N750" s="15" t="n">
-        <x:v>24254</x:v>
+        <x:v>13238</x:v>
       </x:c>
       <x:c r="O750" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="P750" s="14" t="s">
-        <x:v>818</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="Q750" s="16" t="s">
-        <x:v>815</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="R750" s="14" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="S750" s="14" t="n">
-        <x:v>592580</x:v>
+        <x:v>576312</x:v>
       </x:c>
       <x:c r="T750" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U750" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="751" spans="1:21">
       <x:c r="A751" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B751" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>863</x:v>
       </x:c>
       <x:c r="C751" s="3" t="n">
-        <x:v>37744</x:v>
+        <x:v>38172</x:v>
       </x:c>
       <x:c r="D751" s="3" t="s"/>
-      <x:c r="E751" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G751" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>441</x:v>
+      </x:c>
+      <x:c r="H751" s="0" t="s">
+        <x:v>442</x:v>
       </x:c>
       <x:c r="I751" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="J751" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K751" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L751" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M751" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N751" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>13238</x:v>
       </x:c>
       <x:c r="O751" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="P751" s="0" t="s">
-        <x:v>812</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="Q751" s="4" t="s">
-        <x:v>800</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="R751" s="0" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="S751" s="0" t="n">
-        <x:v>535026</x:v>
+        <x:v>576313</x:v>
       </x:c>
       <x:c r="T751" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U751" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="752" spans="1:21">
       <x:c r="A752" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B752" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C752" s="15" t="s"/>
       <x:c r="D752" s="15" t="s"/>
       <x:c r="E752" s="14" t="s"/>
       <x:c r="F752" s="14" t="s"/>
       <x:c r="G752" s="14" t="s">
         <x:v>799</x:v>
       </x:c>
       <x:c r="H752" s="14" t="s"/>
       <x:c r="I752" s="16" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="J752" s="14" t="s"/>
       <x:c r="K752" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L752" s="14" t="s">
@@ -45133,281 +45128,281 @@
       <x:c r="M763" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N763" s="3" t="n">
         <x:v>24210</x:v>
       </x:c>
       <x:c r="O763" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="P763" s="0" t="s">
         <x:v>865</x:v>
       </x:c>
       <x:c r="Q763" s="4" t="s">
         <x:v>866</x:v>
       </x:c>
       <x:c r="R763" s="0" t="s">
         <x:v>867</x:v>
       </x:c>
       <x:c r="S763" s="0" t="n">
         <x:v>549303</x:v>
       </x:c>
       <x:c r="T763" s="4" t="s">
         <x:v>879</x:v>
       </x:c>
       <x:c r="U763" s="4" t="s">
-        <x:v>374</x:v>
+        <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="764" spans="1:21">
       <x:c r="A764" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B764" s="14" t="s">
-        <x:v>319</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="C764" s="15" t="n">
-        <x:v>40612</x:v>
+        <x:v>38779</x:v>
       </x:c>
       <x:c r="D764" s="15" t="s"/>
-      <x:c r="E764" s="14" t="s"/>
+      <x:c r="E764" s="14" t="s">
+        <x:v>44</x:v>
+      </x:c>
       <x:c r="F764" s="14" t="s"/>
       <x:c r="G764" s="14" t="s">
-        <x:v>320</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="H764" s="14" t="s"/>
       <x:c r="I764" s="16" t="s">
-        <x:v>321</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="J764" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K764" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L764" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M764" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N764" s="15" t="n">
-        <x:v>31006</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O764" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P764" s="14" t="s">
-        <x:v>880</x:v>
+        <x:v>865</x:v>
       </x:c>
       <x:c r="Q764" s="16" t="s">
         <x:v>866</x:v>
       </x:c>
       <x:c r="R764" s="14" t="s">
         <x:v>867</x:v>
       </x:c>
       <x:c r="S764" s="14" t="n">
-        <x:v>592576</x:v>
+        <x:v>542189</x:v>
       </x:c>
       <x:c r="T764" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="U764" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="765" spans="1:21">
       <x:c r="A765" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B765" s="0" t="s">
-        <x:v>864</x:v>
+        <x:v>873</x:v>
       </x:c>
       <x:c r="C765" s="3" t="n">
-        <x:v>38778</x:v>
+        <x:v>36490</x:v>
       </x:c>
       <x:c r="D765" s="3" t="s"/>
       <x:c r="E765" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G765" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="I765" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="J765" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="K765" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L765" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M765" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N765" s="3" t="n">
-        <x:v>31010</x:v>
+        <x:v>31089</x:v>
       </x:c>
       <x:c r="O765" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P765" s="0" t="s">
         <x:v>865</x:v>
       </x:c>
       <x:c r="Q765" s="4" t="s">
         <x:v>866</x:v>
       </x:c>
       <x:c r="R765" s="0" t="s">
         <x:v>867</x:v>
       </x:c>
       <x:c r="S765" s="0" t="n">
-        <x:v>600220</x:v>
+        <x:v>600213</x:v>
       </x:c>
       <x:c r="T765" s="4" t="s">
-        <x:v>877</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U765" s="4" t="s">
-        <x:v>878</x:v>
+        <x:v>880</x:v>
       </x:c>
     </x:row>
     <x:row r="766" spans="1:21">
       <x:c r="A766" s="13" t="s">
-        <x:v>42</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B766" s="14" t="s">
-        <x:v>297</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C766" s="15" t="n">
-        <x:v>38779</x:v>
+        <x:v>40612</x:v>
       </x:c>
       <x:c r="D766" s="15" t="s"/>
-      <x:c r="E766" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E766" s="14" t="s"/>
       <x:c r="F766" s="14" t="s"/>
       <x:c r="G766" s="14" t="s">
-        <x:v>292</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="H766" s="14" t="s"/>
       <x:c r="I766" s="16" t="s">
-        <x:v>293</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="J766" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K766" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L766" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M766" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N766" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O766" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="P766" s="14" t="s">
-        <x:v>865</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="Q766" s="16" t="s">
         <x:v>866</x:v>
       </x:c>
       <x:c r="R766" s="14" t="s">
         <x:v>867</x:v>
       </x:c>
       <x:c r="S766" s="14" t="n">
-        <x:v>542189</x:v>
+        <x:v>592576</x:v>
       </x:c>
       <x:c r="T766" s="16" t="s">
-        <x:v>876</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U766" s="16" t="s">
-        <x:v>251</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="767" spans="1:21">
       <x:c r="A767" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B767" s="0" t="s">
-        <x:v>873</x:v>
+        <x:v>864</x:v>
       </x:c>
       <x:c r="C767" s="3" t="n">
-        <x:v>36490</x:v>
+        <x:v>38778</x:v>
       </x:c>
       <x:c r="D767" s="3" t="s"/>
       <x:c r="E767" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G767" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="I767" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="J767" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K767" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L767" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M767" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N767" s="3" t="n">
-        <x:v>31089</x:v>
+        <x:v>31010</x:v>
       </x:c>
       <x:c r="O767" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="P767" s="0" t="s">
         <x:v>865</x:v>
       </x:c>
       <x:c r="Q767" s="4" t="s">
         <x:v>866</x:v>
       </x:c>
       <x:c r="R767" s="0" t="s">
         <x:v>867</x:v>
       </x:c>
       <x:c r="S767" s="0" t="n">
-        <x:v>600213</x:v>
+        <x:v>600220</x:v>
       </x:c>
       <x:c r="T767" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="U767" s="4" t="s">
-        <x:v>881</x:v>
+        <x:v>878</x:v>
       </x:c>
     </x:row>
     <x:row r="768" spans="1:21">
       <x:c r="A768" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B768" s="14" t="s">
         <x:v>873</x:v>
       </x:c>
       <x:c r="C768" s="15" t="n">
         <x:v>36490</x:v>
       </x:c>
       <x:c r="D768" s="15" t="s"/>
       <x:c r="E768" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="F768" s="14" t="s"/>
       <x:c r="G768" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="H768" s="14" t="s"/>
       <x:c r="I768" s="16" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="J768" s="14" t="s">
@@ -45430,159 +45425,159 @@
       </x:c>
       <x:c r="P768" s="14" t="s">
         <x:v>865</x:v>
       </x:c>
       <x:c r="Q768" s="16" t="s">
         <x:v>866</x:v>
       </x:c>
       <x:c r="R768" s="14" t="s">
         <x:v>867</x:v>
       </x:c>
       <x:c r="S768" s="14" t="n">
         <x:v>509556</x:v>
       </x:c>
       <x:c r="T768" s="16" t="s">
         <x:v>871</x:v>
       </x:c>
       <x:c r="U768" s="16" t="s">
         <x:v>872</x:v>
       </x:c>
     </x:row>
     <x:row r="769" spans="1:21">
       <x:c r="A769" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B769" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="C769" s="3" t="n">
-        <x:v>36075</x:v>
+        <x:v>38779</x:v>
       </x:c>
       <x:c r="D769" s="3" t="s"/>
       <x:c r="E769" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G769" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="I769" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="J769" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K769" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L769" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M769" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N769" s="3" t="n">
-        <x:v>24210</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O769" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P769" s="0" t="s">
         <x:v>865</x:v>
       </x:c>
       <x:c r="Q769" s="4" t="s">
         <x:v>866</x:v>
       </x:c>
       <x:c r="R769" s="0" t="s">
         <x:v>867</x:v>
       </x:c>
       <x:c r="S769" s="0" t="n">
-        <x:v>600204</x:v>
+        <x:v>549331</x:v>
       </x:c>
       <x:c r="T769" s="4" t="s">
-        <x:v>882</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="U769" s="4" t="s">
-        <x:v>883</x:v>
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="770" spans="1:21">
       <x:c r="A770" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B770" s="14" t="s">
-        <x:v>297</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="C770" s="15" t="n">
-        <x:v>38779</x:v>
+        <x:v>36075</x:v>
       </x:c>
       <x:c r="D770" s="15" t="s"/>
       <x:c r="E770" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="F770" s="14" t="s"/>
       <x:c r="G770" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="H770" s="14" t="s"/>
       <x:c r="I770" s="16" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="J770" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="K770" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L770" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M770" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N770" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>24210</x:v>
       </x:c>
       <x:c r="O770" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P770" s="14" t="s">
         <x:v>865</x:v>
       </x:c>
       <x:c r="Q770" s="16" t="s">
         <x:v>866</x:v>
       </x:c>
       <x:c r="R770" s="14" t="s">
         <x:v>867</x:v>
       </x:c>
       <x:c r="S770" s="14" t="n">
-        <x:v>549331</x:v>
+        <x:v>600204</x:v>
       </x:c>
       <x:c r="T770" s="16" t="s">
-        <x:v>868</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="U770" s="16" t="s">
-        <x:v>869</x:v>
+        <x:v>883</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>