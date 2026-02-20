--- v0 (2026-02-20)
+++ v1 (2026-02-20)
@@ -980,74 +980,74 @@
   <x:si>
     <x:t>Secrétaire assistant médico-administratif</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA</x:t>
   </x:si>
   <x:si>
     <x:t>AFPA - CFA</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Assister les professionnels de santé d’une structure médicale dans le suivi et la coordination du parcours du patient - Bloc de compétences du titre professionnel Secrétaire assistant médico-administratif</x:t>
   </x:si>
   <x:si>
     <x:t>06/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Titre professionnel secrétaire assistant médico-administratif (Apprentissage) (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA - Antenne Marseille 13ème</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13013</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/04/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Assurer l'accueil et la prise en charge administrative du patient ou de l'usager - Bloc de compétences du titre professionnel Secrétaire Assistant Médico-Social</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Secrétaire assistant médico-social</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Assurer l'accueil et la prise en charge administrative du patient ou de l'usager - Bloc de compétences du titre professionnel Secrétaire Assistant Médico-Social</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Amac Formation</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Particulier, individuel , Public en emploi , Public sans emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>11/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Eloce - Walter Learning</x:t>
   </x:si>
   <x:si>
     <x:t>13002</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 2e</x:t>
   </x:si>
   <x:si>
     <x:t>02/27/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Assister une équipe dans la communication des informations et l'organisation des activités - Bloc de compétences du titre professionnel Secrétaire Assistant Médico-Social</x:t>
@@ -1310,63 +1310,63 @@
   <x:si>
     <x:t>10/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/09/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Silvya Terrade Sud Est - Antenne Les Pennes Mirabeau</x:t>
   </x:si>
   <x:si>
     <x:t>13170</x:t>
   </x:si>
   <x:si>
     <x:t>Silvya Terrade Sud Est|Silvya Terrade Sud Est - Antenne Les Pennes Mirabeau</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LE PONTET CEDEX</x:t>
   </x:si>
   <x:si>
+    <x:t>03/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/10/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/21/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2028 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>07/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/06/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/16/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/23/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/24/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/14/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/03/2028 00:00:00</x:t>
   </x:si>
@@ -3604,156 +3604,159 @@
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
         <x:v>591029</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="C23" s="3" t="s"/>
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="C23" s="3" t="n">
+        <x:v>36734</x:v>
+      </x:c>
       <x:c r="D23" s="3" t="s"/>
+      <x:c r="E23" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
       <x:c r="G23" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H23" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="J23" s="0" t="s">
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
-        <x:v>35015</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>596421</x:v>
+        <x:v>599795</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
-        <x:v>50</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>51</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C24" s="15" t="s"/>
       <x:c r="D24" s="15" t="s"/>
-      <x:c r="E24" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>53</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
-        <x:v>55</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="J24" s="14" t="s"/>
       <x:c r="K24" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
-        <x:v>35035</x:v>
+        <x:v>35015</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>599795</x:v>
+        <x:v>596421</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>36805</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="E25" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -7115,162 +7118,158 @@
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>608522</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="C86" s="15" t="s"/>
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="C86" s="15" t="n">
+        <x:v>40800</x:v>
+      </x:c>
       <x:c r="D86" s="15" t="s"/>
-      <x:c r="E86" s="14" t="s"/>
-      <x:c r="F86" s="14" t="s"/>
+      <x:c r="E86" s="14" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="F86" s="14" t="s">
+        <x:v>244</x:v>
+      </x:c>
       <x:c r="G86" s="14" t="s">
-        <x:v>183</x:v>
-[...1 lines deleted...]
-      <x:c r="H86" s="14" t="s"/>
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="H86" s="14" t="s">
+        <x:v>185</x:v>
+      </x:c>
       <x:c r="I86" s="16" t="s">
-        <x:v>182</x:v>
-[...1 lines deleted...]
-      <x:c r="J86" s="14" t="s"/>
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="J86" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="K86" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>596418</x:v>
+        <x:v>613019</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>87</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C87" s="3" t="s"/>
       <x:c r="D87" s="3" t="s"/>
-      <x:c r="E87" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G87" s="0" t="s">
-        <x:v>184</x:v>
-[...2 lines deleted...]
-        <x:v>185</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
-        <x:v>174</x:v>
-[...2 lines deleted...]
-        <x:v>35</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>613019</x:v>
+        <x:v>596418</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>36734</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
@@ -8640,267 +8639,267 @@
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>588022</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
-        <x:v>36805</x:v>
+        <x:v>40800</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
+      <x:c r="E113" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>524869</x:v>
+        <x:v>606576</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
-        <x:v>305</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>36805</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="I114" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>524777</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>306</x:v>
+        <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
-        <x:v>40800</x:v>
+        <x:v>36805</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
-      <x:c r="E115" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>606576</x:v>
+        <x:v>524869</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>40800</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>591334</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>36805</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
@@ -9278,51 +9277,51 @@
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>524784</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>36805</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="I124" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -9405,93 +9404,93 @@
         <x:v>613830</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C126" s="15" t="s"/>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s"/>
       <x:c r="K126" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>596420</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>36805</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>27</x:v>
@@ -9515,182 +9514,182 @@
         <x:v>572820</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C128" s="15" t="s"/>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s"/>
       <x:c r="K128" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>590182</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>40800</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>617179</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C130" s="15" t="s"/>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>594045</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>40800</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
@@ -9782,152 +9781,152 @@
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>604495</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>40800</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="E133" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
         <x:v>606575</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>40800</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="I134" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
-        <x:v>308</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
         <x:v>606577</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>40800</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
@@ -10192,51 +10191,51 @@
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>604496</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>36805</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="I140" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -10321,95 +10320,95 @@
       <x:c r="T141" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
         <x:v>40800</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>610188</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>36805</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="H143" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>27</x:v>
@@ -10433,142 +10432,142 @@
         <x:v>524771</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C144" s="15" t="s"/>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s"/>
       <x:c r="K144" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>590181</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>36805</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="H145" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
         <x:v>524772</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>36805</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s"/>
       <x:c r="I146" s="16" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
@@ -10637,113 +10636,113 @@
       <x:c r="L147" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>524785</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
-        <x:v>306</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
-        <x:v>305</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>36805</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="I148" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>524875</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
-        <x:v>306</x:v>
+        <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>36805</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H149" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -10753,51 +10752,51 @@
       <x:c r="L149" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
         <x:v>524883</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
-        <x:v>306</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C150" s="15" t="s"/>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s"/>
       <x:c r="I150" s="16" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s"/>
       <x:c r="K150" s="14" t="s">
@@ -11134,51 +11133,51 @@
       <x:c r="M156" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
         <x:v>616686</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
-        <x:v>310</x:v>
+        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>36491</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="E157" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -11783,155 +11782,154 @@
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
         <x:v>596422</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
-        <x:v>72</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="C169" s="3" t="s"/>
       <x:c r="D169" s="3" t="s"/>
-      <x:c r="E169" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G169" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
-        <x:v>367</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>609261</x:v>
+        <x:v>594073</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
-        <x:v>39</x:v>
-[...1 lines deleted...]
-      <x:c r="C170" s="15" t="s"/>
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="C170" s="15" t="n">
+        <x:v>36714</x:v>
+      </x:c>
       <x:c r="D170" s="15" t="s"/>
-      <x:c r="E170" s="14" t="s"/>
+      <x:c r="E170" s="14" t="s">
+        <x:v>52</x:v>
+      </x:c>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
-        <x:v>362</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
-        <x:v>363</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
-        <x:v>362</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>594073</x:v>
+        <x:v>609261</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="C171" s="3" t="s"/>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>36</x:v>
@@ -13367,391 +13365,391 @@
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>567953</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>36805</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="G197" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H197" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
-        <x:v>569501</x:v>
+        <x:v>524870</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
-        <x:v>293</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
         <x:v>40800</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
-        <x:v>289</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="I198" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K198" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
-        <x:v>289</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
-        <x:v>585763</x:v>
+        <x:v>586060</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
-        <x:v>251</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
-        <x:v>40800</x:v>
+        <x:v>36805</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="G199" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="H199" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
-        <x:v>585766</x:v>
+        <x:v>524773</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
-        <x:v>414</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
-        <x:v>415</x:v>
+        <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
         <x:v>36805</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s">
-        <x:v>297</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="I200" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
-        <x:v>524870</x:v>
+        <x:v>569501</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
-        <x:v>416</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
-        <x:v>405</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>40800</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
-        <x:v>297</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
-        <x:v>586060</x:v>
+        <x:v>585763</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
-        <x:v>273</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
-        <x:v>417</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
-        <x:v>36805</x:v>
+        <x:v>40800</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="I202" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
-        <x:v>524773</x:v>
+        <x:v>585766</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
-        <x:v>405</x:v>
+        <x:v>417</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>40800</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="H203" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -13888,51 +13886,51 @@
       </x:c>
       <x:c r="P205" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
         <x:v>586063</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
         <x:v>419</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
         <x:v>36805</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s"/>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="I206" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K206" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -13947,51 +13945,51 @@
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
         <x:v>513260</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
         <x:v>422</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
         <x:v>36805</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="G207" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H207" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>27</x:v>
@@ -14055,51 +14053,51 @@
       <x:c r="M208" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
         <x:v>585762</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
-        <x:v>417</x:v>
+        <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
         <x:v>40800</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H209" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -14109,62 +14107,62 @@
       <x:c r="L209" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
         <x:v>586064</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
-        <x:v>414</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
-        <x:v>415</x:v>
+        <x:v>417</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
         <x:v>36805</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="I210" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K210" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -14179,51 +14177,51 @@
       </x:c>
       <x:c r="P210" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
         <x:v>575410</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
         <x:v>424</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
         <x:v>36805</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="G211" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="H211" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>27</x:v>
@@ -14287,51 +14285,51 @@
       <x:c r="M212" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
         <x:v>586061</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
         <x:v>40800</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="H213" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -14352,51 +14350,51 @@
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
         <x:v>585764</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
         <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
         <x:v>36805</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="I214" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K214" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -14411,51 +14409,51 @@
       </x:c>
       <x:c r="P214" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
         <x:v>575492</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>424</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
         <x:v>36805</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="G215" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H215" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>27</x:v>
@@ -14468,51 +14466,51 @@
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
         <x:v>575493</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
         <x:v>36805</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="I216" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -14527,51 +14525,51 @@
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
         <x:v>513050</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>422</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>40800</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="E217" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H217" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>26</x:v>
@@ -14587,51 +14585,51 @@
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
         <x:v>606578</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>430</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
         <x:v>40800</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="I218" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
@@ -14648,51 +14646,51 @@
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
         <x:v>591838</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
         <x:v>431</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
         <x:v>40800</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="E219" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>26</x:v>
@@ -14708,51 +14706,51 @@
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
         <x:v>591839</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
         <x:v>432</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
         <x:v>40800</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="I220" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
@@ -14933,51 +14931,51 @@
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
         <x:v>613995</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
         <x:v>36805</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s"/>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="I224" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K224" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -14992,51 +14990,51 @@
       </x:c>
       <x:c r="P224" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
         <x:v>575408</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
         <x:v>444</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
         <x:v>36805</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="H225" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>27</x:v>
@@ -15102,51 +15100,51 @@
       </x:c>
       <x:c r="P226" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
         <x:v>568804</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
         <x:v>36805</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H227" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>27</x:v>
@@ -15513,51 +15511,51 @@
       </x:c>
       <x:c r="P233" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
         <x:v>589804</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
         <x:v>36805</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="I234" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K234" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -15904,51 +15902,51 @@
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
         <x:v>578426</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
         <x:v>36805</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="G241" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="H241" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>27</x:v>
@@ -16020,51 +16018,51 @@
       </x:c>
       <x:c r="P242" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
         <x:v>548104</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
         <x:v>463</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
         <x:v>36805</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="G243" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H243" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>27</x:v>
@@ -16368,51 +16366,51 @@
       </x:c>
       <x:c r="P248" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
         <x:v>548106</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
         <x:v>463</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="C249" s="3" t="n">
         <x:v>36805</x:v>
       </x:c>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="G249" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="H249" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>27</x:v>
@@ -16425,51 +16423,51 @@
       </x:c>
       <x:c r="P249" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
         <x:v>529525</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
-        <x:v>305</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C250" s="15" t="n">
         <x:v>36805</x:v>
       </x:c>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s"/>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="I250" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K250" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -16484,51 +16482,51 @@
       </x:c>
       <x:c r="P250" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
         <x:v>548101</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
         <x:v>468</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="C251" s="3" t="n">
         <x:v>36805</x:v>
       </x:c>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="G251" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H251" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J251" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
         <x:v>27</x:v>
@@ -16541,51 +16539,51 @@
       </x:c>
       <x:c r="P251" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
         <x:v>529559</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="C252" s="15" t="n">
         <x:v>36805</x:v>
       </x:c>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s"/>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="I252" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K252" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -16716,51 +16714,51 @@
       </x:c>
       <x:c r="P254" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
         <x:v>547964</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
         <x:v>463</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="C255" s="3" t="n">
         <x:v>36805</x:v>
       </x:c>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="G255" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H255" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J255" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>27</x:v>
@@ -16773,51 +16771,51 @@
       </x:c>
       <x:c r="P255" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
         <x:v>548092</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
         <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="C256" s="15" t="n">
         <x:v>36805</x:v>
       </x:c>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s"/>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="I256" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K256" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -16832,51 +16830,51 @@
       </x:c>
       <x:c r="P256" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
         <x:v>547952</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
         <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C257" s="3" t="n">
         <x:v>36805</x:v>
       </x:c>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="G257" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H257" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>27</x:v>
@@ -16889,51 +16887,51 @@
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
         <x:v>548102</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
         <x:v>463</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
-        <x:v>305</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C258" s="15" t="n">
         <x:v>36805</x:v>
       </x:c>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s"/>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="I258" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K258" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -18700,114 +18698,114 @@
       <x:c r="K290" s="14" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
-        <x:v>615838</x:v>
+        <x:v>578030</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
-        <x:v>465</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C291" s="3" t="n">
         <x:v>40578</x:v>
       </x:c>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="G291" s="0" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="H291" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="J291" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
-        <x:v>578030</x:v>
+        <x:v>615838</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
-        <x:v>515</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C292" s="15" t="s"/>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s"/>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="H292" s="14" t="s"/>
       <x:c r="I292" s="16" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="J292" s="14" t="s"/>
       <x:c r="K292" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">