--- v1 (2026-02-21)
+++ v2 (2026-02-21)
@@ -506,113 +506,113 @@
   <x:si>
     <x:t>Assistant juridique (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>09/10/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/07/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/14/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LP M France</x:t>
   </x:si>
   <x:si>
+    <x:t>Excel initiation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pierre-Henri Sciortino - Ph Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PHF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83140</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/18/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée Claret</x:t>
   </x:si>
   <x:si>
-    <x:t>Excel initiation</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Lycée A Daudet</x:t>
   </x:si>
   <x:si>
     <x:t>13150</x:t>
   </x:si>
   <x:si>
     <x:t>TARASCON</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée A de St-Exupéry</x:t>
   </x:si>
   <x:si>
     <x:t>83703</x:t>
   </x:si>
   <x:si>
     <x:t>ST RAPHAEL CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>SORGUES</x:t>
   </x:si>
   <x:si>
     <x:t>SOLLIES-VILLE</x:t>
   </x:si>
   <x:si>
     <x:t>LP la Coudoulière</x:t>
   </x:si>
   <x:si>
     <x:t>83181</x:t>
   </x:si>
   <x:si>
     <x:t>SIX-FOURS-LES-PLAGES CEDEX</x:t>
   </x:si>
   <x:si>
+    <x:t>SIX-FOURS-LES-PLAGES</x:t>
+  </x:si>
+  <x:si>
     <x:t>Titre professionnel secrétaire assistant</x:t>
   </x:si>
   <x:si>
     <x:t>Initiative Formation Appui Pédagogie Emploi</x:t>
   </x:si>
   <x:si>
     <x:t>IFAPE</x:t>
   </x:si>
   <x:si>
-    <x:t>SIX-FOURS-LES-PLAGES</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>11/15/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent P Arène</x:t>
   </x:si>
   <x:si>
     <x:t>04203</x:t>
   </x:si>
   <x:si>
     <x:t>SISTERON CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Formation modulaire certifiante : métiers de l'assistanat administratif, médico-social et comptable</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil Régional</x:t>
@@ -869,80 +869,80 @@
   <x:si>
     <x:t>LP les Palmiers</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>Bureautique Microsoft avec l'intelligence artificielle (IA) intégrée</x:t>
   </x:si>
   <x:si>
     <x:t>Sun Design</x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>02/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Informatique pour les débutants : Windows + Internet + Office</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dawan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>44200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dawan - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/14/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Titre professionnel secrétaire assistant (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure des Compétences et Métiers</x:t>
   </x:si>
   <x:si>
     <x:t>02/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Informatique pour les débutants : Windows + Internet + Office</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Formation modulaire certifiante : métiers de l'assistanat administratif, médico-administratif et comptable</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>GIP FIPAN</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Accès à l'Emploi</x:t>
   </x:si>
   <x:si>
     <x:t>13417</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée G Apollinaire</x:t>
   </x:si>
   <x:si>
     <x:t>Cfa Perspective - Isim</x:t>
@@ -1127,98 +1127,98 @@
   <x:si>
     <x:t>13117</x:t>
   </x:si>
   <x:si>
     <x:t>Idev - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-16e</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LPO Saint-Louis</x:t>
   </x:si>
   <x:si>
     <x:t>13015</x:t>
   </x:si>
   <x:si>
     <x:t>LPO St Louis</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-15e</x:t>
   </x:si>
   <x:si>
+    <x:t>Titre professionnel chargé d'accueil et de gestion administrative (Apprentissage) (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AFPA - CFA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA - Antenne Marseille 13ème</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13013</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-13e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/09/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Chargé d'accueil et de gestion administrative</x:t>
   </x:si>
   <x:si>
-    <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>03/05/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Secrétaire assistant</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>AFPA - ACCES A L'EMPLOI</x:t>
   </x:si>
   <x:si>
-    <x:t>04/13/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>10/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Secrétaire assistant</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Assister une équipe dans la communication des informations et l'organisation des activités - Bloc de compétences du titre professionnel Secrétaire Assistant</x:t>
   </x:si>
   <x:si>
     <x:t>05/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Titre professionnel chargé d'accueil et de gestion administrative (Apprentissage) (Contrat de Professionnalisation)</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>LP Ch Grawitz</x:t>
   </x:si>
   <x:si>
     <x:t>Traiter les opérations administratives liées à la gestion commerciale et aux ressources humaines - Bloc de compétences du titre professionnel Secrétaire Assistant</x:t>
   </x:si>
   <x:si>
     <x:t>05/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Simone Veil</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée A Artaud</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/29/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2025 00:00:00</x:t>
@@ -1319,74 +1319,74 @@
   <x:si>
     <x:t>13291</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 06</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée M Curie</x:t>
   </x:si>
   <x:si>
     <x:t>13392</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 05</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée St-Charles</x:t>
   </x:si>
   <x:si>
     <x:t>13232</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 01</x:t>
   </x:si>
   <x:si>
+    <x:t>MARSEILLE- 8e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP E Rostand</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée H Daumier</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cf</x:t>
+  </x:si>
+  <x:si>
     <x:t>Provence Formation</x:t>
   </x:si>
   <x:si>
-    <x:t>13008</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Provence Formation - Lycée Professionnel Edmond Rostand</x:t>
   </x:si>
   <x:si>
-    <x:t>MARSEILLE- 8e</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Greta-Cfa Marseille Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>GMM</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Frédéric Mistral - Lycée des Métiers de l'Automobile et des Services aux Entreprises</x:t>
   </x:si>
   <x:si>
     <x:t>BAC PRO AGORA - Assistance à la gestion des organisations et de leurs activités</x:t>
   </x:si>
   <x:si>
     <x:t>Excel : perfectionnement</x:t>
   </x:si>
   <x:si>
     <x:t>Mandyben</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>06/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/07/2026 00:00:00</x:t>
@@ -1508,98 +1508,98 @@
   <x:si>
     <x:t>08/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>05/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPO Ch Péguy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>05/11/2026 00:00:00</x:t>
-[...34 lines deleted...]
-  <x:si>
     <x:t>05/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>4MaCompta Expertise - Alfred Cadoret</x:t>
   </x:si>
   <x:si>
     <x:t>06240</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>03/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LP St-Michel</x:t>
   </x:si>
   <x:si>
     <x:t>13005</x:t>
@@ -1889,143 +1889,143 @@
   <x:si>
     <x:t>Association Hyères Orientation</x:t>
   </x:si>
   <x:si>
     <x:t>ASSHOR</x:t>
   </x:si>
   <x:si>
     <x:t>83160</x:t>
   </x:si>
   <x:si>
     <x:t>Crc</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE-SUR-MER</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation La Seyne sur Mer</x:t>
   </x:si>
   <x:si>
     <x:t>83500</x:t>
   </x:si>
   <x:si>
+    <x:t>LA GARDE</x:t>
+  </x:si>
+  <x:si>
     <x:t>Nova</x:t>
   </x:si>
   <x:si>
     <x:t>Word débutant</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Beaussier</x:t>
   </x:si>
   <x:si>
     <x:t>83512</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE SUR MER CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>LA GAUDE</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée du Coudon</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE CEDEX</x:t>
   </x:si>
   <x:si>
-    <x:t>LA GARDE</x:t>
+    <x:t>Groupe Someform - Antenne La Garde</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/25/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/23/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Someform|Groupe Someform - Antenne La Garde</x:t>
   </x:si>
   <x:si>
-    <x:t>09/23/2025 00:00:00</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>02/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LA COLLE-SUR-LOUP</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Auguste et Louis Lumière</x:t>
   </x:si>
   <x:si>
     <x:t>13600</x:t>
   </x:si>
   <x:si>
     <x:t>LA CIOTAT</x:t>
   </x:si>
   <x:si>
     <x:t>Athélia Institut de Formation Conseils et Performance</x:t>
   </x:si>
   <x:si>
     <x:t>AIFCP</x:t>
   </x:si>
   <x:si>
     <x:t>ISTRES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>05/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>01/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée A Rimbaud</x:t>
   </x:si>
   <x:si>
     <x:t>13808</x:t>
   </x:si>
   <x:si>
-    <x:t>01/28/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>04/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>ISTRES</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA - Antenne Istres</x:t>
   </x:si>
   <x:si>
     <x:t>13800</x:t>
   </x:si>
   <x:si>
     <x:t>01/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CCP2 Traiter les opérations administratives liées à la gestion commerciale et aux Ressources Humaines - TP Secrétaire Assistant</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13625</x:t>
@@ -2177,59 +2177,59 @@
   <x:si>
     <x:t>FREJUS</x:t>
   </x:si>
   <x:si>
     <x:t>Kh Europe Formation</x:t>
   </x:si>
   <x:si>
     <x:t>83370</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Stéphane Auger Com - Fabrik Tête d'Affiche</x:t>
   </x:si>
   <x:si>
     <x:t>First Line Formation</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Assistant immobilier - module 2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Secrétariat assistanat immobilier</x:t>
+  </x:si>
+  <x:si>
     <x:t>Assistant immobilier - module 1</x:t>
   </x:si>
   <x:si>
-    <x:t>Secrétariat assistanat immobilier</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>EYGLIERS</x:t>
   </x:si>
   <x:si>
     <x:t>EMBRUN</x:t>
   </x:si>
   <x:si>
     <x:t>EGUILLES</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée R Goscinny</x:t>
   </x:si>
   <x:si>
     <x:t>06340</x:t>
   </x:si>
   <x:si>
     <x:t>DRAP</x:t>
   </x:si>
   <x:si>
     <x:t>DRAGUIGNAN</x:t>
   </x:si>
   <x:si>
     <x:t>Cfd</x:t>
   </x:si>
   <x:si>
     <x:t>83300</x:t>
@@ -2513,65 +2513,65 @@
   <x:si>
     <x:t>Formation bureautique</x:t>
   </x:si>
   <x:si>
     <x:t>Capcom'Art</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion centre profit</x:t>
   </x:si>
   <x:si>
     <x:t>LP Vincent de Paul</x:t>
   </x:si>
   <x:si>
     <x:t>Optim'hum</x:t>
   </x:si>
   <x:si>
     <x:t>LP G Eiffel</x:t>
   </x:si>
   <x:si>
     <x:t>13682</x:t>
   </x:si>
   <x:si>
     <x:t>AUBAGNE CEDEX</x:t>
   </x:si>
   <x:si>
+    <x:t>Bac pro assistance à la gestion des organisations et de leurs activités (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Le Complexe d'Enora</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jeune 16-25 ans</x:t>
+  </x:si>
+  <x:si>
     <x:t>AUBAGNE</x:t>
   </x:si>
   <x:si>
-    <x:t>Bac pro assistance à la gestion des organisations et de leurs activités (Contrat de Professionnalisation)</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>09/04/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée F Joliot Curie</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Ste-Marie</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Polyvalent Montmajour</x:t>
   </x:si>
   <x:si>
     <x:t>13637</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Assistant d'administration commerciale (TPE/PME) (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Delta - Groupe Someform</x:t>
   </x:si>
   <x:si>
     <x:t>13200</x:t>
@@ -2681,72 +2681,72 @@
   <x:si>
     <x:t>Institut National de l'Enseignement à Distance - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>INEAD-ESMAC</x:t>
   </x:si>
   <x:si>
     <x:t>13090</x:t>
   </x:si>
   <x:si>
     <x:t>Secrétariat assistanat direction</x:t>
   </x:si>
   <x:si>
     <x:t>04/11/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Assistant(e) Ressources Humaines</x:t>
   </x:si>
   <x:si>
     <x:t>Secrétariat assistanat ressources humaines</x:t>
   </x:si>
   <x:si>
     <x:t>04/12/2024 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Word - perfectionnement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AEP Saint Eloi</x:t>
+  </x:si>
+  <x:si>
     <x:t>LPO Ste-Marie</x:t>
   </x:si>
   <x:si>
-    <x:t>AEP Saint Eloi</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>05/28/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Word - les bases</x:t>
   </x:si>
   <x:si>
+    <x:t>Assistant juridique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/29/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée P Cézanne</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>03/29/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Belmont - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13290</x:t>
   </x:si>
   <x:si>
     <x:t>AIX - LES MILLES</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
@@ -5441,139 +5441,139 @@
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>605293</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s"/>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>615498</x:v>
+        <x:v>615460</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C44" s="15" t="s"/>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s"/>
       <x:c r="K44" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
-        <x:v>70332</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>615460</x:v>
+        <x:v>615498</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s"/>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>37</x:v>
@@ -6355,165 +6355,156 @@
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>549678</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
-        <x:v>136</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>137</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="C60" s="15" t="s"/>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
-        <x:v>113</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
-        <x:v>115</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="J60" s="14" t="s"/>
       <x:c r="K60" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
-        <x:v>35006</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>576238</x:v>
+        <x:v>605048</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>40249</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
-      <x:c r="E61" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>35006</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>599789</x:v>
+        <x:v>576238</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>40249</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I62" s="16" t="s">
         <x:v>115</x:v>
@@ -6524,213 +6515,223 @@
       <x:c r="K62" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>35006</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>599790</x:v>
+        <x:v>599789</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
-        <x:v>40705</x:v>
+        <x:v>40249</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
+      <x:c r="E63" s="0" t="s">
+        <x:v>45</x:v>
+      </x:c>
       <x:c r="G63" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="H63" s="0" t="s">
+        <x:v>114</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
-        <x:v>35035</x:v>
+        <x:v>35006</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>595277</x:v>
+        <x:v>599790</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>75</x:v>
-[...1 lines deleted...]
-      <x:c r="C64" s="15" t="s"/>
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="C64" s="15" t="n">
+        <x:v>40705</x:v>
+      </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
-        <x:v>77</x:v>
-[...1 lines deleted...]
-      <x:c r="J64" s="14" t="s"/>
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="J64" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="K64" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>612593</x:v>
+        <x:v>595277</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C65" s="3" t="s"/>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
-        <x:v>70332</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>605048</x:v>
+        <x:v>612593</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C66" s="15" t="s"/>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s"/>
       <x:c r="K66" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
@@ -6744,155 +6745,155 @@
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>604929</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>53</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="C67" s="3" t="s"/>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="H67" s="0" t="s">
+        <x:v>147</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
-        <x:v>119</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
-        <x:v>35035</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>595273</x:v>
+        <x:v>527769</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>146</x:v>
-[...1 lines deleted...]
-      <x:c r="C68" s="15" t="s"/>
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="C68" s="15" t="n">
+        <x:v>40705</x:v>
+      </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
-        <x:v>147</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
-        <x:v>149</x:v>
-[...1 lines deleted...]
-      <x:c r="J68" s="14" t="s"/>
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="J68" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="K68" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>527769</x:v>
+        <x:v>595273</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C69" s="3" t="s"/>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>27</x:v>
@@ -7176,195 +7177,194 @@
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>595286</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>162</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="C75" s="3" t="s"/>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
-        <x:v>149</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="R75" s="0" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="S75" s="0" t="n">
+        <x:v>520300</x:v>
+      </x:c>
+      <x:c r="T75" s="4" t="s">
         <x:v>149</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>166</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
-        <x:v>146</x:v>
-[...1 lines deleted...]
-      <x:c r="C76" s="15" t="s"/>
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="C76" s="15" t="n">
+        <x:v>36804</x:v>
+      </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="I76" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
-      <x:c r="I76" s="16" t="s">
-[...2 lines deleted...]
-      <x:c r="J76" s="14" t="s"/>
+      <x:c r="J76" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>520300</x:v>
+        <x:v>551721</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C77" s="3" t="s"/>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>605287</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C78" s="15" t="s"/>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -7373,232 +7373,232 @@
         <x:v>36</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s"/>
       <x:c r="K78" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>615456</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="E79" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>546938</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="I80" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>601984</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="E81" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>601981</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C82" s="15" t="s"/>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -7607,205 +7607,205 @@
         <x:v>36</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s"/>
       <x:c r="K82" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>616594</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s"/>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="H83" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="H83" s="0" t="s">
+      <x:c r="I83" s="4" t="s">
         <x:v>148</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>149</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>525582</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C84" s="15" t="s"/>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s"/>
       <x:c r="K84" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>604880</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C85" s="3" t="s"/>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>605005</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C86" s="15" t="s"/>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -7814,51 +7814,51 @@
         <x:v>36</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s"/>
       <x:c r="K86" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>615494</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
@@ -8857,51 +8857,51 @@
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>588152</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>28</x:v>
@@ -8968,156 +8968,154 @@
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>588262</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
-        <x:v>75</x:v>
-[...1 lines deleted...]
-      <x:c r="C108" s="15" t="s"/>
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="C108" s="15" t="n">
+        <x:v>36804</x:v>
+      </x:c>
       <x:c r="D108" s="15" t="s"/>
-      <x:c r="E108" s="14" t="s"/>
+      <x:c r="E108" s="14" t="s">
+        <x:v>45</x:v>
+      </x:c>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
-        <x:v>77</x:v>
-[...1 lines deleted...]
-      <x:c r="J108" s="14" t="s"/>
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="J108" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="K108" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>612615</x:v>
+        <x:v>588261</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>68</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="C109" s="3" t="s"/>
       <x:c r="D109" s="3" t="s"/>
-      <x:c r="E109" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G109" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
-        <x:v>203</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>588261</x:v>
+        <x:v>612615</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
@@ -9140,51 +9138,51 @@
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>599563</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>35007</x:v>
@@ -9194,198 +9192,198 @@
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>574599</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C112" s="15" t="s"/>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s"/>
       <x:c r="K112" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>615496</x:v>
+        <x:v>612606</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C113" s="3" t="s"/>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>612606</x:v>
+        <x:v>605290</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C114" s="15" t="s"/>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s"/>
       <x:c r="K114" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
-        <x:v>70312</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>605290</x:v>
+        <x:v>615496</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
@@ -10901,161 +10899,161 @@
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
         <x:v>557203</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
-        <x:v>34606</x:v>
+        <x:v>40705</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="I144" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>455444</x:v>
+        <x:v>557195</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
-        <x:v>40705</x:v>
+        <x:v>34606</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="E145" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="H145" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
-        <x:v>557195</x:v>
+        <x:v>507267</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>34606</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="I146" s="16" t="s">
         <x:v>227</x:v>
@@ -11066,57 +11064,57 @@
       <x:c r="K146" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
-        <x:v>507267</x:v>
+        <x:v>455444</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C147" s="3" t="s"/>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>28</x:v>
@@ -11544,139 +11542,139 @@
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>605332</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C156" s="15" t="s"/>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s"/>
       <x:c r="I156" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s"/>
       <x:c r="K156" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>615550</x:v>
+        <x:v>615490</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C157" s="3" t="s"/>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
-        <x:v>70332</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
-        <x:v>615490</x:v>
+        <x:v>615550</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C158" s="15" t="s"/>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
         <x:v>77</x:v>
@@ -12175,147 +12173,148 @@
         <x:v>262</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
         <x:v>616675</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
-      <x:c r="C168" s="15" t="n">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="C168" s="15" t="s"/>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
-        <x:v>259</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="J168" s="14" t="s"/>
       <x:c r="K168" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>70354</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
-        <x:v>267</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
-        <x:v>259</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>601193</x:v>
+        <x:v>505820</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
-        <x:v>268</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>269</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
-        <x:v>270</x:v>
-[...1 lines deleted...]
-      <x:c r="C169" s="3" t="s"/>
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="C169" s="3" t="n">
+        <x:v>36804</x:v>
+      </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
-        <x:v>272</x:v>
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="J169" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
-        <x:v>70354</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>505820</x:v>
+        <x:v>601193</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
+        <x:v>274</x:v>
+      </x:c>
+      <x:c r="U169" s="4" t="s">
         <x:v>275</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C170" s="15" t="s"/>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s"/>
       <x:c r="K170" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
@@ -12561,75 +12560,75 @@
       <x:c r="T174" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="E175" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>603786</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
@@ -12644,51 +12643,51 @@
       <x:c r="I176" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
-        <x:v>274</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>552339</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="C177" s="3" t="s"/>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
         <x:v>262</x:v>
@@ -13058,51 +13057,51 @@
         <x:v>595313</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>34606</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
-        <x:v>267</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>299</x:v>
@@ -13158,85 +13157,85 @@
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>594475</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
-        <x:v>266</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
-        <x:v>267</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
-        <x:v>267</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
         <x:v>588363</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C187" s="3" t="s"/>
@@ -13338,75 +13337,75 @@
       <x:c r="S188" s="14" t="n">
         <x:v>608525</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="E189" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
         <x:v>602112</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C190" s="15" t="s"/>
@@ -13673,75 +13672,75 @@
         <x:v>263</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
         <x:v>502660</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="C195" s="3" t="s"/>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
-        <x:v>272</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>70354</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
         <x:v>566966</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
@@ -13788,75 +13787,75 @@
       <x:c r="S196" s="14" t="n">
         <x:v>555935</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="E197" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>554390</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C198" s="15" t="s"/>
@@ -15526,145 +15525,145 @@
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
         <x:v>615478</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C230" s="15" t="s"/>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s"/>
       <x:c r="K230" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
-        <x:v>70332</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
-        <x:v>605035</x:v>
+        <x:v>616661</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C231" s="3" t="s"/>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
-        <x:v>70312</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
-        <x:v>616661</x:v>
+        <x:v>605035</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C232" s="15" t="s"/>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s"/>
       <x:c r="I232" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s"/>
       <x:c r="K232" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
@@ -15908,443 +15907,443 @@
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
         <x:v>595267</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
+      <x:c r="E237" s="0" t="s">
+        <x:v>45</x:v>
+      </x:c>
       <x:c r="G237" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="H237" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
-        <x:v>353</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
-        <x:v>280</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
-        <x:v>604501</x:v>
+        <x:v>610278</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
-        <x:v>356</x:v>
+        <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
-        <x:v>352</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s">
-        <x:v>357</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="I238" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K238" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
-        <x:v>355</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
-        <x:v>604438</x:v>
+        <x:v>604501</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
-        <x:v>358</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
-        <x:v>359</x:v>
+        <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="G239" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="H239" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
         <x:v>524895</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
-        <x:v>361</x:v>
+        <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
-        <x:v>362</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="C240" s="15" t="n">
-        <x:v>36804</x:v>
+        <x:v>41239</x:v>
       </x:c>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s"/>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
-        <x:v>353</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s">
-        <x:v>354</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="I240" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K240" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
-        <x:v>353</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
-        <x:v>355</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
-        <x:v>524887</x:v>
+        <x:v>604438</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
-        <x:v>363</x:v>
+        <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
-        <x:v>364</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
-        <x:v>41239</x:v>
+        <x:v>36804</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
-      <x:c r="E241" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G241" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="H241" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
-        <x:v>35035</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
-        <x:v>365</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
-        <x:v>366</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
-        <x:v>610278</x:v>
+        <x:v>524887</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
-        <x:v>358</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
         <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s"/>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s"/>
       <x:c r="I242" s="16" t="s">
-        <x:v>366</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K242" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
-        <x:v>366</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
-        <x:v>355</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
         <x:v>595290</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="G243" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="H243" s="0" t="s">
-        <x:v>357</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
         <x:v>524793</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
         <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="C244" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s"/>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
@@ -16359,622 +16358,622 @@
       <x:c r="J244" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K244" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
-        <x:v>355</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
         <x:v>524891</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
         <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C245" s="3" t="s"/>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="G245" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
-        <x:v>366</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
-        <x:v>366</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
         <x:v>594433</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
-        <x:v>352</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="C246" s="15" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s"/>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s">
-        <x:v>357</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="I246" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K246" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
-        <x:v>355</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
         <x:v>604439</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
-        <x:v>356</x:v>
+        <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="G247" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="H247" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
         <x:v>604500</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
-        <x:v>359</x:v>
+        <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C248" s="15" t="s"/>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s"/>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s"/>
       <x:c r="I248" s="16" t="s">
-        <x:v>366</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K248" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
-        <x:v>366</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
-        <x:v>355</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
         <x:v>594477</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="C249" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="G249" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="H249" s="0" t="s">
-        <x:v>357</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
         <x:v>524797</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
-        <x:v>361</x:v>
+        <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
-        <x:v>352</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="C250" s="15" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s"/>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s">
-        <x:v>357</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="I250" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K250" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
-        <x:v>355</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
         <x:v>604440</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
         <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="C251" s="3" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="G251" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="H251" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J251" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
         <x:v>604502</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
         <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
-        <x:v>362</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="C252" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s"/>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s">
-        <x:v>357</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="I252" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K252" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
-        <x:v>355</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
         <x:v>524789</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
-        <x:v>363</x:v>
+        <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="C253" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="G253" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="H253" s="0" t="s">
-        <x:v>357</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
         <x:v>524796</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
-        <x:v>360</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="C254" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s"/>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I254" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K254" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
-        <x:v>355</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
         <x:v>524894</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C255" s="3" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="G255" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
@@ -17001,51 +17000,51 @@
       </x:c>
       <x:c r="P255" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
         <x:v>595287</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C256" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s"/>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="I256" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K256" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -17114,95 +17113,95 @@
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
         <x:v>595308</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C258" s="15" t="s"/>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s"/>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="H258" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="H258" s="14" t="s">
+      <x:c r="I258" s="16" t="s">
         <x:v>148</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>149</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s"/>
       <x:c r="K258" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
         <x:v>527767</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C259" s="3" t="s"/>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="G259" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>26</x:v>
@@ -17759,371 +17758,372 @@
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
         <x:v>594450</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
-        <x:v>43</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
-        <x:v>224</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="C270" s="15" t="s"/>
       <x:c r="D270" s="15" t="s"/>
-      <x:c r="E270" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E270" s="14" t="s"/>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
-        <x:v>416</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s"/>
       <x:c r="I270" s="16" t="s">
-        <x:v>417</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="J270" s="14" t="s"/>
       <x:c r="K270" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
-        <x:v>35035</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
-        <x:v>418</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
-        <x:v>417</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
-        <x:v>419</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
-        <x:v>607452</x:v>
+        <x:v>612570</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
-        <x:v>75</x:v>
-[...1 lines deleted...]
-      <x:c r="C271" s="3" t="s"/>
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="C271" s="3" t="n">
+        <x:v>40705</x:v>
+      </x:c>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="G271" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>418</x:v>
+      </x:c>
+      <x:c r="J271" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
-        <x:v>612570</x:v>
+        <x:v>595307</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
-        <x:v>53</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C272" s="15" t="s"/>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s"/>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
-        <x:v>420</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s"/>
       <x:c r="I272" s="16" t="s">
-        <x:v>421</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K272" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
-        <x:v>35035</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
+        <x:v>419</x:v>
+      </x:c>
+      <x:c r="Q272" s="16" t="s">
         <x:v>420</x:v>
       </x:c>
-      <x:c r="Q272" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R272" s="14" t="s">
-        <x:v>419</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
-        <x:v>595307</x:v>
+        <x:v>594462</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="C273" s="3" t="s"/>
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="C273" s="3" t="n">
+        <x:v>36804</x:v>
+      </x:c>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="G273" s="0" t="s">
-        <x:v>422</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
-        <x:v>417</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
-        <x:v>422</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
-        <x:v>417</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
-        <x:v>594462</x:v>
+        <x:v>576110</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="C274" s="15" t="n">
-        <x:v>36804</x:v>
+        <x:v>40705</x:v>
       </x:c>
       <x:c r="D274" s="15" t="s"/>
-      <x:c r="E274" s="14" t="s"/>
+      <x:c r="E274" s="14" t="s">
+        <x:v>45</x:v>
+      </x:c>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
-        <x:v>423</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s"/>
       <x:c r="I274" s="16" t="s">
-        <x:v>417</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K274" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
-        <x:v>417</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
-        <x:v>419</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
-        <x:v>576110</x:v>
+        <x:v>607452</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C275" s="3" t="n">
         <x:v>34606</x:v>
       </x:c>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="E275" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G275" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="H275" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
-        <x:v>417</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
         <x:v>556757</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="C276" s="15" t="n">
         <x:v>34606</x:v>
       </x:c>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s"/>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
@@ -18138,51 +18138,51 @@
       <x:c r="J276" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K276" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
-        <x:v>419</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
         <x:v>551775</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="C277" s="3" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="G277" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
@@ -18195,456 +18195,456 @@
       <x:c r="J277" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
         <x:v>611963</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="C278" s="15" t="s"/>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s"/>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s"/>
       <x:c r="I278" s="16" t="s">
-        <x:v>421</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s"/>
       <x:c r="K278" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
-        <x:v>421</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
         <x:v>576603</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
         <x:v>431</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="C279" s="3" t="s"/>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="G279" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
         <x:v>576606</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
         <x:v>433</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C280" s="15" t="s"/>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s"/>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s"/>
       <x:c r="I280" s="16" t="s">
-        <x:v>421</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s"/>
       <x:c r="K280" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
-        <x:v>421</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
         <x:v>576616</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
         <x:v>435</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="C281" s="3" t="s"/>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="G281" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
         <x:v>576627</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
         <x:v>438</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C282" s="15" t="s"/>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s"/>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="H282" s="14" t="s"/>
       <x:c r="I282" s="16" t="s">
-        <x:v>421</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="J282" s="14" t="s"/>
       <x:c r="K282" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
-        <x:v>421</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
         <x:v>584584</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
         <x:v>439</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="C283" s="3" t="s"/>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="G283" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
         <x:v>584593</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
         <x:v>442</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="C284" s="15" t="s"/>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s"/>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s"/>
       <x:c r="I284" s="16" t="s">
-        <x:v>421</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s"/>
       <x:c r="K284" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
-        <x:v>421</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
         <x:v>584594</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
         <x:v>444</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="C285" s="3" t="s"/>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="G285" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
         <x:v>584595</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
         <x:v>446</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="C286" s="15" t="s"/>
       <x:c r="D286" s="15" t="n">
         <x:v>8</x:v>
       </x:c>
@@ -18687,1829 +18687,1829 @@
       <x:c r="S286" s="14" t="n">
         <x:v>390025</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C287" s="3" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="G287" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="J287" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
         <x:v>595298</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C288" s="15" t="s"/>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s"/>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="H288" s="14" t="s"/>
       <x:c r="I288" s="16" t="s">
-        <x:v>421</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="J288" s="14" t="s"/>
       <x:c r="K288" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L288" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
-        <x:v>421</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
         <x:v>576588</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="C289" s="3" t="s"/>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="G289" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
         <x:v>576605</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
         <x:v>455</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C290" s="15" t="s"/>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s"/>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s"/>
       <x:c r="I290" s="16" t="s">
-        <x:v>421</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="J290" s="14" t="s"/>
       <x:c r="K290" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
-        <x:v>421</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
         <x:v>576614</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C291" s="3" t="s"/>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="G291" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
         <x:v>576618</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
         <x:v>457</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="C292" s="15" t="s"/>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s"/>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="H292" s="14" t="s"/>
       <x:c r="I292" s="16" t="s">
-        <x:v>421</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="J292" s="14" t="s"/>
       <x:c r="K292" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
-        <x:v>421</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
         <x:v>576626</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
         <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C293" s="3" t="s"/>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="G293" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
         <x:v>584582</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="C294" s="15" t="s"/>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s"/>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s"/>
       <x:c r="I294" s="16" t="s">
-        <x:v>421</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s"/>
       <x:c r="K294" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
-        <x:v>421</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
         <x:v>575137</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
         <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="C295" s="3" t="s"/>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="G295" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
         <x:v>575136</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
         <x:v>464</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="C296" s="15" t="s"/>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s"/>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s"/>
       <x:c r="I296" s="16" t="s">
-        <x:v>421</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s"/>
       <x:c r="K296" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
-        <x:v>421</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
         <x:v>575131</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="C297" s="3" t="s"/>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="G297" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
         <x:v>584596</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
         <x:v>466</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="C298" s="15" t="s"/>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s"/>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s"/>
       <x:c r="I298" s="16" t="s">
-        <x:v>421</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="J298" s="14" t="s"/>
       <x:c r="K298" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M298" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
-        <x:v>421</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
         <x:v>584597</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
         <x:v>468</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C299" s="3" t="s"/>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="G299" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
         <x:v>584331</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
         <x:v>457</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="C300" s="15" t="s"/>
       <x:c r="D300" s="15" t="s"/>
       <x:c r="E300" s="14" t="s"/>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="H300" s="14" t="s"/>
       <x:c r="I300" s="16" t="s">
-        <x:v>421</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="J300" s="14" t="s"/>
       <x:c r="K300" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L300" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M300" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N300" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O300" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P300" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
-        <x:v>421</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
         <x:v>576602</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="C301" s="3" t="s"/>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="G301" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
         <x:v>576604</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
         <x:v>471</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="C302" s="15" t="s"/>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s"/>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s"/>
       <x:c r="I302" s="16" t="s">
-        <x:v>421</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s"/>
       <x:c r="K302" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
-        <x:v>421</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
         <x:v>575133</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
         <x:v>473</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C303" s="3" t="s"/>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="G303" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
         <x:v>584329</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
         <x:v>435</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C304" s="15" t="s"/>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s"/>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="H304" s="14" t="s"/>
       <x:c r="I304" s="16" t="s">
-        <x:v>421</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="J304" s="14" t="s"/>
       <x:c r="K304" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L304" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
-        <x:v>421</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
         <x:v>584332</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
         <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C305" s="3" t="s"/>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="G305" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
         <x:v>576620</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
         <x:v>477</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C306" s="15" t="s"/>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s"/>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="H306" s="14" t="s"/>
       <x:c r="I306" s="16" t="s">
-        <x:v>421</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="J306" s="14" t="s"/>
       <x:c r="K306" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L306" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
-        <x:v>421</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
         <x:v>584588</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
         <x:v>478</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
-        <x:v>460</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C307" s="3" t="s"/>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="G307" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="I307" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
-        <x:v>70332</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
-        <x:v>575134</x:v>
+        <x:v>576617</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
         <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
-        <x:v>460</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C308" s="15" t="s"/>
       <x:c r="D308" s="15" t="s"/>
       <x:c r="E308" s="14" t="s"/>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="H308" s="14" t="s"/>
       <x:c r="I308" s="16" t="s">
-        <x:v>421</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="J308" s="14" t="s"/>
       <x:c r="K308" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L308" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M308" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N308" s="15" t="n">
-        <x:v>70332</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O308" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P308" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
-        <x:v>421</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
-        <x:v>575135</x:v>
+        <x:v>576619</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
-        <x:v>482</x:v>
+        <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="C309" s="3" t="s"/>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="G309" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L309" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
-        <x:v>576617</x:v>
+        <x:v>576623</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
+        <x:v>482</x:v>
+      </x:c>
+      <x:c r="U309" s="4" t="s">
         <x:v>483</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>484</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="C310" s="15" t="s"/>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s"/>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="H310" s="14" t="s"/>
       <x:c r="I310" s="16" t="s">
-        <x:v>421</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="J310" s="14" t="s"/>
       <x:c r="K310" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L310" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
-        <x:v>421</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
-        <x:v>576619</x:v>
+        <x:v>576625</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
-        <x:v>485</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
-        <x:v>475</x:v>
+        <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C311" s="3" t="s"/>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="G311" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
-        <x:v>576623</x:v>
+        <x:v>584586</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
-        <x:v>486</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
-        <x:v>487</x:v>
+        <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
-        <x:v>436</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C312" s="15" t="s"/>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s"/>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="H312" s="14" t="s"/>
       <x:c r="I312" s="16" t="s">
-        <x:v>421</x:v>
-[...1 lines deleted...]
-      <x:c r="J312" s="14" t="s"/>
+        <x:v>418</x:v>
+      </x:c>
+      <x:c r="J312" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="K312" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L312" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M312" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N312" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O312" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
-        <x:v>421</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
-        <x:v>576625</x:v>
+        <x:v>594447</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
-        <x:v>488</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
-        <x:v>269</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C313" s="3" t="s"/>
       <x:c r="D313" s="3" t="s"/>
       <x:c r="G313" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="I313" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L313" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
-        <x:v>70332</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
-        <x:v>584586</x:v>
+        <x:v>584330</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
-        <x:v>489</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
-        <x:v>371</x:v>
+        <x:v>488</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="C314" s="15" t="s"/>
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="C314" s="15" t="n">
+        <x:v>40705</x:v>
+      </x:c>
       <x:c r="D314" s="15" t="s"/>
-      <x:c r="E314" s="14" t="s"/>
+      <x:c r="E314" s="14" t="s">
+        <x:v>45</x:v>
+      </x:c>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
-        <x:v>490</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="H314" s="14" t="s"/>
       <x:c r="I314" s="16" t="s">
-        <x:v>421</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="J314" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K314" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
-        <x:v>490</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
-        <x:v>421</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
-        <x:v>594447</x:v>
+        <x:v>553839</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="C315" s="3" t="s"/>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="G315" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P315" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
-        <x:v>584330</x:v>
+        <x:v>576599</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
-        <x:v>491</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
-        <x:v>492</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
-        <x:v>43</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
-        <x:v>224</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="C316" s="15" t="s"/>
       <x:c r="D316" s="15" t="s"/>
-      <x:c r="E316" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E316" s="14" t="s"/>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
-        <x:v>416</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="H316" s="14" t="s"/>
       <x:c r="I316" s="16" t="s">
-        <x:v>417</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>418</x:v>
+      </x:c>
+      <x:c r="J316" s="14" t="s"/>
       <x:c r="K316" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L316" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M316" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N316" s="15" t="n">
-        <x:v>35035</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O316" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P316" s="14" t="s">
+        <x:v>429</x:v>
+      </x:c>
+      <x:c r="Q316" s="16" t="s">
         <x:v>418</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>417</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
-        <x:v>553839</x:v>
+        <x:v>584589</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>490</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
-        <x:v>428</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="C317" s="3" t="s"/>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="G317" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L317" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N317" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O317" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P317" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q317" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="R317" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S317" s="0" t="n">
-        <x:v>576599</x:v>
+        <x:v>584591</x:v>
       </x:c>
       <x:c r="T317" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U317" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C318" s="15" t="s"/>
       <x:c r="D318" s="15" t="s"/>
       <x:c r="E318" s="14" t="s"/>
       <x:c r="F318" s="14" t="s"/>
       <x:c r="G318" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H318" s="14" t="s"/>
       <x:c r="I318" s="16" t="s">
-        <x:v>421</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="J318" s="14" t="s"/>
       <x:c r="K318" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L318" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M318" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N318" s="15" t="n">
-        <x:v>70332</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O318" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P318" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
-        <x:v>421</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
-        <x:v>584589</x:v>
+        <x:v>612567</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
-        <x:v>493</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
-        <x:v>494</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
-        <x:v>440</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="C319" s="3" t="s"/>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="G319" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
-        <x:v>584591</x:v>
+        <x:v>575134</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="C320" s="15" t="s"/>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s"/>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="H320" s="14" t="s"/>
       <x:c r="I320" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s"/>
       <x:c r="K320" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L320" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
-        <x:v>612567</x:v>
+        <x:v>575135</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>494</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C321" s="3" t="s"/>
       <x:c r="D321" s="3" t="s"/>
       <x:c r="G321" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="I321" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L321" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M321" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N321" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O321" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P321" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q321" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="R321" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S321" s="0" t="n">
         <x:v>584585</x:v>
       </x:c>
       <x:c r="T321" s="4" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="U321" s="4" t="s">
-        <x:v>483</x:v>
+        <x:v>479</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:21">
       <x:c r="A322" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B322" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C322" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D322" s="15" t="s"/>
       <x:c r="E322" s="14" t="s"/>
       <x:c r="F322" s="14" t="s"/>
       <x:c r="G322" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="H322" s="14" t="s"/>
       <x:c r="I322" s="16" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="J322" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -20538,230 +20538,230 @@
         <x:v>430</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
         <x:v>558974</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="C323" s="3" t="s"/>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="G323" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="I323" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L323" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M323" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N323" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O323" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P323" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q323" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="R323" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S323" s="0" t="n">
         <x:v>576621</x:v>
       </x:c>
       <x:c r="T323" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U323" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:21">
       <x:c r="A324" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B324" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="C324" s="15" t="s"/>
       <x:c r="D324" s="15" t="s"/>
       <x:c r="E324" s="14" t="s"/>
       <x:c r="F324" s="14" t="s"/>
       <x:c r="G324" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="H324" s="14" t="s"/>
       <x:c r="I324" s="16" t="s">
-        <x:v>421</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="J324" s="14" t="s"/>
       <x:c r="K324" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L324" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M324" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N324" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O324" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P324" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q324" s="16" t="s">
-        <x:v>421</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="R324" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S324" s="14" t="n">
         <x:v>576624</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
         <x:v>501</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C325" s="3" t="s"/>
       <x:c r="D325" s="3" t="s"/>
       <x:c r="G325" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="I325" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="J325" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
         <x:v>594482</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C326" s="15" t="s"/>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s"/>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="H326" s="14" t="s"/>
       <x:c r="I326" s="16" t="s">
-        <x:v>421</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="J326" s="14" t="s"/>
       <x:c r="K326" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L326" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M326" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q326" s="16" t="s">
-        <x:v>421</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
         <x:v>584333</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
         <x:v>477</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C327" s="3" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D327" s="3" t="s"/>
@@ -20967,78 +20967,78 @@
       <x:c r="R330" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="S330" s="14" t="n">
         <x:v>583793</x:v>
       </x:c>
       <x:c r="T330" s="16" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="U330" s="16" t="s">
         <x:v>457</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:21">
       <x:c r="A331" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="C331" s="3" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D331" s="3" t="s"/>
       <x:c r="G331" s="0" t="s">
-        <x:v>423</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="I331" s="4" t="s">
-        <x:v>417</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="J331" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="L331" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M331" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N331" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O331" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P331" s="0" t="s">
-        <x:v>423</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
-        <x:v>417</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
         <x:v>611902</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="C332" s="15" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D332" s="15" t="s"/>
@@ -21135,100 +21135,100 @@
       </x:c>
       <x:c r="P333" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q333" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="R333" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="S333" s="0" t="n">
         <x:v>583790</x:v>
       </x:c>
       <x:c r="T333" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U333" s="4" t="s">
         <x:v>513</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:21">
       <x:c r="A334" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B334" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C334" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D334" s="15" t="s"/>
       <x:c r="E334" s="14" t="s"/>
       <x:c r="F334" s="14" t="s"/>
       <x:c r="G334" s="14" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="H334" s="14" t="s"/>
       <x:c r="I334" s="16" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="J334" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K334" s="14" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="L334" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M334" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O334" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P334" s="14" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
         <x:v>590872</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
-        <x:v>481</x:v>
+        <x:v>493</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C335" s="3" t="s"/>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="G335" s="0" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="J335" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L335" s="0" t="s">
         <x:v>27</x:v>
@@ -21301,89 +21301,89 @@
       </x:c>
       <x:c r="P336" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
         <x:v>595291</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="C337" s="3" t="s"/>
       <x:c r="D337" s="3" t="s"/>
       <x:c r="G337" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="I337" s="4" t="s">
-        <x:v>272</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L337" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M337" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N337" s="3" t="n">
         <x:v>70354</x:v>
       </x:c>
       <x:c r="O337" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P337" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
         <x:v>505819</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C338" s="15" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D338" s="15" t="s"/>
       <x:c r="E338" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="H338" s="14" t="s">
         <x:v>524</x:v>
@@ -21535,54 +21535,54 @@
         <x:v>211</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
         <x:v>579303</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
         <x:v>435</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="C341" s="3" t="s"/>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="G341" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
-        <x:v>272</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
         <x:v>70354</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
@@ -22117,215 +22117,215 @@
       </x:c>
       <x:c r="O351" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P351" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q351" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R351" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="S351" s="0" t="n">
         <x:v>615477</x:v>
       </x:c>
       <x:c r="T351" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U351" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:21">
       <x:c r="A352" s="13" t="s">
-        <x:v>43</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B352" s="14" t="s">
-        <x:v>305</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="C352" s="15" t="s"/>
       <x:c r="D352" s="15" t="s"/>
-      <x:c r="E352" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E352" s="14" t="s"/>
       <x:c r="F352" s="14" t="s"/>
       <x:c r="G352" s="14" t="s">
-        <x:v>343</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H352" s="14" t="s"/>
       <x:c r="I352" s="16" t="s">
-        <x:v>344</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="J352" s="14" t="s"/>
       <x:c r="K352" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L352" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M352" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N352" s="15" t="n">
-        <x:v>35035</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O352" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P352" s="14" t="s">
-        <x:v>535</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="Q352" s="16" t="s">
-        <x:v>536</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R352" s="14" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="S352" s="14" t="n">
-        <x:v>600000</x:v>
+        <x:v>605033</x:v>
       </x:c>
       <x:c r="T352" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U352" s="16" t="s">
-        <x:v>327</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:21">
       <x:c r="A353" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="C353" s="3" t="n">
-        <x:v>36804</x:v>
+        <x:v>41239</x:v>
       </x:c>
       <x:c r="D353" s="3" t="s"/>
       <x:c r="E353" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G353" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="I353" s="4" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="J353" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K353" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L353" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M353" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N353" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O353" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P353" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="Q353" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="R353" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="S353" s="0" t="n">
-        <x:v>599923</x:v>
+        <x:v>600000</x:v>
       </x:c>
       <x:c r="T353" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U353" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:21">
       <x:c r="A354" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B354" s="14" t="s">
-        <x:v>59</x:v>
-[...1 lines deleted...]
-      <x:c r="C354" s="15" t="s"/>
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="C354" s="15" t="n">
+        <x:v>36804</x:v>
+      </x:c>
       <x:c r="D354" s="15" t="s"/>
-      <x:c r="E354" s="14" t="s"/>
+      <x:c r="E354" s="14" t="s">
+        <x:v>45</x:v>
+      </x:c>
       <x:c r="F354" s="14" t="s"/>
       <x:c r="G354" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="H354" s="14" t="s"/>
       <x:c r="I354" s="16" t="s">
-        <x:v>36</x:v>
-[...1 lines deleted...]
-      <x:c r="J354" s="14" t="s"/>
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="J354" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="K354" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L354" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M354" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N354" s="15" t="n">
-        <x:v>70332</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O354" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P354" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="Q354" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="R354" s="14" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="S354" s="14" t="n">
-        <x:v>605033</x:v>
+        <x:v>599923</x:v>
       </x:c>
       <x:c r="T354" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:21">
       <x:c r="A355" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C355" s="3" t="s"/>
       <x:c r="D355" s="3" t="s"/>
       <x:c r="G355" s="0" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="I355" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="J355" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K355" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L355" s="0" t="s">
         <x:v>27</x:v>
@@ -22992,51 +22992,51 @@
       </x:c>
       <x:c r="P367" s="0" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="Q367" s="4" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="R367" s="0" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="S367" s="0" t="n">
         <x:v>547493</x:v>
       </x:c>
       <x:c r="T367" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U367" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:21">
       <x:c r="A368" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B368" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C368" s="15" t="s"/>
       <x:c r="D368" s="15" t="s"/>
       <x:c r="E368" s="14" t="s"/>
       <x:c r="F368" s="14" t="s"/>
       <x:c r="G368" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="H368" s="14" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="I368" s="16" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="J368" s="14" t="s"/>
       <x:c r="K368" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L368" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M368" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N368" s="15" t="n">
@@ -23209,51 +23209,51 @@
       </x:c>
       <x:c r="P371" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q371" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R371" s="0" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="S371" s="0" t="n">
         <x:v>615488</x:v>
       </x:c>
       <x:c r="T371" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U371" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:21">
       <x:c r="A372" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B372" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C372" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D372" s="15" t="s"/>
       <x:c r="E372" s="14" t="s"/>
       <x:c r="F372" s="14" t="s"/>
       <x:c r="G372" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="H372" s="14" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="I372" s="16" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="J372" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K372" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L372" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -23469,325 +23469,323 @@
       </x:c>
       <x:c r="O376" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P376" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q376" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R376" s="14" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="S376" s="14" t="n">
         <x:v>616670</x:v>
       </x:c>
       <x:c r="T376" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U376" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:21">
       <x:c r="A377" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
-        <x:v>427</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C377" s="3" t="n">
-        <x:v>40705</x:v>
+        <x:v>36804</x:v>
       </x:c>
       <x:c r="D377" s="3" t="s"/>
+      <x:c r="E377" s="0" t="s">
+        <x:v>45</x:v>
+      </x:c>
       <x:c r="G377" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>543</x:v>
+      </x:c>
+      <x:c r="H377" s="0" t="s">
+        <x:v>544</x:v>
       </x:c>
       <x:c r="I377" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="J377" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K377" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L377" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M377" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N377" s="3" t="n">
-        <x:v>35035</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O377" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P377" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="Q377" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="R377" s="0" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="S377" s="0" t="n">
-        <x:v>611957</x:v>
+        <x:v>495550</x:v>
       </x:c>
       <x:c r="T377" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="U377" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>485</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:21">
       <x:c r="A378" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B378" s="14" t="s">
-        <x:v>440</x:v>
-[...1 lines deleted...]
-      <x:c r="C378" s="15" t="s"/>
+        <x:v>427</x:v>
+      </x:c>
+      <x:c r="C378" s="15" t="n">
+        <x:v>40705</x:v>
+      </x:c>
       <x:c r="D378" s="15" t="s"/>
       <x:c r="E378" s="14" t="s"/>
       <x:c r="F378" s="14" t="s"/>
       <x:c r="G378" s="14" t="s">
-        <x:v>543</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="H378" s="14" t="s"/>
       <x:c r="I378" s="16" t="s">
-        <x:v>545</x:v>
-[...1 lines deleted...]
-      <x:c r="J378" s="14" t="s"/>
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="J378" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="K378" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L378" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M378" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N378" s="15" t="n">
-        <x:v>70332</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O378" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P378" s="14" t="s">
-        <x:v>543</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="Q378" s="16" t="s">
-        <x:v>545</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="R378" s="14" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="S378" s="14" t="n">
-        <x:v>572399</x:v>
+        <x:v>611957</x:v>
       </x:c>
       <x:c r="T378" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U378" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:21">
       <x:c r="A379" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
-        <x:v>68</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>440</x:v>
+      </x:c>
+      <x:c r="C379" s="3" t="s"/>
       <x:c r="D379" s="3" t="s"/>
-      <x:c r="E379" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G379" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="H379" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="I379" s="4" t="s">
         <x:v>545</x:v>
       </x:c>
-      <x:c r="J379" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K379" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L379" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M379" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N379" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O379" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P379" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="Q379" s="4" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="R379" s="0" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="S379" s="0" t="n">
-        <x:v>495550</x:v>
+        <x:v>572399</x:v>
       </x:c>
       <x:c r="T379" s="4" t="s">
-        <x:v>551</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U379" s="4" t="s">
-        <x:v>489</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:21">
       <x:c r="A380" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B380" s="14" t="s">
-        <x:v>59</x:v>
-[...1 lines deleted...]
-      <x:c r="C380" s="15" t="s"/>
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="C380" s="15" t="n">
+        <x:v>34606</x:v>
+      </x:c>
       <x:c r="D380" s="15" t="s"/>
-      <x:c r="E380" s="14" t="s"/>
+      <x:c r="E380" s="14" t="s">
+        <x:v>45</x:v>
+      </x:c>
       <x:c r="F380" s="14" t="s"/>
       <x:c r="G380" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="H380" s="14" t="s"/>
       <x:c r="I380" s="16" t="s">
-        <x:v>36</x:v>
-[...1 lines deleted...]
-      <x:c r="J380" s="14" t="s"/>
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="J380" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="K380" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L380" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M380" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N380" s="15" t="n">
-        <x:v>70332</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O380" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P380" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="Q380" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="R380" s="14" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="S380" s="14" t="n">
-        <x:v>605047</x:v>
+        <x:v>494770</x:v>
       </x:c>
       <x:c r="T380" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="U380" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:21">
       <x:c r="A381" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
-        <x:v>224</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="C381" s="3" t="s"/>
       <x:c r="D381" s="3" t="s"/>
-      <x:c r="E381" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G381" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I381" s="4" t="s">
-        <x:v>177</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K381" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L381" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M381" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N381" s="3" t="n">
-        <x:v>35035</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O381" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P381" s="0" t="s">
-        <x:v>548</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="Q381" s="4" t="s">
-        <x:v>545</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R381" s="0" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="S381" s="0" t="n">
-        <x:v>494770</x:v>
+        <x:v>605047</x:v>
       </x:c>
       <x:c r="T381" s="4" t="s">
-        <x:v>551</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U381" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:21">
       <x:c r="A382" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B382" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="C382" s="15" t="n">
         <x:v>34606</x:v>
       </x:c>
       <x:c r="D382" s="15" t="s"/>
       <x:c r="E382" s="14" t="s"/>
       <x:c r="F382" s="14" t="s"/>
       <x:c r="G382" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H382" s="14" t="s"/>
       <x:c r="I382" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J382" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -24492,51 +24490,51 @@
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:21">
       <x:c r="A396" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B396" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C396" s="15" t="n">
         <x:v>34606</x:v>
       </x:c>
       <x:c r="D396" s="15" t="s"/>
       <x:c r="E396" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F396" s="14" t="s"/>
       <x:c r="G396" s="14" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="H396" s="14" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="I396" s="16" t="s">
-        <x:v>417</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="J396" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K396" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L396" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M396" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N396" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O396" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P396" s="14" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="Q396" s="16" t="s">
         <x:v>562</x:v>
       </x:c>
@@ -24552,51 +24550,51 @@
       <x:c r="U396" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:21">
       <x:c r="A397" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C397" s="3" t="n">
         <x:v>34606</x:v>
       </x:c>
       <x:c r="D397" s="3" t="s"/>
       <x:c r="E397" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G397" s="0" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="H397" s="0" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="I397" s="4" t="s">
-        <x:v>417</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="J397" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L397" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M397" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N397" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O397" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P397" s="0" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="Q397" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
@@ -24613,51 +24611,51 @@
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:21">
       <x:c r="A398" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B398" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C398" s="15" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D398" s="15" t="s"/>
       <x:c r="E398" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F398" s="14" t="s"/>
       <x:c r="G398" s="14" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="H398" s="14" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="I398" s="16" t="s">
-        <x:v>417</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="J398" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K398" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L398" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M398" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N398" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O398" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P398" s="14" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="Q398" s="16" t="s">
         <x:v>562</x:v>
       </x:c>
@@ -24673,95 +24671,95 @@
       <x:c r="U398" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:21">
       <x:c r="A399" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C399" s="3" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D399" s="3" t="s"/>
       <x:c r="E399" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G399" s="0" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="H399" s="0" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="I399" s="4" t="s">
-        <x:v>417</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="J399" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L399" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M399" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N399" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O399" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P399" s="0" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="Q399" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="R399" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="S399" s="0" t="n">
         <x:v>604780</x:v>
       </x:c>
       <x:c r="T399" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U399" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
-        <x:v>352</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="C400" s="15" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D400" s="15" t="s"/>
       <x:c r="E400" s="14" t="s"/>
       <x:c r="F400" s="14" t="s"/>
       <x:c r="G400" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="H400" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I400" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J400" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K400" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L400" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -24776,167 +24774,167 @@
       </x:c>
       <x:c r="P400" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="Q400" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R400" s="14" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="S400" s="14" t="n">
         <x:v>600574</x:v>
       </x:c>
       <x:c r="T400" s="16" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="U400" s="16" t="s">
         <x:v>566</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:21">
       <x:c r="A401" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="C401" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D401" s="3" t="s"/>
       <x:c r="G401" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="H401" s="0" t="s">
-        <x:v>357</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="I401" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J401" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K401" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L401" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M401" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N401" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O401" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P401" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q401" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R401" s="0" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="S401" s="0" t="n">
         <x:v>524798</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U401" s="4" t="s">
         <x:v>567</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
-        <x:v>360</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="C402" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D402" s="15" t="s"/>
       <x:c r="E402" s="14" t="s"/>
       <x:c r="F402" s="14" t="s"/>
       <x:c r="G402" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="H402" s="14" t="s">
-        <x:v>357</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="I402" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J402" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K402" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L402" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M402" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N402" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O402" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P402" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q402" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R402" s="14" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
         <x:v>513053</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="C403" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D403" s="3" t="s"/>
       <x:c r="G403" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="H403" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I403" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J403" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L403" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M403" s="0" t="s">
         <x:v>28</x:v>
@@ -24949,110 +24947,110 @@
       </x:c>
       <x:c r="P403" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="Q403" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R403" s="0" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="S403" s="0" t="n">
         <x:v>513265</x:v>
       </x:c>
       <x:c r="T403" s="4" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="U403" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:21">
       <x:c r="A404" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B404" s="14" t="s">
-        <x:v>360</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="C404" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D404" s="15" t="s"/>
       <x:c r="E404" s="14" t="s"/>
       <x:c r="F404" s="14" t="s"/>
       <x:c r="G404" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="H404" s="14" t="s">
-        <x:v>357</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="I404" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J404" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K404" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L404" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M404" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N404" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O404" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P404" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q404" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R404" s="14" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="S404" s="14" t="n">
         <x:v>544538</x:v>
       </x:c>
       <x:c r="T404" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="U404" s="16" t="s">
         <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:21">
       <x:c r="A405" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="C405" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D405" s="3" t="s"/>
       <x:c r="G405" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="H405" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I405" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J405" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K405" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L405" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M405" s="0" t="s">
         <x:v>28</x:v>
@@ -25065,51 +25063,51 @@
       </x:c>
       <x:c r="P405" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="Q405" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="S405" s="0" t="n">
         <x:v>524896</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
         <x:v>567</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
-        <x:v>352</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="C406" s="15" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D406" s="15" t="s"/>
       <x:c r="E406" s="14" t="s"/>
       <x:c r="F406" s="14" t="s"/>
       <x:c r="G406" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="H406" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I406" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J406" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K406" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L406" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -25124,167 +25122,167 @@
       </x:c>
       <x:c r="P406" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="Q406" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R406" s="14" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="S406" s="14" t="n">
         <x:v>612164</x:v>
       </x:c>
       <x:c r="T406" s="16" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="U406" s="16" t="s">
         <x:v>571</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:21">
       <x:c r="A407" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="C407" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D407" s="3" t="s"/>
       <x:c r="G407" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="H407" s="0" t="s">
-        <x:v>357</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="I407" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J407" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K407" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L407" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M407" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N407" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O407" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P407" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q407" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R407" s="0" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="S407" s="0" t="n">
         <x:v>575419</x:v>
       </x:c>
       <x:c r="T407" s="4" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="U407" s="4" t="s">
         <x:v>573</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:21">
       <x:c r="A408" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B408" s="14" t="s">
-        <x:v>352</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="C408" s="15" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D408" s="15" t="s"/>
       <x:c r="E408" s="14" t="s"/>
       <x:c r="F408" s="14" t="s"/>
       <x:c r="G408" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="H408" s="14" t="s">
-        <x:v>357</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="I408" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J408" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K408" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L408" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M408" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N408" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O408" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P408" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q408" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R408" s="14" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="S408" s="14" t="n">
         <x:v>604441</x:v>
       </x:c>
       <x:c r="T408" s="16" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="U408" s="16" t="s">
         <x:v>566</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:21">
       <x:c r="A409" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="C409" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D409" s="3" t="s"/>
       <x:c r="G409" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="H409" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I409" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J409" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K409" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L409" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M409" s="0" t="s">
         <x:v>28</x:v>
@@ -25297,51 +25295,51 @@
       </x:c>
       <x:c r="P409" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="Q409" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R409" s="0" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="S409" s="0" t="n">
         <x:v>575501</x:v>
       </x:c>
       <x:c r="T409" s="4" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="U409" s="4" t="s">
         <x:v>573</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:21">
       <x:c r="A410" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B410" s="14" t="s">
-        <x:v>360</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="C410" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D410" s="15" t="s"/>
       <x:c r="E410" s="14" t="s"/>
       <x:c r="F410" s="14" t="s"/>
       <x:c r="G410" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="H410" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I410" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J410" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K410" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L410" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -25356,283 +25354,283 @@
       </x:c>
       <x:c r="P410" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="Q410" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R410" s="14" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="S410" s="14" t="n">
         <x:v>544553</x:v>
       </x:c>
       <x:c r="T410" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="U410" s="16" t="s">
         <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="C411" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D411" s="3" t="s"/>
       <x:c r="G411" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="H411" s="0" t="s">
-        <x:v>357</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="I411" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J411" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K411" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L411" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M411" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N411" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O411" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P411" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q411" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R411" s="0" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="S411" s="0" t="n">
         <x:v>575420</x:v>
       </x:c>
       <x:c r="T411" s="4" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="U411" s="4" t="s">
         <x:v>575</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:21">
       <x:c r="A412" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B412" s="14" t="s">
-        <x:v>352</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="C412" s="15" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D412" s="15" t="s"/>
       <x:c r="E412" s="14" t="s"/>
       <x:c r="F412" s="14" t="s"/>
       <x:c r="G412" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="H412" s="14" t="s">
-        <x:v>357</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="I412" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J412" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K412" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L412" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M412" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N412" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O412" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P412" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q412" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R412" s="14" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="S412" s="14" t="n">
         <x:v>604442</x:v>
       </x:c>
       <x:c r="T412" s="16" t="s">
-        <x:v>479</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="U412" s="16" t="s">
         <x:v>433</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:21">
       <x:c r="A413" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="C413" s="3" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D413" s="3" t="s"/>
       <x:c r="G413" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="H413" s="0" t="s">
-        <x:v>357</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="I413" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J413" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K413" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L413" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M413" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N413" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O413" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P413" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q413" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R413" s="0" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="S413" s="0" t="n">
         <x:v>612097</x:v>
       </x:c>
       <x:c r="T413" s="4" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="U413" s="4" t="s">
         <x:v>571</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:21">
       <x:c r="A414" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B414" s="14" t="s">
-        <x:v>352</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="C414" s="15" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D414" s="15" t="s"/>
       <x:c r="E414" s="14" t="s"/>
       <x:c r="F414" s="14" t="s"/>
       <x:c r="G414" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="H414" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I414" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J414" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K414" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L414" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M414" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N414" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O414" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P414" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="Q414" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R414" s="14" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="S414" s="14" t="n">
         <x:v>604503</x:v>
       </x:c>
       <x:c r="T414" s="16" t="s">
-        <x:v>479</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="U414" s="16" t="s">
         <x:v>433</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:21">
       <x:c r="A415" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="C415" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D415" s="3" t="s"/>
       <x:c r="G415" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="H415" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I415" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J415" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K415" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L415" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M415" s="0" t="s">
         <x:v>28</x:v>
@@ -25755,51 +25753,51 @@
       </x:c>
       <x:c r="P417" s="0" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="Q417" s="4" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="R417" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="S417" s="0" t="n">
         <x:v>554305</x:v>
       </x:c>
       <x:c r="T417" s="4" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="U417" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:21">
       <x:c r="A418" s="13" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B418" s="14" t="s">
-        <x:v>364</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="C418" s="15" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D418" s="15" t="s"/>
       <x:c r="E418" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F418" s="14" t="s"/>
       <x:c r="G418" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="H418" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I418" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J418" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K418" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L418" s="14" t="s">
@@ -25808,51 +25806,51 @@
       <x:c r="M418" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N418" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O418" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P418" s="14" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="Q418" s="16" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="R418" s="14" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="S418" s="14" t="n">
         <x:v>615727</x:v>
       </x:c>
       <x:c r="T418" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="U418" s="16" t="s">
-        <x:v>367</x:v>
+        <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:21">
       <x:c r="A419" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C419" s="3" t="s"/>
       <x:c r="D419" s="3" t="s"/>
       <x:c r="G419" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I419" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K419" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L419" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M419" s="0" t="s">
         <x:v>39</x:v>
@@ -26286,73 +26284,73 @@
       <x:c r="T427" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U427" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:21">
       <x:c r="A428" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B428" s="14" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="C428" s="15" t="s"/>
       <x:c r="D428" s="15" t="s"/>
       <x:c r="E428" s="14" t="s"/>
       <x:c r="F428" s="14" t="s"/>
       <x:c r="G428" s="14" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="H428" s="14" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="I428" s="16" t="s">
-        <x:v>417</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="J428" s="14" t="s"/>
       <x:c r="K428" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L428" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M428" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N428" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O428" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P428" s="14" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="Q428" s="16" t="s">
-        <x:v>417</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="R428" s="14" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="S428" s="14" t="n">
         <x:v>611222</x:v>
       </x:c>
       <x:c r="T428" s="16" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U428" s="16" t="s">
         <x:v>589</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:21">
       <x:c r="A429" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C429" s="3" t="s"/>
       <x:c r="D429" s="3" t="s"/>
       <x:c r="G429" s="0" t="s">
         <x:v>35</x:v>
@@ -26434,51 +26432,51 @@
       </x:c>
       <x:c r="P430" s="14" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="Q430" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R430" s="14" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="S430" s="14" t="n">
         <x:v>599169</x:v>
       </x:c>
       <x:c r="T430" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U430" s="16" t="s">
         <x:v>591</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:21">
       <x:c r="A431" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C431" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D431" s="3" t="s"/>
       <x:c r="G431" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="I431" s="4" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="J431" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K431" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L431" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M431" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N431" s="3" t="n">
         <x:v>35007</x:v>
@@ -26538,199 +26536,202 @@
       </x:c>
       <x:c r="O432" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P432" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q432" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R432" s="14" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="S432" s="14" t="n">
         <x:v>615471</x:v>
       </x:c>
       <x:c r="T432" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U432" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:21">
       <x:c r="A433" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
-        <x:v>59</x:v>
-[...1 lines deleted...]
-      <x:c r="C433" s="3" t="s"/>
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="C433" s="3" t="n">
+        <x:v>36804</x:v>
+      </x:c>
       <x:c r="D433" s="3" t="s"/>
+      <x:c r="E433" s="0" t="s">
+        <x:v>45</x:v>
+      </x:c>
       <x:c r="G433" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>595</x:v>
+      </x:c>
+      <x:c r="H433" s="0" t="s">
+        <x:v>596</x:v>
       </x:c>
       <x:c r="I433" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>418</x:v>
+      </x:c>
+      <x:c r="J433" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K433" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L433" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M433" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N433" s="3" t="n">
-        <x:v>70332</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O433" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P433" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="Q433" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="R433" s="0" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="S433" s="0" t="n">
-        <x:v>605026</x:v>
+        <x:v>566431</x:v>
       </x:c>
       <x:c r="T433" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="U433" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:21">
       <x:c r="A434" s="13" t="s">
-        <x:v>43</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B434" s="14" t="s">
-        <x:v>68</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="C434" s="15" t="s"/>
       <x:c r="D434" s="15" t="s"/>
-      <x:c r="E434" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E434" s="14" t="s"/>
       <x:c r="F434" s="14" t="s"/>
       <x:c r="G434" s="14" t="s">
-        <x:v>595</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="H434" s="14" t="s"/>
       <x:c r="I434" s="16" t="s">
-        <x:v>421</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="J434" s="14" t="s"/>
       <x:c r="K434" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L434" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M434" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N434" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O434" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P434" s="14" t="s">
-        <x:v>592</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="Q434" s="16" t="s">
-        <x:v>593</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R434" s="14" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="S434" s="14" t="n">
-        <x:v>566431</x:v>
+        <x:v>605309</x:v>
       </x:c>
       <x:c r="T434" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U434" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:21">
       <x:c r="A435" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C435" s="3" t="s"/>
       <x:c r="D435" s="3" t="s"/>
       <x:c r="G435" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I435" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K435" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L435" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M435" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N435" s="3" t="n">
-        <x:v>70312</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O435" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P435" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q435" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R435" s="0" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="S435" s="0" t="n">
-        <x:v>605309</x:v>
+        <x:v>605026</x:v>
       </x:c>
       <x:c r="T435" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U435" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:21">
       <x:c r="A436" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B436" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C436" s="15" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D436" s="15" t="s"/>
       <x:c r="E436" s="14" t="s"/>
       <x:c r="F436" s="14" t="s"/>
       <x:c r="G436" s="14" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="H436" s="14" t="s"/>
@@ -26916,51 +26917,51 @@
       </x:c>
       <x:c r="P439" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q439" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R439" s="0" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="S439" s="0" t="n">
         <x:v>604894</x:v>
       </x:c>
       <x:c r="T439" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U439" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:21">
       <x:c r="A440" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B440" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C440" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D440" s="15" t="s"/>
       <x:c r="E440" s="14" t="s"/>
       <x:c r="F440" s="14" t="s"/>
       <x:c r="G440" s="14" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="H440" s="14" t="s"/>
       <x:c r="I440" s="16" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="J440" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K440" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L440" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M440" s="14" t="s">
         <x:v>39</x:v>
@@ -27201,51 +27202,51 @@
       <x:c r="U444" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:21">
       <x:c r="A445" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C445" s="3" t="n">
         <x:v>34606</x:v>
       </x:c>
       <x:c r="D445" s="3" t="s"/>
       <x:c r="E445" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G445" s="0" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="H445" s="0" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="I445" s="4" t="s">
-        <x:v>417</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="J445" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K445" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L445" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M445" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N445" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O445" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P445" s="0" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="Q445" s="4" t="s">
         <x:v>605</x:v>
       </x:c>
@@ -27364,136 +27365,136 @@
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:21">
       <x:c r="A448" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B448" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C448" s="15" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D448" s="15" t="s"/>
       <x:c r="E448" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F448" s="14" t="s"/>
       <x:c r="G448" s="14" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="H448" s="14" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="I448" s="16" t="s">
-        <x:v>417</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="J448" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K448" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L448" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M448" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N448" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O448" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P448" s="14" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="Q448" s="16" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="R448" s="14" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="S448" s="14" t="n">
         <x:v>604148</x:v>
       </x:c>
       <x:c r="T448" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U448" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:21">
       <x:c r="A449" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C449" s="3" t="s"/>
       <x:c r="D449" s="3" t="s"/>
       <x:c r="G449" s="0" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="H449" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="H449" s="0" t="s">
+      <x:c r="I449" s="4" t="s">
         <x:v>148</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>149</x:v>
       </x:c>
       <x:c r="K449" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L449" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M449" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N449" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O449" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P449" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="Q449" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R449" s="0" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="S449" s="0" t="n">
         <x:v>527770</x:v>
       </x:c>
       <x:c r="T449" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="U449" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:21">
       <x:c r="A450" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B450" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C450" s="15" t="s"/>
       <x:c r="D450" s="15" t="s"/>
       <x:c r="E450" s="14" t="s"/>
       <x:c r="F450" s="14" t="s"/>
       <x:c r="G450" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H450" s="14" t="s"/>
       <x:c r="I450" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J450" s="14" t="s"/>
       <x:c r="K450" s="14" t="s">
@@ -27513,266 +27514,255 @@
       </x:c>
       <x:c r="P450" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q450" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R450" s="14" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="S450" s="14" t="n">
         <x:v>615455</x:v>
       </x:c>
       <x:c r="T450" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U450" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:21">
       <x:c r="A451" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C451" s="3" t="s"/>
       <x:c r="D451" s="3" t="s"/>
       <x:c r="G451" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I451" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K451" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L451" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M451" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N451" s="3" t="n">
-        <x:v>70312</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O451" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P451" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q451" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R451" s="0" t="s">
-        <x:v>603</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="S451" s="0" t="n">
-        <x:v>605285</x:v>
+        <x:v>605025</x:v>
       </x:c>
       <x:c r="T451" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U451" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:21">
       <x:c r="A452" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B452" s="14" t="s">
-        <x:v>440</x:v>
-[...1 lines deleted...]
-      <x:c r="C452" s="15" t="s"/>
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="C452" s="15" t="n">
+        <x:v>34606</x:v>
+      </x:c>
       <x:c r="D452" s="15" t="s"/>
-      <x:c r="E452" s="14" t="s"/>
+      <x:c r="E452" s="14" t="s">
+        <x:v>45</x:v>
+      </x:c>
       <x:c r="F452" s="14" t="s"/>
       <x:c r="G452" s="14" t="s">
-        <x:v>606</x:v>
-[...1 lines deleted...]
-      <x:c r="H452" s="14" t="s"/>
+        <x:v>559</x:v>
+      </x:c>
+      <x:c r="H452" s="14" t="s">
+        <x:v>560</x:v>
+      </x:c>
       <x:c r="I452" s="16" t="s">
-        <x:v>605</x:v>
-[...1 lines deleted...]
-      <x:c r="J452" s="14" t="s"/>
+        <x:v>420</x:v>
+      </x:c>
+      <x:c r="J452" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="K452" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L452" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M452" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N452" s="15" t="n">
-        <x:v>70332</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O452" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P452" s="14" t="s">
-        <x:v>606</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="Q452" s="16" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="R452" s="14" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="S452" s="14" t="n">
-        <x:v>614290</x:v>
+        <x:v>502114</x:v>
       </x:c>
       <x:c r="T452" s="16" t="s">
-        <x:v>306</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="U452" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:21">
       <x:c r="A453" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
-        <x:v>224</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="C453" s="3" t="s"/>
       <x:c r="D453" s="3" t="s"/>
-      <x:c r="E453" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G453" s="0" t="s">
-        <x:v>559</x:v>
-[...2 lines deleted...]
-        <x:v>560</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I453" s="4" t="s">
-        <x:v>417</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K453" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L453" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M453" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N453" s="3" t="n">
-        <x:v>35035</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O453" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P453" s="0" t="s">
-        <x:v>604</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="Q453" s="4" t="s">
-        <x:v>605</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R453" s="0" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="S453" s="0" t="n">
-        <x:v>553188</x:v>
+        <x:v>605285</x:v>
       </x:c>
       <x:c r="T453" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U453" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:21">
       <x:c r="A454" s="13" t="s">
-        <x:v>43</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B454" s="14" t="s">
-        <x:v>224</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>440</x:v>
+      </x:c>
+      <x:c r="C454" s="15" t="s"/>
       <x:c r="D454" s="15" t="s"/>
-      <x:c r="E454" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E454" s="14" t="s"/>
       <x:c r="F454" s="14" t="s"/>
       <x:c r="G454" s="14" t="s">
-        <x:v>559</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>607</x:v>
+      </x:c>
+      <x:c r="H454" s="14" t="s"/>
       <x:c r="I454" s="16" t="s">
-        <x:v>417</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>605</x:v>
+      </x:c>
+      <x:c r="J454" s="14" t="s"/>
       <x:c r="K454" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L454" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M454" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N454" s="15" t="n">
-        <x:v>35035</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O454" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P454" s="14" t="s">
-        <x:v>604</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="Q454" s="16" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="R454" s="14" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="S454" s="14" t="n">
-        <x:v>502114</x:v>
+        <x:v>614290</x:v>
       </x:c>
       <x:c r="T454" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="U454" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:21">
       <x:c r="A455" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C455" s="3" t="s"/>
       <x:c r="D455" s="3" t="s"/>
       <x:c r="G455" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I455" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K455" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L455" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M455" s="0" t="s">
         <x:v>39</x:v>
@@ -27782,1011 +27772,1017 @@
       </x:c>
       <x:c r="O455" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P455" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q455" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R455" s="0" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="S455" s="0" t="n">
         <x:v>615492</x:v>
       </x:c>
       <x:c r="T455" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U455" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:21">
       <x:c r="A456" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B456" s="14" t="s">
-        <x:v>607</x:v>
-[...1 lines deleted...]
-      <x:c r="C456" s="15" t="s"/>
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="C456" s="15" t="n">
+        <x:v>40705</x:v>
+      </x:c>
       <x:c r="D456" s="15" t="s"/>
-      <x:c r="E456" s="14" t="s"/>
+      <x:c r="E456" s="14" t="s">
+        <x:v>45</x:v>
+      </x:c>
       <x:c r="F456" s="14" t="s"/>
       <x:c r="G456" s="14" t="s">
-        <x:v>606</x:v>
-[...1 lines deleted...]
-      <x:c r="H456" s="14" t="s"/>
+        <x:v>559</x:v>
+      </x:c>
+      <x:c r="H456" s="14" t="s">
+        <x:v>560</x:v>
+      </x:c>
       <x:c r="I456" s="16" t="s">
-        <x:v>605</x:v>
-[...1 lines deleted...]
-      <x:c r="J456" s="14" t="s"/>
+        <x:v>420</x:v>
+      </x:c>
+      <x:c r="J456" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="K456" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L456" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M456" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N456" s="15" t="n">
-        <x:v>70332</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O456" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P456" s="14" t="s">
-        <x:v>606</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="Q456" s="16" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="R456" s="14" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="S456" s="14" t="n">
-        <x:v>614289</x:v>
+        <x:v>553188</x:v>
       </x:c>
       <x:c r="T456" s="16" t="s">
-        <x:v>306</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U456" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:21">
       <x:c r="A457" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="C457" s="3" t="s"/>
       <x:c r="D457" s="3" t="s"/>
       <x:c r="G457" s="0" t="s">
-        <x:v>608</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="I457" s="4" t="s">
-        <x:v>609</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="K457" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L457" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M457" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N457" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O457" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P457" s="0" t="s">
-        <x:v>608</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="Q457" s="4" t="s">
-        <x:v>609</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="R457" s="0" t="s">
-        <x:v>610</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="S457" s="0" t="n">
-        <x:v>594480</x:v>
+        <x:v>614289</x:v>
       </x:c>
       <x:c r="T457" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="U457" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:21">
       <x:c r="A458" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B458" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C458" s="15" t="s"/>
       <x:c r="D458" s="15" t="s"/>
       <x:c r="E458" s="14" t="s"/>
       <x:c r="F458" s="14" t="s"/>
       <x:c r="G458" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="H458" s="14" t="s"/>
       <x:c r="I458" s="16" t="s">
-        <x:v>77</x:v>
-[...1 lines deleted...]
-      <x:c r="J458" s="14" t="s"/>
+        <x:v>610</x:v>
+      </x:c>
+      <x:c r="J458" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="K458" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L458" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M458" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N458" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O458" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P458" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="Q458" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="R458" s="14" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="S458" s="14" t="n">
-        <x:v>612563</x:v>
+        <x:v>594480</x:v>
       </x:c>
       <x:c r="T458" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U458" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:21">
       <x:c r="A459" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C459" s="3" t="s"/>
       <x:c r="D459" s="3" t="s"/>
       <x:c r="G459" s="0" t="s">
-        <x:v>612</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I459" s="4" t="s">
-        <x:v>106</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="K459" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L459" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M459" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N459" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O459" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P459" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="Q459" s="4" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="R459" s="0" t="s">
         <x:v>612</x:v>
       </x:c>
-      <x:c r="Q459" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S459" s="0" t="n">
-        <x:v>594481</x:v>
+        <x:v>612563</x:v>
       </x:c>
       <x:c r="T459" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U459" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:21">
       <x:c r="A460" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B460" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C460" s="15" t="s"/>
       <x:c r="D460" s="15" t="s"/>
       <x:c r="E460" s="14" t="s"/>
       <x:c r="F460" s="14" t="s"/>
       <x:c r="G460" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="H460" s="14" t="s"/>
       <x:c r="I460" s="16" t="s">
-        <x:v>36</x:v>
-[...1 lines deleted...]
-      <x:c r="J460" s="14" t="s"/>
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="J460" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="K460" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L460" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M460" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N460" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O460" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P460" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="Q460" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R460" s="14" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="S460" s="14" t="n">
-        <x:v>604893</x:v>
+        <x:v>594481</x:v>
       </x:c>
       <x:c r="T460" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U460" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:21">
       <x:c r="A461" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C461" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D461" s="3" t="s"/>
+      <x:c r="E461" s="0" t="s">
+        <x:v>45</x:v>
+      </x:c>
       <x:c r="G461" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="I461" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J461" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K461" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L461" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M461" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N461" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O461" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P461" s="0" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="Q461" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="R461" s="0" t="s">
-        <x:v>614</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="S461" s="0" t="n">
-        <x:v>578485</x:v>
+        <x:v>552161</x:v>
       </x:c>
       <x:c r="T461" s="4" t="s">
-        <x:v>317</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="U461" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>617</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:21">
       <x:c r="A462" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B462" s="14" t="s">
-        <x:v>59</x:v>
-[...1 lines deleted...]
-      <x:c r="C462" s="15" t="s"/>
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="C462" s="15" t="n">
+        <x:v>38625</x:v>
+      </x:c>
       <x:c r="D462" s="15" t="s"/>
-      <x:c r="E462" s="14" t="s"/>
+      <x:c r="E462" s="14" t="s">
+        <x:v>45</x:v>
+      </x:c>
       <x:c r="F462" s="14" t="s"/>
       <x:c r="G462" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H462" s="14" t="s"/>
       <x:c r="I462" s="16" t="s">
-        <x:v>36</x:v>
-[...1 lines deleted...]
-      <x:c r="J462" s="14" t="s"/>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="J462" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="K462" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L462" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M462" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N462" s="15" t="n">
-        <x:v>70332</x:v>
+        <x:v>35028</x:v>
       </x:c>
       <x:c r="O462" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P462" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="Q462" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="R462" s="14" t="s">
-        <x:v>614</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="S462" s="14" t="n">
-        <x:v>615470</x:v>
+        <x:v>601783</x:v>
       </x:c>
       <x:c r="T462" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U462" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:21">
       <x:c r="A463" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
-        <x:v>146</x:v>
-[...1 lines deleted...]
-      <x:c r="C463" s="3" t="s"/>
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="C463" s="3" t="n">
+        <x:v>38625</x:v>
+      </x:c>
       <x:c r="D463" s="3" t="s"/>
+      <x:c r="E463" s="0" t="s">
+        <x:v>45</x:v>
+      </x:c>
       <x:c r="G463" s="0" t="s">
-        <x:v>147</x:v>
-[...2 lines deleted...]
-        <x:v>148</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="I463" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="J463" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K463" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L463" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M463" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N463" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>35028</x:v>
       </x:c>
       <x:c r="O463" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P463" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="Q463" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="R463" s="0" t="s">
-        <x:v>614</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="S463" s="0" t="n">
-        <x:v>564527</x:v>
+        <x:v>601784</x:v>
       </x:c>
       <x:c r="T463" s="4" t="s">
-        <x:v>616</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U463" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:21">
       <x:c r="A464" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B464" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C464" s="15" t="s"/>
       <x:c r="D464" s="15" t="s"/>
       <x:c r="E464" s="14" t="s"/>
       <x:c r="F464" s="14" t="s"/>
       <x:c r="G464" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H464" s="14" t="s"/>
       <x:c r="I464" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J464" s="14" t="s"/>
       <x:c r="K464" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L464" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M464" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N464" s="15" t="n">
-        <x:v>70312</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O464" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P464" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q464" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R464" s="14" t="s">
-        <x:v>614</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="S464" s="14" t="n">
-        <x:v>605308</x:v>
+        <x:v>615470</x:v>
       </x:c>
       <x:c r="T464" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U464" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:21">
       <x:c r="A465" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
-        <x:v>44</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="C465" s="3" t="s"/>
       <x:c r="D465" s="3" t="s"/>
-      <x:c r="E465" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G465" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="H465" s="0" t="s">
+        <x:v>147</x:v>
       </x:c>
       <x:c r="I465" s="4" t="s">
-        <x:v>24</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="K465" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L465" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M465" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N465" s="3" t="n">
-        <x:v>35028</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O465" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P465" s="0" t="s">
-        <x:v>617</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="Q465" s="4" t="s">
-        <x:v>593</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R465" s="0" t="s">
-        <x:v>614</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="S465" s="0" t="n">
-        <x:v>552161</x:v>
+        <x:v>564527</x:v>
       </x:c>
       <x:c r="T465" s="4" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="U465" s="4" t="s">
-        <x:v>619</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:21">
       <x:c r="A466" s="13" t="s">
-        <x:v>43</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B466" s="14" t="s">
-        <x:v>44</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="C466" s="15" t="s"/>
       <x:c r="D466" s="15" t="s"/>
-      <x:c r="E466" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E466" s="14" t="s"/>
       <x:c r="F466" s="14" t="s"/>
       <x:c r="G466" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H466" s="14" t="s"/>
       <x:c r="I466" s="16" t="s">
-        <x:v>24</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="J466" s="14" t="s"/>
       <x:c r="K466" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L466" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M466" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N466" s="15" t="n">
-        <x:v>35028</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O466" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P466" s="14" t="s">
-        <x:v>617</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="Q466" s="16" t="s">
-        <x:v>593</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R466" s="14" t="s">
-        <x:v>614</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="S466" s="14" t="n">
-        <x:v>601783</x:v>
+        <x:v>605308</x:v>
       </x:c>
       <x:c r="T466" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U466" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:21">
       <x:c r="A467" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
-        <x:v>44</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="C467" s="3" t="s"/>
       <x:c r="D467" s="3" t="s"/>
-      <x:c r="E467" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G467" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I467" s="4" t="s">
-        <x:v>24</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K467" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L467" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M467" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N467" s="3" t="n">
-        <x:v>35028</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O467" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P467" s="0" t="s">
-        <x:v>617</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="Q467" s="4" t="s">
-        <x:v>593</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R467" s="0" t="s">
-        <x:v>614</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="S467" s="0" t="n">
-        <x:v>601784</x:v>
+        <x:v>604893</x:v>
       </x:c>
       <x:c r="T467" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U467" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:21">
       <x:c r="A468" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B468" s="14" t="s">
-        <x:v>57</x:v>
-[...1 lines deleted...]
-      <x:c r="C468" s="15" t="s"/>
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="C468" s="15" t="n">
+        <x:v>38625</x:v>
+      </x:c>
       <x:c r="D468" s="15" t="s"/>
       <x:c r="E468" s="14" t="s"/>
       <x:c r="F468" s="14" t="s"/>
       <x:c r="G468" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H468" s="14" t="s"/>
       <x:c r="I468" s="16" t="s">
-        <x:v>36</x:v>
-[...1 lines deleted...]
-      <x:c r="J468" s="14" t="s"/>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="J468" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="K468" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L468" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M468" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N468" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>35028</x:v>
       </x:c>
       <x:c r="O468" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P468" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="Q468" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R468" s="14" t="s">
-        <x:v>614</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="S468" s="14" t="n">
-        <x:v>615526</x:v>
+        <x:v>578485</x:v>
       </x:c>
       <x:c r="T468" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="U468" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:21">
       <x:c r="A469" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
-        <x:v>61</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="C469" s="3" t="s"/>
       <x:c r="D469" s="3" t="s"/>
       <x:c r="G469" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I469" s="4" t="s">
-        <x:v>24</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K469" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L469" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M469" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N469" s="3" t="n">
-        <x:v>35028</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O469" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P469" s="0" t="s">
-        <x:v>615</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="Q469" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R469" s="0" t="s">
-        <x:v>614</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="S469" s="0" t="n">
-        <x:v>612652</x:v>
+        <x:v>615526</x:v>
       </x:c>
       <x:c r="T469" s="4" t="s">
-        <x:v>620</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U469" s="4" t="s">
-        <x:v>621</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:21">
       <x:c r="A470" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B470" s="14" t="s">
-        <x:v>75</x:v>
-[...1 lines deleted...]
-      <x:c r="C470" s="15" t="s"/>
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="C470" s="15" t="n">
+        <x:v>38625</x:v>
+      </x:c>
       <x:c r="D470" s="15" t="s"/>
       <x:c r="E470" s="14" t="s"/>
       <x:c r="F470" s="14" t="s"/>
       <x:c r="G470" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H470" s="14" t="s"/>
       <x:c r="I470" s="16" t="s">
-        <x:v>77</x:v>
-[...1 lines deleted...]
-      <x:c r="J470" s="14" t="s"/>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="J470" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="K470" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L470" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M470" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N470" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>35028</x:v>
       </x:c>
       <x:c r="O470" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P470" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="Q470" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R470" s="14" t="s">
-        <x:v>614</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="S470" s="14" t="n">
-        <x:v>612599</x:v>
+        <x:v>612652</x:v>
       </x:c>
       <x:c r="T470" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="U470" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>621</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:21">
       <x:c r="A471" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C471" s="3" t="s"/>
       <x:c r="D471" s="3" t="s"/>
       <x:c r="G471" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I471" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="K471" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L471" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M471" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N471" s="3" t="n">
-        <x:v>70312</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O471" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P471" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="Q471" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="R471" s="0" t="s">
-        <x:v>614</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="S471" s="0" t="n">
-        <x:v>616654</x:v>
+        <x:v>612599</x:v>
       </x:c>
       <x:c r="T471" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U471" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:21">
       <x:c r="A472" s="13" t="s">
-        <x:v>43</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B472" s="14" t="s">
-        <x:v>44</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="C472" s="15" t="s"/>
       <x:c r="D472" s="15" t="s"/>
-      <x:c r="E472" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E472" s="14" t="s"/>
       <x:c r="F472" s="14" t="s"/>
       <x:c r="G472" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H472" s="14" t="s"/>
       <x:c r="I472" s="16" t="s">
-        <x:v>24</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="J472" s="14" t="s"/>
       <x:c r="K472" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L472" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M472" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N472" s="15" t="n">
-        <x:v>35028</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O472" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P472" s="14" t="s">
-        <x:v>617</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="Q472" s="16" t="s">
-        <x:v>593</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R472" s="14" t="s">
-        <x:v>614</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="S472" s="14" t="n">
-        <x:v>552162</x:v>
+        <x:v>616654</x:v>
       </x:c>
       <x:c r="T472" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U472" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:21">
       <x:c r="A473" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
-        <x:v>59</x:v>
-[...1 lines deleted...]
-      <x:c r="C473" s="3" t="s"/>
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="C473" s="3" t="n">
+        <x:v>38625</x:v>
+      </x:c>
       <x:c r="D473" s="3" t="s"/>
+      <x:c r="E473" s="0" t="s">
+        <x:v>45</x:v>
+      </x:c>
       <x:c r="G473" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="I473" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="J473" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K473" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L473" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M473" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N473" s="3" t="n">
-        <x:v>70332</x:v>
+        <x:v>35028</x:v>
       </x:c>
       <x:c r="O473" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P473" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="Q473" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="R473" s="0" t="s">
-        <x:v>614</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="S473" s="0" t="n">
-        <x:v>605025</x:v>
+        <x:v>552162</x:v>
       </x:c>
       <x:c r="T473" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U473" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:21">
       <x:c r="A474" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B474" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C474" s="15" t="s"/>
       <x:c r="D474" s="15" t="s"/>
       <x:c r="E474" s="14" t="s"/>
       <x:c r="F474" s="14" t="s"/>
       <x:c r="G474" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H474" s="14" t="s"/>
       <x:c r="I474" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J474" s="14" t="s"/>
       <x:c r="K474" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L474" s="14" t="s">
@@ -28855,51 +28851,51 @@
       </x:c>
       <x:c r="P475" s="0" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="Q475" s="4" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="R475" s="0" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="S475" s="0" t="n">
         <x:v>594457</x:v>
       </x:c>
       <x:c r="T475" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U475" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:21">
       <x:c r="A476" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B476" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C476" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D476" s="15" t="s"/>
       <x:c r="E476" s="14" t="s"/>
       <x:c r="F476" s="14" t="s"/>
       <x:c r="G476" s="14" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="H476" s="14" t="s">
         <x:v>627</x:v>
       </x:c>
       <x:c r="I476" s="16" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="J476" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K476" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L476" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -29170,51 +29166,51 @@
       <x:c r="M481" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="N481" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O481" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P481" s="0" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="Q481" s="4" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="R481" s="0" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="S481" s="0" t="n">
         <x:v>590013</x:v>
       </x:c>
       <x:c r="T481" s="4" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="U481" s="4" t="s">
-        <x:v>269</x:v>
+        <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:21">
       <x:c r="A482" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B482" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C482" s="15" t="s"/>
       <x:c r="D482" s="15" t="s"/>
       <x:c r="E482" s="14" t="s"/>
       <x:c r="F482" s="14" t="s"/>
       <x:c r="G482" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H482" s="14" t="s"/>
       <x:c r="I482" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J482" s="14" t="s"/>
       <x:c r="K482" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L482" s="14" t="s">
@@ -29387,226 +29383,226 @@
       </x:c>
       <x:c r="P485" s="0" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="Q485" s="4" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="R485" s="0" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="S485" s="0" t="n">
         <x:v>595283</x:v>
       </x:c>
       <x:c r="T485" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U485" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:21">
       <x:c r="A486" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B486" s="14" t="s">
-        <x:v>360</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="C486" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D486" s="15" t="s"/>
       <x:c r="E486" s="14" t="s"/>
       <x:c r="F486" s="14" t="s"/>
       <x:c r="G486" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="H486" s="14" t="s">
-        <x:v>357</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="I486" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J486" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K486" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L486" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M486" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N486" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O486" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P486" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q486" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R486" s="14" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="S486" s="14" t="n">
         <x:v>547980</x:v>
       </x:c>
       <x:c r="T486" s="16" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="U486" s="16" t="s">
         <x:v>630</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:21">
       <x:c r="A487" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="C487" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D487" s="3" t="s"/>
       <x:c r="G487" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="H487" s="0" t="s">
-        <x:v>357</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="I487" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J487" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K487" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L487" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M487" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N487" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O487" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P487" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q487" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R487" s="0" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="S487" s="0" t="n">
         <x:v>529534</x:v>
       </x:c>
       <x:c r="T487" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="U487" s="4" t="s">
-        <x:v>486</x:v>
+        <x:v>482</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:21">
       <x:c r="A488" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B488" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="C488" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D488" s="15" t="s"/>
       <x:c r="E488" s="14" t="s"/>
       <x:c r="F488" s="14" t="s"/>
       <x:c r="G488" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="H488" s="14" t="s">
-        <x:v>357</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="I488" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J488" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K488" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L488" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M488" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N488" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O488" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P488" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q488" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R488" s="14" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="S488" s="14" t="n">
         <x:v>547970</x:v>
       </x:c>
       <x:c r="T488" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U488" s="16" t="s">
         <x:v>631</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:21">
       <x:c r="A489" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="C489" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D489" s="3" t="s"/>
       <x:c r="G489" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="H489" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I489" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J489" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K489" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L489" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M489" s="0" t="s">
         <x:v>28</x:v>
@@ -29619,51 +29615,51 @@
       </x:c>
       <x:c r="P489" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="Q489" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R489" s="0" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="S489" s="0" t="n">
         <x:v>548119</x:v>
       </x:c>
       <x:c r="T489" s="4" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="U489" s="4" t="s">
         <x:v>567</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:21">
       <x:c r="A490" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B490" s="14" t="s">
-        <x:v>360</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="C490" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D490" s="15" t="s"/>
       <x:c r="E490" s="14" t="s"/>
       <x:c r="F490" s="14" t="s"/>
       <x:c r="G490" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="H490" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I490" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J490" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K490" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L490" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -29685,388 +29681,388 @@
       <x:c r="R490" s="14" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="S490" s="14" t="n">
         <x:v>548120</x:v>
       </x:c>
       <x:c r="T490" s="16" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="U490" s="16" t="s">
         <x:v>630</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:21">
       <x:c r="A491" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="C491" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D491" s="3" t="s"/>
       <x:c r="G491" s="0" t="s">
-        <x:v>353</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="H491" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="I491" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J491" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K491" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L491" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M491" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N491" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O491" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P491" s="0" t="s">
-        <x:v>353</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="Q491" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R491" s="0" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="S491" s="0" t="n">
-        <x:v>548110</x:v>
+        <x:v>547969</x:v>
       </x:c>
       <x:c r="T491" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="U491" s="4" t="s">
-        <x:v>631</x:v>
+        <x:v>634</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:21">
       <x:c r="A492" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B492" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C492" s="15" t="s"/>
       <x:c r="D492" s="15" t="s"/>
       <x:c r="E492" s="14" t="s"/>
       <x:c r="F492" s="14" t="s"/>
       <x:c r="G492" s="14" t="s">
-        <x:v>633</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="H492" s="14" t="s"/>
       <x:c r="I492" s="16" t="s">
-        <x:v>634</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="J492" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K492" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L492" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M492" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N492" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O492" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P492" s="14" t="s">
-        <x:v>633</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="Q492" s="16" t="s">
-        <x:v>634</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="R492" s="14" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="S492" s="14" t="n">
         <x:v>594492</x:v>
       </x:c>
       <x:c r="T492" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U492" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:21">
       <x:c r="A493" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="C493" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D493" s="3" t="s"/>
       <x:c r="G493" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="H493" s="0" t="s">
-        <x:v>357</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="I493" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J493" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K493" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L493" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M493" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N493" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O493" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P493" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="Q493" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R493" s="0" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="S493" s="0" t="n">
-        <x:v>547969</x:v>
+        <x:v>548110</x:v>
       </x:c>
       <x:c r="T493" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U493" s="4" t="s">
-        <x:v>636</x:v>
+        <x:v>631</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:21">
       <x:c r="A494" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B494" s="14" t="s">
-        <x:v>360</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="C494" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D494" s="15" t="s"/>
       <x:c r="E494" s="14" t="s"/>
       <x:c r="F494" s="14" t="s"/>
       <x:c r="G494" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="H494" s="14" t="s">
-        <x:v>357</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="I494" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J494" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K494" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L494" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M494" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N494" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O494" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P494" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q494" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R494" s="14" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="S494" s="14" t="n">
         <x:v>547979</x:v>
       </x:c>
       <x:c r="T494" s="16" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="U494" s="16" t="s">
         <x:v>567</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:21">
       <x:c r="A495" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
-        <x:v>362</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="C495" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D495" s="3" t="s"/>
       <x:c r="G495" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="H495" s="0" t="s">
-        <x:v>357</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="I495" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J495" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K495" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L495" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M495" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N495" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O495" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P495" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q495" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R495" s="0" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="S495" s="0" t="n">
         <x:v>547968</x:v>
       </x:c>
       <x:c r="T495" s="4" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="U495" s="4" t="s">
         <x:v>631</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:21">
       <x:c r="A496" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B496" s="14" t="s">
-        <x:v>362</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="C496" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D496" s="15" t="s"/>
       <x:c r="E496" s="14" t="s"/>
       <x:c r="F496" s="14" t="s"/>
       <x:c r="G496" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="H496" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I496" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J496" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K496" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L496" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M496" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N496" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O496" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P496" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="Q496" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R496" s="14" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="S496" s="14" t="n">
         <x:v>548107</x:v>
       </x:c>
       <x:c r="T496" s="16" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="U496" s="16" t="s">
-        <x:v>636</x:v>
+        <x:v>634</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:21">
       <x:c r="A497" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
-        <x:v>362</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="C497" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D497" s="3" t="s"/>
       <x:c r="G497" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="H497" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I497" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J497" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K497" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L497" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M497" s="0" t="s">
         <x:v>28</x:v>
@@ -30127,170 +30123,170 @@
       <x:c r="L498" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M498" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N498" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O498" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P498" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="Q498" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R498" s="14" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="S498" s="14" t="n">
         <x:v>548109</x:v>
       </x:c>
       <x:c r="T498" s="16" t="s">
-        <x:v>635</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="U498" s="16" t="s">
-        <x:v>636</x:v>
+        <x:v>634</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:21">
       <x:c r="A499" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="C499" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D499" s="3" t="s"/>
       <x:c r="G499" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="H499" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I499" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J499" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K499" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L499" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M499" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N499" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O499" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P499" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="Q499" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R499" s="0" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="S499" s="0" t="n">
         <x:v>529569</x:v>
       </x:c>
       <x:c r="T499" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="U499" s="4" t="s">
-        <x:v>486</x:v>
+        <x:v>482</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:21">
       <x:c r="A500" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B500" s="14" t="s">
-        <x:v>362</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="C500" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D500" s="15" t="s"/>
       <x:c r="E500" s="14" t="s"/>
       <x:c r="F500" s="14" t="s"/>
       <x:c r="G500" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="H500" s="14" t="s">
-        <x:v>357</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="I500" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J500" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K500" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L500" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M500" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N500" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O500" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P500" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q500" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R500" s="14" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="S500" s="14" t="n">
         <x:v>547967</x:v>
       </x:c>
       <x:c r="T500" s="16" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="U500" s="16" t="s">
-        <x:v>636</x:v>
+        <x:v>634</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:21">
       <x:c r="A501" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C501" s="3" t="s"/>
       <x:c r="D501" s="3" t="s"/>
       <x:c r="G501" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I501" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="K501" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L501" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M501" s="0" t="s">
         <x:v>28</x:v>
@@ -30475,51 +30471,51 @@
       </x:c>
       <x:c r="P504" s="14" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="Q504" s="16" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="R504" s="14" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="S504" s="14" t="n">
         <x:v>562680</x:v>
       </x:c>
       <x:c r="T504" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="U504" s="16" t="s">
         <x:v>646</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:21">
       <x:c r="A505" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
-        <x:v>364</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="C505" s="3" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D505" s="3" t="s"/>
       <x:c r="E505" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G505" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="H505" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I505" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J505" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K505" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L505" s="0" t="s">
         <x:v>27</x:v>
@@ -30592,51 +30588,51 @@
       </x:c>
       <x:c r="P506" s="14" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="Q506" s="16" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="R506" s="14" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="S506" s="14" t="n">
         <x:v>550636</x:v>
       </x:c>
       <x:c r="T506" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="U506" s="16" t="s">
         <x:v>646</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:21">
       <x:c r="A507" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
-        <x:v>364</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="C507" s="3" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D507" s="3" t="s"/>
       <x:c r="E507" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G507" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="H507" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I507" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J507" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K507" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L507" s="0" t="s">
         <x:v>27</x:v>
@@ -30818,51 +30814,51 @@
       </x:c>
       <x:c r="P510" s="14" t="s">
         <x:v>653</x:v>
       </x:c>
       <x:c r="Q510" s="16" t="s">
         <x:v>654</x:v>
       </x:c>
       <x:c r="R510" s="14" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="S510" s="14" t="n">
         <x:v>594497</x:v>
       </x:c>
       <x:c r="T510" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U510" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:21">
       <x:c r="A511" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C511" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D511" s="3" t="s"/>
       <x:c r="G511" s="0" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="I511" s="4" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="J511" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K511" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L511" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M511" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N511" s="3" t="n">
         <x:v>35007</x:v>
@@ -30925,51 +30921,51 @@
       </x:c>
       <x:c r="P512" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q512" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R512" s="14" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="S512" s="14" t="n">
         <x:v>604909</x:v>
       </x:c>
       <x:c r="T512" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U512" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:21">
       <x:c r="A513" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C513" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D513" s="3" t="s"/>
       <x:c r="G513" s="0" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="I513" s="4" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="J513" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K513" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L513" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M513" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N513" s="3" t="n">
         <x:v>35007</x:v>
@@ -31202,209 +31198,209 @@
       </x:c>
       <x:c r="O517" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P517" s="0" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="Q517" s="4" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="R517" s="0" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="S517" s="0" t="n">
         <x:v>519470</x:v>
       </x:c>
       <x:c r="T517" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="U517" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:21">
       <x:c r="A518" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B518" s="14" t="s">
-        <x:v>34</x:v>
-[...1 lines deleted...]
-      <x:c r="C518" s="15" t="s"/>
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="C518" s="15" t="n">
+        <x:v>40705</x:v>
+      </x:c>
       <x:c r="D518" s="15" t="s"/>
-      <x:c r="E518" s="14" t="s"/>
+      <x:c r="E518" s="14" t="s">
+        <x:v>45</x:v>
+      </x:c>
       <x:c r="F518" s="14" t="s"/>
       <x:c r="G518" s="14" t="s">
-        <x:v>35</x:v>
-[...1 lines deleted...]
-      <x:c r="H518" s="14" t="s"/>
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="H518" s="14" t="s">
+        <x:v>226</x:v>
+      </x:c>
       <x:c r="I518" s="16" t="s">
-        <x:v>36</x:v>
-[...1 lines deleted...]
-      <x:c r="J518" s="14" t="s"/>
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="J518" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="K518" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L518" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M518" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N518" s="15" t="n">
-        <x:v>70312</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O518" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P518" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="Q518" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="R518" s="14" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="S518" s="14" t="n">
-        <x:v>605310</x:v>
+        <x:v>557204</x:v>
       </x:c>
       <x:c r="T518" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U518" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:21">
       <x:c r="A519" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C519" s="3" t="s"/>
       <x:c r="D519" s="3" t="s"/>
       <x:c r="G519" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I519" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K519" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L519" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M519" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N519" s="3" t="n">
-        <x:v>70332</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O519" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P519" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q519" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R519" s="0" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="S519" s="0" t="n">
-        <x:v>605027</x:v>
+        <x:v>605310</x:v>
       </x:c>
       <x:c r="T519" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U519" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:21">
       <x:c r="A520" s="13" t="s">
-        <x:v>43</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B520" s="14" t="s">
-        <x:v>224</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="C520" s="15" t="s"/>
       <x:c r="D520" s="15" t="s"/>
-      <x:c r="E520" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E520" s="14" t="s"/>
       <x:c r="F520" s="14" t="s"/>
       <x:c r="G520" s="14" t="s">
-        <x:v>225</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="H520" s="14" t="s"/>
       <x:c r="I520" s="16" t="s">
-        <x:v>227</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="J520" s="14" t="s"/>
       <x:c r="K520" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L520" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M520" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N520" s="15" t="n">
-        <x:v>35035</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O520" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P520" s="14" t="s">
-        <x:v>658</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="Q520" s="16" t="s">
-        <x:v>656</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R520" s="14" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="S520" s="14" t="n">
-        <x:v>557204</x:v>
+        <x:v>605027</x:v>
       </x:c>
       <x:c r="T520" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U520" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:21">
       <x:c r="A521" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C521" s="3" t="s"/>
       <x:c r="D521" s="3" t="s"/>
       <x:c r="G521" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I521" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K521" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L521" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M521" s="0" t="s">
         <x:v>39</x:v>
@@ -31417,51 +31413,51 @@
       </x:c>
       <x:c r="P521" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q521" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R521" s="0" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="S521" s="0" t="n">
         <x:v>615472</x:v>
       </x:c>
       <x:c r="T521" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U521" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:21">
       <x:c r="A522" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B522" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C522" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D522" s="15" t="s"/>
       <x:c r="E522" s="14" t="s"/>
       <x:c r="F522" s="14" t="s"/>
       <x:c r="G522" s="14" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="H522" s="14" t="s"/>
       <x:c r="I522" s="16" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="J522" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K522" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L522" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M522" s="14" t="s">
         <x:v>39</x:v>
@@ -31681,139 +31677,139 @@
       </x:c>
       <x:c r="P526" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q526" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R526" s="14" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="S526" s="14" t="n">
         <x:v>615482</x:v>
       </x:c>
       <x:c r="T526" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U526" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:21">
       <x:c r="A527" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B527" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C527" s="3" t="s"/>
       <x:c r="D527" s="3" t="s"/>
       <x:c r="G527" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I527" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K527" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L527" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M527" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N527" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O527" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P527" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q527" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R527" s="0" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="S527" s="0" t="n">
-        <x:v>604920</x:v>
+        <x:v>605040</x:v>
       </x:c>
       <x:c r="T527" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U527" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:21">
       <x:c r="A528" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B528" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C528" s="15" t="s"/>
       <x:c r="D528" s="15" t="s"/>
       <x:c r="E528" s="14" t="s"/>
       <x:c r="F528" s="14" t="s"/>
       <x:c r="G528" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H528" s="14" t="s"/>
       <x:c r="I528" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J528" s="14" t="s"/>
       <x:c r="K528" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L528" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M528" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N528" s="15" t="n">
-        <x:v>70332</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O528" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P528" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q528" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R528" s="14" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="S528" s="14" t="n">
-        <x:v>605040</x:v>
+        <x:v>604920</x:v>
       </x:c>
       <x:c r="T528" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U528" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:21">
       <x:c r="A529" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B529" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C529" s="3" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D529" s="3" t="s"/>
       <x:c r="G529" s="0" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="I529" s="4" t="s">
         <x:v>663</x:v>
       </x:c>
@@ -32657,51 +32653,51 @@
       </x:c>
       <x:c r="P544" s="14" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="Q544" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R544" s="14" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="S544" s="14" t="n">
         <x:v>599042</x:v>
       </x:c>
       <x:c r="T544" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="U544" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:21">
       <x:c r="A545" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B545" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C545" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D545" s="3" t="s"/>
       <x:c r="G545" s="0" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="H545" s="0" t="s">
         <x:v>681</x:v>
       </x:c>
       <x:c r="I545" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J545" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K545" s="0" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="L545" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M545" s="0" t="s">
         <x:v>28</x:v>
@@ -33486,358 +33482,358 @@
       </x:c>
       <x:c r="O559" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P559" s="0" t="s">
         <x:v>699</x:v>
       </x:c>
       <x:c r="Q559" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R559" s="0" t="s">
         <x:v>694</x:v>
       </x:c>
       <x:c r="S559" s="0" t="n">
         <x:v>545320</x:v>
       </x:c>
       <x:c r="T559" s="4" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="U559" s="4" t="s">
         <x:v>701</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:21">
       <x:c r="A560" s="13" t="s">
-        <x:v>43</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B560" s="14" t="s">
-        <x:v>68</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>702</x:v>
+      </x:c>
+      <x:c r="C560" s="15" t="s"/>
       <x:c r="D560" s="15" t="s"/>
-      <x:c r="E560" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E560" s="14" t="s"/>
       <x:c r="F560" s="14" t="s"/>
       <x:c r="G560" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="H560" s="14" t="s"/>
       <x:c r="I560" s="16" t="s">
-        <x:v>286</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>696</x:v>
+      </x:c>
+      <x:c r="J560" s="14" t="s"/>
       <x:c r="K560" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L560" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M560" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="N560" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>35011</x:v>
       </x:c>
       <x:c r="O560" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="P560" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="Q560" s="16" t="s">
-        <x:v>286</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="R560" s="14" t="s">
         <x:v>694</x:v>
       </x:c>
       <x:c r="S560" s="14" t="n">
-        <x:v>552338</x:v>
+        <x:v>542257</x:v>
       </x:c>
       <x:c r="T560" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="U560" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:21">
       <x:c r="A561" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B561" s="0" t="s">
-        <x:v>702</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C561" s="3" t="s"/>
       <x:c r="D561" s="3" t="s"/>
       <x:c r="G561" s="0" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="I561" s="4" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="K561" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L561" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M561" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="N561" s="3" t="n">
-        <x:v>35011</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O561" s="0" t="s">
-        <x:v>703</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P561" s="0" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="Q561" s="4" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="R561" s="0" t="s">
         <x:v>694</x:v>
       </x:c>
       <x:c r="S561" s="0" t="n">
-        <x:v>542256</x:v>
+        <x:v>542400</x:v>
       </x:c>
       <x:c r="T561" s="4" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="U561" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:21">
       <x:c r="A562" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B562" s="14" t="s">
-        <x:v>59</x:v>
-[...1 lines deleted...]
-      <x:c r="C562" s="15" t="s"/>
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="C562" s="15" t="n">
+        <x:v>36804</x:v>
+      </x:c>
       <x:c r="D562" s="15" t="s"/>
-      <x:c r="E562" s="14" t="s"/>
+      <x:c r="E562" s="14" t="s">
+        <x:v>45</x:v>
+      </x:c>
       <x:c r="F562" s="14" t="s"/>
       <x:c r="G562" s="14" t="s">
-        <x:v>695</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="H562" s="14" t="s"/>
       <x:c r="I562" s="16" t="s">
-        <x:v>696</x:v>
-[...1 lines deleted...]
-      <x:c r="J562" s="14" t="s"/>
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="J562" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="K562" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L562" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M562" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N562" s="15" t="n">
-        <x:v>70332</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O562" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P562" s="14" t="s">
-        <x:v>695</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="Q562" s="16" t="s">
-        <x:v>696</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="R562" s="14" t="s">
         <x:v>694</x:v>
       </x:c>
       <x:c r="S562" s="14" t="n">
-        <x:v>542437</x:v>
+        <x:v>552338</x:v>
       </x:c>
       <x:c r="T562" s="16" t="s">
-        <x:v>697</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U562" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:21">
       <x:c r="A563" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B563" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="C563" s="3" t="s"/>
       <x:c r="D563" s="3" t="s"/>
       <x:c r="G563" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="I563" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="K563" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L563" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M563" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="N563" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>35011</x:v>
       </x:c>
       <x:c r="O563" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="P563" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="Q563" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="R563" s="0" t="s">
         <x:v>694</x:v>
       </x:c>
       <x:c r="S563" s="0" t="n">
-        <x:v>604892</x:v>
+        <x:v>542256</x:v>
       </x:c>
       <x:c r="T563" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="U563" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:21">
       <x:c r="A564" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B564" s="14" t="s">
-        <x:v>704</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C564" s="15" t="s"/>
       <x:c r="D564" s="15" t="s"/>
       <x:c r="E564" s="14" t="s"/>
       <x:c r="F564" s="14" t="s"/>
       <x:c r="G564" s="14" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="H564" s="14" t="s"/>
       <x:c r="I564" s="16" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="J564" s="14" t="s"/>
       <x:c r="K564" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L564" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M564" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="N564" s="15" t="n">
-        <x:v>35011</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O564" s="14" t="s">
-        <x:v>703</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P564" s="14" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="Q564" s="16" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="R564" s="14" t="s">
         <x:v>694</x:v>
       </x:c>
       <x:c r="S564" s="14" t="n">
-        <x:v>542257</x:v>
+        <x:v>542437</x:v>
       </x:c>
       <x:c r="T564" s="16" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="U564" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:21">
       <x:c r="A565" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B565" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C565" s="3" t="s"/>
       <x:c r="D565" s="3" t="s"/>
       <x:c r="G565" s="0" t="s">
-        <x:v>695</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I565" s="4" t="s">
-        <x:v>696</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K565" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L565" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M565" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N565" s="3" t="n">
-        <x:v>70312</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O565" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P565" s="0" t="s">
-        <x:v>695</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="Q565" s="4" t="s">
-        <x:v>696</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R565" s="0" t="s">
         <x:v>694</x:v>
       </x:c>
       <x:c r="S565" s="0" t="n">
-        <x:v>542400</x:v>
+        <x:v>604892</x:v>
       </x:c>
       <x:c r="T565" s="4" t="s">
-        <x:v>697</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U565" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:21">
       <x:c r="A566" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B566" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C566" s="15" t="s"/>
       <x:c r="D566" s="15" t="s"/>
       <x:c r="E566" s="14" t="s"/>
       <x:c r="F566" s="14" t="s"/>
       <x:c r="G566" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H566" s="14" t="s"/>
       <x:c r="I566" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J566" s="14" t="s"/>
       <x:c r="K566" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L566" s="14" t="s">
@@ -34109,51 +34105,51 @@
       </x:c>
       <x:c r="P571" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q571" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R571" s="0" t="s">
         <x:v>711</x:v>
       </x:c>
       <x:c r="S571" s="0" t="n">
         <x:v>616651</x:v>
       </x:c>
       <x:c r="T571" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U571" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:21">
       <x:c r="A572" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B572" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C572" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D572" s="15" t="s"/>
       <x:c r="E572" s="14" t="s"/>
       <x:c r="F572" s="14" t="s"/>
       <x:c r="G572" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="H572" s="14" t="s"/>
       <x:c r="I572" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="J572" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K572" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="L572" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M572" s="14" t="s">
         <x:v>39</x:v>
@@ -35039,191 +35035,191 @@
         <x:v>543681</x:v>
       </x:c>
       <x:c r="T588" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U588" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:21">
       <x:c r="A589" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B589" s="0" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="C589" s="3" t="s"/>
       <x:c r="D589" s="3" t="s"/>
       <x:c r="G589" s="0" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="H589" s="0" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="I589" s="4" t="s">
-        <x:v>417</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="K589" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L589" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M589" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N589" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O589" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P589" s="0" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="Q589" s="4" t="s">
-        <x:v>417</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="R589" s="0" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="S589" s="0" t="n">
         <x:v>611221</x:v>
       </x:c>
       <x:c r="T589" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="U589" s="4" t="s">
         <x:v>723</x:v>
       </x:c>
     </x:row>
     <x:row r="590" spans="1:21">
       <x:c r="A590" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B590" s="14" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="C590" s="15" t="s"/>
       <x:c r="D590" s="15" t="s"/>
       <x:c r="E590" s="14" t="s"/>
       <x:c r="F590" s="14" t="s"/>
       <x:c r="G590" s="14" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="H590" s="14" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="I590" s="16" t="s">
-        <x:v>417</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="J590" s="14" t="s"/>
       <x:c r="K590" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L590" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M590" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N590" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O590" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P590" s="14" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="Q590" s="16" t="s">
-        <x:v>417</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="R590" s="14" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="S590" s="14" t="n">
         <x:v>611224</x:v>
       </x:c>
       <x:c r="T590" s="16" t="s">
         <x:v>724</x:v>
       </x:c>
       <x:c r="U590" s="16" t="s">
         <x:v>725</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:21">
       <x:c r="A591" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B591" s="0" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="C591" s="3" t="s"/>
       <x:c r="D591" s="3" t="s"/>
       <x:c r="G591" s="0" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="H591" s="0" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="I591" s="4" t="s">
-        <x:v>417</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="K591" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L591" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M591" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N591" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O591" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P591" s="0" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="Q591" s="4" t="s">
-        <x:v>417</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="R591" s="0" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="S591" s="0" t="n">
         <x:v>611225</x:v>
       </x:c>
       <x:c r="T591" s="4" t="s">
-        <x:v>481</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="U591" s="4" t="s">
-        <x:v>482</x:v>
+        <x:v>494</x:v>
       </x:c>
     </x:row>
     <x:row r="592" spans="1:21">
       <x:c r="A592" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B592" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C592" s="15" t="s"/>
       <x:c r="D592" s="15" t="s"/>
       <x:c r="E592" s="14" t="s"/>
       <x:c r="F592" s="14" t="s"/>
       <x:c r="G592" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H592" s="14" t="s"/>
       <x:c r="I592" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J592" s="14" t="s"/>
       <x:c r="K592" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L592" s="14" t="s">
@@ -36672,54 +36668,54 @@
       <x:c r="L618" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M618" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N618" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O618" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P618" s="14" t="s">
         <x:v>747</x:v>
       </x:c>
       <x:c r="Q618" s="16" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="R618" s="14" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="S618" s="14" t="n">
         <x:v>584624</x:v>
       </x:c>
       <x:c r="T618" s="16" t="s">
-        <x:v>268</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="U618" s="16" t="s">
-        <x:v>489</x:v>
+        <x:v>485</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:21">
       <x:c r="A619" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B619" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C619" s="3" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D619" s="3" t="s"/>
       <x:c r="G619" s="0" t="s">
         <x:v>747</x:v>
       </x:c>
       <x:c r="H619" s="0" t="s">
         <x:v>748</x:v>
       </x:c>
       <x:c r="I619" s="4" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="J619" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -36895,156 +36891,159 @@
       </x:c>
       <x:c r="O622" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P622" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q622" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R622" s="14" t="s">
         <x:v>755</x:v>
       </x:c>
       <x:c r="S622" s="14" t="n">
         <x:v>604924</x:v>
       </x:c>
       <x:c r="T622" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U622" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="623" spans="1:21">
       <x:c r="A623" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B623" s="0" t="s">
-        <x:v>59</x:v>
-[...1 lines deleted...]
-      <x:c r="C623" s="3" t="s"/>
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="C623" s="3" t="n">
+        <x:v>38625</x:v>
+      </x:c>
       <x:c r="D623" s="3" t="s"/>
+      <x:c r="E623" s="0" t="s">
+        <x:v>45</x:v>
+      </x:c>
       <x:c r="G623" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="H623" s="0" t="s">
+        <x:v>291</x:v>
       </x:c>
       <x:c r="I623" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="J623" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K623" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L623" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M623" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N623" s="3" t="n">
-        <x:v>70332</x:v>
+        <x:v>35028</x:v>
       </x:c>
       <x:c r="O623" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P623" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="Q623" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="R623" s="0" t="s">
         <x:v>755</x:v>
       </x:c>
       <x:c r="S623" s="0" t="n">
-        <x:v>615485</x:v>
+        <x:v>608429</x:v>
       </x:c>
       <x:c r="T623" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U623" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="624" spans="1:21">
       <x:c r="A624" s="13" t="s">
-        <x:v>43</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B624" s="14" t="s">
-        <x:v>44</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="C624" s="15" t="s"/>
       <x:c r="D624" s="15" t="s"/>
-      <x:c r="E624" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E624" s="14" t="s"/>
       <x:c r="F624" s="14" t="s"/>
       <x:c r="G624" s="14" t="s">
-        <x:v>290</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="H624" s="14" t="s"/>
       <x:c r="I624" s="16" t="s">
-        <x:v>263</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="J624" s="14" t="s"/>
       <x:c r="K624" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L624" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M624" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N624" s="15" t="n">
-        <x:v>35028</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O624" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P624" s="14" t="s">
-        <x:v>756</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="Q624" s="16" t="s">
-        <x:v>757</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R624" s="14" t="s">
         <x:v>755</x:v>
       </x:c>
       <x:c r="S624" s="14" t="n">
-        <x:v>608429</x:v>
+        <x:v>615485</x:v>
       </x:c>
       <x:c r="T624" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U624" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="625" spans="1:21">
       <x:c r="A625" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B625" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C625" s="3" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D625" s="3" t="s"/>
       <x:c r="G625" s="0" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="I625" s="4" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="J625" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K625" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -38053,75 +38052,75 @@
       </x:c>
       <x:c r="U643" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="644" spans="1:21">
       <x:c r="A644" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B644" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C644" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D644" s="15" t="s"/>
       <x:c r="E644" s="14" t="s"/>
       <x:c r="F644" s="14" t="s"/>
       <x:c r="G644" s="14" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="H644" s="14" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="I644" s="16" t="s">
-        <x:v>366</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="J644" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K644" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L644" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M644" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N644" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O644" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P644" s="14" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="Q644" s="16" t="s">
-        <x:v>366</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="R644" s="14" t="s">
         <x:v>767</x:v>
       </x:c>
       <x:c r="S644" s="14" t="n">
         <x:v>616196</x:v>
       </x:c>
       <x:c r="T644" s="16" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U644" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="645" spans="1:21">
       <x:c r="A645" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B645" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C645" s="3" t="s"/>
       <x:c r="D645" s="3" t="s"/>
       <x:c r="G645" s="0" t="s">
         <x:v>35</x:v>
@@ -38146,145 +38145,145 @@
       </x:c>
       <x:c r="P645" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q645" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R645" s="0" t="s">
         <x:v>767</x:v>
       </x:c>
       <x:c r="S645" s="0" t="n">
         <x:v>616592</x:v>
       </x:c>
       <x:c r="T645" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U645" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="646" spans="1:21">
       <x:c r="A646" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B646" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C646" s="15" t="s"/>
       <x:c r="D646" s="15" t="s"/>
       <x:c r="E646" s="14" t="s"/>
       <x:c r="F646" s="14" t="s"/>
       <x:c r="G646" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H646" s="14" t="s"/>
       <x:c r="I646" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="J646" s="14" t="s"/>
       <x:c r="K646" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L646" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M646" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N646" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O646" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P646" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="Q646" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R646" s="14" t="s">
         <x:v>767</x:v>
       </x:c>
       <x:c r="S646" s="14" t="n">
-        <x:v>612602</x:v>
+        <x:v>605000</x:v>
       </x:c>
       <x:c r="T646" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U646" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="647" spans="1:21">
       <x:c r="A647" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B647" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C647" s="3" t="s"/>
       <x:c r="D647" s="3" t="s"/>
       <x:c r="G647" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I647" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="K647" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L647" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M647" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N647" s="3" t="n">
-        <x:v>70332</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O647" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P647" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="Q647" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="R647" s="0" t="s">
         <x:v>767</x:v>
       </x:c>
       <x:c r="S647" s="0" t="n">
-        <x:v>605000</x:v>
+        <x:v>612602</x:v>
       </x:c>
       <x:c r="T647" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U647" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="648" spans="1:21">
       <x:c r="A648" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B648" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C648" s="15" t="s"/>
       <x:c r="D648" s="15" t="s"/>
       <x:c r="E648" s="14" t="s"/>
       <x:c r="F648" s="14" t="s"/>
       <x:c r="G648" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H648" s="14" t="s"/>
       <x:c r="I648" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J648" s="14" t="s"/>
       <x:c r="K648" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L648" s="14" t="s">
@@ -39685,51 +39684,51 @@
       <x:c r="K673" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L673" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M673" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N673" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O673" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P673" s="0" t="s">
         <x:v>803</x:v>
       </x:c>
       <x:c r="Q673" s="4" t="s">
         <x:v>804</x:v>
       </x:c>
       <x:c r="R673" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="S673" s="0" t="n">
-        <x:v>552416</x:v>
+        <x:v>552417</x:v>
       </x:c>
       <x:c r="T673" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U673" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="674" spans="1:21">
       <x:c r="A674" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B674" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C674" s="15" t="n">
         <x:v>34606</x:v>
       </x:c>
       <x:c r="D674" s="15" t="s"/>
       <x:c r="E674" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F674" s="14" t="s"/>
       <x:c r="G674" s="14" t="s">
         <x:v>803</x:v>
@@ -39744,51 +39743,51 @@
       <x:c r="K674" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L674" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M674" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N674" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O674" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P674" s="14" t="s">
         <x:v>803</x:v>
       </x:c>
       <x:c r="Q674" s="16" t="s">
         <x:v>804</x:v>
       </x:c>
       <x:c r="R674" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="S674" s="14" t="n">
-        <x:v>552417</x:v>
+        <x:v>552416</x:v>
       </x:c>
       <x:c r="T674" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U674" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="675" spans="1:21">
       <x:c r="A675" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B675" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C675" s="3" t="s"/>
       <x:c r="D675" s="3" t="s"/>
       <x:c r="G675" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I675" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K675" s="0" t="s">
         <x:v>37</x:v>
@@ -40228,563 +40227,563 @@
       </x:c>
       <x:c r="O683" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P683" s="0" t="s">
         <x:v>811</x:v>
       </x:c>
       <x:c r="Q683" s="4" t="s">
         <x:v>812</x:v>
       </x:c>
       <x:c r="R683" s="0" t="s">
         <x:v>813</x:v>
       </x:c>
       <x:c r="S683" s="0" t="n">
         <x:v>595266</x:v>
       </x:c>
       <x:c r="T683" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U683" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="684" spans="1:21">
       <x:c r="A684" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B684" s="14" t="s">
-        <x:v>146</x:v>
-[...1 lines deleted...]
-      <x:c r="C684" s="15" t="s"/>
+        <x:v>814</x:v>
+      </x:c>
+      <x:c r="C684" s="15" t="n">
+        <x:v>34606</x:v>
+      </x:c>
       <x:c r="D684" s="15" t="s"/>
       <x:c r="E684" s="14" t="s"/>
       <x:c r="F684" s="14" t="s"/>
       <x:c r="G684" s="14" t="s">
-        <x:v>147</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>815</x:v>
+      </x:c>
+      <x:c r="H684" s="14" t="s"/>
       <x:c r="I684" s="16" t="s">
-        <x:v>149</x:v>
-[...1 lines deleted...]
-      <x:c r="J684" s="14" t="s"/>
+        <x:v>816</x:v>
+      </x:c>
+      <x:c r="J684" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="K684" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="L684" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M684" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N684" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O684" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P684" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="Q684" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="R684" s="14" t="s">
-        <x:v>814</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="S684" s="14" t="n">
-        <x:v>527768</x:v>
+        <x:v>460731</x:v>
       </x:c>
       <x:c r="T684" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="U684" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>444</x:v>
       </x:c>
     </x:row>
     <x:row r="685" spans="1:21">
       <x:c r="A685" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B685" s="0" t="s">
-        <x:v>815</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="C685" s="3" t="s"/>
       <x:c r="D685" s="3" t="s"/>
       <x:c r="G685" s="0" t="s">
-        <x:v>816</x:v>
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="H685" s="0" t="s">
+        <x:v>147</x:v>
       </x:c>
       <x:c r="I685" s="4" t="s">
-        <x:v>817</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="K685" s="0" t="s">
-        <x:v>818</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L685" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M685" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N685" s="3" t="n">
-        <x:v>35035</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O685" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P685" s="0" t="s">
-        <x:v>816</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="Q685" s="4" t="s">
-        <x:v>817</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R685" s="0" t="s">
-        <x:v>814</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="S685" s="0" t="n">
-        <x:v>460731</x:v>
+        <x:v>527768</x:v>
       </x:c>
       <x:c r="T685" s="4" t="s">
-        <x:v>819</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="U685" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="686" spans="1:21">
       <x:c r="A686" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B686" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C686" s="15" t="s"/>
       <x:c r="D686" s="15" t="s"/>
       <x:c r="E686" s="14" t="s"/>
       <x:c r="F686" s="14" t="s"/>
       <x:c r="G686" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H686" s="14" t="s"/>
       <x:c r="I686" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J686" s="14" t="s"/>
       <x:c r="K686" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L686" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M686" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N686" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O686" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P686" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="Q686" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R686" s="14" t="s">
-        <x:v>814</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="S686" s="14" t="n">
         <x:v>612646</x:v>
       </x:c>
       <x:c r="T686" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U686" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="687" spans="1:21">
       <x:c r="A687" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B687" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C687" s="3" t="s"/>
       <x:c r="D687" s="3" t="s"/>
       <x:c r="G687" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="I687" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>816</x:v>
+      </x:c>
+      <x:c r="J687" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K687" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L687" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M687" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N687" s="3" t="n">
-        <x:v>70332</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O687" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P687" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="Q687" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="R687" s="0" t="s">
-        <x:v>814</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="S687" s="0" t="n">
-        <x:v>615476</x:v>
+        <x:v>594487</x:v>
       </x:c>
       <x:c r="T687" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U687" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="688" spans="1:21">
       <x:c r="A688" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B688" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C688" s="15" t="s"/>
       <x:c r="D688" s="15" t="s"/>
       <x:c r="E688" s="14" t="s"/>
       <x:c r="F688" s="14" t="s"/>
       <x:c r="G688" s="14" t="s">
-        <x:v>820</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="H688" s="14" t="s"/>
       <x:c r="I688" s="16" t="s">
-        <x:v>817</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="J688" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K688" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L688" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M688" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N688" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O688" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P688" s="14" t="s">
-        <x:v>820</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="Q688" s="16" t="s">
-        <x:v>817</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="R688" s="14" t="s">
-        <x:v>814</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="S688" s="14" t="n">
-        <x:v>594487</x:v>
+        <x:v>594436</x:v>
       </x:c>
       <x:c r="T688" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U688" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="689" spans="1:21">
       <x:c r="A689" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B689" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C689" s="3" t="s"/>
       <x:c r="D689" s="3" t="s"/>
       <x:c r="G689" s="0" t="s">
-        <x:v>821</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I689" s="4" t="s">
-        <x:v>817</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K689" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L689" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M689" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N689" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O689" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P689" s="0" t="s">
-        <x:v>821</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="Q689" s="4" t="s">
-        <x:v>817</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R689" s="0" t="s">
-        <x:v>814</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="S689" s="0" t="n">
-        <x:v>594436</x:v>
+        <x:v>615476</x:v>
       </x:c>
       <x:c r="T689" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U689" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="690" spans="1:21">
       <x:c r="A690" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B690" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C690" s="15" t="s"/>
       <x:c r="D690" s="15" t="s"/>
       <x:c r="E690" s="14" t="s"/>
       <x:c r="F690" s="14" t="s"/>
       <x:c r="G690" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H690" s="14" t="s"/>
       <x:c r="I690" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J690" s="14" t="s"/>
       <x:c r="K690" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L690" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M690" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N690" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O690" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P690" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q690" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R690" s="14" t="s">
-        <x:v>814</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="S690" s="14" t="n">
         <x:v>604914</x:v>
       </x:c>
       <x:c r="T690" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U690" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="691" spans="1:21">
       <x:c r="A691" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B691" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C691" s="3" t="s"/>
       <x:c r="D691" s="3" t="s"/>
       <x:c r="G691" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I691" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K691" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L691" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M691" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N691" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O691" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P691" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q691" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R691" s="0" t="s">
-        <x:v>814</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="S691" s="0" t="n">
         <x:v>615532</x:v>
       </x:c>
       <x:c r="T691" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U691" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="692" spans="1:21">
       <x:c r="A692" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B692" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C692" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D692" s="15" t="s"/>
       <x:c r="E692" s="14" t="s"/>
       <x:c r="F692" s="14" t="s"/>
       <x:c r="G692" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="H692" s="14" t="s"/>
       <x:c r="I692" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="J692" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K692" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="L692" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M692" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N692" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O692" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P692" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="Q692" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="R692" s="14" t="s">
-        <x:v>814</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="S692" s="14" t="n">
         <x:v>574575</x:v>
       </x:c>
       <x:c r="T692" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="U692" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="693" spans="1:21">
       <x:c r="A693" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B693" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C693" s="3" t="s"/>
       <x:c r="D693" s="3" t="s"/>
       <x:c r="G693" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I693" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K693" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L693" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M693" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N693" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O693" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P693" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q693" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R693" s="0" t="s">
-        <x:v>814</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="S693" s="0" t="n">
         <x:v>616659</x:v>
       </x:c>
       <x:c r="T693" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U693" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="694" spans="1:21">
       <x:c r="A694" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B694" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C694" s="15" t="s"/>
       <x:c r="D694" s="15" t="s"/>
       <x:c r="E694" s="14" t="s"/>
       <x:c r="F694" s="14" t="s"/>
       <x:c r="G694" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -40793,51 +40792,51 @@
         <x:v>36</x:v>
       </x:c>
       <x:c r="J694" s="14" t="s"/>
       <x:c r="K694" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L694" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M694" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N694" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O694" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P694" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q694" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R694" s="14" t="s">
-        <x:v>814</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="S694" s="14" t="n">
         <x:v>605315</x:v>
       </x:c>
       <x:c r="T694" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U694" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="695" spans="1:21">
       <x:c r="A695" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B695" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C695" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D695" s="3" t="s"/>
       <x:c r="G695" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
@@ -40847,51 +40846,51 @@
       <x:c r="J695" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K695" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="L695" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M695" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N695" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O695" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P695" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="Q695" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="R695" s="0" t="s">
-        <x:v>814</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="S695" s="0" t="n">
         <x:v>574576</x:v>
       </x:c>
       <x:c r="T695" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="U695" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="696" spans="1:21">
       <x:c r="A696" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B696" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C696" s="15" t="s"/>
       <x:c r="D696" s="15" t="s"/>
       <x:c r="E696" s="14" t="s"/>
       <x:c r="F696" s="14" t="s"/>
       <x:c r="G696" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -40900,51 +40899,51 @@
         <x:v>36</x:v>
       </x:c>
       <x:c r="J696" s="14" t="s"/>
       <x:c r="K696" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L696" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M696" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N696" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O696" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P696" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q696" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R696" s="14" t="s">
-        <x:v>814</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="S696" s="14" t="n">
         <x:v>605032</x:v>
       </x:c>
       <x:c r="T696" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U696" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="697" spans="1:21">
       <x:c r="A697" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B697" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C697" s="3" t="s"/>
       <x:c r="D697" s="3" t="s"/>
       <x:c r="G697" s="0" t="s">
         <x:v>822</x:v>
       </x:c>
       <x:c r="I697" s="4" t="s">
         <x:v>823</x:v>
@@ -41627,51 +41626,51 @@
       <x:c r="M709" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N709" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O709" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P709" s="0" t="s">
         <x:v>836</x:v>
       </x:c>
       <x:c r="Q709" s="4" t="s">
         <x:v>837</x:v>
       </x:c>
       <x:c r="R709" s="0" t="s">
         <x:v>834</x:v>
       </x:c>
       <x:c r="S709" s="0" t="n">
         <x:v>556682</x:v>
       </x:c>
       <x:c r="T709" s="4" t="s">
         <x:v>838</x:v>
       </x:c>
       <x:c r="U709" s="4" t="s">
-        <x:v>487</x:v>
+        <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="710" spans="1:21">
       <x:c r="A710" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B710" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C710" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D710" s="15" t="s"/>
       <x:c r="E710" s="14" t="s"/>
       <x:c r="F710" s="14" t="s"/>
       <x:c r="G710" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="H710" s="14" t="s"/>
       <x:c r="I710" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="J710" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -42839,488 +42838,486 @@
       <x:c r="K732" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L732" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M732" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N732" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O732" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P732" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q732" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R732" s="14" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="S732" s="14" t="n">
-        <x:v>616638</x:v>
+        <x:v>605298</x:v>
       </x:c>
       <x:c r="T732" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U732" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="733" spans="1:21">
       <x:c r="A733" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B733" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>870</x:v>
       </x:c>
       <x:c r="C733" s="3" t="s"/>
       <x:c r="D733" s="3" t="s"/>
       <x:c r="G733" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>851</x:v>
+      </x:c>
+      <x:c r="H733" s="0" t="s">
+        <x:v>852</x:v>
       </x:c>
       <x:c r="I733" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="K733" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L733" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M733" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="N733" s="3" t="n">
-        <x:v>70312</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O733" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P733" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="Q733" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="R733" s="0" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="S733" s="0" t="n">
-        <x:v>605298</x:v>
+        <x:v>534255</x:v>
       </x:c>
       <x:c r="T733" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U733" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="734" spans="1:21">
       <x:c r="A734" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B734" s="14" t="s">
-        <x:v>57</x:v>
-[...1 lines deleted...]
-      <x:c r="C734" s="15" t="s"/>
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="C734" s="15" t="n">
+        <x:v>40705</x:v>
+      </x:c>
       <x:c r="D734" s="15" t="s"/>
-      <x:c r="E734" s="14" t="s"/>
+      <x:c r="E734" s="14" t="s">
+        <x:v>45</x:v>
+      </x:c>
       <x:c r="F734" s="14" t="s"/>
       <x:c r="G734" s="14" t="s">
-        <x:v>35</x:v>
-[...1 lines deleted...]
-      <x:c r="H734" s="14" t="s"/>
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="H734" s="14" t="s">
+        <x:v>226</x:v>
+      </x:c>
       <x:c r="I734" s="16" t="s">
-        <x:v>36</x:v>
-[...1 lines deleted...]
-      <x:c r="J734" s="14" t="s"/>
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="J734" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="K734" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L734" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M734" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N734" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O734" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P734" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="Q734" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>859</x:v>
       </x:c>
       <x:c r="R734" s="14" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="S734" s="14" t="n">
-        <x:v>615502</x:v>
+        <x:v>609461</x:v>
       </x:c>
       <x:c r="T734" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U734" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>550</x:v>
       </x:c>
     </x:row>
     <x:row r="735" spans="1:21">
       <x:c r="A735" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B735" s="0" t="s">
-        <x:v>53</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="C735" s="3" t="s"/>
       <x:c r="D735" s="3" t="s"/>
       <x:c r="G735" s="0" t="s">
-        <x:v>870</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I735" s="4" t="s">
-        <x:v>859</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K735" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L735" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M735" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N735" s="3" t="n">
-        <x:v>35035</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O735" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P735" s="0" t="s">
-        <x:v>870</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="Q735" s="4" t="s">
-        <x:v>859</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R735" s="0" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="S735" s="0" t="n">
-        <x:v>595280</x:v>
+        <x:v>616638</x:v>
       </x:c>
       <x:c r="T735" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U735" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="736" spans="1:21">
       <x:c r="A736" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B736" s="14" t="s">
-        <x:v>460</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C736" s="15" t="s"/>
       <x:c r="D736" s="15" t="s"/>
       <x:c r="E736" s="14" t="s"/>
       <x:c r="F736" s="14" t="s"/>
       <x:c r="G736" s="14" t="s">
-        <x:v>851</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="H736" s="14" t="s"/>
       <x:c r="I736" s="16" t="s">
-        <x:v>853</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="J736" s="14" t="s"/>
       <x:c r="K736" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L736" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M736" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N736" s="15" t="n">
-        <x:v>70332</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O736" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P736" s="14" t="s">
-        <x:v>851</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="Q736" s="16" t="s">
-        <x:v>853</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R736" s="14" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="S736" s="14" t="n">
-        <x:v>533525</x:v>
+        <x:v>615502</x:v>
       </x:c>
       <x:c r="T736" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U736" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="737" spans="1:21">
       <x:c r="A737" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B737" s="0" t="s">
-        <x:v>850</x:v>
-[...1 lines deleted...]
-      <x:c r="C737" s="3" t="s"/>
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="C737" s="3" t="n">
+        <x:v>40705</x:v>
+      </x:c>
       <x:c r="D737" s="3" t="s"/>
       <x:c r="G737" s="0" t="s">
-        <x:v>851</x:v>
-[...2 lines deleted...]
-        <x:v>852</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="I737" s="4" t="s">
-        <x:v>853</x:v>
+        <x:v>859</x:v>
+      </x:c>
+      <x:c r="J737" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K737" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L737" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M737" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N737" s="3" t="n">
-        <x:v>71632</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O737" s="0" t="s">
-        <x:v>854</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P737" s="0" t="s">
-        <x:v>851</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="Q737" s="4" t="s">
-        <x:v>853</x:v>
+        <x:v>859</x:v>
       </x:c>
       <x:c r="R737" s="0" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="S737" s="0" t="n">
-        <x:v>534020</x:v>
+        <x:v>595280</x:v>
       </x:c>
       <x:c r="T737" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U737" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="738" spans="1:21">
       <x:c r="A738" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B738" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="C738" s="15" t="s"/>
       <x:c r="D738" s="15" t="s"/>
       <x:c r="E738" s="14" t="s"/>
       <x:c r="F738" s="14" t="s"/>
       <x:c r="G738" s="14" t="s">
-        <x:v>35</x:v>
-[...1 lines deleted...]
-      <x:c r="H738" s="14" t="s"/>
+        <x:v>851</x:v>
+      </x:c>
+      <x:c r="H738" s="14" t="s">
+        <x:v>852</x:v>
+      </x:c>
       <x:c r="I738" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="J738" s="14" t="s"/>
       <x:c r="K738" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L738" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M738" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="N738" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O738" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P738" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="Q738" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="R738" s="14" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="S738" s="14" t="n">
-        <x:v>604887</x:v>
+        <x:v>533525</x:v>
       </x:c>
       <x:c r="T738" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U738" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="739" spans="1:21">
       <x:c r="A739" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B739" s="0" t="s">
-        <x:v>224</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>850</x:v>
+      </x:c>
+      <x:c r="C739" s="3" t="s"/>
       <x:c r="D739" s="3" t="s"/>
-      <x:c r="E739" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G739" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="H739" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="I739" s="4" t="s">
-        <x:v>227</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="K739" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L739" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M739" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N739" s="3" t="n">
-        <x:v>35035</x:v>
+        <x:v>71632</x:v>
       </x:c>
       <x:c r="O739" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="P739" s="0" t="s">
-        <x:v>871</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="Q739" s="4" t="s">
-        <x:v>859</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="R739" s="0" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="S739" s="0" t="n">
-        <x:v>609461</x:v>
+        <x:v>534020</x:v>
       </x:c>
       <x:c r="T739" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U739" s="4" t="s">
-        <x:v>550</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="740" spans="1:21">
       <x:c r="A740" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B740" s="14" t="s">
-        <x:v>872</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C740" s="15" t="s"/>
       <x:c r="D740" s="15" t="s"/>
       <x:c r="E740" s="14" t="s"/>
       <x:c r="F740" s="14" t="s"/>
       <x:c r="G740" s="14" t="s">
-        <x:v>851</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="H740" s="14" t="s"/>
       <x:c r="I740" s="16" t="s">
-        <x:v>853</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="J740" s="14" t="s"/>
       <x:c r="K740" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L740" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M740" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N740" s="15" t="n">
-        <x:v>70332</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O740" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P740" s="14" t="s">
-        <x:v>851</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="Q740" s="16" t="s">
-        <x:v>853</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R740" s="14" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="S740" s="14" t="n">
-        <x:v>534255</x:v>
+        <x:v>604887</x:v>
       </x:c>
       <x:c r="T740" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U740" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="741" spans="1:21">
       <x:c r="A741" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B741" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="C741" s="3" t="s"/>
       <x:c r="D741" s="3" t="s"/>
       <x:c r="G741" s="0" t="s">
         <x:v>851</x:v>
       </x:c>
       <x:c r="H741" s="0" t="s">
         <x:v>852</x:v>
       </x:c>
       <x:c r="I741" s="4" t="s">
         <x:v>853</x:v>
       </x:c>
       <x:c r="K741" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L741" s="0" t="s">
         <x:v>38</x:v>
@@ -43647,86 +43644,86 @@
       </x:c>
       <x:c r="P747" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q747" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R747" s="0" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="S747" s="0" t="n">
         <x:v>615501</x:v>
       </x:c>
       <x:c r="T747" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U747" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="748" spans="1:21">
       <x:c r="A748" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B748" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C748" s="15" t="s"/>
       <x:c r="D748" s="15" t="s"/>
       <x:c r="E748" s="14" t="s"/>
       <x:c r="F748" s="14" t="s"/>
       <x:c r="G748" s="14" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="H748" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="H748" s="14" t="s">
+      <x:c r="I748" s="16" t="s">
         <x:v>148</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>149</x:v>
       </x:c>
       <x:c r="J748" s="14" t="s"/>
       <x:c r="K748" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L748" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M748" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N748" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O748" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P748" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="Q748" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R748" s="14" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="S748" s="14" t="n">
         <x:v>577797</x:v>
       </x:c>
       <x:c r="T748" s="16" t="s">
         <x:v>873</x:v>
       </x:c>
       <x:c r="U748" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="749" spans="1:21">
       <x:c r="A749" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B749" s="0" t="s">
         <x:v>874</x:v>
       </x:c>
       <x:c r="C749" s="3" t="s"/>
       <x:c r="D749" s="3" t="s"/>
       <x:c r="G749" s="0" t="s">
         <x:v>851</x:v>
@@ -43754,51 +43751,51 @@
       </x:c>
       <x:c r="P749" s="0" t="s">
         <x:v>851</x:v>
       </x:c>
       <x:c r="Q749" s="4" t="s">
         <x:v>853</x:v>
       </x:c>
       <x:c r="R749" s="0" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="S749" s="0" t="n">
         <x:v>534253</x:v>
       </x:c>
       <x:c r="T749" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U749" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="750" spans="1:21">
       <x:c r="A750" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B750" s="14" t="s">
-        <x:v>872</x:v>
+        <x:v>870</x:v>
       </x:c>
       <x:c r="C750" s="15" t="s"/>
       <x:c r="D750" s="15" t="s"/>
       <x:c r="E750" s="14" t="s"/>
       <x:c r="F750" s="14" t="s"/>
       <x:c r="G750" s="14" t="s">
         <x:v>851</x:v>
       </x:c>
       <x:c r="H750" s="14" t="s">
         <x:v>852</x:v>
       </x:c>
       <x:c r="I750" s="16" t="s">
         <x:v>853</x:v>
       </x:c>
       <x:c r="J750" s="14" t="s"/>
       <x:c r="K750" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L750" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M750" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N750" s="15" t="n">
@@ -43806,205 +43803,202 @@
       </x:c>
       <x:c r="O750" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P750" s="14" t="s">
         <x:v>851</x:v>
       </x:c>
       <x:c r="Q750" s="16" t="s">
         <x:v>853</x:v>
       </x:c>
       <x:c r="R750" s="14" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="S750" s="14" t="n">
         <x:v>534256</x:v>
       </x:c>
       <x:c r="T750" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U750" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="751" spans="1:21">
       <x:c r="A751" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B751" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>874</x:v>
       </x:c>
       <x:c r="C751" s="3" t="s"/>
       <x:c r="D751" s="3" t="s"/>
       <x:c r="G751" s="0" t="s">
-        <x:v>875</x:v>
+        <x:v>851</x:v>
+      </x:c>
+      <x:c r="H751" s="0" t="s">
+        <x:v>852</x:v>
       </x:c>
       <x:c r="I751" s="4" t="s">
-        <x:v>859</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="K751" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L751" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M751" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N751" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O751" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P751" s="0" t="s">
-        <x:v>875</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="Q751" s="4" t="s">
-        <x:v>859</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="R751" s="0" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="S751" s="0" t="n">
-        <x:v>594454</x:v>
+        <x:v>534254</x:v>
       </x:c>
       <x:c r="T751" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U751" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="752" spans="1:21">
       <x:c r="A752" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B752" s="14" t="s">
-        <x:v>460</x:v>
+        <x:v>875</x:v>
       </x:c>
       <x:c r="C752" s="15" t="s"/>
       <x:c r="D752" s="15" t="s"/>
       <x:c r="E752" s="14" t="s"/>
       <x:c r="F752" s="14" t="s"/>
       <x:c r="G752" s="14" t="s">
-        <x:v>851</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="H752" s="14" t="s">
-        <x:v>852</x:v>
+        <x:v>863</x:v>
       </x:c>
       <x:c r="I752" s="16" t="s">
-        <x:v>853</x:v>
+        <x:v>864</x:v>
       </x:c>
       <x:c r="J752" s="14" t="s"/>
       <x:c r="K752" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L752" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M752" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="N752" s="15" t="n">
-        <x:v>70332</x:v>
+        <x:v>35006</x:v>
       </x:c>
       <x:c r="O752" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="P752" s="14" t="s">
-        <x:v>851</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="Q752" s="16" t="s">
-        <x:v>853</x:v>
+        <x:v>864</x:v>
       </x:c>
       <x:c r="R752" s="14" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="S752" s="14" t="n">
-        <x:v>533536</x:v>
+        <x:v>521677</x:v>
       </x:c>
       <x:c r="T752" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="U752" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="753" spans="1:21">
       <x:c r="A753" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B753" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C753" s="3" t="s"/>
       <x:c r="D753" s="3" t="s"/>
       <x:c r="G753" s="0" t="s">
-        <x:v>870</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I753" s="4" t="s">
-        <x:v>859</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K753" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L753" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M753" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N753" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O753" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P753" s="0" t="s">
-        <x:v>870</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="Q753" s="4" t="s">
-        <x:v>859</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R753" s="0" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="S753" s="0" t="n">
-        <x:v>594474</x:v>
+        <x:v>615461</x:v>
       </x:c>
       <x:c r="T753" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U753" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="754" spans="1:21">
       <x:c r="A754" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B754" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C754" s="15" t="s"/>
       <x:c r="D754" s="15" t="s"/>
       <x:c r="E754" s="14" t="s"/>
       <x:c r="F754" s="14" t="s"/>
       <x:c r="G754" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H754" s="14" t="s"/>
       <x:c r="I754" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J754" s="14" t="s"/>
       <x:c r="K754" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L754" s="14" t="s">
@@ -44021,200 +44015,202 @@
       </x:c>
       <x:c r="P754" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q754" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R754" s="14" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="S754" s="14" t="n">
         <x:v>616637</x:v>
       </x:c>
       <x:c r="T754" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U754" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="755" spans="1:21">
       <x:c r="A755" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B755" s="0" t="s">
-        <x:v>876</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="C755" s="3" t="s"/>
       <x:c r="D755" s="3" t="s"/>
       <x:c r="G755" s="0" t="s">
-        <x:v>862</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="H755" s="0" t="s">
-        <x:v>863</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="I755" s="4" t="s">
-        <x:v>864</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="K755" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L755" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M755" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N755" s="3" t="n">
-        <x:v>35006</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O755" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P755" s="0" t="s">
-        <x:v>862</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="Q755" s="4" t="s">
-        <x:v>864</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="R755" s="0" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="S755" s="0" t="n">
-        <x:v>521677</x:v>
+        <x:v>533536</x:v>
       </x:c>
       <x:c r="T755" s="4" t="s">
-        <x:v>877</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U755" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="756" spans="1:21">
       <x:c r="A756" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B756" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C756" s="15" t="s"/>
       <x:c r="D756" s="15" t="s"/>
       <x:c r="E756" s="14" t="s"/>
       <x:c r="F756" s="14" t="s"/>
       <x:c r="G756" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H756" s="14" t="s"/>
       <x:c r="I756" s="16" t="s">
-        <x:v>36</x:v>
-[...1 lines deleted...]
-      <x:c r="J756" s="14" t="s"/>
+        <x:v>859</x:v>
+      </x:c>
+      <x:c r="J756" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="K756" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L756" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M756" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N756" s="15" t="n">
-        <x:v>70332</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O756" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P756" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="Q756" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>859</x:v>
       </x:c>
       <x:c r="R756" s="14" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="S756" s="14" t="n">
-        <x:v>615461</x:v>
+        <x:v>594454</x:v>
       </x:c>
       <x:c r="T756" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U756" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="757" spans="1:21">
       <x:c r="A757" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B757" s="0" t="s">
-        <x:v>874</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C757" s="3" t="s"/>
       <x:c r="D757" s="3" t="s"/>
       <x:c r="G757" s="0" t="s">
-        <x:v>851</x:v>
-[...2 lines deleted...]
-        <x:v>852</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="I757" s="4" t="s">
-        <x:v>853</x:v>
+        <x:v>859</x:v>
+      </x:c>
+      <x:c r="J757" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K757" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L757" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M757" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N757" s="3" t="n">
-        <x:v>70332</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O757" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P757" s="0" t="s">
-        <x:v>851</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="Q757" s="4" t="s">
-        <x:v>853</x:v>
+        <x:v>859</x:v>
       </x:c>
       <x:c r="R757" s="0" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="S757" s="0" t="n">
-        <x:v>534254</x:v>
+        <x:v>594474</x:v>
       </x:c>
       <x:c r="T757" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U757" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="758" spans="1:21">
       <x:c r="A758" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B758" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C758" s="15" t="n">
         <x:v>36389</x:v>
       </x:c>
       <x:c r="D758" s="15" t="s"/>
       <x:c r="E758" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F758" s="14" t="s"/>
       <x:c r="G758" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="H758" s="14" t="s"/>
       <x:c r="I758" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="J758" s="14" t="s">