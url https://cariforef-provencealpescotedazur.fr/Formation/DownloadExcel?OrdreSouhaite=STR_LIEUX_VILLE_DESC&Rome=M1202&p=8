--- v0 (2026-02-20)
+++ v1 (2026-02-20)
@@ -473,113 +473,113 @@
   <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>Chargé de gestion et management (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Cfa Perspective - Isim</x:t>
   </x:si>
   <x:si>
     <x:t>10/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/26/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>diplôme supérieur de comptabilité et de gestion</x:t>
   </x:si>
   <x:si>
     <x:t>ESCG Nice</x:t>
   </x:si>
   <x:si>
+    <x:t>09/01/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/03/2023 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Module UE 5 du DSCG - Diplôme Supérieur de Comptabilité et de Gestion</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GIP FIPAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DSCG - Diplôme Supérieur de Comptabilité et de Gestion</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/02/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/08/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/01/2024 00:00:00</x:t>
-[...28 lines deleted...]
-  <x:si>
     <x:t>09/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/11/2026 00:00:00</x:t>
-[...2 lines deleted...]
-    <x:t>09/08/2028 00:00:00</x:t>
+    <x:t>Gestionnaire comptable et financier</x:t>
+  </x:si>
+  <x:si>
+    <x:t>École Pigier Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trésorerie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole Pigier Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Honoré d'Estienne d'Orves</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Gestionnaire comptable et financier</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>09/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Gestionnaire comptable et financier (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Collaborateur en gestion comptable et financière (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/26/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2026 00:00:00</x:t>
@@ -719,233 +719,233 @@
   <x:si>
     <x:t>Gestion centre profit</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>Kedge Business School programme grande école</x:t>
   </x:si>
   <x:si>
     <x:t>MSc Banking and Finance</x:t>
   </x:si>
   <x:si>
     <x:t>Financement international</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>licence pro mention métiers de la gestion et de la comptabilité : responsable de portefeuille clients en cabinet d'expertise</x:t>
   </x:si>
   <x:si>
     <x:t>Contrôle gestion</x:t>
   </x:si>
   <x:si>
+    <x:t>Diplôme supérieur de comptabilité et de gestion (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambre de Commerce et d'Industrie Métropolitaine Aix Marseille Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCIMP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13221</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 9e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/02/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>KEDGE programme grande école</x:t>
   </x:si>
   <x:si>
     <x:t>Kedge Business School</x:t>
   </x:si>
   <x:si>
     <x:t>13009</x:t>
   </x:si>
   <x:si>
-    <x:t>MARSEILLE- 9e</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>11/30/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambre de Commerce et d'Industrie Métropolitaine Aix Marseille Provence - CFA Régional Interconsulaire Méditerranée - Antenne Ecole Pratique (St Sébasien)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diplôme supérieur de comptabilité et de gestion : UE 5 management des systèmes d'information (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diplôme supérieur de comptabilité et de gestion : UE 1 gestion juridique, fiscale et sociale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diplôme supérieur de comptabilité et de gestion : UE 2 finance (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diplôme supérieur de comptabilité et de gestion : UE 3 management et contrôle de gestion</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diplôme supérieur de comptabilité et de gestion : UE 4 comptabilité et audit (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Programme d'études avancées en management durable spécificité marketing brand management and communication (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2023 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/03/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>11/30/2027 00:00:00</x:t>
+    <x:t>École Pratique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole Pratique</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme supérieur de comptabilité et de gestion</x:t>
   </x:si>
   <x:si>
-    <x:t>Chambre de Commerce et d'Industrie Métropolitaine Aix Marseille Provence</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Diplôme supérieur de comptabilité et de gestion : UE 2 finance</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme supérieur de comptabilité et de gestion : UE 4 comptabilité et audit</x:t>
   </x:si>
   <x:si>
     <x:t>Kedge programme grande école (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>33400</x:t>
+    <x:t>Diplôme supérieur de comptabilité et de gestion : UE 1 gestion juridique, fiscale et sociale (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Programme d'études avancées en management durable spécificité innovation, transformation et entrepreneuriat (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/03/2024 00:00:00</x:t>
+    <x:t>09/04/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kedge programme grande école spécialisation audit expert (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/06/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Programme d'études avancées en management durable spécificité marketing digital and sales (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>Kedge programme grande école spécialisation audit expert (Apprentissage)</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Programme d'études avancées en management durable spécificité marketing brand management and communication (Apprentissage)</x:t>
-[...52 lines deleted...]
-  <x:si>
     <x:t>Diplôme supérieur de comptabilité et de gestion : UE 3 management et contrôle de gestion (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme supérieur de comptabilité et de gestion : UE 5 management des systèmes d'information</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme supérieur de comptabilité et de gestion : UE 6 anglais des affaires</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie Métropolitaine Aix Marseille Provence - CFA Régional Interconsulaire Méditerranée - Antenne Ecole Pratique (Luminy)</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme supérieur de comptabilité et de gestion : UE 7 mémoire professionnel</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme supérieur de comptabilité et de gestion : UE 7 mémoire professionnel (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 8e</x:t>
   </x:si>
   <x:si>
+    <x:t>Formation et Métier - Cfa Régional de la Cité Technique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13016</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Professionnel Charles Péguy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 6e</x:t>
+  </x:si>
+  <x:si>
     <x:t>Auditeur-accompagnateur des fournisseurs de prestation de formation</x:t>
   </x:si>
   <x:si>
     <x:t>Afc Formation</x:t>
   </x:si>
   <x:si>
     <x:t>93200</x:t>
   </x:si>
   <x:si>
     <x:t>Audit entreprise</x:t>
   </x:si>
   <x:si>
-    <x:t>MARSEILLE- 6e</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>04/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Formation et Métier - Cfa Régional de la Cité Technique</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>01/11/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/25/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme supérieur de comptabilité et de gestion : UE 6 anglais des affaires (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>LPO Ch Péguy</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/13/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Marseille Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>GMM</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 5e</x:t>
@@ -1046,116 +1046,116 @@
   <x:si>
     <x:t>Expert en audit et contrôle (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Centre d'Etudes Européen Méditérranée</x:t>
   </x:si>
   <x:si>
     <x:t>CEEME</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en audit, contrôle et conseil (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>11/07/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/28/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention finance parcours modélisation financière</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 1er</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention contrôle de gestion et audit organisationnel parcours contrôle, audit, conseil</x:t>
   </x:si>
   <x:si>
-    <x:t>MARSEILLE- 1er</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Master mention comptabilité - contrôle - audit parcours comptabilité, contrôle, audit</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en contrôle de gestion et audit (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole des Sciences et Techniques Commerciales</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ESTC </x:t>
   </x:si>
   <x:si>
     <x:t>09/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention métiers de la gestion et de la comptabilité : responsable de portefeuille clients en cabinet d'expertise</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention finance parcours recherche en économie et en finance</x:t>
   </x:si>
   <x:si>
     <x:t>DESU Advanced Engineering and Corporate Finance</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention comptabilité - contrôle - audit</x:t>
   </x:si>
   <x:si>
     <x:t>master mention contrôle de gestion et audit organisationnel</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention finance parcours finance d'entreprise et ingénierie financière</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention finance parcours gestion de patrimoine</x:t>
   </x:si>
   <x:si>
+    <x:t>Groupe Someform - Antenne La Garde</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA GARDE</x:t>
+  </x:si>
+  <x:si>
     <x:t>Chambre de Commerce et d'Industrie du Var - Capforma</x:t>
   </x:si>
   <x:si>
     <x:t>CCI 83</x:t>
   </x:si>
   <x:si>
     <x:t>83078</x:t>
   </x:si>
   <x:si>
-    <x:t>LA GARDE</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>11/05/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Groupe Someform - Antenne La Garde</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Université de Toulon - IUT La Garde</x:t>
   </x:si>
   <x:si>
     <x:t>11/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité gestion des entreprises et des administrations parcours contrôle de gestion et pilotage de la performance</x:t>
   </x:si>
   <x:si>
     <x:t>GAP CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>GAP</x:t>
   </x:si>
   <x:si>
     <x:t>CCI Hautes Alpes Formation - Centre Régional et Européen du Tourisme</x:t>
   </x:si>
   <x:si>
     <x:t>CRET</x:t>
   </x:si>
   <x:si>
     <x:t>05100</x:t>
   </x:si>
   <x:si>
     <x:t>Test Bright Language - évaluation Russe</x:t>
@@ -1208,89 +1208,89 @@
   <x:si>
     <x:t>Expert financier (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Iscod</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>08/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/27/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Institut Formation Conseil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IFC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/28/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/29/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Institut Formation Conseil</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Moléra Formation - Yourformation.fr</x:t>
   </x:si>
   <x:si>
     <x:t>10/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Kedge Business School programme grande école (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambre de Commerce et d'Industrie de Vaucluse</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCIV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Polyvalent Théodore Aubanel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/03/2024 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>10/16/2026 00:00:00</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>07/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>IFC Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Delta - Groupe Someform</x:t>
   </x:si>
   <x:si>
     <x:t>13200</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
     <x:t>master mention administration et liquidation d'entreprises en difficulté</x:t>
   </x:si>
   <x:si>
     <x:t>Droit société</x:t>
   </x:si>
   <x:si>
     <x:t>13628</x:t>
@@ -1319,78 +1319,78 @@
   <x:si>
     <x:t>Mastère européen management et stratégies financières</x:t>
   </x:si>
   <x:si>
     <x:t>Institut National de l'Enseignement à Distance - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>INEAD-ESMAC</x:t>
   </x:si>
   <x:si>
     <x:t>04/12/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité gestion des entreprises et des administrations parcours contrôle de gestion et pilotage de la performance (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - IUT Aix-Marseille (Site Aix en Provence)</x:t>
   </x:si>
   <x:si>
     <x:t>expert en contrôle de gestion et audit</x:t>
   </x:si>
   <x:si>
     <x:t>ESG</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention finance (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formaposte Sud Est - CFA Régional Métiers de la Poste</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13453</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention administration et liquidation d'entreprises en difficulté parcours entreprises en difficulté</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université|Aix Marseille Université - Faculté de Droit et Science Politique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cours Diderot - Antenne Aix en Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole de diététique et nutrition humaine</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention finance parcours gestion du patrimoine (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Difcam</x:t>
   </x:si>
   <x:si>
     <x:t>75008</x:t>
-  </x:si>
-[...19 lines deleted...]
-    <x:t>Aix Marseille Université|Aix Marseille Université - Faculté de Droit et Science Politique</x:t>
   </x:si>
   <x:si>
     <x:t>Hautes Etudes de Comptabilité et de Gestion - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>École Pigier Aix en Provence (Cours Messidoro)</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>manager comptable et financier</x:t>
   </x:si>
   <x:si>
     <x:t>Campus Eductive Aix-en-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole supérieure Campus Eductive Aix-en-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>EM Normandie Programme grande école (Apprentissage)</x:t>
   </x:si>
@@ -3176,690 +3176,687 @@
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
         <x:v>594987</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
-        <x:v>34734</x:v>
+        <x:v>35375</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
+      <x:c r="E23" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G23" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="H23" s="0" t="s">
+        <x:v>114</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
-        <x:v>32054</x:v>
+        <x:v>13366</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>558084</x:v>
+        <x:v>510586</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
-        <x:v>35375</x:v>
+        <x:v>40998</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="I24" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
-        <x:v>13366</x:v>
+        <x:v>32043</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>510586</x:v>
+        <x:v>609442</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
-      <x:c r="E25" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G25" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>609442</x:v>
+        <x:v>567430</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="H26" s="14" t="s">
         <x:v>139</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>140</x:v>
       </x:c>
       <x:c r="I26" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>567430</x:v>
+        <x:v>554013</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
+      <x:c r="E27" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G27" s="0" t="s">
-        <x:v>139</x:v>
-[...2 lines deleted...]
-        <x:v>140</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>554013</x:v>
+        <x:v>554234</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
-      <x:c r="E28" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
-        <x:v>102</x:v>
-[...1 lines deleted...]
-      <x:c r="H28" s="14" t="s"/>
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="H28" s="14" t="s">
+        <x:v>139</x:v>
+      </x:c>
       <x:c r="I28" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>554234</x:v>
+        <x:v>571997</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
-        <x:v>40998</x:v>
+        <x:v>37830</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
+      <x:c r="E29" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G29" s="0" t="s">
-        <x:v>139</x:v>
-[...2 lines deleted...]
-        <x:v>140</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
-        <x:v>32043</x:v>
+        <x:v>32623</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>571997</x:v>
+        <x:v>603563</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
-        <x:v>40998</x:v>
+        <x:v>34734</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
-      <x:c r="E30" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
-        <x:v>32043</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>607160</x:v>
+        <x:v>558084</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
-        <x:v>37830</x:v>
+        <x:v>40998</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="E31" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
-        <x:v>32623</x:v>
+        <x:v>32043</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>603563</x:v>
+        <x:v>607160</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
-        <x:v>40998</x:v>
+        <x:v>39973</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
-      <x:c r="E32" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
-        <x:v>139</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
-        <x:v>32043</x:v>
+        <x:v>32611</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>516442</x:v>
+        <x:v>592280</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
-        <x:v>35375</x:v>
+        <x:v>40998</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="E33" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
-        <x:v>13366</x:v>
+        <x:v>32043</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>603403</x:v>
+        <x:v>516442</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>35375</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I34" s="16" t="s">
         <x:v>115</x:v>
@@ -3870,111 +3867,117 @@
       <x:c r="K34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>13366</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>603405</x:v>
+        <x:v>603403</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
-        <x:v>39973</x:v>
+        <x:v>35375</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
+      <x:c r="E35" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G35" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="H35" s="0" t="s">
+        <x:v>114</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
-        <x:v>32611</x:v>
+        <x:v>13366</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>592280</x:v>
+        <x:v>603405</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
@@ -3986,51 +3989,51 @@
       <x:c r="L36" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>554236</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="E37" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
@@ -4125,78 +4128,78 @@
       <x:c r="S38" s="14" t="n">
         <x:v>554866</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="E39" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="H39" s="0" t="s">
         <x:v>139</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>140</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
         <x:v>559042</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
@@ -4267,51 +4270,51 @@
       <x:c r="E41" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>32611</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>603568</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
@@ -4412,379 +4415,379 @@
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>609443</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="H44" s="14" t="s">
         <x:v>139</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>140</x:v>
       </x:c>
       <x:c r="I44" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>507607</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="H45" s="0" t="s">
         <x:v>139</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>140</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>567429</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="H46" s="14" t="s">
         <x:v>139</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>140</x:v>
       </x:c>
       <x:c r="I46" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>587413</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="H47" s="0" t="s">
         <x:v>139</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>140</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>587414</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="H48" s="14" t="s">
         <x:v>139</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>140</x:v>
       </x:c>
       <x:c r="I48" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>571999</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="E49" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="H49" s="0" t="s">
         <x:v>139</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>140</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>608203</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
@@ -4816,51 +4819,51 @@
       <x:c r="M50" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>13366</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>554864</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="E51" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
@@ -5053,51 +5056,51 @@
       <x:c r="L54" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>499360</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="E55" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
@@ -5169,51 +5172,51 @@
       <x:c r="L56" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>499363</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>34734</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
@@ -5406,51 +5409,51 @@
       <x:c r="M60" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>13366</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>603833</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="E61" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -5519,54 +5522,54 @@
       <x:c r="L62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>501440</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -5700,198 +5703,198 @@
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>546326</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
-        <x:v>38520</x:v>
+        <x:v>37830</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
-        <x:v>32626</x:v>
+        <x:v>32623</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>546324</x:v>
+        <x:v>600150</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
-        <x:v>37830</x:v>
+        <x:v>38520</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="E67" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
-        <x:v>32623</x:v>
+        <x:v>32626</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>600150</x:v>
+        <x:v>546324</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>39973</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>32611</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>592281</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
@@ -5904,51 +5907,51 @@
       <x:c r="E69" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>32611</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>600156</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
@@ -6315,2730 +6318,2733 @@
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>594986</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
-        <x:v>35913</x:v>
+        <x:v>40289</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
-        <x:v>41062</x:v>
+        <x:v>32652</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>596497</x:v>
+        <x:v>592408</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
-        <x:v>40289</x:v>
+        <x:v>35913</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
-        <x:v>32652</x:v>
+        <x:v>41062</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>592408</x:v>
+        <x:v>596497</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
-        <x:v>36419</x:v>
+        <x:v>40998</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
+      <x:c r="H79" s="0" t="s">
+        <x:v>218</x:v>
+      </x:c>
       <x:c r="I79" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
-        <x:v>32024</x:v>
+        <x:v>32043</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>589590</x:v>
+        <x:v>578133</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>36419</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>589591</x:v>
+        <x:v>589588</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>223</x:v>
+        <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
+      <x:c r="E81" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G81" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>578132</x:v>
+        <x:v>504723</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
-        <x:v>43</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
-        <x:v>229</x:v>
-[...1 lines deleted...]
-      <x:c r="H82" s="14" t="s"/>
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="H82" s="14" t="s">
+        <x:v>218</x:v>
+      </x:c>
       <x:c r="I82" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>594982</x:v>
+        <x:v>461248</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>461215</x:v>
+        <x:v>461222</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
-        <x:v>70</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s">
-        <x:v>226</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="I84" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>461225</x:v>
+        <x:v>461228</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>461242</x:v>
+        <x:v>461234</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
-        <x:v>36419</x:v>
+        <x:v>40998</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
-      <x:c r="E86" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
-      <x:c r="H86" s="14" t="s"/>
+      <x:c r="H86" s="14" t="s">
+        <x:v>218</x:v>
+      </x:c>
       <x:c r="I86" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
-        <x:v>32024</x:v>
+        <x:v>32043</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>553080</x:v>
+        <x:v>461244</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
-        <x:v>36419</x:v>
+        <x:v>37548</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
+      <x:c r="E87" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G87" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>525431</x:v>
+        <x:v>558999</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>36419</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>525432</x:v>
+        <x:v>477934</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>223</x:v>
+        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>36419</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>525429</x:v>
+        <x:v>525430</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
-        <x:v>37548</x:v>
+        <x:v>40998</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
-      <x:c r="H90" s="14" t="s"/>
+      <x:c r="H90" s="14" t="s">
+        <x:v>218</x:v>
+      </x:c>
       <x:c r="I90" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
-        <x:v>32024</x:v>
+        <x:v>32043</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>558997</x:v>
+        <x:v>549368</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>36419</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
-      <x:c r="E91" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G91" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>553081</x:v>
+        <x:v>589590</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
-        <x:v>37548</x:v>
+        <x:v>36419</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
-      <x:c r="E92" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>559000</x:v>
+        <x:v>589591</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
-        <x:v>36419</x:v>
+        <x:v>40998</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
-      <x:c r="E93" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
+      <x:c r="H93" s="0" t="s">
+        <x:v>218</x:v>
+      </x:c>
       <x:c r="I93" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
-        <x:v>32024</x:v>
+        <x:v>32043</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>600231</x:v>
+        <x:v>577590</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
-        <x:v>36419</x:v>
+        <x:v>40998</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
-      <x:c r="E94" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
-        <x:v>32024</x:v>
+        <x:v>32043</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>600232</x:v>
+        <x:v>594982</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
-        <x:v>37548</x:v>
+        <x:v>40998</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
-      <x:c r="E95" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
+      <x:c r="H95" s="0" t="s">
+        <x:v>218</x:v>
+      </x:c>
       <x:c r="I95" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
-        <x:v>32024</x:v>
+        <x:v>32043</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>553181</x:v>
+        <x:v>461215</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s">
-        <x:v>226</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="I96" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>577590</x:v>
+        <x:v>461225</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>461218</x:v>
+        <x:v>461242</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
-        <x:v>126</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
-        <x:v>250</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
-        <x:v>40998</x:v>
+        <x:v>36419</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
-      <x:c r="E98" s="14" t="s"/>
+      <x:c r="E98" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
-        <x:v>225</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
-        <x:v>32043</x:v>
+        <x:v>32024</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>461229</x:v>
+        <x:v>553080</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>578133</x:v>
+        <x:v>578132</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s">
-        <x:v>226</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="I100" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>461248</x:v>
+        <x:v>461218</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
-        <x:v>36419</x:v>
+        <x:v>40998</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
+      <x:c r="H101" s="0" t="s">
+        <x:v>218</x:v>
+      </x:c>
       <x:c r="I101" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
-        <x:v>32024</x:v>
+        <x:v>32043</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>589588</x:v>
+        <x:v>461229</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
-        <x:v>40998</x:v>
+        <x:v>37548</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
-        <x:v>225</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
-        <x:v>32043</x:v>
+        <x:v>32024</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
-        <x:v>255</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>504723</x:v>
+        <x:v>553181</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
-        <x:v>40998</x:v>
+        <x:v>36419</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
-        <x:v>225</x:v>
-[...2 lines deleted...]
-        <x:v>226</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
-        <x:v>32043</x:v>
+        <x:v>32024</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>461222</x:v>
+        <x:v>525431</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
-        <x:v>126</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
-        <x:v>250</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
-        <x:v>40998</x:v>
+        <x:v>36419</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
-        <x:v>225</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
-        <x:v>32043</x:v>
+        <x:v>32024</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>461228</x:v>
+        <x:v>525432</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
-        <x:v>40998</x:v>
+        <x:v>37548</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
+      <x:c r="E105" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G105" s="0" t="s">
-        <x:v>225</x:v>
-[...2 lines deleted...]
-        <x:v>226</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
-        <x:v>32043</x:v>
+        <x:v>32024</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>461234</x:v>
+        <x:v>559000</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
-        <x:v>126</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
-        <x:v>40998</x:v>
+        <x:v>36419</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
-      <x:c r="E106" s="14" t="s"/>
+      <x:c r="E106" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
-        <x:v>225</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
-        <x:v>32043</x:v>
+        <x:v>32024</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>461244</x:v>
+        <x:v>600231</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
-        <x:v>37548</x:v>
+        <x:v>36419</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="E107" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>558999</x:v>
+        <x:v>600232</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>36419</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>477934</x:v>
+        <x:v>525429</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
-        <x:v>258</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>223</x:v>
+        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
-        <x:v>36419</x:v>
+        <x:v>37548</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
+      <x:c r="E109" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G109" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>525430</x:v>
+        <x:v>558997</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
-        <x:v>40998</x:v>
+        <x:v>36419</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
-        <x:v>225</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
-        <x:v>32043</x:v>
+        <x:v>32024</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
-        <x:v>255</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>549368</x:v>
+        <x:v>553081</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>461236</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s">
-        <x:v>226</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="I112" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>461246</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>461250</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s">
-        <x:v>226</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="I114" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>608022</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>36419</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="E115" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>553079</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>36419</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>600230</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>36419</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>477935</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>36419</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>477933</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
-        <x:v>258</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
-        <x:v>236</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="H119" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>461224</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s">
-        <x:v>226</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="I120" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>461255</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>461253</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>36419</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>589592</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>37548</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="E123" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>558998</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -9067,621 +9073,624 @@
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>602089</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C125" s="3" t="n">
+        <x:v>40998</x:v>
+      </x:c>
+      <x:c r="D125" s="3" t="s"/>
+      <x:c r="E125" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="G125" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
-      <x:c r="C125" s="3" t="s"/>
-[...1 lines deleted...]
-      <x:c r="G125" s="0" t="s">
+      <x:c r="H125" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
+      <x:c r="J125" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
-        <x:v>32098</x:v>
+        <x:v>32043</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="P125" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
-      <x:c r="P125" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="Q125" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
-        <x:v>573091</x:v>
+        <x:v>508758</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
-        <x:v>272</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
-        <x:v>22</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="C126" s="15" t="s"/>
       <x:c r="D126" s="15" t="s"/>
-      <x:c r="E126" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="H126" s="14" t="s"/>
+      <x:c r="I126" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
-      <x:c r="H126" s="14" t="s">
-[...7 lines deleted...]
-      </x:c>
+      <x:c r="J126" s="14" t="s"/>
       <x:c r="K126" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
-        <x:v>32043</x:v>
+        <x:v>32098</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
-        <x:v>276</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
-        <x:v>255</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>508758</x:v>
+        <x:v>573091</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="C127" s="3" t="s"/>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>32098</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>614758</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
-        <x:v>273</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="I128" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
-        <x:v>276</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
-        <x:v>255</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>557180</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="E129" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>557179</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
-        <x:v>273</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="I130" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
-        <x:v>276</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
-        <x:v>255</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>609596</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="E131" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>609597</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s">
-        <x:v>226</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="I132" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>577591</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
         <x:v>594983</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
-        <x:v>266</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="C134" s="15" t="s"/>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
-        <x:v>267</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
-        <x:v>268</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s"/>
       <x:c r="K134" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>32098</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
-        <x:v>267</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
-        <x:v>268</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
         <x:v>614757</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>29</x:v>
@@ -9747,59 +9756,59 @@
       <x:c r="M136" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>599154</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>29</x:v>
@@ -9812,51 +9821,51 @@
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>571996</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="I138" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -9992,51 +10001,51 @@
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
         <x:v>547738</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>29</x:v>
@@ -10110,51 +10119,51 @@
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>509420</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="H143" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>29</x:v>
@@ -10167,51 +10176,51 @@
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
         <x:v>524652</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="I144" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -10336,51 +10345,51 @@
       <x:c r="L146" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>32626</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>602436</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>40252</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="E147" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
@@ -10633,51 +10642,51 @@
       <x:c r="M151" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
         <x:v>600252</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>41331</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="I152" s="16" t="s">
         <x:v>309</x:v>
@@ -10812,51 +10821,51 @@
       <x:c r="L154" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>32650</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>541384</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>35008</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="E155" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
@@ -11068,164 +11077,164 @@
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
         <x:v>546855</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
-        <x:v>35918</x:v>
+        <x:v>35913</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
-        <x:v>32098</x:v>
+        <x:v>41062</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>575677</x:v>
+        <x:v>575751</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
-        <x:v>35913</x:v>
+        <x:v>35918</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="I160" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
-        <x:v>41062</x:v>
+        <x:v>32098</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
-        <x:v>575751</x:v>
+        <x:v>575677</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="H161" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>29</x:v>
@@ -11671,183 +11680,182 @@
         <x:v>35918</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>32098</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>595453</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
-        <x:v>43</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
-        <x:v>35913</x:v>
+        <x:v>35918</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
-        <x:v>201</x:v>
-[...1 lines deleted...]
-      <x:c r="H170" s="14" t="s"/>
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="H170" s="14" t="s">
+        <x:v>178</x:v>
+      </x:c>
       <x:c r="I170" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
-        <x:v>41062</x:v>
+        <x:v>32098</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>596500</x:v>
+        <x:v>575676</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
-        <x:v>35918</x:v>
+        <x:v>35913</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
-        <x:v>177</x:v>
-[...2 lines deleted...]
-        <x:v>178</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
-        <x:v>32098</x:v>
+        <x:v>41062</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
-        <x:v>314</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>575676</x:v>
+        <x:v>596500</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>35913</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="I172" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
@@ -11938,435 +11946,436 @@
         <x:v>575750</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
-        <x:v>340</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
-        <x:v>342</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="R174" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
-      <x:c r="R174" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>548548</x:v>
+        <x:v>601817</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
-        <x:v>344</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="E175" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="H175" s="0" t="s">
+        <x:v>344</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="Q175" s="4" t="s">
         <x:v>345</x:v>
       </x:c>
-      <x:c r="Q175" s="4" t="s">
+      <x:c r="R175" s="0" t="s">
+        <x:v>342</x:v>
+      </x:c>
+      <x:c r="S175" s="0" t="n">
+        <x:v>548548</x:v>
+      </x:c>
+      <x:c r="T175" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
-      <x:c r="R175" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="U175" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
-        <x:v>35375</x:v>
+        <x:v>40998</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
-        <x:v>113</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
-        <x:v>13366</x:v>
+        <x:v>32043</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
-        <x:v>347</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
-        <x:v>346</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
-        <x:v>343</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
-        <x:v>556145</x:v>
+        <x:v>495333</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
-        <x:v>40998</x:v>
+        <x:v>35375</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="E177" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="H177" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
-        <x:v>32043</x:v>
+        <x:v>13366</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="R177" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
-      <x:c r="R177" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S177" s="0" t="n">
-        <x:v>500538</x:v>
+        <x:v>556145</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
-        <x:v>24</x:v>
-[...1 lines deleted...]
-      <x:c r="H178" s="14" t="s"/>
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="H178" s="14" t="s">
+        <x:v>344</x:v>
+      </x:c>
       <x:c r="I178" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="Q178" s="16" t="s">
         <x:v>345</x:v>
       </x:c>
-      <x:c r="Q178" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R178" s="14" t="s">
-        <x:v>343</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
-        <x:v>552218</x:v>
+        <x:v>500538</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="E179" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
-        <x:v>345</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
-        <x:v>346</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
-        <x:v>495333</x:v>
+        <x:v>552218</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>35375</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>13366</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
-        <x:v>346</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
-        <x:v>343</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
         <x:v>596718</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>35375</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="E181" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -12379,169 +12388,169 @@
       <x:c r="I181" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>13366</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
-        <x:v>346</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
         <x:v>602548</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
-        <x:v>340</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s">
-        <x:v>341</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="I182" s="16" t="s">
-        <x:v>342</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
-        <x:v>340</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
+        <x:v>345</x:v>
+      </x:c>
+      <x:c r="R182" s="14" t="s">
         <x:v>342</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>343</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
         <x:v>602197</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
         <x:v>35378</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
-        <x:v>346</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
         <x:v>596715</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>35375</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
@@ -12678,51 +12687,51 @@
       <x:c r="L186" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
         <x:v>506457</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="C187" s="3" t="s"/>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H187" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>359</x:v>
@@ -12841,112 +12850,112 @@
       <x:c r="I189" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>13366</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
-        <x:v>346</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
         <x:v>556167</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
         <x:v>35375</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I190" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>13366</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
-        <x:v>346</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
         <x:v>602547</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>36596</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
@@ -13149,51 +13158,51 @@
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
         <x:v>608665</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>32043</x:v>
@@ -13203,801 +13212,797 @@
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
         <x:v>581437</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
         <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
-        <x:v>374</x:v>
-[...1 lines deleted...]
-      <x:c r="H196" s="14" t="s"/>
+        <x:v>379</x:v>
+      </x:c>
+      <x:c r="H196" s="14" t="s">
+        <x:v>380</x:v>
+      </x:c>
       <x:c r="I196" s="16" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
-        <x:v>374</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
-        <x:v>571995</x:v>
+        <x:v>588354</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
-        <x:v>379</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
-        <x:v>380</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
-      <x:c r="E197" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G197" s="0" t="s">
-        <x:v>381</x:v>
-[...2 lines deleted...]
-        <x:v>382</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
-        <x:v>381</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
-        <x:v>614708</x:v>
+        <x:v>571995</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
-        <x:v>70</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
-      <x:c r="E198" s="14" t="s"/>
+      <x:c r="E198" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
-        <x:v>374</x:v>
-[...1 lines deleted...]
-      <x:c r="H198" s="14" t="s"/>
+        <x:v>379</x:v>
+      </x:c>
+      <x:c r="H198" s="14" t="s">
+        <x:v>380</x:v>
+      </x:c>
       <x:c r="I198" s="16" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K198" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
-        <x:v>374</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
-        <x:v>587410</x:v>
+        <x:v>614708</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
-        <x:v>377</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
-        <x:v>378</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="G199" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
-        <x:v>571993</x:v>
+        <x:v>587410</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
-      <x:c r="E200" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
-        <x:v>383</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s"/>
       <x:c r="I200" s="16" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
-        <x:v>383</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
-        <x:v>547172</x:v>
+        <x:v>571993</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
-        <x:v>384</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="E201" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
-        <x:v>383</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
-        <x:v>383</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
-        <x:v>601993</x:v>
+        <x:v>547172</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
-        <x:v>70</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
-      <x:c r="E202" s="14" t="s"/>
+      <x:c r="E202" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
-        <x:v>374</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s"/>
       <x:c r="I202" s="16" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
-        <x:v>374</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
-        <x:v>587407</x:v>
+        <x:v>601993</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
-        <x:v>379</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
-        <x:v>380</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
-      <x:c r="E203" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G203" s="0" t="s">
-        <x:v>383</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
-        <x:v>383</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
-        <x:v>547171</x:v>
+        <x:v>587407</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
-        <x:v>385</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
-        <x:v>70</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
-        <x:v>40998</x:v>
+        <x:v>36419</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
-      <x:c r="E204" s="14" t="s"/>
+      <x:c r="E204" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
-        <x:v>381</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s">
-        <x:v>382</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="I204" s="16" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K204" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
-        <x:v>32043</x:v>
+        <x:v>32024</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
-        <x:v>381</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
-        <x:v>588354</x:v>
+        <x:v>547216</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
-        <x:v>386</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="E205" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
-        <x:v>387</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
-        <x:v>494817</x:v>
+        <x:v>547838</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
-        <x:v>388</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s"/>
       <x:c r="I206" s="16" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K206" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
-        <x:v>387</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
-        <x:v>547838</x:v>
+        <x:v>494817</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
-        <x:v>380</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
-        <x:v>36419</x:v>
+        <x:v>40998</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="E207" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
-        <x:v>390</x:v>
-[...2 lines deleted...]
-        <x:v>391</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
-        <x:v>32024</x:v>
+        <x:v>32043</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
-        <x:v>547216</x:v>
+        <x:v>547171</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s"/>
       <x:c r="I208" s="16" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K208" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
         <x:v>542490</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
-        <x:v>380</x:v>
+        <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>32043</x:v>
@@ -14007,51 +14012,51 @@
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
         <x:v>587408</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s"/>
       <x:c r="I210" s="16" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K210" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>29</x:v>
@@ -14074,78 +14079,78 @@
       <x:c r="S210" s="14" t="n">
         <x:v>494444</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="E211" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
-        <x:v>381</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="H211" s="0" t="s">
-        <x:v>382</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
-        <x:v>381</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
         <x:v>549260</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
@@ -14160,123 +14165,123 @@
         <x:v>374</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s"/>
       <x:c r="I212" s="16" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K212" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
-        <x:v>387</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
         <x:v>604609</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
         <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="E213" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G213" s="0" t="s">
-        <x:v>381</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="H213" s="0" t="s">
-        <x:v>382</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
-        <x:v>381</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
         <x:v>503872</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
         <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s"/>
       <x:c r="I214" s="16" t="s">
         <x:v>375</x:v>
       </x:c>
@@ -14343,57 +14348,57 @@
       <x:c r="K215" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
-        <x:v>601756</x:v>
+        <x:v>552113</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s"/>
       <x:c r="I216" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
@@ -14402,57 +14407,57 @@
       <x:c r="K216" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
-        <x:v>552113</x:v>
+        <x:v>601756</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>38201</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -15038,285 +15043,285 @@
       <x:c r="M227" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
         <x:v>603842</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
         <x:v>35913</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
-      <x:c r="H228" s="14" t="s"/>
+      <x:c r="H228" s="14" t="s">
+        <x:v>114</x:v>
+      </x:c>
       <x:c r="I228" s="16" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K228" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>41062</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
-        <x:v>568283</x:v>
+        <x:v>498933</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
-        <x:v>39973</x:v>
+        <x:v>37855</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="E229" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
-        <x:v>32611</x:v>
+        <x:v>32626</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
-        <x:v>405</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
-        <x:v>600155</x:v>
+        <x:v>535039</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
-        <x:v>419</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
-        <x:v>35913</x:v>
+        <x:v>39973</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
-        <x:v>420</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
-        <x:v>421</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
-        <x:v>41062</x:v>
+        <x:v>32611</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
-        <x:v>498933</x:v>
+        <x:v>600155</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
-        <x:v>37855</x:v>
+        <x:v>38201</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
-      <x:c r="E231" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G231" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="H231" s="0" t="s">
+        <x:v>178</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
-        <x:v>32626</x:v>
+        <x:v>13262</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
-        <x:v>407</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
-        <x:v>535039</x:v>
+        <x:v>576297</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s"/>
       <x:c r="I232" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -15394,274 +15399,274 @@
       </x:c>
       <x:c r="P233" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
         <x:v>575971</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
-        <x:v>419</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
         <x:v>35913</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
-        <x:v>420</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I234" s="16" t="s">
-        <x:v>421</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K234" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>41062</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
         <x:v>609179</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
-        <x:v>422</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
-        <x:v>423</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
         <x:v>594981</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
-        <x:v>70</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
-        <x:v>424</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
-        <x:v>38201</x:v>
+        <x:v>37830</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
-      <x:c r="E236" s="14" t="s"/>
+      <x:c r="E236" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
-        <x:v>177</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="H236" s="14" t="s"/>
       <x:c r="I236" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K236" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
-        <x:v>13262</x:v>
+        <x:v>32623</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
-        <x:v>399</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
-        <x:v>425</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
-        <x:v>576297</x:v>
+        <x:v>546325</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
-        <x:v>37830</x:v>
+        <x:v>35913</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="E237" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
-        <x:v>32623</x:v>
+        <x:v>41062</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
-        <x:v>405</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
-        <x:v>546325</x:v>
+        <x:v>568283</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="I238" s="16" t="s">
         <x:v>290</x:v>
@@ -15678,51 +15683,51 @@
       <x:c r="M238" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
         <x:v>599153</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
         <x:v>38520</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="E239" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G239" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
@@ -15908,54 +15913,54 @@
       <x:c r="L242" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
         <x:v>509942</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="U242" s="16" t="s">
         <x:v>135</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
         <x:v>34734</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="G243" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
@@ -16030,51 +16035,51 @@
       </x:c>
       <x:c r="P244" s="14" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
         <x:v>597147</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C245" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="G245" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="H245" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>29</x:v>
@@ -16192,51 +16197,51 @@
       <x:c r="L247" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
         <x:v>499366</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="C248" s="15" t="n">
         <x:v>41053</x:v>
       </x:c>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s"/>
       <x:c r="I248" s="16" t="s">