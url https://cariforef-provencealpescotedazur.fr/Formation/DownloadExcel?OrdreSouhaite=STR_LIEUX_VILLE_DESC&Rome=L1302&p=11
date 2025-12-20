--- v0 (2025-12-19)
+++ v1 (2025-12-20)
@@ -797,83 +797,83 @@
   <x:si>
     <x:t>GIP FIPAN</x:t>
   </x:si>
   <x:si>
     <x:t>Conduite projet</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Bristol</x:t>
   </x:si>
   <x:si>
     <x:t>06400</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chef de projets audiovisuels</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Maîtriser la stratégie de diffusion d'un spectacle : du ciblage à la négociation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Arsud - L'outil des Arts et du Spectacle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13320</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BOUC-BEL-AIR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>L'anglais professionnel pour la production de spectacle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Anglais appliqué</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Sécuriser l'exploitation d'une oeuvre : droits d'auteur et spectacle vivant</x:t>
   </x:si>
   <x:si>
-    <x:t>Arsud - L'outil des Arts et du Spectacle</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>11/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Maîtriser la stratégie de diffusion d'un spectacle : du ciblage à la négociation</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Distribuer sa musique en ligne : stratégies et leviers</x:t>
   </x:si>
   <x:si>
     <x:t>03/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Piloter la production dans le spectacle vivant</x:t>
   </x:si>
   <x:si>
     <x:t>03/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Sécuriser la rédaction du contrat de cession</x:t>
@@ -893,56 +893,56 @@
   <x:si>
     <x:t>04/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>master mention études culturelles</x:t>
   </x:si>
   <x:si>
     <x:t>Avignon Université</x:t>
   </x:si>
   <x:si>
     <x:t>84029</x:t>
   </x:si>
   <x:si>
     <x:t>Politique culturelle</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>master mention culture et communication</x:t>
   </x:si>
   <x:si>
     <x:t>Culture civilisation</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention cinéma et audiovisuel parcours métiers de la composition musicale et sonore pour l'image</x:t>
+  </x:si>
+  <x:si>
     <x:t>AUBAGNE</x:t>
   </x:si>
   <x:si>
-    <x:t>Master mention cinéma et audiovisuel parcours métiers de la composition musicale et sonore pour l'image</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Master mention cinéma et audiovisuel parcours ingénierie du son à l'image</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention cinéma et audiovisuel parcours métiers de la production et de la réalisation</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention cinéma et audiovisuel parcours ingénierie de l'image et de la prise de vue</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention cinéma et audiovisuel parcours ingénierie du montage et post-production</x:t>
   </x:si>
   <x:si>
     <x:t>Documentaire sonore de création</x:t>
   </x:si>
   <x:si>
     <x:t>Phonurgia Nova</x:t>
   </x:si>
   <x:si>
     <x:t>13200</x:t>
   </x:si>
   <x:si>
     <x:t>Radio télévision</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
@@ -998,54 +998,54 @@
   <x:si>
     <x:t>13090</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>Igpepm - Groupe Eductive</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention arts du spectacle parcours arts de la scène</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention arts du spectacle parcours théories et pratiques du cinéma et de l'audiovisuel</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention direction de projets ou établissements culturels parcours management et droit des organisations et des manifestations culturelles</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Institut de Management Public et Gouvernance Territoriale</x:t>
   </x:si>
   <x:si>
+    <x:t>09/01/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention études culturelles parcours monde anglophone</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
       <x:charset val="1"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:name val="Arial"/>
       <x:family val="0"/>
@@ -5263,171 +5263,171 @@
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="C69" s="3" t="s"/>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>45052</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>612213</x:v>
+        <x:v>612205</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C70" s="15" t="s"/>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s"/>
       <x:c r="K70" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
-        <x:v>45052</x:v>
+        <x:v>15214</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>612205</x:v>
+        <x:v>612216</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>221</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s"/>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
-        <x:v>15214</x:v>
+        <x:v>45052</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>612216</x:v>
+        <x:v>612213</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C72" s="15" t="s"/>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>244</x:v>
@@ -5762,207 +5762,208 @@
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>597254</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>39404</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="H79" s="0" t="s">
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>592096</x:v>
+        <x:v>576153</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
-        <x:v>73</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
-        <x:v>275</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>39404</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
-        <x:v>137</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>576153</x:v>
+        <x:v>592096</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>39404</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>576152</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>39404</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
@@ -5977,51 +5978,51 @@
       <x:c r="J82" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>576155</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>39404</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
@@ -6034,51 +6035,51 @@
       <x:c r="J83" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>576148</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>39404</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
@@ -6093,51 +6094,51 @@
       <x:c r="J84" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>576151</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="C85" s="3" t="s"/>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>282</x:v>
@@ -6428,154 +6429,154 @@
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>605664</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
-        <x:v>34838</x:v>
+        <x:v>40470</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
-        <x:v>13096</x:v>
+        <x:v>45004</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>595413</x:v>
+        <x:v>592521</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
-        <x:v>40470</x:v>
+        <x:v>34838</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
-        <x:v>45004</x:v>
+        <x:v>13096</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>592521</x:v>
+        <x:v>595413</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>39404</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -7098,170 +7099,170 @@
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>575031</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
-        <x:v>34838</x:v>
+        <x:v>37019</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
+      <x:c r="E103" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G103" s="0" t="s">
-        <x:v>137</x:v>
-[...2 lines deleted...]
-        <x:v>138</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
-        <x:v>13096</x:v>
+        <x:v>46244</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>575798</x:v>
+        <x:v>535327</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
-        <x:v>37019</x:v>
+        <x:v>34838</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
-      <x:c r="E104" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
-        <x:v>24</x:v>
-[...1 lines deleted...]
-      <x:c r="H104" s="14" t="s"/>
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="H104" s="14" t="s">
+        <x:v>138</x:v>
+      </x:c>
       <x:c r="I104" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
-        <x:v>46244</x:v>
+        <x:v>13096</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
-        <x:v>301</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>535327</x:v>
+        <x:v>575798</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>310</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>241</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>34838</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>79</x:v>