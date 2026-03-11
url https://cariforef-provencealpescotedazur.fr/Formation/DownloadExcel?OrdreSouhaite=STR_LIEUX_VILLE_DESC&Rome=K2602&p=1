--- v0 (2026-03-11)
+++ v1 (2026-03-11)
@@ -365,72 +365,72 @@
   <x:si>
     <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme permettant d'exercer la fonction de conseiller funéraire et assimilé</x:t>
   </x:si>
   <x:si>
     <x:t>Sans niveau spécifique</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de la fonction publique hospitalière , Demandeur d'emploi longue durée , Demandeur d'emploi moins de 26 ans , Primo-arrivant , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Dirigeant pompes funèbres</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Dirigeant pompes funèbres</x:t>
+    <x:t>10/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2026 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>10/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Accent Formation</x:t>
   </x:si>
   <x:si>
     <x:t>84130</x:t>
   </x:si>
   <x:si>
     <x:t>LE PONTET</x:t>
   </x:si>
   <x:si>
     <x:t>02/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil Régional</x:t>
   </x:si>
@@ -2054,479 +2054,478 @@
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
         <x:v>611136</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C20" s="15" t="s"/>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I20" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="J20" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J20" s="14" t="s"/>
       <x:c r="K20" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>42057</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>611131</x:v>
+        <x:v>611151</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s"/>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="J21" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K21" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>42057</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>611140</x:v>
+        <x:v>611159</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C22" s="15" t="s"/>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I22" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="J22" s="14" t="s"/>
+      <x:c r="J22" s="14" t="s">
+        <x:v>94</x:v>
+      </x:c>
       <x:c r="K22" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>42057</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>611154</x:v>
+        <x:v>611131</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s"/>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
+      <x:c r="J23" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
       <x:c r="K23" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>42057</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>611161</x:v>
+        <x:v>611140</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C24" s="15" t="s"/>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I24" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="J24" s="14" t="s"/>
+      <x:c r="J24" s="14" t="s">
+        <x:v>94</x:v>
+      </x:c>
       <x:c r="K24" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>42057</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>611183</x:v>
+        <x:v>611139</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s"/>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>42057</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>611151</x:v>
+        <x:v>611161</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C26" s="15" t="s"/>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I26" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s"/>
       <x:c r="K26" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>42057</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>611159</x:v>
+        <x:v>611183</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s"/>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="J27" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K27" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>42057</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>611139</x:v>
+        <x:v>611154</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>36840</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -2710,51 +2709,51 @@
       <x:c r="L31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>42057</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
         <x:v>583638</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>36840</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="I32" s="16" t="s">
@@ -2944,51 +2943,51 @@
       <x:c r="L35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>42057</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
         <x:v>617199</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">