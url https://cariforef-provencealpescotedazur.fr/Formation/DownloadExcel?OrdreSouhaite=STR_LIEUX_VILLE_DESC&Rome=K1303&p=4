--- v0 (2026-03-10)
+++ v1 (2026-03-10)
@@ -593,62 +593,62 @@
   <x:si>
     <x:t>09/18/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LP la Colette</x:t>
   </x:si>
   <x:si>
     <x:t>Association pour l'Education Cognitive et le Développement</x:t>
   </x:si>
   <x:si>
     <x:t>13016</x:t>
   </x:si>
   <x:si>
     <x:t>05/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>CAP accompagnant éducatif petite enfance blocs de compétences BC01 - BC02 - BC03 - BC07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/29/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/07/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/08/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>CAP accompagnant éducatif petite enfance blocs de compétences BC01 - BC02 - BC03 - BC07</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Maître de maison en secteur social et médico-social (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Aide médico-sociale</x:t>
   </x:si>
   <x:si>
     <x:t>01/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CAP accompagnant éducatif petite enfance (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
     <x:t>06/14/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formadom</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/07/2027 00:00:00</x:t>
@@ -665,74 +665,74 @@
   <x:si>
     <x:t>03/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/17/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/18/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure Formation Métiers en Demande</x:t>
   </x:si>
   <x:si>
     <x:t>ESMED</x:t>
   </x:si>
   <x:si>
     <x:t>84700</x:t>
   </x:si>
   <x:si>
     <x:t>SORGUES</x:t>
   </x:si>
   <x:si>
+    <x:t>Provence Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Provence Formation - Lycée Professionnel Le Rocher</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SALON-DE-PROVENCE</x:t>
+  </x:si>
+  <x:si>
     <x:t>Silvya Terrade Sud Est</x:t>
   </x:si>
   <x:si>
     <x:t>69000</x:t>
   </x:si>
   <x:si>
     <x:t>Silvya Terrade Sud Est - Antenne Salon de Provence</x:t>
   </x:si>
   <x:si>
-    <x:t>13300</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>09/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Provence Formation</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Titre professionnel assistant de vie aux familles blocs de compétences BC01 - BC02</x:t>
   </x:si>
   <x:si>
     <x:t>Association Régionale en Economie Sociale</x:t>
   </x:si>
   <x:si>
     <x:t>ARES</x:t>
   </x:si>
   <x:si>
     <x:t>13090</x:t>
   </x:si>
   <x:si>
     <x:t>02/09/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/19/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LP le Rocher</x:t>
   </x:si>
   <x:si>
     <x:t>02/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/29/2026 00:00:00</x:t>
@@ -1079,56 +1079,56 @@
   <x:si>
     <x:t>02/25/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie de Nice Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>CCI</x:t>
   </x:si>
   <x:si>
     <x:t>LP les Palmiers</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Professionnel Régional Vauban</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>10/20/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Fondation Lenval</x:t>
   </x:si>
   <x:si>
-    <x:t>10/20/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Assistant(e) maternel(le)</x:t>
   </x:si>
   <x:si>
     <x:t>Assistance maternelle</x:t>
   </x:si>
   <x:si>
     <x:t>LP La Providence</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée La Providence</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de Formation aux Métiers de la Petite Enfance</x:t>
   </x:si>
   <x:si>
     <x:t>CFMPE</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Silvya Terrade Sud Est - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>01/06/2025 00:00:00</x:t>
@@ -1307,116 +1307,116 @@
   <x:si>
     <x:t>04/16/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/19/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/17/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Maître de maison en secteur social et médico-social</x:t>
   </x:si>
   <x:si>
     <x:t>09/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>11/03/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/22/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Le métier d'aide à domicile</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/16/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/13/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>05/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>11/03/2025 00:00:00</x:t>
-[...14 lines deleted...]
-    <x:t>10/13/2025 00:00:00</x:t>
+    <x:t>Maor Hateva</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
     <x:t>08/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel Assistant de Vie aux Familles (TP ADVF)</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Marseille Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>GMM</x:t>
   </x:si>
   <x:si>
     <x:t>10/16/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Maor Hateva</x:t>
+    <x:t>11/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Orgaly Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Demandeur d'emploi longue durée , Demandeur d'emploi moins de 26 ans , Demandeur d'emploi plus de 26 ans , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>11/24/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/12/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/23/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/29/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Interfed Santé Sociale - Cfa Métiers de l'Hospitalisation</x:t>
   </x:si>
   <x:si>
     <x:t>CERFAH</x:t>
   </x:si>
   <x:si>
     <x:t>Provence Formation - Lycée Professionnel Charlotte Grawitz</x:t>
   </x:si>
   <x:si>
     <x:t>Préparation au concours ATSEM (Agent Territorial Spécialisé des Ecoles Maternelles)</x:t>
@@ -2516,54 +2516,54 @@
   <x:si>
     <x:t>13100</x:t>
   </x:si>
   <x:si>
     <x:t>Codév</x:t>
   </x:si>
   <x:si>
     <x:t>Coaching de vie et business</x:t>
   </x:si>
   <x:si>
     <x:t>Efcoaching</x:t>
   </x:si>
   <x:si>
     <x:t>13580</x:t>
   </x:si>
   <x:si>
     <x:t>05/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/03/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>11/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/17/2026 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>11/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/18/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée des Métiers Emile Zola</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
@@ -6015,105 +6015,103 @@
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>604080</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
-        <x:v>77</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
-      <x:c r="E52" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>549079</x:v>
+        <x:v>618103</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>175</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -6134,273 +6132,275 @@
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>539390</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>618103</x:v>
+        <x:v>614464</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
+      <x:c r="E55" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
       <x:c r="G55" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>614464</x:v>
+        <x:v>549079</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
-        <x:v>37715</x:v>
+        <x:v>37424</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
-      <x:c r="E56" s="14" t="s"/>
+      <x:c r="E56" s="14" t="s">
+        <x:v>79</x:v>
+      </x:c>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I56" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
-        <x:v>42056</x:v>
+        <x:v>44022</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>573363</x:v>
+        <x:v>605997</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
-        <x:v>37424</x:v>
+        <x:v>37715</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
-      <x:c r="E57" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G57" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
-        <x:v>44022</x:v>
+        <x:v>42056</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>605997</x:v>
+        <x:v>573363</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -6871,229 +6871,230 @@
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>581438</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="E67" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="F67" s="0" t="s">
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>611038</x:v>
+        <x:v>587998</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
-        <x:v>36004</x:v>
+        <x:v>38565</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s">
-        <x:v>43</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="I68" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
-        <x:v>44028</x:v>
+        <x:v>44041</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>587998</x:v>
+        <x:v>546650</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
-        <x:v>38565</x:v>
+        <x:v>36004</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="E69" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
-        <x:v>44041</x:v>
+        <x:v>44028</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>546650</x:v>
+        <x:v>611038</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="I70" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
@@ -7129,251 +7130,251 @@
       <x:c r="T70" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="E71" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="Q71" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
-      <x:c r="Q71" s="4" t="s">
+      <x:c r="R71" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
-      <x:c r="R71" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>609274</x:v>
+        <x:v>553830</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="Q72" s="16" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="R72" s="14" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="S72" s="14" t="n">
+        <x:v>609274</x:v>
+      </x:c>
+      <x:c r="T72" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
-      <x:c r="Q72" s="16" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>614582</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="R74" s="14" t="s">
         <x:v>201</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>202</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>596190</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
@@ -7386,224 +7387,224 @@
       <x:c r="J75" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>614490</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="R76" s="14" t="s">
         <x:v>201</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>202</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>596202</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="E77" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="Q77" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
-      <x:c r="Q77" s="4" t="s">
+      <x:c r="R77" s="0" t="s">
         <x:v>201</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>202</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>609273</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="R78" s="14" t="s">
         <x:v>201</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>202</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>607430</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
@@ -7616,51 +7617,51 @@
       <x:c r="J79" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>614586</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
@@ -7679,51 +7680,51 @@
       <x:c r="J80" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>571153</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="E81" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
@@ -8740,332 +8741,332 @@
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>604081</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
-        <x:v>36788</x:v>
+        <x:v>38565</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="E99" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
-        <x:v>44054</x:v>
+        <x:v>44041</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>611639</x:v>
+        <x:v>497587</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
-        <x:v>38565</x:v>
+        <x:v>36788</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
-        <x:v>44041</x:v>
+        <x:v>44054</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>497587</x:v>
+        <x:v>611639</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>214</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="E101" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>611630</x:v>
+        <x:v>554289</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
-        <x:v>237</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>554289</x:v>
+        <x:v>555109</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="E103" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>555109</x:v>
+        <x:v>611630</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I104" s="16" t="s">
         <x:v>243</x:v>
@@ -10107,161 +10108,163 @@
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>599632</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
-        <x:v>77</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
-        <x:v>38565</x:v>
+        <x:v>36788</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
-      <x:c r="E122" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
-        <x:v>258</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
-        <x:v>44041</x:v>
+        <x:v>44054</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
-        <x:v>258</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>545552</x:v>
+        <x:v>596628</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
-        <x:v>36788</x:v>
+        <x:v>38565</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
+      <x:c r="E123" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
       <x:c r="G123" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="H123" s="0" t="s">
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
-        <x:v>44054</x:v>
+        <x:v>44041</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>596628</x:v>
+        <x:v>545552</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -10563,57 +10566,57 @@
       <x:c r="K129" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>556854</x:v>
+        <x:v>556853</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="I130" s="16" t="s">
         <x:v>172</x:v>
@@ -10624,57 +10627,57 @@
       <x:c r="K130" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>556853</x:v>
+        <x:v>507287</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="E131" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
@@ -10684,57 +10687,57 @@
       <x:c r="K131" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>507287</x:v>
+        <x:v>556854</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>272</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -12591,154 +12594,154 @@
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
         <x:v>616274</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
-        <x:v>38565</x:v>
+        <x:v>36004</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
-        <x:v>336</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
-        <x:v>44041</x:v>
+        <x:v>44028</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
-        <x:v>336</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>579367</x:v>
+        <x:v>573306</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
-        <x:v>214</x:v>
+        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
-        <x:v>36004</x:v>
+        <x:v>38565</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
-        <x:v>321</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
-        <x:v>44028</x:v>
+        <x:v>44041</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
-        <x:v>321</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
-        <x:v>573306</x:v>
+        <x:v>579367</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="C166" s="15" t="s"/>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="I166" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s"/>
       <x:c r="K166" s="14" t="s">
         <x:v>47</x:v>
@@ -13044,223 +13047,224 @@
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
         <x:v>599069</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
-        <x:v>77</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
-      <x:c r="E172" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
-        <x:v>198</x:v>
-[...1 lines deleted...]
-      <x:c r="H172" s="14" t="s"/>
+        <x:v>342</x:v>
+      </x:c>
+      <x:c r="H172" s="14" t="s">
+        <x:v>343</x:v>
+      </x:c>
       <x:c r="I172" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
-        <x:v>345</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
-        <x:v>332</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>609272</x:v>
+        <x:v>616697</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
+      <x:c r="E173" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
       <x:c r="G173" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="H173" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>616697</x:v>
+        <x:v>549586</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
-        <x:v>329</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
-        <x:v>329</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>549586</x:v>
+        <x:v>609272</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="E175" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="H175" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
@@ -13476,87 +13480,87 @@
       <x:c r="S178" s="14" t="n">
         <x:v>608770</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="E179" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>609271</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="C180" s="15" t="s"/>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s"/>
       <x:c r="K180" s="14" t="s">
@@ -13783,51 +13787,51 @@
       <x:c r="L184" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>44005</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>573025</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="E185" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F185" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
@@ -15492,1830 +15496,1824 @@
       <x:c r="L213" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
         <x:v>598414</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
-        <x:v>77</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s">
-        <x:v>79</x:v>
-[...1 lines deleted...]
-      <x:c r="F214" s="14" t="s"/>
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="F214" s="14" t="s">
+        <x:v>73</x:v>
+      </x:c>
       <x:c r="G214" s="14" t="s">
-        <x:v>401</x:v>
-[...1 lines deleted...]
-      <x:c r="H214" s="14" t="s"/>
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="H214" s="14" t="s">
+        <x:v>65</x:v>
+      </x:c>
       <x:c r="I214" s="16" t="s">
-        <x:v>402</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K214" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
-        <x:v>401</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
-        <x:v>402</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
-        <x:v>599219</x:v>
+        <x:v>583608</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
-        <x:v>37715</x:v>
+        <x:v>36004</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="E215" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
-      <x:c r="F215" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G215" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="H215" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
-        <x:v>42056</x:v>
+        <x:v>44028</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
-        <x:v>583608</x:v>
+        <x:v>531529</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
-        <x:v>415</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
-        <x:v>36004</x:v>
+        <x:v>38565</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
-      <x:c r="E216" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
-        <x:v>249</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="H216" s="14" t="s"/>
       <x:c r="I216" s="16" t="s">
-        <x:v>251</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
-        <x:v>44028</x:v>
+        <x:v>44041</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
-        <x:v>251</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
-        <x:v>531529</x:v>
+        <x:v>571739</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
-        <x:v>416</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
-        <x:v>22</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>415</x:v>
+      </x:c>
+      <x:c r="C217" s="3" t="s"/>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>402</x:v>
       </x:c>
-      <x:c r="J217" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
-        <x:v>44041</x:v>
+        <x:v>42056</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
-        <x:v>571739</x:v>
+        <x:v>573801</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
-        <x:v>417</x:v>
-[...1 lines deleted...]
-      <x:c r="C218" s="15" t="s"/>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="C218" s="15" t="n">
+        <x:v>37715</x:v>
+      </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
         <x:v>402</x:v>
       </x:c>
-      <x:c r="J218" s="14" t="s"/>
+      <x:c r="J218" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="K218" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
-        <x:v>573801</x:v>
+        <x:v>598416</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
-        <x:v>404</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
-        <x:v>418</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
+      <x:c r="E219" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
       <x:c r="G219" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
-        <x:v>598416</x:v>
+        <x:v>599219</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
+        <x:v>418</x:v>
+      </x:c>
+      <x:c r="U219" s="4" t="s">
         <x:v>419</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
-        <x:v>36004</x:v>
+        <x:v>38565</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
-      <x:c r="E220" s="14" t="s"/>
+      <x:c r="E220" s="14" t="s">
+        <x:v>79</x:v>
+      </x:c>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
-        <x:v>358</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>420</x:v>
+      </x:c>
+      <x:c r="H220" s="14" t="s"/>
       <x:c r="I220" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
-        <x:v>44028</x:v>
+        <x:v>44041</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
-        <x:v>358</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
-        <x:v>420</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
-        <x:v>578449</x:v>
+        <x:v>603912</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
-        <x:v>421</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
-        <x:v>422</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
-        <x:v>423</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
-        <x:v>37715</x:v>
+        <x:v>36004</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="G221" s="0" t="s">
-        <x:v>424</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="H221" s="0" t="s">
-        <x:v>425</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
-        <x:v>42056</x:v>
+        <x:v>44028</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
-        <x:v>424</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
-        <x:v>587256</x:v>
+        <x:v>578449</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
-        <x:v>426</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
-        <x:v>427</x:v>
+        <x:v>423</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
-        <x:v>77</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
-        <x:v>38565</x:v>
+        <x:v>37715</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
-      <x:c r="E222" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="H222" s="14" t="s">
+        <x:v>426</x:v>
+      </x:c>
+      <x:c r="I222" s="16" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="J222" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="K222" s="14" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="L222" s="14" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="M222" s="14" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="N222" s="15" t="n">
+        <x:v>42056</x:v>
+      </x:c>
+      <x:c r="O222" s="14" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="P222" s="14" t="s">
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="Q222" s="16" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="R222" s="14" t="s">
+        <x:v>421</x:v>
+      </x:c>
+      <x:c r="S222" s="14" t="n">
+        <x:v>587256</x:v>
+      </x:c>
+      <x:c r="T222" s="16" t="s">
+        <x:v>427</x:v>
+      </x:c>
+      <x:c r="U222" s="16" t="s">
         <x:v>428</x:v>
-      </x:c>
-[...38 lines deleted...]
-        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="E223" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
-        <x:v>428</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
-        <x:v>428</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
         <x:v>582156</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
-        <x:v>37715</x:v>
+        <x:v>38565</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
-      <x:c r="E224" s="14" t="s"/>
+      <x:c r="E224" s="14" t="s">
+        <x:v>79</x:v>
+      </x:c>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s"/>
       <x:c r="I224" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K224" s="14" t="s">
-        <x:v>430</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
-        <x:v>42056</x:v>
+        <x:v>44041</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
-        <x:v>420</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
-        <x:v>556578</x:v>
+        <x:v>582155</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
-        <x:v>431</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
-        <x:v>432</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C225" s="3" t="s"/>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="H225" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>44005</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
         <x:v>614578</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
-        <x:v>433</x:v>
+        <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
-        <x:v>38565</x:v>
+        <x:v>37715</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s"/>
       <x:c r="I226" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K226" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
-        <x:v>44041</x:v>
+        <x:v>42056</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
-        <x:v>420</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
-        <x:v>572387</x:v>
+        <x:v>556578</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
-        <x:v>434</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>433</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
-        <x:v>37715</x:v>
+        <x:v>38565</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
-      <x:c r="E227" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G227" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
-        <x:v>42056</x:v>
+        <x:v>44041</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
-        <x:v>603243</x:v>
+        <x:v>572387</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
-        <x:v>435</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
-        <x:v>436</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s"/>
       <x:c r="I228" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K228" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
-        <x:v>420</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
-        <x:v>603244</x:v>
+        <x:v>603243</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
-        <x:v>437</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
-        <x:v>438</x:v>
+        <x:v>436</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
-        <x:v>38565</x:v>
+        <x:v>37715</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="E229" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
-        <x:v>44041</x:v>
+        <x:v>42056</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
-        <x:v>555043</x:v>
+        <x:v>603244</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
-        <x:v>434</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>438</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
-        <x:v>439</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>430</x:v>
+      </x:c>
+      <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
-        <x:v>441</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
-        <x:v>420</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
-        <x:v>572239</x:v>
+        <x:v>555043</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
-        <x:v>357</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
-        <x:v>36004</x:v>
+        <x:v>38565</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
+      <x:c r="E231" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
       <x:c r="G231" s="0" t="s">
-        <x:v>358</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="H231" s="0" t="s">
-        <x:v>359</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
-        <x:v>360</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
-        <x:v>44028</x:v>
+        <x:v>44041</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
-        <x:v>358</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
-        <x:v>578447</x:v>
+        <x:v>572239</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
-        <x:v>422</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
-        <x:v>442</x:v>
-[...1 lines deleted...]
-      <x:c r="C232" s="15" t="s"/>
+        <x:v>357</x:v>
+      </x:c>
+      <x:c r="C232" s="15" t="n">
+        <x:v>36004</x:v>
+      </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
-        <x:v>428</x:v>
-[...1 lines deleted...]
-      <x:c r="H232" s="14" t="s"/>
+        <x:v>358</x:v>
+      </x:c>
+      <x:c r="H232" s="14" t="s">
+        <x:v>359</x:v>
+      </x:c>
       <x:c r="I232" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
-      <x:c r="J232" s="14" t="s"/>
+      <x:c r="J232" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="K232" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
-        <x:v>44002</x:v>
+        <x:v>44028</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
-        <x:v>444</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
-        <x:v>428</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
-        <x:v>420</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
-        <x:v>607539</x:v>
+        <x:v>578447</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
-        <x:v>445</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>423</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
-        <x:v>34</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>442</x:v>
+      </x:c>
+      <x:c r="C233" s="3" t="s"/>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
-        <x:v>446</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
-      <x:c r="J233" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K233" s="0" t="s">
-        <x:v>447</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
-        <x:v>42056</x:v>
+        <x:v>44002</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
-        <x:v>446</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
-        <x:v>617174</x:v>
+        <x:v>607539</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
-        <x:v>272</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
-        <x:v>77</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
-      <x:c r="E234" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s"/>
       <x:c r="I234" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K234" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
-        <x:v>420</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
-        <x:v>555051</x:v>
+        <x:v>617174</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
-        <x:v>448</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
-        <x:v>449</x:v>
+        <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="E235" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G235" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
-        <x:v>555048</x:v>
+        <x:v>555051</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
-        <x:v>450</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
-        <x:v>451</x:v>
+        <x:v>449</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s"/>
       <x:c r="I236" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K236" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
-        <x:v>420</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
-        <x:v>555049</x:v>
+        <x:v>555048</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>451</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
-        <x:v>423</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
+      <x:c r="E237" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
       <x:c r="G237" s="0" t="s">
-        <x:v>424</x:v>
-[...2 lines deleted...]
-        <x:v>425</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
-        <x:v>424</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
-        <x:v>585587</x:v>
+        <x:v>555049</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
-        <x:v>426</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
-        <x:v>427</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
-        <x:v>77</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
-        <x:v>38565</x:v>
+        <x:v>37715</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
-      <x:c r="E238" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
-        <x:v>429</x:v>
-[...1 lines deleted...]
-      <x:c r="H238" s="14" t="s"/>
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="H238" s="14" t="s">
+        <x:v>426</x:v>
+      </x:c>
       <x:c r="I238" s="16" t="s">
-        <x:v>360</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K238" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
-        <x:v>44041</x:v>
+        <x:v>42056</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
-        <x:v>360</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
-        <x:v>420</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
-        <x:v>603240</x:v>
+        <x:v>585587</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
-        <x:v>37715</x:v>
+        <x:v>38565</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="E239" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G239" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
-        <x:v>42056</x:v>
+        <x:v>44041</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
-        <x:v>603241</x:v>
+        <x:v>603240</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
-        <x:v>452</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
-        <x:v>375</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
-        <x:v>363</x:v>
-[...1 lines deleted...]
-      <x:c r="C240" s="15" t="s"/>
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="C240" s="15" t="n">
+        <x:v>37715</x:v>
+      </x:c>
       <x:c r="D240" s="15" t="s"/>
-      <x:c r="E240" s="14" t="s"/>
+      <x:c r="E240" s="14" t="s">
+        <x:v>79</x:v>
+      </x:c>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
-        <x:v>358</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>430</x:v>
+      </x:c>
+      <x:c r="H240" s="14" t="s"/>
       <x:c r="I240" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
-      <x:c r="J240" s="14" t="s"/>
+      <x:c r="J240" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="K240" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
-        <x:v>44005</x:v>
+        <x:v>42056</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
-        <x:v>364</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
-        <x:v>358</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
-        <x:v>420</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
-        <x:v>573028</x:v>
+        <x:v>603241</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
-        <x:v>453</x:v>
+        <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
-        <x:v>22</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>363</x:v>
+      </x:c>
+      <x:c r="C241" s="3" t="s"/>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="G241" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>358</x:v>
+      </x:c>
+      <x:c r="H241" s="0" t="s">
+        <x:v>359</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
-        <x:v>455</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
-        <x:v>44041</x:v>
+        <x:v>44005</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
-        <x:v>455</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
-        <x:v>586346</x:v>
+        <x:v>573028</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
-        <x:v>457</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>453</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
-        <x:v>77</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
-      <x:c r="E242" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E242" s="14" t="s"/>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s"/>
       <x:c r="I242" s="16" t="s">
-        <x:v>360</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K242" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
-        <x:v>360</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
-        <x:v>420</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
-        <x:v>603239</x:v>
+        <x:v>586346</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
-        <x:v>458</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
-        <x:v>357</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
-        <x:v>36004</x:v>
+        <x:v>38565</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
+      <x:c r="E243" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
       <x:c r="G243" s="0" t="s">
-        <x:v>358</x:v>
-[...2 lines deleted...]
-        <x:v>359</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
-        <x:v>44028</x:v>
+        <x:v>44041</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
-        <x:v>358</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
-        <x:v>578448</x:v>
+        <x:v>603239</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="C244" s="15" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D244" s="15" t="s"/>
-      <x:c r="E244" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E244" s="14" t="s"/>
+      <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="I244" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K244" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
-        <x:v>420</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
-        <x:v>576253</x:v>
+        <x:v>578448</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
-        <x:v>459</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C245" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="E245" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F245" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G245" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="H245" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
@@ -17325,467 +17323,471 @@
       <x:c r="J245" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
-        <x:v>576251</x:v>
+        <x:v>576253</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
-        <x:v>460</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
-        <x:v>422</x:v>
+        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
-        <x:v>77</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C246" s="15" t="n">
-        <x:v>37715</x:v>
+        <x:v>36004</x:v>
       </x:c>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s">
-        <x:v>79</x:v>
-[...1 lines deleted...]
-      <x:c r="F246" s="14" t="s"/>
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="F246" s="14" t="s">
+        <x:v>44</x:v>
+      </x:c>
       <x:c r="G246" s="14" t="s">
-        <x:v>204</x:v>
-[...1 lines deleted...]
-      <x:c r="H246" s="14" t="s"/>
+        <x:v>358</x:v>
+      </x:c>
+      <x:c r="H246" s="14" t="s">
+        <x:v>359</x:v>
+      </x:c>
       <x:c r="I246" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K246" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
-        <x:v>42056</x:v>
+        <x:v>44028</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
-        <x:v>441</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
-        <x:v>420</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
-        <x:v>607448</x:v>
+        <x:v>576251</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>423</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
+      <x:c r="E247" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
       <x:c r="G247" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
-        <x:v>360</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
-        <x:v>430</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
-        <x:v>556579</x:v>
+        <x:v>607448</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
-        <x:v>380</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
-        <x:v>77</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C248" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D248" s="15" t="s"/>
-      <x:c r="E248" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E248" s="14" t="s"/>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s"/>
       <x:c r="I248" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K248" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
-        <x:v>420</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
-        <x:v>603242</x:v>
+        <x:v>556579</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
-        <x:v>461</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
-        <x:v>462</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C249" s="3" t="n">
-        <x:v>36004</x:v>
+        <x:v>37715</x:v>
       </x:c>
       <x:c r="D249" s="3" t="s"/>
+      <x:c r="E249" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
       <x:c r="G249" s="0" t="s">
-        <x:v>358</x:v>
-[...2 lines deleted...]
-        <x:v>359</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
-        <x:v>44028</x:v>
+        <x:v>42056</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
-        <x:v>358</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
-        <x:v>578450</x:v>
+        <x:v>603242</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
-        <x:v>77</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C250" s="15" t="n">
-        <x:v>38565</x:v>
+        <x:v>36004</x:v>
       </x:c>
       <x:c r="D250" s="15" t="s"/>
-      <x:c r="E250" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E250" s="14" t="s"/>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
-        <x:v>428</x:v>
-[...1 lines deleted...]
-      <x:c r="H250" s="14" t="s"/>
+        <x:v>358</x:v>
+      </x:c>
+      <x:c r="H250" s="14" t="s">
+        <x:v>359</x:v>
+      </x:c>
       <x:c r="I250" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K250" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
-        <x:v>44041</x:v>
+        <x:v>44028</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
-        <x:v>428</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
-        <x:v>420</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
-        <x:v>603913</x:v>
+        <x:v>578450</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C251" s="3" t="n">
-        <x:v>36004</x:v>
+        <x:v>38565</x:v>
       </x:c>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="E251" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G251" s="0" t="s">
-        <x:v>358</x:v>
-[...2 lines deleted...]
-        <x:v>359</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="J251" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
-        <x:v>44028</x:v>
+        <x:v>44041</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
-        <x:v>358</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
-        <x:v>599080</x:v>
+        <x:v>603913</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
-        <x:v>368</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
-        <x:v>307</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C252" s="15" t="n">
-        <x:v>38565</x:v>
+        <x:v>36004</x:v>
       </x:c>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
-        <x:v>428</x:v>
-[...1 lines deleted...]
-      <x:c r="H252" s="14" t="s"/>
+        <x:v>358</x:v>
+      </x:c>
+      <x:c r="H252" s="14" t="s">
+        <x:v>359</x:v>
+      </x:c>
       <x:c r="I252" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K252" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
-        <x:v>44041</x:v>
+        <x:v>44028</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
-        <x:v>428</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
-        <x:v>420</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
-        <x:v>603912</x:v>
+        <x:v>599080</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C253" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="E253" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G253" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -17815,172 +17817,172 @@
       </x:c>
       <x:c r="S253" s="0" t="n">
         <x:v>607952</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C254" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s"/>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
-        <x:v>424</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s">
-        <x:v>425</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="I254" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K254" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
-        <x:v>424</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
         <x:v>572812</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C255" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="G255" s="0" t="s">
-        <x:v>424</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="H255" s="0" t="s">
-        <x:v>425</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="J255" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
-        <x:v>424</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
         <x:v>616975</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
         <x:v>467</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C256" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
-        <x:v>424</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s">
-        <x:v>425</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="I256" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K256" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
@@ -17993,54 +17995,54 @@
       <x:c r="S256" s="14" t="n">
         <x:v>617430</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
         <x:v>467</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C257" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="E257" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G257" s="0" t="s">
-        <x:v>424</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="H257" s="0" t="s">
-        <x:v>425</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
@@ -18052,135 +18054,135 @@
       </x:c>
       <x:c r="S257" s="0" t="n">
         <x:v>517788</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C258" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s"/>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
-        <x:v>424</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s">
-        <x:v>425</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="I258" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K258" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
-        <x:v>424</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
         <x:v>571301</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
         <x:v>471</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C259" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="G259" s="0" t="s">
-        <x:v>424</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="H259" s="0" t="s">
-        <x:v>425</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
-        <x:v>424</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
         <x:v>572811</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C260" s="15" t="n">
@@ -18225,78 +18227,78 @@
       <x:c r="R260" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
         <x:v>550566</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
         <x:v>473</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C261" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="G261" s="0" t="s">
-        <x:v>424</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="H261" s="0" t="s">
-        <x:v>425</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="J261" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
-        <x:v>424</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
         <x:v>522122</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C262" s="15" t="n">
@@ -18846,219 +18848,218 @@
       </x:c>
       <x:c r="O271" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
         <x:v>617066</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
         <x:v>485</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C272" s="15" t="n">
-        <x:v>37715</x:v>
+        <x:v>38565</x:v>
       </x:c>
       <x:c r="D272" s="15" t="s"/>
-      <x:c r="E272" s="14" t="s"/>
+      <x:c r="E272" s="14" t="s">
+        <x:v>79</x:v>
+      </x:c>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s"/>
       <x:c r="I272" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K272" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
-        <x:v>42056</x:v>
+        <x:v>44041</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
-        <x:v>609118</x:v>
+        <x:v>617063</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
-        <x:v>486</x:v>
+        <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C273" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D273" s="3" t="s"/>
-      <x:c r="E273" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G273" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
-        <x:v>604082</x:v>
+        <x:v>609118</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>486</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C274" s="15" t="n">
-        <x:v>38565</x:v>
+        <x:v>37715</x:v>
       </x:c>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
-        <x:v>483</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s"/>
       <x:c r="I274" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K274" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
-        <x:v>44041</x:v>
+        <x:v>42056</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
-        <x:v>483</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
-        <x:v>617063</x:v>
+        <x:v>604082</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
-        <x:v>295</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C275" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="G275" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -19256,78 +19257,78 @@
       <x:c r="R278" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
         <x:v>555065</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C279" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="G279" s="0" t="s">
-        <x:v>424</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="H279" s="0" t="s">
-        <x:v>425</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="J279" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
-        <x:v>424</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
         <x:v>516502</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C280" s="15" t="n">
@@ -19373,54 +19374,54 @@
       <x:c r="S280" s="14" t="n">
         <x:v>609120</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
         <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C281" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="E281" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G281" s="0" t="s">
-        <x:v>424</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="H281" s="0" t="s">
-        <x:v>425</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="J281" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
         <x:v>493</x:v>
       </x:c>
@@ -19892,51 +19893,51 @@
         <x:v>566479</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
         <x:v>484</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C290" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s"/>
       <x:c r="I290" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J290" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K290" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
         <x:v>512</x:v>
@@ -20126,51 +20127,51 @@
         <x:v>567059</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
         <x:v>514</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C294" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s"/>
       <x:c r="I294" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K294" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
         <x:v>512</x:v>
@@ -20228,163 +20229,161 @@
       </x:c>
       <x:c r="O295" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
         <x:v>567057</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C296" s="15" t="n">
-        <x:v>38565</x:v>
+        <x:v>36788</x:v>
       </x:c>
       <x:c r="D296" s="15" t="s"/>
-      <x:c r="E296" s="14" t="s"/>
+      <x:c r="E296" s="14" t="s">
+        <x:v>79</x:v>
+      </x:c>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
-        <x:v>515</x:v>
-[...1 lines deleted...]
-      <x:c r="H296" s="14" t="s"/>
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="H296" s="14" t="s">
+        <x:v>220</x:v>
+      </x:c>
       <x:c r="I296" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="K296" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
-        <x:v>44041</x:v>
+        <x:v>44054</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
-        <x:v>515</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
-        <x:v>596209</x:v>
+        <x:v>555691</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C297" s="3" t="n">
-        <x:v>36788</x:v>
+        <x:v>38565</x:v>
       </x:c>
       <x:c r="D297" s="3" t="s"/>
-      <x:c r="E297" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G297" s="0" t="s">
-        <x:v>219</x:v>
-[...2 lines deleted...]
-        <x:v>220</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J297" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
-        <x:v>44054</x:v>
+        <x:v>44041</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
-        <x:v>506</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
-        <x:v>555691</x:v>
+        <x:v>596209</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C298" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s"/>
       <x:c r="I298" s="16" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="J298" s="14" t="s">
@@ -20414,78 +20413,78 @@
       <x:c r="R298" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
         <x:v>577577</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C299" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="G299" s="0" t="s">
-        <x:v>424</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="H299" s="0" t="s">
-        <x:v>425</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="J299" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
-        <x:v>424</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
         <x:v>571302</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C300" s="15" t="n">
@@ -20647,78 +20646,78 @@
       <x:c r="R302" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
         <x:v>583598</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C303" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="G303" s="0" t="s">
-        <x:v>424</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="H303" s="0" t="s">
-        <x:v>425</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="J303" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
-        <x:v>424</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
         <x:v>580064</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C304" s="15" t="n">
@@ -20763,93 +20762,93 @@
       <x:c r="R304" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
         <x:v>614476</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
         <x:v>522</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C305" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="G305" s="0" t="s">
-        <x:v>424</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="H305" s="0" t="s">
-        <x:v>425</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="J305" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
-        <x:v>424</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
         <x:v>580067</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
-        <x:v>415</x:v>
+        <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C306" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F306" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G306" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H306" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
@@ -20944,51 +20943,51 @@
         <x:v>606825</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C308" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D308" s="15" t="s"/>
       <x:c r="E308" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="H308" s="14" t="s"/>
       <x:c r="I308" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J308" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K308" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L308" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="M308" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N308" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O308" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P308" s="14" t="s">
         <x:v>512</x:v>
@@ -21002,51 +21001,51 @@
       <x:c r="S308" s="14" t="n">
         <x:v>553828</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C309" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="E309" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G309" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J309" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L309" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
         <x:v>512</x:v>
       </x:c>
@@ -21122,87 +21121,87 @@
       <x:c r="S310" s="14" t="n">
         <x:v>583606</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C311" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="E311" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G311" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="J311" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
         <x:v>609269</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C312" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="H312" s="14" t="s"/>
       <x:c r="I312" s="16" t="s">
@@ -21361,146 +21360,146 @@
       <x:c r="T314" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
         <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C315" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="E315" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G315" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J315" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P315" s="0" t="s">
-        <x:v>534</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
-        <x:v>533</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
-        <x:v>609270</x:v>
+        <x:v>504058</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C316" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D316" s="15" t="s"/>
       <x:c r="E316" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="H316" s="14" t="s"/>
       <x:c r="I316" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="J316" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K316" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L316" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="M316" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N316" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O316" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P316" s="14" t="s">
-        <x:v>512</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
-        <x:v>504058</x:v>
+        <x:v>609270</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C317" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="G317" s="0" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="J317" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
@@ -22287,168 +22286,166 @@
       </x:c>
       <x:c r="O331" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P331" s="0" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
         <x:v>596212</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
-        <x:v>77</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C332" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D332" s="15" t="s"/>
       <x:c r="E332" s="14" t="s">
-        <x:v>79</x:v>
-[...1 lines deleted...]
-      <x:c r="F332" s="14" t="s"/>
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="F332" s="14" t="s">
+        <x:v>73</x:v>
+      </x:c>
       <x:c r="G332" s="14" t="s">
-        <x:v>389</x:v>
-[...1 lines deleted...]
-      <x:c r="H332" s="14" t="s"/>
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="H332" s="14" t="s">
+        <x:v>65</x:v>
+      </x:c>
       <x:c r="I332" s="16" t="s">
-        <x:v>390</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J332" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K332" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L332" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M332" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N332" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O332" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P332" s="14" t="s">
-        <x:v>567</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="Q332" s="16" t="s">
-        <x:v>565</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="R332" s="14" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="S332" s="14" t="n">
-        <x:v>599898</x:v>
+        <x:v>583605</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
-        <x:v>393</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
-        <x:v>394</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C333" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D333" s="3" t="s"/>
       <x:c r="E333" s="0" t="s">
-        <x:v>43</x:v>
-[...2 lines deleted...]
-        <x:v>73</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="G333" s="0" t="s">
-        <x:v>64</x:v>
-[...2 lines deleted...]
-        <x:v>65</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="I333" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="J333" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="L333" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="M333" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N333" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O333" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P333" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="Q333" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="R333" s="0" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="S333" s="0" t="n">
-        <x:v>583605</x:v>
+        <x:v>599898</x:v>
       </x:c>
       <x:c r="T333" s="4" t="s">
-        <x:v>527</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="U333" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:21">
       <x:c r="A334" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B334" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C334" s="15" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D334" s="15" t="s"/>
       <x:c r="E334" s="14" t="s"/>
       <x:c r="F334" s="14" t="s"/>
       <x:c r="G334" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H334" s="14" t="s"/>
       <x:c r="I334" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J334" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -22469,94 +22466,94 @@
       </x:c>
       <x:c r="P334" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
         <x:v>578398</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
-        <x:v>423</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="C335" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="G335" s="0" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="J335" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L335" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M335" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N335" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O335" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P335" s="0" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="Q335" s="4" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="R335" s="0" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="S335" s="0" t="n">
         <x:v>579984</x:v>
       </x:c>
       <x:c r="T335" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="U335" s="4" t="s">
         <x:v>471</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:21">
       <x:c r="A336" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B336" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C336" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D336" s="15" t="s"/>
       <x:c r="E336" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F336" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G336" s="14" t="s">
         <x:v>569</x:v>
       </x:c>
@@ -22573,51 +22570,51 @@
       <x:c r="L336" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M336" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N336" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O336" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P336" s="14" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
         <x:v>583766</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
-        <x:v>337</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
         <x:v>471</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C337" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D337" s="3" t="s"/>
       <x:c r="G337" s="0" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="I337" s="4" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="J337" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -22935,146 +22932,146 @@
       <x:c r="S342" s="14" t="n">
         <x:v>504488</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C343" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D343" s="3" t="s"/>
       <x:c r="E343" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G343" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="I343" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="J343" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L343" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="M343" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N343" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O343" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P343" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="Q343" s="4" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="R343" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="S343" s="0" t="n">
         <x:v>609267</x:v>
       </x:c>
       <x:c r="T343" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="U343" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:21">
       <x:c r="A344" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B344" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C344" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D344" s="15" t="s"/>
       <x:c r="E344" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F344" s="14" t="s"/>
       <x:c r="G344" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="H344" s="14" t="s"/>
       <x:c r="I344" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="J344" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K344" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L344" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="M344" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
         <x:v>609268</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C345" s="3" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D345" s="3" t="s"/>
       <x:c r="G345" s="0" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="I345" s="4" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="J345" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
@@ -24966,51 +24963,51 @@
       <x:c r="M377" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N377" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O377" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P377" s="0" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="Q377" s="4" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="R377" s="0" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="S377" s="0" t="n">
         <x:v>578641</x:v>
       </x:c>
       <x:c r="T377" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U377" s="4" t="s">
-        <x:v>415</x:v>
+        <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:21">
       <x:c r="A378" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B378" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C378" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D378" s="15" t="s"/>
       <x:c r="E378" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F378" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G378" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H378" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
@@ -25152,51 +25149,51 @@
       <x:c r="L380" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M380" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N380" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O380" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P380" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q380" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R380" s="14" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="S380" s="14" t="n">
         <x:v>583597</x:v>
       </x:c>
       <x:c r="T380" s="16" t="s">
-        <x:v>431</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="U380" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:21">
       <x:c r="A381" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C381" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D381" s="3" t="s"/>
       <x:c r="G381" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I381" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J381" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -25843,51 +25840,51 @@
       <x:c r="L392" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M392" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N392" s="15" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O392" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P392" s="14" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="Q392" s="16" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="R392" s="14" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="S392" s="14" t="n">
         <x:v>583635</x:v>
       </x:c>
       <x:c r="T392" s="16" t="s">
-        <x:v>414</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="U392" s="16" t="s">
         <x:v>641</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:21">
       <x:c r="A393" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C393" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D393" s="3" t="s"/>
       <x:c r="G393" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="I393" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="J393" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -26190,51 +26187,51 @@
       <x:c r="L398" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M398" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N398" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O398" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P398" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q398" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R398" s="14" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="S398" s="14" t="n">
         <x:v>573307</x:v>
       </x:c>
       <x:c r="T398" s="16" t="s">
-        <x:v>337</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="U398" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:21">
       <x:c r="A399" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C399" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D399" s="3" t="s"/>
       <x:c r="G399" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="I399" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="J399" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -26375,159 +26372,159 @@
       </x:c>
       <x:c r="P401" s="0" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="Q401" s="4" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="R401" s="0" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="S401" s="0" t="n">
         <x:v>600654</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U401" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C402" s="15" t="n">
-        <x:v>36004</x:v>
+        <x:v>38390</x:v>
       </x:c>
       <x:c r="D402" s="15" t="s"/>
       <x:c r="E402" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F402" s="14" t="s"/>
       <x:c r="G402" s="14" t="s">
-        <x:v>320</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="H402" s="14" t="s"/>
       <x:c r="I402" s="16" t="s">
-        <x:v>321</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="J402" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K402" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L402" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="M402" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N402" s="15" t="n">
-        <x:v>44028</x:v>
+        <x:v>34525</x:v>
       </x:c>
       <x:c r="O402" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="P402" s="14" t="s">
-        <x:v>633</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="Q402" s="16" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="R402" s="14" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
-        <x:v>616798</x:v>
+        <x:v>546095</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
-        <x:v>324</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C403" s="3" t="n">
-        <x:v>38390</x:v>
+        <x:v>36004</x:v>
       </x:c>
       <x:c r="D403" s="3" t="s"/>
       <x:c r="E403" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G403" s="0" t="s">
-        <x:v>636</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="I403" s="4" t="s">
-        <x:v>637</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="J403" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L403" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M403" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N403" s="3" t="n">
-        <x:v>34525</x:v>
+        <x:v>44028</x:v>
       </x:c>
       <x:c r="O403" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P403" s="0" t="s">
-        <x:v>638</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="Q403" s="4" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="R403" s="0" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="S403" s="0" t="n">
-        <x:v>546095</x:v>
+        <x:v>616798</x:v>
       </x:c>
       <x:c r="T403" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="U403" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:21">
       <x:c r="A404" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B404" s="14" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="C404" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D404" s="15" t="s"/>
       <x:c r="E404" s="14" t="s"/>
       <x:c r="F404" s="14" t="s"/>
       <x:c r="G404" s="14" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="H404" s="14" t="s"/>
       <x:c r="I404" s="16" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="J404" s="14" t="s">
         <x:v>644</x:v>
       </x:c>
@@ -26594,51 +26591,51 @@
       <x:c r="M405" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N405" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O405" s="0" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="P405" s="0" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="Q405" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="S405" s="0" t="n">
         <x:v>611251</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>419</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C406" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D406" s="15" t="s"/>
       <x:c r="E406" s="14" t="s"/>
       <x:c r="F406" s="14" t="s"/>
       <x:c r="G406" s="14" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="H406" s="14" t="s"/>
       <x:c r="I406" s="16" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="J406" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -27627,57 +27624,57 @@
       <x:c r="K423" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L423" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="M423" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N423" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O423" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="P423" s="0" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="Q423" s="4" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="R423" s="0" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="S423" s="0" t="n">
-        <x:v>548676</x:v>
+        <x:v>498385</x:v>
       </x:c>
       <x:c r="T423" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="U423" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:21">
       <x:c r="A424" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B424" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C424" s="15" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D424" s="15" t="s"/>
       <x:c r="E424" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F424" s="14" t="s"/>
       <x:c r="G424" s="14" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="H424" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="I424" s="16" t="s">
         <x:v>209</x:v>
@@ -27688,57 +27685,57 @@
       <x:c r="K424" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L424" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="M424" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N424" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O424" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="P424" s="14" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="Q424" s="16" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="R424" s="14" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="S424" s="14" t="n">
-        <x:v>498385</x:v>
+        <x:v>548676</x:v>
       </x:c>
       <x:c r="T424" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U424" s="16" t="s">
-        <x:v>241</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:21">
       <x:c r="A425" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C425" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D425" s="3" t="s"/>
       <x:c r="G425" s="0" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="I425" s="4" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="J425" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K425" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -28088,51 +28085,51 @@
       <x:c r="L431" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="M431" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N431" s="3" t="n">
         <x:v>31776</x:v>
       </x:c>
       <x:c r="O431" s="0" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="P431" s="0" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="Q431" s="4" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="R431" s="0" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="S431" s="0" t="n">
         <x:v>598290</x:v>
       </x:c>
       <x:c r="T431" s="4" t="s">
-        <x:v>419</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="U431" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:21">
       <x:c r="A432" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B432" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C432" s="15" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D432" s="15" t="s"/>
       <x:c r="E432" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F432" s="14" t="s"/>
       <x:c r="G432" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="H432" s="14" t="s">
         <x:v>220</x:v>
@@ -34612,161 +34609,161 @@
       </x:c>
       <x:c r="P541" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q541" s="4" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="R541" s="0" t="s">
         <x:v>759</x:v>
       </x:c>
       <x:c r="S541" s="0" t="n">
         <x:v>591920</x:v>
       </x:c>
       <x:c r="T541" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U541" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:21">
       <x:c r="A542" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B542" s="14" t="s">
-        <x:v>240</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C542" s="15" t="n">
-        <x:v>36788</x:v>
+        <x:v>38390</x:v>
       </x:c>
       <x:c r="D542" s="15" t="s"/>
       <x:c r="E542" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F542" s="14" t="s"/>
       <x:c r="G542" s="14" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="H542" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I542" s="16" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="J542" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K542" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L542" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M542" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N542" s="15" t="n">
-        <x:v>44054</x:v>
+        <x:v>34525</x:v>
       </x:c>
       <x:c r="O542" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="P542" s="14" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="Q542" s="16" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="R542" s="14" t="s">
         <x:v>759</x:v>
       </x:c>
       <x:c r="S542" s="14" t="n">
-        <x:v>501259</x:v>
+        <x:v>545416</x:v>
       </x:c>
       <x:c r="T542" s="16" t="s">
-        <x:v>761</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="U542" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:21">
       <x:c r="A543" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B543" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C543" s="3" t="n">
-        <x:v>38390</x:v>
+        <x:v>36788</x:v>
       </x:c>
       <x:c r="D543" s="3" t="s"/>
       <x:c r="E543" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G543" s="0" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="H543" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I543" s="4" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="J543" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="K543" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L543" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M543" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N543" s="3" t="n">
-        <x:v>34525</x:v>
+        <x:v>44054</x:v>
       </x:c>
       <x:c r="O543" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P543" s="0" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="Q543" s="4" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="R543" s="0" t="s">
         <x:v>759</x:v>
       </x:c>
       <x:c r="S543" s="0" t="n">
-        <x:v>545416</x:v>
+        <x:v>501259</x:v>
       </x:c>
       <x:c r="T543" s="4" t="s">
-        <x:v>760</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="U543" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:21">
       <x:c r="A544" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B544" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="C544" s="15" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D544" s="15" t="s"/>
       <x:c r="E544" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F544" s="14" t="s"/>
       <x:c r="G544" s="14" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="H544" s="14" t="s">
         <x:v>81</x:v>
@@ -37197,51 +37194,51 @@
       <x:c r="M586" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N586" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O586" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P586" s="14" t="s">
         <x:v>810</x:v>
       </x:c>
       <x:c r="Q586" s="16" t="s">
         <x:v>811</x:v>
       </x:c>
       <x:c r="R586" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="S586" s="14" t="n">
         <x:v>618091</x:v>
       </x:c>
       <x:c r="T586" s="16" t="s">
         <x:v>812</x:v>
       </x:c>
       <x:c r="U586" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:21">
       <x:c r="A587" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B587" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C587" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D587" s="3" t="s"/>
       <x:c r="G587" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="H587" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="I587" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="J587" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -37259,331 +37256,329 @@
       </x:c>
       <x:c r="O587" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P587" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="Q587" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="R587" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="S587" s="0" t="n">
         <x:v>614886</x:v>
       </x:c>
       <x:c r="T587" s="4" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="U587" s="4" t="s">
         <x:v>746</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:21">
       <x:c r="A588" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B588" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C588" s="15" t="n">
-        <x:v>37715</x:v>
+        <x:v>38565</x:v>
       </x:c>
       <x:c r="D588" s="15" t="s"/>
-      <x:c r="E588" s="14" t="s"/>
+      <x:c r="E588" s="14" t="s">
+        <x:v>79</x:v>
+      </x:c>
       <x:c r="F588" s="14" t="s"/>
       <x:c r="G588" s="14" t="s">
-        <x:v>207</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>808</x:v>
+      </x:c>
+      <x:c r="H588" s="14" t="s"/>
       <x:c r="I588" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="J588" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K588" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="L588" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="M588" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N588" s="15" t="n">
-        <x:v>42056</x:v>
+        <x:v>44041</x:v>
       </x:c>
       <x:c r="O588" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P588" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="Q588" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="R588" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="S588" s="14" t="n">
-        <x:v>614885</x:v>
+        <x:v>503983</x:v>
       </x:c>
       <x:c r="T588" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="U588" s="16" t="s">
-        <x:v>230</x:v>
+        <x:v>814</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:21">
       <x:c r="A589" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B589" s="0" t="s">
-        <x:v>42</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>809</x:v>
+      </x:c>
+      <x:c r="C589" s="3" t="s"/>
       <x:c r="D589" s="3" t="s"/>
-      <x:c r="E589" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G589" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="I589" s="4" t="s">
-        <x:v>46</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="K589" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L589" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M589" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N589" s="3" t="n">
-        <x:v>44028</x:v>
+        <x:v>42056</x:v>
       </x:c>
       <x:c r="O589" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P589" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="Q589" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="R589" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="S589" s="0" t="n">
-        <x:v>579219</x:v>
+        <x:v>618094</x:v>
       </x:c>
       <x:c r="T589" s="4" t="s">
-        <x:v>535</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="U589" s="4" t="s">
-        <x:v>366</x:v>
+        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="590" spans="1:21">
       <x:c r="A590" s="13" t="s">
-        <x:v>77</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B590" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C590" s="15" t="n">
-        <x:v>38565</x:v>
+        <x:v>36004</x:v>
       </x:c>
       <x:c r="D590" s="15" t="s"/>
       <x:c r="E590" s="14" t="s">
-        <x:v>79</x:v>
-[...1 lines deleted...]
-      <x:c r="F590" s="14" t="s"/>
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="F590" s="14" t="s">
+        <x:v>44</x:v>
+      </x:c>
       <x:c r="G590" s="14" t="s">
-        <x:v>808</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="H590" s="14" t="s"/>
       <x:c r="I590" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="J590" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K590" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L590" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M590" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N590" s="15" t="n">
-        <x:v>44041</x:v>
+        <x:v>44028</x:v>
       </x:c>
       <x:c r="O590" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P590" s="14" t="s">
-        <x:v>808</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="Q590" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="R590" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="S590" s="14" t="n">
-        <x:v>503983</x:v>
+        <x:v>579219</x:v>
       </x:c>
       <x:c r="T590" s="16" t="s">
-        <x:v>813</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="U590" s="16" t="s">
-        <x:v>814</x:v>
+        <x:v>366</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:21">
       <x:c r="A591" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B591" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="C591" s="3" t="n">
-        <x:v>38565</x:v>
+        <x:v>37715</x:v>
       </x:c>
       <x:c r="D591" s="3" t="s"/>
       <x:c r="G591" s="0" t="s">
-        <x:v>808</x:v>
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="H591" s="0" t="s">
+        <x:v>208</x:v>
       </x:c>
       <x:c r="I591" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="J591" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K591" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L591" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M591" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N591" s="3" t="n">
-        <x:v>44041</x:v>
+        <x:v>42056</x:v>
       </x:c>
       <x:c r="O591" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P591" s="0" t="s">
-        <x:v>808</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="Q591" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="R591" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="S591" s="0" t="n">
-        <x:v>616448</x:v>
+        <x:v>614885</x:v>
       </x:c>
       <x:c r="T591" s="4" t="s">
-        <x:v>815</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U591" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="592" spans="1:21">
       <x:c r="A592" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B592" s="14" t="s">
-        <x:v>809</x:v>
-[...1 lines deleted...]
-      <x:c r="C592" s="15" t="s"/>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C592" s="15" t="n">
+        <x:v>38565</x:v>
+      </x:c>
       <x:c r="D592" s="15" t="s"/>
       <x:c r="E592" s="14" t="s"/>
       <x:c r="F592" s="14" t="s"/>
       <x:c r="G592" s="14" t="s">
-        <x:v>810</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="H592" s="14" t="s"/>
       <x:c r="I592" s="16" t="s">
-        <x:v>811</x:v>
-[...1 lines deleted...]
-      <x:c r="J592" s="14" t="s"/>
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="J592" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="K592" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L592" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="M592" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N592" s="15" t="n">
-        <x:v>42056</x:v>
+        <x:v>44041</x:v>
       </x:c>
       <x:c r="O592" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P592" s="14" t="s">
-        <x:v>810</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="Q592" s="16" t="s">
-        <x:v>811</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="R592" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="S592" s="14" t="n">
-        <x:v>618094</x:v>
+        <x:v>616448</x:v>
       </x:c>
       <x:c r="T592" s="16" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="U592" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:21">
       <x:c r="A593" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B593" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C593" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D593" s="3" t="s"/>
       <x:c r="E593" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G593" s="0" t="s">
         <x:v>808</x:v>
       </x:c>
       <x:c r="I593" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="J593" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -37769,51 +37764,51 @@
       <x:c r="L596" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="M596" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N596" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O596" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P596" s="14" t="s">
         <x:v>808</x:v>
       </x:c>
       <x:c r="Q596" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="R596" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="S596" s="14" t="n">
         <x:v>599257</x:v>
       </x:c>
       <x:c r="T596" s="16" t="s">
-        <x:v>815</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="U596" s="16" t="s">
         <x:v>817</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:21">
       <x:c r="A597" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B597" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C597" s="3" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D597" s="3" t="s"/>
       <x:c r="E597" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G597" s="0" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="H597" s="0" t="s">
         <x:v>270</x:v>
       </x:c>