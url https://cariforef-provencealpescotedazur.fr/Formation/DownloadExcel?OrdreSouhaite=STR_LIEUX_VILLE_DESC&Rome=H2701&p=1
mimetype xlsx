--- v0 (2026-02-19)
+++ v1 (2026-02-19)
@@ -275,74 +275,74 @@
   <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Les Eucalyptus</x:t>
   </x:si>
   <x:si>
     <x:t>06206</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Don Bosco</x:t>
   </x:si>
   <x:si>
     <x:t>06046</x:t>
   </x:si>
   <x:si>
     <x:t>LP Don Bosco</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 01</x:t>
   </x:si>
   <x:si>
+    <x:t>CS - Certification de spécialisation Technicien des services à l'énergie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GIP FIPAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gestion énergie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée G Apollinaire</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
-    <x:t>NICE</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Formation en apprentissage</x:t>
   </x:si>
   <x:si>
     <x:t>Certificat de spécialisation technicien des services à l'énergie (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>OPCO</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Professionnel Régional Vauban</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée P et M Curie</x:t>
   </x:si>
   <x:si>
     <x:t>06500</x:t>
   </x:si>
   <x:si>
     <x:t>MENTON</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Paul Langevin</x:t>
@@ -368,161 +368,161 @@
   <x:si>
     <x:t>CNAM</x:t>
   </x:si>
   <x:si>
     <x:t>13015</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 3 et 4</x:t>
   </x:si>
   <x:si>
     <x:t>Génie chimique</x:t>
   </x:si>
   <x:si>
     <x:t>MARTIGUES</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-16e</x:t>
   </x:si>
   <x:si>
+    <x:t>04/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Certification Nucléaire PR CR Recyclage - Option Centre de Recherche (CR) - Prévention des Risques - NUR023</x:t>
   </x:si>
   <x:si>
     <x:t>04/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>04/27/2026 00:00:00</x:t>
+    <x:t>Lycée A Artaud</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13013</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité génie chimique-génie des procédés parcours contrôle, pilotage et optimisation des procédés</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>AMU</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - IUT Aix-Marseille (Site Saint Jérôme)</x:t>
   </x:si>
   <x:si>
-    <x:t>13013</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité métiers de la transition et de l'efficacité énergétiques parcours exploitation des installations énergétiques pour le bâtiment et l'industrie</x:t>
   </x:si>
   <x:si>
     <x:t>Contrat performance énergétique</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée A Artaud</x:t>
+    <x:t>Aix-Marseille Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13284</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13388</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Denis Diderot</x:t>
   </x:si>
   <x:si>
-    <x:t>13388</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>LPO modèle électronique</x:t>
   </x:si>
   <x:si>
     <x:t>13396</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 11</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée J Perrin</x:t>
   </x:si>
   <x:si>
     <x:t>13395</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 10</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée régional César Baldaccini (anciennement lycée du Rempart)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Rempart-Vinci</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 7e</x:t>
+  </x:si>
+  <x:si>
     <x:t>Bao Formation</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
-    <x:t>MARSEILLE- 7e</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>05/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée régional César Baldaccini (anciennement lycée du Rempart)</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>LPO Don Bosco</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>bac pro production en industries pharmaceutiques, alimentaires et cosmétiques</x:t>
   </x:si>
   <x:si>
     <x:t>LP le Chatelier</x:t>
   </x:si>
   <x:si>
     <x:t>13003</x:t>
   </x:si>
   <x:si>
     <x:t>Biotechnologie</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 3e</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
@@ -590,56 +590,56 @@
   <x:si>
     <x:t>HYERES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée St-Louis - Ste-Marie</x:t>
   </x:si>
   <x:si>
     <x:t>13180</x:t>
   </x:si>
   <x:si>
     <x:t>GIGNAC-LA-NERTHE</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Marie-Madeleine Fourcade</x:t>
   </x:si>
   <x:si>
     <x:t>13120</x:t>
   </x:si>
   <x:si>
     <x:t>GARDANNE</x:t>
   </x:si>
   <x:si>
     <x:t>GAP</x:t>
   </x:si>
   <x:si>
+    <x:t>03/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>03/03/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Lycée A Camus</x:t>
   </x:si>
   <x:si>
     <x:t>83600</x:t>
   </x:si>
   <x:si>
     <x:t>FREJUS</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée P G de Gennes</x:t>
   </x:si>
   <x:si>
     <x:t>04990</x:t>
   </x:si>
   <x:si>
     <x:t>DIGNE LES BAINS CEDEX 9</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Jean-Henri Fabre</x:t>
   </x:si>
   <x:si>
     <x:t>84208</x:t>
   </x:si>
   <x:si>
     <x:t>CARPENTRAS CEDEX</x:t>
@@ -713,90 +713,90 @@
   <x:si>
     <x:t>Bac + 5 et plus</x:t>
   </x:si>
   <x:si>
     <x:t>Radioactivité</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>mastère spé. expert en projets et production d'énergies renouvelables</x:t>
   </x:si>
   <x:si>
     <x:t>Énergie renouvelable</x:t>
   </x:si>
   <x:si>
     <x:t>LPO Saint-Éloi</x:t>
   </x:si>
   <x:si>
     <x:t>13626</x:t>
   </x:si>
   <x:si>
     <x:t>LPO St-Eloi</x:t>
   </x:si>
   <x:si>
+    <x:t>Mastère européen management environnemental et énergétique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut National de l'Enseignement à Distance - Antenne Aix en Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INEAD-ESMAC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13090</x:t>
+  </x:si>
+  <x:si>
+    <x:t>formation entièrement à distance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Audit énergétique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX EN PROVENCE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/12/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en sûreté nucléaire (MS) (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Amtalents</x:t>
   </x:si>
   <x:si>
     <x:t>75013</x:t>
   </x:si>
   <x:si>
-    <x:t>AIX EN PROVENCE</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>10/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2026 00:00:00</x:t>
-  </x:si>
-[...19 lines deleted...]
-    <x:t>04/12/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Vauvenargues</x:t>
   </x:si>
   <x:si>
     <x:t>13100</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
@@ -1808,208 +1808,209 @@
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
         <x:v>594401</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="C11" s="3" t="s"/>
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="C11" s="3" t="n">
+        <x:v>36334</x:v>
+      </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="H11" s="0" t="s">
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
-        <x:v>12522</x:v>
+        <x:v>24162</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>594417</x:v>
+        <x:v>614784</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
-        <x:v>43</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
-        <x:v>71</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C12" s="15" t="s"/>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
-        <x:v>72</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="H12" s="14" t="s"/>
       <x:c r="I12" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K12" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
-        <x:v>24162</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="P12" s="14" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="Q12" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
-      <x:c r="P12" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="R12" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>614784</x:v>
+        <x:v>594417</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>36334</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="E13" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G13" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="H13" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>24162</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
         <x:v>612935</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C14" s="15" t="s"/>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
@@ -2204,532 +2205,532 @@
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
         <x:v>558146</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C18" s="15" t="s"/>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s"/>
       <x:c r="K18" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>24130</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>610692</x:v>
+        <x:v>610689</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s"/>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>24130</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>610686</x:v>
+        <x:v>610692</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C20" s="15" t="s"/>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s"/>
       <x:c r="K20" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>24130</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>610689</x:v>
+        <x:v>610686</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>104</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C21" s="3" t="s"/>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="I21" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="H21" s="0" t="s">
+      <x:c r="J21" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="K21" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="L21" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="M21" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="N21" s="3" t="n">
+        <x:v>12522</x:v>
+      </x:c>
+      <x:c r="O21" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="P21" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="Q21" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="R21" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="I21" s="4" t="s">
-[...28 lines deleted...]
-      </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>575545</x:v>
+        <x:v>594420</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
-        <x:v>35489</x:v>
+        <x:v>35372</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="I22" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
-        <x:v>22213</x:v>
+        <x:v>11534</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>575554</x:v>
+        <x:v>575545</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="C23" s="3" t="s"/>
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="C23" s="3" t="n">
+        <x:v>35489</x:v>
+      </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="H23" s="0" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="I23" s="4" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="J23" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="K23" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="L23" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="M23" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="N23" s="3" t="n">
+        <x:v>22213</x:v>
+      </x:c>
+      <x:c r="O23" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
-      <x:c r="I23" s="4" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="P23" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>594420</x:v>
+        <x:v>575554</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="C24" s="15" t="s"/>
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="C24" s="15" t="n">
+        <x:v>35489</x:v>
+      </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
-        <x:v>12522</x:v>
+        <x:v>22213</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>594399</x:v>
+        <x:v>596772</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>35372</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>11534</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
         <x:v>596710</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>112</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C26" s="15" t="s"/>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
-        <x:v>22213</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>596772</x:v>
+        <x:v>594399</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s"/>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>27</x:v>
@@ -2797,150 +2798,151 @@
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
         <x:v>594418</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s"/>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="J29" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="L29" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="M29" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="N29" s="3" t="n">
+        <x:v>12522</x:v>
+      </x:c>
+      <x:c r="O29" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="P29" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="L29" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="M29" s="0" t="s">
+      <x:c r="Q29" s="4" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="R29" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
-      <x:c r="N29" s="3" t="n">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>615436</x:v>
+        <x:v>594409</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C30" s="15" t="s"/>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
-        <x:v>107</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="J30" s="14" t="s"/>
       <x:c r="K30" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
-        <x:v>12522</x:v>
+        <x:v>24146</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="Q30" s="16" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="R30" s="14" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="S30" s="14" t="n">
+        <x:v>615436</x:v>
+      </x:c>
+      <x:c r="T30" s="16" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="U30" s="16" t="s">
         <x:v>135</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s"/>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>27</x:v>
@@ -3493,139 +3495,139 @@
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>594404</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="C42" s="15" t="s"/>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s"/>
       <x:c r="K42" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>24130</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>610688</x:v>
+        <x:v>610691</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s"/>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>24130</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>610691</x:v>
+        <x:v>610688</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C44" s="15" t="s"/>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
         <x:v>176</x:v>
@@ -4234,201 +4236,201 @@
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>594423</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="B56" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
-      <x:c r="B56" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="C56" s="15" t="s"/>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="H56" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
-      <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
-      <x:c r="J56" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J56" s="14" t="s"/>
       <x:c r="K56" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
-        <x:v>24112</x:v>
+        <x:v>24111</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>572154</x:v>
+        <x:v>523289</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>221</x:v>
-[...1 lines deleted...]
-      <x:c r="C57" s="3" t="s"/>
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="C57" s="3" t="n">
+        <x:v>38458</x:v>
+      </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
-        <x:v>222</x:v>
-[...2 lines deleted...]
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="J57" s="0" t="s">
+        <x:v>206</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="N57" s="3" t="n">
+        <x:v>24112</x:v>
+      </x:c>
+      <x:c r="O57" s="0" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="P57" s="0" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="Q57" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
-      <x:c r="N57" s="3" t="n">
-[...2 lines deleted...]
-      <x:c r="O57" s="0" t="s">
+      <x:c r="R57" s="0" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="S57" s="0" t="n">
+        <x:v>572154</x:v>
+      </x:c>
+      <x:c r="T57" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
-      <x:c r="P57" s="0" t="s">
-[...11 lines deleted...]
-      <x:c r="T57" s="4" t="s">
+      <x:c r="U57" s="4" t="s">
         <x:v>227</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C58" s="15" t="s"/>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>594406</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>