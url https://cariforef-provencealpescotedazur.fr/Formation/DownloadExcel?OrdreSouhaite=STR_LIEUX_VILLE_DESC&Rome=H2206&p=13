--- v0 (2026-02-20)
+++ v1 (2026-02-20)
@@ -3681,154 +3681,154 @@
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>595566</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
-        <x:v>37301</x:v>
+        <x:v>37917</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
-        <x:v>45096</x:v>
+        <x:v>22404</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>595564</x:v>
+        <x:v>594276</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
-        <x:v>37917</x:v>
+        <x:v>37301</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
-        <x:v>22404</x:v>
+        <x:v>45096</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>594276</x:v>
+        <x:v>595564</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -4874,57 +4874,57 @@
       <x:c r="K63" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>603990</x:v>
+        <x:v>603996</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>35974</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
@@ -4933,114 +4933,114 @@
       <x:c r="K64" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>603996</x:v>
+        <x:v>548330</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>35974</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>548330</x:v>
+        <x:v>603990</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
@@ -5461,164 +5461,164 @@
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>502057</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
-        <x:v>37238</x:v>
+        <x:v>36112</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I74" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
-        <x:v>22435</x:v>
+        <x:v>22404</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>552845</x:v>
+        <x:v>604265</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
-        <x:v>36112</x:v>
+        <x:v>37238</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="E75" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
-        <x:v>22404</x:v>
+        <x:v>22435</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>604265</x:v>
+        <x:v>552845</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>37238</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I76" s="16" t="s">
         <x:v>131</x:v>
@@ -7681,332 +7681,332 @@
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>503383</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
-        <x:v>35974</x:v>
+        <x:v>36112</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="E113" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>548277</x:v>
+        <x:v>548271</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
-        <x:v>36112</x:v>
+        <x:v>35974</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>603358</x:v>
+        <x:v>548277</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
-        <x:v>35974</x:v>
+        <x:v>36112</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="E115" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>603370</x:v>
+        <x:v>603358</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
-        <x:v>36112</x:v>
+        <x:v>35974</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>548271</x:v>
+        <x:v>603370</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="E117" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>603286</x:v>
+        <x:v>503701</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
@@ -8072,57 +8072,57 @@
       <x:c r="K119" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>503701</x:v>
+        <x:v>548231</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
@@ -8131,54 +8131,54 @@
       <x:c r="K120" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>548231</x:v>
+        <x:v>603287</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="E121" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
@@ -8188,57 +8188,57 @@
       <x:c r="K121" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>603287</x:v>
+        <x:v>603286</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">