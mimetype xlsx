--- v0 (2026-02-20)
+++ v1 (2026-02-20)
@@ -305,167 +305,167 @@
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTSA qualité, alimentation, innovation et maîtrise sanitaire option aliments et processus technologiques (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Akteap</x:t>
   </x:si>
   <x:si>
     <x:t>69300</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 2</x:t>
   </x:si>
   <x:si>
     <x:t>Qualité sécurité agroalimentaire</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Privé Provence Verte</x:t>
   </x:si>
   <x:si>
     <x:t>CAP production et service en restaurations (rapide, collective, cafétéria) (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>Chambre de Métiers et de l'Artisanat de Région Provence Alpes Côte d'Azur|Cma Formation Saint Maximin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/29/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>CAP agricole opérateur en industries agroalimentaires option transformation de produits alimentaires (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>Chambre de Métiers et de l'Artisanat de Région Provence Alpes Côte d'Azur|Cma Formation Saint Maximin</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>LP les Ferrages</x:t>
   </x:si>
   <x:si>
     <x:t>13250</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-CHAMAS</x:t>
   </x:si>
   <x:si>
     <x:t>LP Ch Mongrand</x:t>
   </x:si>
   <x:si>
     <x:t>13110</x:t>
   </x:si>
   <x:si>
     <x:t>PORT-DE-BOUC</x:t>
   </x:si>
   <x:si>
     <x:t>LP A Briand</x:t>
   </x:si>
   <x:si>
     <x:t>84100</x:t>
   </x:si>
   <x:si>
     <x:t>ORANGE</x:t>
   </x:si>
   <x:si>
     <x:t>CAP Métiers divers (Formation adaptée)</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>GIP FIPAN</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
+    <x:t>CAP production et service en restaurations (rapide, collective, cafétéria) (formation adaptée) (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autre public , Handicapé</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Professionnel Régional Vauban</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/02/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Collège et Lycée Général Technologique Professionnel Don Bosco - Cfa Régional Don Bosco</x:t>
   </x:si>
   <x:si>
     <x:t>06046</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Professionnel et Technologique La Providence</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>CAP production et service en restaurations (rapide, collective, cafétéria) (formation adaptée) (Apprentissage)</x:t>
-[...11 lines deleted...]
-    <x:t>09/02/2024 00:00:00</x:t>
+    <x:t>07/20/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/10/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole Supérieure de Commerce et de Communication</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">ESCCOM </x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP La Providence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée La Providence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP Magnan</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/20/2025 00:00:00</x:t>
-[...25 lines deleted...]
-  <x:si>
     <x:t>Formation et Métier - Cfa Régional Formations Adaptées</x:t>
   </x:si>
   <x:si>
     <x:t>FM</x:t>
   </x:si>
   <x:si>
     <x:t>13090</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Métier - Cfa Régional Formations Adaptées - UFA Handestau au Coeur de l'Handicap</x:t>
   </x:si>
   <x:si>
     <x:t>13016</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-16e</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
@@ -521,93 +521,93 @@
   <x:si>
     <x:t>Provence Formation - Lycée Professionnel Charlotte Grawitz</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>03/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>BUT spécialité génie chimique-génie des procédés parcours contrôle, pilotage et optimisation des procédés</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>AMU</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 3 et 4</x:t>
   </x:si>
   <x:si>
     <x:t>Génie chimique</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - IUT Aix-Marseille (Site Saint Jérôme)</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
-  </x:si>
-[...19 lines deleted...]
-    <x:t>11/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Institut pour Déficients Auditifs la Remusade</x:t>
   </x:si>
   <x:si>
     <x:t>13011</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-11e</x:t>
   </x:si>
   <x:si>
     <x:t>LP C Jullian</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Métier - Cfa Régional Formations Adaptées - UFA IME Les Marronniers</x:t>
   </x:si>
   <x:si>
     <x:t>13010</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-10e</x:t>
   </x:si>
@@ -2220,283 +2220,283 @@
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
         <x:v>604868</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>35317</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
-      <x:c r="E11" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G11" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H11" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>42725</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>604870</x:v>
+        <x:v>572763</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
-        <x:v>37491</x:v>
+        <x:v>35317</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I12" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K12" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
-        <x:v>21538</x:v>
+        <x:v>42725</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>604902</x:v>
+        <x:v>604870</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
-        <x:v>38876</x:v>
+        <x:v>37491</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="E13" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G13" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="H13" s="0" t="s">
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
-        <x:v>21570</x:v>
+        <x:v>21538</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>611629</x:v>
+        <x:v>604902</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
-        <x:v>35</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
-        <x:v>35317</x:v>
+        <x:v>38876</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
-      <x:c r="E14" s="14" t="s"/>
+      <x:c r="E14" s="14" t="s">
+        <x:v>57</x:v>
+      </x:c>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
-        <x:v>58</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K14" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
-        <x:v>42725</x:v>
+        <x:v>21570</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>572763</x:v>
+        <x:v>611629</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>35317</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -2684,786 +2684,786 @@
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
         <x:v>554016</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>35317</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="E19" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H19" s="0" t="s">
+        <x:v>94</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>42725</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>606968</x:v>
+        <x:v>517257</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>35317</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
-        <x:v>93</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>42725</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="Q20" s="16" t="s">
         <x:v>104</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>105</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>517257</x:v>
+        <x:v>606968</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="U20" s="16" t="s">
         <x:v>106</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s"/>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>21572</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>533338</x:v>
+        <x:v>552766</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
-        <x:v>35</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
-        <x:v>36</x:v>
-[...1 lines deleted...]
-      <x:c r="C22" s="15" t="s"/>
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="C22" s="15" t="n">
+        <x:v>35317</x:v>
+      </x:c>
       <x:c r="D22" s="15" t="s"/>
-      <x:c r="E22" s="14" t="s"/>
+      <x:c r="E22" s="14" t="s">
+        <x:v>57</x:v>
+      </x:c>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
-        <x:v>38</x:v>
-[...1 lines deleted...]
-      <x:c r="J22" s="14" t="s"/>
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="J22" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="K22" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
-        <x:v>21572</x:v>
+        <x:v>42725</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>552766</x:v>
+        <x:v>547457</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="U22" s="16" t="s">
         <x:v>108</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>35317</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="E23" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="H23" s="0" t="s">
+        <x:v>110</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>42725</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>547457</x:v>
+        <x:v>608449</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
-        <x:v>55</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>35317</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
-      <x:c r="E24" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>110</x:v>
-[...1 lines deleted...]
-      <x:c r="H24" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
+      <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>42725</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>608449</x:v>
+        <x:v>592494</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>35317</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
+      <x:c r="E25" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
       <x:c r="G25" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="H25" s="0" t="s">
+        <x:v>110</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>42725</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>592494</x:v>
+        <x:v>555795</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
-        <x:v>55</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>35317</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
-      <x:c r="E26" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="I26" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>42725</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>555795</x:v>
+        <x:v>479206</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>35317</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>42725</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>479206</x:v>
+        <x:v>509796</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
-        <x:v>35</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>35317</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
-      <x:c r="E28" s="14" t="s"/>
+      <x:c r="E28" s="14" t="s">
+        <x:v>57</x:v>
+      </x:c>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
-        <x:v>93</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>42725</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>509796</x:v>
+        <x:v>504984</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>35317</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
-      <x:c r="E29" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G29" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>42725</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>504984</x:v>
+        <x:v>592511</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>35317</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
-      <x:c r="E30" s="14" t="s"/>
+      <x:c r="E30" s="14" t="s">
+        <x:v>57</x:v>
+      </x:c>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
-        <x:v>116</x:v>
-[...1 lines deleted...]
-      <x:c r="H30" s="14" t="s"/>
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="H30" s="14" t="s">
+        <x:v>110</x:v>
+      </x:c>
       <x:c r="I30" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>42725</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>592511</x:v>
+        <x:v>502442</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>77</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="C31" s="3" t="s"/>
       <x:c r="D31" s="3" t="s"/>
-      <x:c r="E31" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G31" s="0" t="s">
-        <x:v>110</x:v>
-[...2 lines deleted...]
-        <x:v>111</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
-      <x:c r="J31" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K31" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
-        <x:v>42725</x:v>
+        <x:v>21572</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>502442</x:v>
+        <x:v>533338</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>35317</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="I32" s="16" t="s">
         <x:v>119</x:v>
@@ -4093,303 +4093,303 @@
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>611341</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>150</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="C44" s="15" t="s"/>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
-        <x:v>151</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
-        <x:v>153</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="J44" s="14" t="s"/>
       <x:c r="K44" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
-        <x:v>11534</x:v>
+        <x:v>21572</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>575545</x:v>
+        <x:v>611332</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s"/>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>21572</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>611332</x:v>
+        <x:v>611334</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C46" s="15" t="s"/>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s"/>
       <x:c r="K46" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>21572</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>611334</x:v>
+        <x:v>611337</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C47" s="3" t="s"/>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>21572</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>611337</x:v>
+        <x:v>611340</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
-        <x:v>133</x:v>
-[...1 lines deleted...]
-      <x:c r="C48" s="15" t="s"/>
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="C48" s="15" t="n">
+        <x:v>35372</x:v>
+      </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
-        <x:v>134</x:v>
-[...1 lines deleted...]
-      <x:c r="H48" s="14" t="s"/>
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="H48" s="14" t="s">
+        <x:v>159</x:v>
+      </x:c>
       <x:c r="I48" s="16" t="s">
-        <x:v>135</x:v>
-[...1 lines deleted...]
-      <x:c r="J48" s="14" t="s"/>
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="J48" s="14" t="s">
+        <x:v>161</x:v>
+      </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
-        <x:v>21572</x:v>
+        <x:v>11534</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>611340</x:v>
+        <x:v>575545</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>35317</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="E49" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
@@ -4507,51 +4507,51 @@
       <x:c r="M51" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>21572</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>611338</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>35317</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -4808,97 +4808,97 @@
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>548841</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>35372</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>11534</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>596710</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>35317</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -4936,51 +4936,51 @@
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s"/>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>21546</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>615069</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
@@ -5233,51 +5233,51 @@
       <x:c r="L64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>42725</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>494774</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>35317</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -5595,51 +5595,51 @@
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>592513</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>38876</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="E71" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>40</x:v>
@@ -5655,51 +5655,51 @@
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>496612</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>38876</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="I72" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
@@ -5716,51 +5716,51 @@
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>549804</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>38876</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="E73" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>40</x:v>
@@ -6811,51 +6811,51 @@
         <x:v>77</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>35317</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="E91" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>42725</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
         <x:v>570007</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
@@ -6870,51 +6870,51 @@
       <x:c r="C92" s="15" t="n">
         <x:v>35317</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>42725</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>496263</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
@@ -7434,51 +7434,51 @@
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="I102" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>21554</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>605923</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
@@ -7921,51 +7921,51 @@
       <x:c r="L110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>42725</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>494775</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>35317</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="E111" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
@@ -8573,377 +8573,377 @@
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>37491</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="I122" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>21538</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>504506</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>37491</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="E123" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>21538</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>547247</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>35317</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="I124" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>42725</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>547262</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
-        <x:v>37491</x:v>
+        <x:v>35317</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="E125" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
-        <x:v>21538</x:v>
+        <x:v>42725</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
-        <x:v>605620</x:v>
+        <x:v>504551</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
-        <x:v>35317</x:v>
+        <x:v>37491</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="I126" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
-        <x:v>42725</x:v>
+        <x:v>21538</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>504551</x:v>
+        <x:v>605620</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>35317</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="E127" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>42725</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>605623</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="C128" s="15" t="s"/>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s">
         <x:v>273</x:v>
@@ -9630,170 +9630,169 @@
       <x:c r="K140" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>21570</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>501478</x:v>
+        <x:v>604287</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
-        <x:v>37491</x:v>
+        <x:v>36937</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="E141" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
-        <x:v>58</x:v>
-[...2 lines deleted...]
-        <x:v>59</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
-        <x:v>21538</x:v>
+        <x:v>21570</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
-        <x:v>326</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
-        <x:v>327</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
-        <x:v>607535</x:v>
+        <x:v>501478</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
-        <x:v>36937</x:v>
+        <x:v>37491</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
-        <x:v>335</x:v>
-[...1 lines deleted...]
-      <x:c r="H142" s="14" t="s"/>
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="H142" s="14" t="s">
+        <x:v>59</x:v>
+      </x:c>
       <x:c r="I142" s="16" t="s">
-        <x:v>332</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
-        <x:v>21570</x:v>
+        <x:v>21538</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
-        <x:v>336</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
-        <x:v>332</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>604287</x:v>
+        <x:v>607535</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>35317</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>338</x:v>
       </x:c>