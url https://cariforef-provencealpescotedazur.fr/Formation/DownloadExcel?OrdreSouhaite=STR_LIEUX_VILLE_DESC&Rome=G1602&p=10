--- v2 (2026-02-19)
+++ v3 (2026-02-19)
@@ -410,56 +410,56 @@
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Paul Arène</x:t>
   </x:si>
   <x:si>
     <x:t>04200</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro cuisine (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>CS Certificat de Spécialisation Cuisinier en desserts de restaurant (Ex Mention Complémentaire)</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/25/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Mention complémentaire Cuisinier en desserts de restaurant</x:t>
   </x:si>
   <x:si>
+    <x:t>CS Certificat de Spécialisation Desserts de restaurant</x:t>
+  </x:si>
+  <x:si>
     <x:t>BAC PRO Cuisine</x:t>
   </x:si>
   <x:si>
-    <x:t>CS Certificat de Spécialisation Desserts de restaurant</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>BP arts de la cuisine (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Métier - Cfa Régional de la Cité Technique</x:t>
   </x:si>
   <x:si>
     <x:t>FM</x:t>
   </x:si>
   <x:si>
     <x:t>13016</x:t>
   </x:si>
   <x:si>
     <x:t>Gastronomie</x:t>
   </x:si>
   <x:si>
     <x:t>Ogec Lycée Sainte Elisabeth - Collège Sainte Elisabeth</x:t>
   </x:si>
   <x:si>
     <x:t>13170</x:t>
   </x:si>
   <x:si>
     <x:t>SEPTEMES-LES-VALLONS</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
@@ -791,86 +791,86 @@
   <x:si>
     <x:t>POEC</x:t>
   </x:si>
   <x:si>
     <x:t>Asforest</x:t>
   </x:si>
   <x:si>
     <x:t>75002</x:t>
   </x:si>
   <x:si>
     <x:t>12/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ESCCOM </x:t>
   </x:si>
   <x:si>
     <x:t>02/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Bac pro cuisine - Cuisine des terroirs, circuits courts et alimentation durable</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Titre professionnel commis de cuisine (des étoiles et des femmes)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/29/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2023 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP Paul Valéry</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MENTON</x:t>
+  </x:si>
+  <x:si>
     <x:t>Provence Formation</x:t>
   </x:si>
   <x:si>
     <x:t>Provence Formation - Lycée Professionnel Brise-Lames</x:t>
   </x:si>
   <x:si>
     <x:t>13500</x:t>
   </x:si>
   <x:si>
     <x:t>MARTIGUES</x:t>
   </x:si>
   <x:si>
-    <x:t>Bac pro cuisine - Cuisine des terroirs, circuits courts et alimentation durable</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>LP Brise-Lames</x:t>
   </x:si>
   <x:si>
     <x:t>Comité Interprofessionnel d'Apprentissage Corot</x:t>
   </x:si>
   <x:si>
     <x:t>CIA</x:t>
   </x:si>
   <x:si>
     <x:t>13333</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-14e</x:t>
   </x:si>
   <x:si>
     <x:t>Umih Formation</x:t>
   </x:si>
   <x:si>
     <x:t>75007</x:t>
   </x:si>
   <x:si>
     <x:t>12/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/10/2026 00:00:00</x:t>
@@ -896,74 +896,74 @@
   <x:si>
     <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
     <x:t>Association de Formation pour la Coopération et la Promotion Professionnelle Méditerranéenne</x:t>
   </x:si>
   <x:si>
     <x:t>ACPM</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel cuisinier en restauration collective (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Cuisine collectivité</x:t>
   </x:si>
   <x:si>
     <x:t>Certificat de spécialisation cuisinier en desserts de restaurant (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Certificat de spécialisation desserts de restaurant (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>LP Ch Grawitz</x:t>
   </x:si>
   <x:si>
+    <x:t>LPO La Cadenelle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13012</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-12e</x:t>
+  </x:si>
+  <x:si>
     <x:t>Institut La Cadenelle</x:t>
   </x:si>
   <x:si>
     <x:t>13376</x:t>
   </x:si>
   <x:si>
-    <x:t>MARSEILLE-12e</x:t>
+    <x:t>07/10/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2029 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/10/2027 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>08/26/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/28/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation complémentaire au BTS Diététique</x:t>
   </x:si>
   <x:si>
     <x:t>Ges Formation</x:t>
   </x:si>
   <x:si>
     <x:t>13400</x:t>
   </x:si>
   <x:si>
     <x:t>Diététique</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-11e</x:t>
   </x:si>
   <x:si>
     <x:t>03/13/2026 00:00:00</x:t>
@@ -1436,62 +1436,62 @@
   <x:si>
     <x:t>Cuisinier BC01 Production culinaire + spécialisation cuisine italienne : les pâtes fraîches, sauces et risottos</x:t>
   </x:si>
   <x:si>
     <x:t>COGOLIN</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Commis de cuisine BC02 Réaliser des préparations culinaires de base en respectant les consignes de production</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cuisinier BC01 Production culinaire + spécialisation canard et foie gras</x:t>
   </x:si>
   <x:si>
     <x:t>Cuisinier BC01 Production culinaire + spécialisation macarons</x:t>
   </x:si>
   <x:si>
     <x:t>Commis de cuisine BC02 Réaliser des préparations culinaires de base en respectant les consignes de production + spécialisation : Les glaces et sorbets</x:t>
   </x:si>
   <x:si>
+    <x:t>Commis de cuisine BC02 Réaliser des préparations culinaires de base en respectant les consignes de production + spécialisation Les petits fours sucrés et salés</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cuisinier BC01 Production culinaire + spécialisation plancha et métiers de grillardin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cuisinier BC01 Production culinaire + spécialisation barbecue</x:t>
+  </x:si>
+  <x:si>
     <x:t>Cuisinier BC01 Production culinaire + spécialisation desserts chocolat</x:t>
   </x:si>
   <x:si>
-    <x:t>Commis de cuisine BC02 Réaliser des préparations culinaires de base en respectant les consignes de production + spécialisation Les petits fours sucrés et salés</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Titre professionnel commis de cuisine (préparation également possible par Bloc(s) de compétences) (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Formation Reclassement et Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>IFREC</x:t>
   </x:si>
   <x:si>
     <x:t>13220</x:t>
   </x:si>
   <x:si>
     <x:t>Jeune 16-25 ans</x:t>
   </x:si>
   <x:si>
     <x:t>CHATEAUNEUF-LES-MARTIGUES</x:t>
   </x:si>
   <x:si>
     <x:t>12/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>IME La Durance</x:t>
@@ -1511,74 +1511,74 @@
   <x:si>
     <x:t>86360</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de la fonction publique , Demandeur d'emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>CHASSENEUIL-DU-POITOU</x:t>
   </x:si>
   <x:si>
     <x:t>06/05/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/18/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CAVAILLON</x:t>
   </x:si>
   <x:si>
+    <x:t>LP A Dumas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/16/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée des Métiers Alexandre Dumas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cuisine (goûtez aux métiers de la restauration)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/19/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/30/2024 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée des Métiers Alexandre Dumas</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>01/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Faculté des Métiers - Ecole Hôtelière de Cannes - CFA Régional Municipal de Cannes Faculté des Métiers</x:t>
   </x:si>
   <x:si>
     <x:t>06150</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Demandeur d'emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES LA BOCCA</x:t>
   </x:si>
   <x:si>
     <x:t>07/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2026 00:00:00</x:t>
@@ -1700,60 +1700,60 @@
   <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Boost - passeport cuisine saisonnier</x:t>
   </x:si>
   <x:si>
     <x:t>Bénéficiaire du RSA , Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>10/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agent polyvalent restauration cuisine</x:t>
   </x:si>
   <x:si>
     <x:t>Bénéficiaire du RSA , Demandeur d'emploi , Tout public</x:t>
   </x:si>
   <x:si>
+    <x:t>09/13/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/03/2025 00:00:00</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>05/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Polyvalent Montmajour</x:t>
   </x:si>
   <x:si>
     <x:t>13637</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>BP Arts de la Cuisine</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Professionnel Charles Privat</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/20/2026 00:00:00</x:t>
   </x:si>
@@ -3878,324 +3878,325 @@
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
         <x:v>547597</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
-        <x:v>37380</x:v>
+        <x:v>37910</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
+      <x:c r="E29" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
       <x:c r="G29" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
-        <x:v>42710</x:v>
+        <x:v>42752</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>515474</x:v>
+        <x:v>547522</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
-        <x:v>37910</x:v>
+        <x:v>37380</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
-        <x:v>42752</x:v>
+        <x:v>42710</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>597592</x:v>
+        <x:v>515474</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
-        <x:v>37910</x:v>
+        <x:v>40287</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
-        <x:v>42752</x:v>
+        <x:v>42710</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>543704</x:v>
+        <x:v>600398</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
-        <x:v>102</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
-      <x:c r="E32" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>547522</x:v>
+        <x:v>597592</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
-        <x:v>40287</x:v>
+        <x:v>37910</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
-        <x:v>42710</x:v>
+        <x:v>42752</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>600398</x:v>
+        <x:v>543704</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>38431</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="I34" s="16" t="s">
         <x:v>118</x:v>
@@ -7503,51 +7504,51 @@
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
         <x:v>559036</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>28</x:v>
@@ -7795,51 +7796,51 @@
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>608163</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>42752</x:v>
@@ -7849,51 +7850,51 @@
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>616710</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>28</x:v>
@@ -7906,51 +7907,51 @@
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>566273</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>28</x:v>
@@ -8197,223 +8198,230 @@
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>583841</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
-        <x:v>37910</x:v>
+        <x:v>38430</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
-        <x:v>240</x:v>
-[...1 lines deleted...]
-      <x:c r="H104" s="14" t="s"/>
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="H104" s="14" t="s">
+        <x:v>237</x:v>
+      </x:c>
       <x:c r="I104" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>607402</x:v>
+        <x:v>502439</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
-        <x:v>38430</x:v>
+        <x:v>37910</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="E105" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="F105" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>559015</x:v>
+        <x:v>583829</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
-        <x:v>102</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
-        <x:v>38430</x:v>
+        <x:v>38722</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s">
-        <x:v>104</x:v>
-[...1 lines deleted...]
-      <x:c r="F106" s="14" t="s"/>
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="F106" s="14" t="s">
+        <x:v>87</x:v>
+      </x:c>
       <x:c r="G106" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I106" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>502439</x:v>
+        <x:v>580573</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="E107" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
@@ -8437,1433 +8445,1426 @@
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>608248</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
-      <x:c r="E108" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E108" s="14" t="s"/>
+      <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I108" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>583829</x:v>
+        <x:v>554019</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
-        <x:v>38722</x:v>
+        <x:v>38430</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
-      <x:c r="E109" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>580573</x:v>
+        <x:v>540940</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
-        <x:v>102</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
-      <x:c r="E110" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I110" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>469554</x:v>
+        <x:v>509801</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
-        <x:v>248</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
-        <x:v>37910</x:v>
+        <x:v>38430</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>554019</x:v>
+        <x:v>554037</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
-        <x:v>41</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
-      <x:c r="E112" s="14" t="s"/>
+      <x:c r="E112" s="14" t="s">
+        <x:v>104</x:v>
+      </x:c>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I112" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>540940</x:v>
+        <x:v>559015</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
+      <x:c r="E113" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>509801</x:v>
+        <x:v>469554</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
-        <x:v>41</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
-        <x:v>38430</x:v>
+        <x:v>37910</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
-      <x:c r="E114" s="14" t="s"/>
+      <x:c r="E114" s="14" t="s">
+        <x:v>104</x:v>
+      </x:c>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I114" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>554037</x:v>
+        <x:v>516371</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
-        <x:v>37910</x:v>
+        <x:v>38430</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="E115" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>516371</x:v>
+        <x:v>555792</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
-        <x:v>102</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
-      <x:c r="E116" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
-        <x:v>236</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>555792</x:v>
+        <x:v>597384</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
-        <x:v>38430</x:v>
+        <x:v>37910</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>597384</x:v>
+        <x:v>595234</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
-        <x:v>37910</x:v>
+        <x:v>38430</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
-      <x:c r="E118" s="14" t="s"/>
+      <x:c r="E118" s="14" t="s">
+        <x:v>104</x:v>
+      </x:c>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>595234</x:v>
+        <x:v>553832</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="E119" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>553832</x:v>
+        <x:v>607438</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
-        <x:v>240</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>607438</x:v>
+        <x:v>553834</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
-        <x:v>38430</x:v>
+        <x:v>37910</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="E121" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>553834</x:v>
+        <x:v>607402</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
-        <x:v>240</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>503989</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="E123" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>553843</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
-        <x:v>240</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>553844</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>595239</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
-        <x:v>240</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>504087</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="E127" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>607436</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
-        <x:v>240</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>607437</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="E129" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>607403</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>597390</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="E131" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>553833</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>37867</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
@@ -10508,51 +10509,51 @@
       <x:c r="S142" s="14" t="n">
         <x:v>570569</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="E143" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
@@ -10665,51 +10666,51 @@
       <x:c r="L145" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
         <x:v>446868</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s">
         <x:v>269</x:v>
@@ -10868,51 +10869,51 @@
       <x:c r="S148" s="14" t="n">
         <x:v>604313</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="E149" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
@@ -11230,51 +11231,51 @@
       <x:c r="S154" s="14" t="n">
         <x:v>583925</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="E155" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
@@ -11830,51 +11831,51 @@
       <x:c r="S164" s="14" t="n">
         <x:v>604312</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="E165" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
@@ -11938,403 +11939,403 @@
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
         <x:v>567907</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
-        <x:v>38871</x:v>
+        <x:v>38430</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="E167" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="H167" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
-        <x:v>42708</x:v>
+        <x:v>42752</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>567905</x:v>
+        <x:v>567827</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
-        <x:v>39515</x:v>
+        <x:v>38722</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="I168" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
-        <x:v>42710</x:v>
+        <x:v>42752</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>567906</x:v>
+        <x:v>604311</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
-        <x:v>38430</x:v>
+        <x:v>38871</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="E169" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="H169" s="0" t="s">
+        <x:v>269</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
-        <x:v>42752</x:v>
+        <x:v>42708</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>554100</x:v>
+        <x:v>567905</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
-        <x:v>38871</x:v>
+        <x:v>39515</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="I170" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
-        <x:v>42708</x:v>
+        <x:v>42710</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
-        <x:v>271</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>604314</x:v>
+        <x:v>567906</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="E171" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
-        <x:v>268</x:v>
-[...2 lines deleted...]
-        <x:v>269</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>567827</x:v>
+        <x:v>554100</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
-        <x:v>38722</x:v>
+        <x:v>38871</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="I172" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
-        <x:v>42752</x:v>
+        <x:v>42708</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>604311</x:v>
+        <x:v>604314</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -12349,323 +12350,323 @@
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
         <x:v>597379</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
-        <x:v>102</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
-      <x:c r="E174" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>607929</x:v>
+        <x:v>595236</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
-        <x:v>278</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
-        <x:v>279</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="E175" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>501427</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
-      <x:c r="E176" s="14" t="s"/>
+      <x:c r="E176" s="14" t="s">
+        <x:v>104</x:v>
+      </x:c>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
-        <x:v>595236</x:v>
+        <x:v>607929</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="E177" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
         <x:v>550558</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
-        <x:v>275</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
-        <x:v>276</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
-        <x:v>275</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
-        <x:v>276</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>447542</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C179" s="3" t="s"/>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
         <x:v>287</x:v>
@@ -12903,152 +12904,152 @@
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
         <x:v>597394</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="C184" s="15" t="s"/>
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="C184" s="15" t="n">
+        <x:v>37910</x:v>
+      </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
-        <x:v>42776</x:v>
+        <x:v>42752</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
-        <x:v>595456</x:v>
+        <x:v>595227</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
-        <x:v>33</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C185" s="3" t="s"/>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
-        <x:v>42752</x:v>
+        <x:v>42776</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>595227</x:v>
+        <x:v>595456</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>40287</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -13660,51 +13661,51 @@
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>520663</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="G197" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="H197" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>28</x:v>
@@ -13838,51 +13839,51 @@
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
         <x:v>604336</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I200" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -13894,338 +13895,337 @@
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>493040</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
-        <x:v>37910</x:v>
+        <x:v>38430</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
-      <x:c r="E201" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
-        <x:v>547670</x:v>
+        <x:v>585592</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
-        <x:v>37553</x:v>
+        <x:v>37910</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I202" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
-        <x:v>493599</x:v>
+        <x:v>585554</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
-        <x:v>37910</x:v>
+        <x:v>37553</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="H203" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
-        <x:v>585554</x:v>
+        <x:v>493599</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
-        <x:v>225</x:v>
-[...1 lines deleted...]
-      <x:c r="H204" s="14" t="s"/>
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="H204" s="14" t="s">
+        <x:v>308</x:v>
+      </x:c>
       <x:c r="I204" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K204" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
-        <x:v>513694</x:v>
+        <x:v>547670</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
-        <x:v>38430</x:v>
+        <x:v>37910</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
+      <x:c r="E205" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
       <x:c r="G205" s="0" t="s">
-        <x:v>307</x:v>
-[...2 lines deleted...]
-        <x:v>308</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
-        <x:v>585592</x:v>
+        <x:v>513694</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I206" s="16" t="s">
         <x:v>309</x:v>
@@ -14250,51 +14250,51 @@
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
         <x:v>604343</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="G207" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="H207" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>28</x:v>
@@ -15150,51 +15150,51 @@
       </x:c>
       <x:c r="P222" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
         <x:v>595226</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="G223" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>42752</x:v>
@@ -15486,214 +15486,214 @@
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
         <x:v>494796</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
-      <x:c r="E229" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G229" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
-        <x:v>336</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
-        <x:v>547594</x:v>
+        <x:v>540917</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
-        <x:v>38430</x:v>
+        <x:v>37910</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
-        <x:v>540917</x:v>
+        <x:v>543703</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
-        <x:v>37910</x:v>
+        <x:v>38430</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
+      <x:c r="E231" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
       <x:c r="G231" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
-        <x:v>543703</x:v>
+        <x:v>520659</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s"/>
       <x:c r="I232" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
@@ -15702,57 +15702,57 @@
       <x:c r="K232" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
-        <x:v>520659</x:v>
+        <x:v>547594</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="E233" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="G233" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -16069,225 +16069,224 @@
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
         <x:v>604807</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
-        <x:v>38431</x:v>
+        <x:v>38430</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
-      <x:c r="E239" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G239" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H239" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
-        <x:v>42760</x:v>
+        <x:v>42752</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
-        <x:v>604788</x:v>
+        <x:v>574184</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
-        <x:v>41</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C240" s="15" t="n">
-        <x:v>38430</x:v>
+        <x:v>38431</x:v>
       </x:c>
       <x:c r="D240" s="15" t="s"/>
-      <x:c r="E240" s="14" t="s"/>
+      <x:c r="E240" s="14" t="s">
+        <x:v>104</x:v>
+      </x:c>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="I240" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K240" s="14" t="s">
-        <x:v>344</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
-        <x:v>42752</x:v>
+        <x:v>42760</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
-        <x:v>574184</x:v>
+        <x:v>553240</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
-        <x:v>345</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
-        <x:v>38431</x:v>
+        <x:v>38430</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="E241" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H241" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
-        <x:v>42760</x:v>
+        <x:v>42752</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
-        <x:v>553240</x:v>
+        <x:v>501704</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="I242" s="16" t="s">
         <x:v>156</x:v>
@@ -16298,238 +16297,238 @@
       <x:c r="K242" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
-        <x:v>501704</x:v>
+        <x:v>553261</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
-        <x:v>38430</x:v>
+        <x:v>38431</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="E243" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H243" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
-        <x:v>42752</x:v>
+        <x:v>42760</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
-        <x:v>553261</x:v>
+        <x:v>604788</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C244" s="15" t="n">
-        <x:v>37553</x:v>
+        <x:v>38430</x:v>
       </x:c>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="I244" s="16" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K244" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
-        <x:v>454924</x:v>
+        <x:v>498473</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
-        <x:v>248</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
-        <x:v>351</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C245" s="3" t="n">
-        <x:v>38430</x:v>
+        <x:v>37553</x:v>
       </x:c>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="E245" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="G245" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="H245" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
-        <x:v>548770</x:v>
+        <x:v>454924</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C246" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="I246" s="16" t="s">
         <x:v>347</x:v>
@@ -16540,57 +16539,57 @@
       <x:c r="K246" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
-        <x:v>498473</x:v>
+        <x:v>548770</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="E247" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="H247" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
@@ -16856,101 +16855,101 @@
       </x:c>
       <x:c r="P251" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
         <x:v>553338</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
-        <x:v>272</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C252" s="15" t="n">
-        <x:v>37380</x:v>
+        <x:v>38430</x:v>
       </x:c>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="I252" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K252" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
-        <x:v>42710</x:v>
+        <x:v>42752</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
-        <x:v>553345</x:v>
+        <x:v>501817</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C253" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="E253" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="G253" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H253" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
@@ -16963,299 +16962,299 @@
       <x:c r="K253" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
-        <x:v>501817</x:v>
+        <x:v>604102</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="C254" s="15" t="n">
-        <x:v>38430</x:v>
+        <x:v>40287</x:v>
       </x:c>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="I254" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K254" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
-        <x:v>42752</x:v>
+        <x:v>42710</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
-        <x:v>604102</x:v>
+        <x:v>604109</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C255" s="3" t="n">
-        <x:v>40287</x:v>
+        <x:v>38431</x:v>
       </x:c>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="E255" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="G255" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H255" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="J255" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
-        <x:v>42710</x:v>
+        <x:v>42760</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
-        <x:v>604109</x:v>
+        <x:v>604086</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C256" s="15" t="n">
-        <x:v>38431</x:v>
+        <x:v>38430</x:v>
       </x:c>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="I256" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K256" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
-        <x:v>42760</x:v>
+        <x:v>42752</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
-        <x:v>604086</x:v>
+        <x:v>553337</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="C257" s="3" t="n">
-        <x:v>38430</x:v>
+        <x:v>37380</x:v>
       </x:c>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="E257" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="G257" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H257" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
-        <x:v>42752</x:v>
+        <x:v>42710</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
-        <x:v>553337</x:v>
+        <x:v>553345</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C258" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s"/>
       <x:c r="I258" s="16" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s">
@@ -17937,175 +17936,175 @@
       <x:c r="K270" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
         <x:v>42760</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
-        <x:v>607205</x:v>
+        <x:v>553049</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C271" s="3" t="n">
-        <x:v>40287</x:v>
+        <x:v>38431</x:v>
       </x:c>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="E271" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="G271" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="H271" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="J271" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
-        <x:v>42710</x:v>
+        <x:v>42760</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
-        <x:v>607222</x:v>
+        <x:v>607205</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="C272" s="15" t="n">
-        <x:v>38431</x:v>
+        <x:v>40287</x:v>
       </x:c>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="I272" s="16" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K272" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
-        <x:v>42760</x:v>
+        <x:v>42710</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
-        <x:v>553049</x:v>
+        <x:v>607222</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C273" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="E273" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="H273" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
@@ -19093,51 +19092,51 @@
       <x:c r="L290" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
         <x:v>448269</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
-        <x:v>248</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C291" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="G291" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="J291" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -19439,325 +19438,324 @@
       </x:c>
       <x:c r="O296" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
         <x:v>586651</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
         <x:v>390</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C297" s="3" t="n">
-        <x:v>38722</x:v>
+        <x:v>37859</x:v>
       </x:c>
       <x:c r="D297" s="3" t="s"/>
-      <x:c r="E297" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G297" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="J297" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
-        <x:v>385</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
-        <x:v>386</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
-        <x:v>607983</x:v>
+        <x:v>587302</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C298" s="15" t="n">
         <x:v>38722</x:v>
       </x:c>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s"/>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s"/>
       <x:c r="I298" s="16" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="J298" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K298" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="M298" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
-        <x:v>586649</x:v>
+        <x:v>585278</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
-        <x:v>390</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="C299" s="3" t="n">
         <x:v>37859</x:v>
       </x:c>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="G299" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="J299" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
-        <x:v>587302</x:v>
+        <x:v>586424</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
-        <x:v>295</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
-        <x:v>396</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C300" s="15" t="n">
-        <x:v>37859</x:v>
+        <x:v>38722</x:v>
       </x:c>
       <x:c r="D300" s="15" t="s"/>
-      <x:c r="E300" s="14" t="s"/>
+      <x:c r="E300" s="14" t="s">
+        <x:v>104</x:v>
+      </x:c>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
-        <x:v>385</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="H300" s="14" t="s"/>
       <x:c r="I300" s="16" t="s">
-        <x:v>386</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="J300" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K300" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="L300" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="M300" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="N300" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O300" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P300" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
-        <x:v>586424</x:v>
+        <x:v>607983</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C301" s="3" t="n">
         <x:v>38722</x:v>
       </x:c>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="G301" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="J301" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
-        <x:v>585278</x:v>
+        <x:v>586649</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>390</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C302" s="15" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s"/>
       <x:c r="I302" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s">
@@ -20176,51 +20174,51 @@
       </x:c>
       <x:c r="P309" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
         <x:v>597381</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C310" s="15" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s"/>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H310" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I310" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J310" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K310" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L310" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -20352,51 +20350,51 @@
       </x:c>
       <x:c r="P312" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
         <x:v>595240</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C313" s="3" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D313" s="3" t="s"/>
       <x:c r="G313" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H313" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I313" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J313" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L313" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
         <x:v>28</x:v>
@@ -20409,51 +20407,51 @@
       </x:c>
       <x:c r="P313" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
         <x:v>527252</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C314" s="15" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s"/>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H314" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I314" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J314" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K314" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -20468,51 +20466,51 @@
       </x:c>
       <x:c r="P314" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
         <x:v>565095</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C315" s="3" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="G315" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H315" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J315" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
         <x:v>28</x:v>
@@ -21909,51 +21907,51 @@
       </x:c>
       <x:c r="P339" s="0" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="Q339" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R339" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="S339" s="0" t="n">
         <x:v>552857</x:v>
       </x:c>
       <x:c r="T339" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="U339" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C340" s="15" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D340" s="15" t="s"/>
       <x:c r="E340" s="14" t="s"/>
       <x:c r="F340" s="14" t="s"/>
       <x:c r="G340" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H340" s="14" t="s"/>
       <x:c r="I340" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J340" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K340" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L340" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M340" s="14" t="s">
         <x:v>28</x:v>
@@ -22026,278 +22024,278 @@
       </x:c>
       <x:c r="O341" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
         <x:v>582126</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
         <x:v>424</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
-        <x:v>102</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C342" s="15" t="n">
-        <x:v>37553</x:v>
+        <x:v>37910</x:v>
       </x:c>
       <x:c r="D342" s="15" t="s"/>
-      <x:c r="E342" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E342" s="14" t="s"/>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
-        <x:v>346</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="H342" s="14" t="s"/>
       <x:c r="I342" s="16" t="s">
-        <x:v>347</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K342" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M342" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
-        <x:v>423</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
-        <x:v>454925</x:v>
+        <x:v>543705</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
-        <x:v>248</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
-        <x:v>351</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C343" s="3" t="n">
-        <x:v>38431</x:v>
+        <x:v>37553</x:v>
       </x:c>
       <x:c r="D343" s="3" t="s"/>
-      <x:c r="E343" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G343" s="0" t="s">
-        <x:v>154</x:v>
-[...2 lines deleted...]
-        <x:v>155</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I343" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J343" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="L343" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M343" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N343" s="3" t="n">
-        <x:v>42760</x:v>
+        <x:v>42752</x:v>
       </x:c>
       <x:c r="O343" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P343" s="0" t="s">
-        <x:v>422</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="Q343" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R343" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="S343" s="0" t="n">
-        <x:v>520722</x:v>
+        <x:v>493597</x:v>
       </x:c>
       <x:c r="T343" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U343" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:21">
       <x:c r="A344" s="13" t="s">
-        <x:v>41</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B344" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C344" s="15" t="n">
-        <x:v>37553</x:v>
+        <x:v>38431</x:v>
       </x:c>
       <x:c r="D344" s="15" t="s"/>
-      <x:c r="E344" s="14" t="s"/>
+      <x:c r="E344" s="14" t="s">
+        <x:v>104</x:v>
+      </x:c>
       <x:c r="F344" s="14" t="s"/>
       <x:c r="G344" s="14" t="s">
-        <x:v>97</x:v>
-[...1 lines deleted...]
-      <x:c r="H344" s="14" t="s"/>
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="H344" s="14" t="s">
+        <x:v>155</x:v>
+      </x:c>
       <x:c r="I344" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="J344" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K344" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="L344" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="M344" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
-        <x:v>42752</x:v>
+        <x:v>42760</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
-        <x:v>493597</x:v>
+        <x:v>520722</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C345" s="3" t="n">
-        <x:v>37910</x:v>
+        <x:v>37553</x:v>
       </x:c>
       <x:c r="D345" s="3" t="s"/>
+      <x:c r="E345" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
       <x:c r="G345" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>346</x:v>
+      </x:c>
+      <x:c r="H345" s="0" t="s">
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I345" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="J345" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="L345" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="M345" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N345" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O345" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P345" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="Q345" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R345" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="S345" s="0" t="n">
-        <x:v>543705</x:v>
+        <x:v>454925</x:v>
       </x:c>
       <x:c r="T345" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="U345" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:21">
       <x:c r="A346" s="13" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B346" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C346" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D346" s="15" t="s"/>
       <x:c r="E346" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="F346" s="14" t="s"/>
       <x:c r="G346" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H346" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="I346" s="16" t="s">
         <x:v>156</x:v>
@@ -22724,51 +22722,51 @@
       </x:c>
       <x:c r="P353" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q353" s="4" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="R353" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="S353" s="0" t="n">
         <x:v>595228</x:v>
       </x:c>
       <x:c r="T353" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U353" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:21">
       <x:c r="A354" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B354" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C354" s="15" t="n">
         <x:v>40287</x:v>
       </x:c>
       <x:c r="D354" s="15" t="s"/>
       <x:c r="E354" s="14" t="s"/>
       <x:c r="F354" s="14" t="s"/>
       <x:c r="G354" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H354" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I354" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J354" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K354" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L354" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -22783,51 +22781,51 @@
       </x:c>
       <x:c r="P354" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q354" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R354" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="S354" s="14" t="n">
         <x:v>617913</x:v>
       </x:c>
       <x:c r="T354" s="16" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:21">
       <x:c r="A355" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C355" s="3" t="n">
         <x:v>40287</x:v>
       </x:c>
       <x:c r="D355" s="3" t="s"/>
       <x:c r="G355" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H355" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I355" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J355" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K355" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L355" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M355" s="0" t="s">
         <x:v>28</x:v>
@@ -23719,199 +23717,199 @@
       </x:c>
       <x:c r="Q370" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R370" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="S370" s="14" t="n">
         <x:v>587373</x:v>
       </x:c>
       <x:c r="T370" s="16" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="U370" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:21">
       <x:c r="A371" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="C371" s="3" t="n">
-        <x:v>37867</x:v>
+        <x:v>37859</x:v>
       </x:c>
       <x:c r="D371" s="3" t="s"/>
       <x:c r="G371" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="I371" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="J371" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K371" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L371" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="M371" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="N371" s="3" t="n">
-        <x:v>42746</x:v>
+        <x:v>42752</x:v>
       </x:c>
       <x:c r="O371" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P371" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="Q371" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R371" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="S371" s="0" t="n">
-        <x:v>587183</x:v>
+        <x:v>587345</x:v>
       </x:c>
       <x:c r="T371" s="4" t="s">
-        <x:v>393</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="U371" s="4" t="s">
-        <x:v>451</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:21">
       <x:c r="A372" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B372" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="C372" s="15" t="n">
-        <x:v>37859</x:v>
+        <x:v>37867</x:v>
       </x:c>
       <x:c r="D372" s="15" t="s"/>
       <x:c r="E372" s="14" t="s"/>
       <x:c r="F372" s="14" t="s"/>
       <x:c r="G372" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="H372" s="14" t="s"/>
       <x:c r="I372" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="J372" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K372" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L372" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="M372" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="N372" s="15" t="n">
-        <x:v>42752</x:v>
+        <x:v>42746</x:v>
       </x:c>
       <x:c r="O372" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="P372" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="Q372" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R372" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="S372" s="14" t="n">
-        <x:v>587345</x:v>
+        <x:v>587209</x:v>
       </x:c>
       <x:c r="T372" s="16" t="s">
-        <x:v>449</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="U372" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>451</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:21">
       <x:c r="A373" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="C373" s="3" t="n">
         <x:v>37867</x:v>
       </x:c>
       <x:c r="D373" s="3" t="s"/>
       <x:c r="G373" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="I373" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="J373" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K373" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L373" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="M373" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="N373" s="3" t="n">
         <x:v>42746</x:v>
       </x:c>
       <x:c r="O373" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P373" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="Q373" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R373" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="S373" s="0" t="n">
-        <x:v>587209</x:v>
+        <x:v>587211</x:v>
       </x:c>
       <x:c r="T373" s="4" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="U373" s="4" t="s">
         <x:v>451</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:21">
       <x:c r="A374" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B374" s="14" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="C374" s="15" t="n">
         <x:v>37867</x:v>
       </x:c>
       <x:c r="D374" s="15" t="s"/>
       <x:c r="E374" s="14" t="s"/>
       <x:c r="F374" s="14" t="s"/>
       <x:c r="G374" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="H374" s="14" t="s"/>
@@ -23924,51 +23922,51 @@
       <x:c r="K374" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L374" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="M374" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="N374" s="15" t="n">
         <x:v>42746</x:v>
       </x:c>
       <x:c r="O374" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P374" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="Q374" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R374" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="S374" s="14" t="n">
-        <x:v>587211</x:v>
+        <x:v>587183</x:v>
       </x:c>
       <x:c r="T374" s="16" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="U374" s="16" t="s">
         <x:v>451</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:21">
       <x:c r="A375" s="1" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="C375" s="3" t="n">
         <x:v>38722</x:v>
       </x:c>
       <x:c r="D375" s="3" t="s"/>
       <x:c r="G375" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="H375" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
@@ -24105,51 +24103,51 @@
       <x:c r="L377" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="M377" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N377" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O377" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P377" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="Q377" s="4" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="R377" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="S377" s="0" t="n">
         <x:v>454926</x:v>
       </x:c>
       <x:c r="T377" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="U377" s="4" t="s">
         <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:21">
       <x:c r="A378" s="13" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B378" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C378" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D378" s="15" t="s"/>
       <x:c r="E378" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="F378" s="14" t="s"/>
       <x:c r="G378" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="H378" s="14" t="s">
         <x:v>117</x:v>
@@ -24466,673 +24464,673 @@
       </x:c>
       <x:c r="P383" s="0" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="Q383" s="4" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="R383" s="0" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="S383" s="0" t="n">
         <x:v>573535</x:v>
       </x:c>
       <x:c r="T383" s="4" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="U383" s="4" t="s">
         <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:21">
       <x:c r="A384" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B384" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C384" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D384" s="15" t="s"/>
       <x:c r="E384" s="14" t="s"/>
       <x:c r="F384" s="14" t="s"/>
       <x:c r="G384" s="14" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="H384" s="14" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="I384" s="16" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="J384" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K384" s="14" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="L384" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M384" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="N384" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O384" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P384" s="14" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="Q384" s="16" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="R384" s="14" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="S384" s="14" t="n">
-        <x:v>610863</x:v>
+        <x:v>573533</x:v>
       </x:c>
       <x:c r="T384" s="16" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="U384" s="16" t="s">
-        <x:v>478</x:v>
+        <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:21">
       <x:c r="A385" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C385" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D385" s="3" t="s"/>
       <x:c r="G385" s="0" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="H385" s="0" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="I385" s="4" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="J385" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K385" s="0" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="L385" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M385" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="N385" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O385" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P385" s="0" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="Q385" s="4" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="R385" s="0" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="S385" s="0" t="n">
-        <x:v>573534</x:v>
+        <x:v>573536</x:v>
       </x:c>
       <x:c r="T385" s="4" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="U385" s="4" t="s">
         <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:21">
       <x:c r="A386" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B386" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C386" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D386" s="15" t="s"/>
       <x:c r="E386" s="14" t="s"/>
       <x:c r="F386" s="14" t="s"/>
       <x:c r="G386" s="14" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="H386" s="14" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="I386" s="16" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="J386" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K386" s="14" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="L386" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M386" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="N386" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O386" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P386" s="14" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="Q386" s="16" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="R386" s="14" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="S386" s="14" t="n">
-        <x:v>615820</x:v>
+        <x:v>573534</x:v>
       </x:c>
       <x:c r="T386" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="U386" s="16" t="s">
-        <x:v>477</x:v>
+        <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:21">
       <x:c r="A387" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C387" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D387" s="3" t="s"/>
       <x:c r="G387" s="0" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="H387" s="0" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="I387" s="4" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="J387" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K387" s="0" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="L387" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M387" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="N387" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O387" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P387" s="0" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="Q387" s="4" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="R387" s="0" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="S387" s="0" t="n">
-        <x:v>573533</x:v>
+        <x:v>615820</x:v>
       </x:c>
       <x:c r="T387" s="4" t="s">
-        <x:v>475</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="U387" s="4" t="s">
-        <x:v>434</x:v>
+        <x:v>477</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:21">
       <x:c r="A388" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B388" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C388" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D388" s="15" t="s"/>
       <x:c r="E388" s="14" t="s"/>
       <x:c r="F388" s="14" t="s"/>
       <x:c r="G388" s="14" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="H388" s="14" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="I388" s="16" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="J388" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K388" s="14" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="L388" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M388" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="N388" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O388" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P388" s="14" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="Q388" s="16" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="R388" s="14" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="S388" s="14" t="n">
-        <x:v>573536</x:v>
+        <x:v>610863</x:v>
       </x:c>
       <x:c r="T388" s="16" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="U388" s="16" t="s">
-        <x:v>434</x:v>
+        <x:v>478</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:21">
       <x:c r="A389" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C389" s="3" t="n">
-        <x:v>37553</x:v>
+        <x:v>38430</x:v>
       </x:c>
       <x:c r="D389" s="3" t="s"/>
       <x:c r="G389" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="I389" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J389" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L389" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M389" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N389" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O389" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P389" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q389" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R389" s="0" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="S389" s="0" t="n">
-        <x:v>507570</x:v>
+        <x:v>542507</x:v>
       </x:c>
       <x:c r="T389" s="4" t="s">
-        <x:v>480</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="U389" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:21">
       <x:c r="A390" s="13" t="s">
-        <x:v>102</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B390" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C390" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D390" s="15" t="s"/>
-      <x:c r="E390" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E390" s="14" t="s"/>
       <x:c r="F390" s="14" t="s"/>
       <x:c r="G390" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="H390" s="14" t="s"/>
       <x:c r="I390" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="J390" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K390" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L390" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M390" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N390" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O390" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P390" s="14" t="s">
+        <x:v>480</x:v>
+      </x:c>
+      <x:c r="Q390" s="16" t="s">
         <x:v>481</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>482</x:v>
       </x:c>
       <x:c r="R390" s="14" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="S390" s="14" t="n">
-        <x:v>515754</x:v>
+        <x:v>597392</x:v>
       </x:c>
       <x:c r="T390" s="16" t="s">
-        <x:v>483</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U390" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:21">
       <x:c r="A391" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
-        <x:v>484</x:v>
-[...1 lines deleted...]
-      <x:c r="C391" s="3" t="s"/>
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="C391" s="3" t="n">
+        <x:v>38430</x:v>
+      </x:c>
       <x:c r="D391" s="3" t="s"/>
-      <x:c r="E391" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G391" s="0" t="s">
-        <x:v>88</x:v>
-[...2 lines deleted...]
-        <x:v>89</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="I391" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="J391" s="0" t="s">
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K391" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="L391" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M391" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N391" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O391" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P391" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q391" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R391" s="0" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="S391" s="0" t="n">
-        <x:v>580135</x:v>
+        <x:v>540933</x:v>
       </x:c>
       <x:c r="T391" s="4" t="s">
-        <x:v>485</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="U391" s="4" t="s">
-        <x:v>486</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:21">
       <x:c r="A392" s="13" t="s">
-        <x:v>41</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B392" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C392" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D392" s="15" t="s"/>
-      <x:c r="E392" s="14" t="s"/>
+      <x:c r="E392" s="14" t="s">
+        <x:v>104</x:v>
+      </x:c>
       <x:c r="F392" s="14" t="s"/>
       <x:c r="G392" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H392" s="14" t="s"/>
       <x:c r="I392" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J392" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K392" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="L392" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M392" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N392" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O392" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P392" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="Q392" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="R392" s="14" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="S392" s="14" t="n">
-        <x:v>542507</x:v>
+        <x:v>515754</x:v>
       </x:c>
       <x:c r="T392" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="U392" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:21">
       <x:c r="A393" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
-        <x:v>42</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>484</x:v>
+      </x:c>
+      <x:c r="C393" s="3" t="s"/>
       <x:c r="D393" s="3" t="s"/>
+      <x:c r="E393" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="F393" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
       <x:c r="G393" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="H393" s="0" t="s">
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I393" s="4" t="s">
-        <x:v>44</x:v>
-[...2 lines deleted...]
-        <x:v>40</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="L393" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M393" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N393" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O393" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P393" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q393" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R393" s="0" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="S393" s="0" t="n">
-        <x:v>540933</x:v>
+        <x:v>580135</x:v>
       </x:c>
       <x:c r="T393" s="4" t="s">
-        <x:v>483</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="U393" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>486</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:21">
       <x:c r="A394" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B394" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C394" s="15" t="n">
-        <x:v>38430</x:v>
+        <x:v>37553</x:v>
       </x:c>
       <x:c r="D394" s="15" t="s"/>
       <x:c r="E394" s="14" t="s"/>
       <x:c r="F394" s="14" t="s"/>
       <x:c r="G394" s="14" t="s">
-        <x:v>487</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="H394" s="14" t="s"/>
       <x:c r="I394" s="16" t="s">
-        <x:v>482</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="J394" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K394" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="L394" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M394" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N394" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O394" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P394" s="14" t="s">
-        <x:v>487</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="Q394" s="16" t="s">
-        <x:v>482</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="R394" s="14" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="S394" s="14" t="n">
-        <x:v>597392</x:v>
+        <x:v>507570</x:v>
       </x:c>
       <x:c r="T394" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="U394" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:21">
       <x:c r="A395" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C395" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D395" s="3" t="s"/>
       <x:c r="G395" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="I395" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J395" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -25186,165 +25184,165 @@
         <x:v>43</x:v>
       </x:c>
       <x:c r="H396" s="14" t="s"/>
       <x:c r="I396" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J396" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K396" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L396" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M396" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N396" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O396" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P396" s="14" t="s">
+        <x:v>483</x:v>
+      </x:c>
+      <x:c r="Q396" s="16" t="s">
         <x:v>481</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>482</x:v>
       </x:c>
       <x:c r="R396" s="14" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="S396" s="14" t="n">
         <x:v>547851</x:v>
       </x:c>
       <x:c r="T396" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="U396" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:21">
       <x:c r="A397" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C397" s="3" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D397" s="3" t="s"/>
       <x:c r="G397" s="0" t="s">
-        <x:v>487</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="I397" s="4" t="s">
-        <x:v>482</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="J397" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L397" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M397" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N397" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O397" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P397" s="0" t="s">
-        <x:v>487</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="Q397" s="4" t="s">
-        <x:v>482</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="R397" s="0" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="S397" s="0" t="n">
         <x:v>595232</x:v>
       </x:c>
       <x:c r="T397" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U397" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:21">
       <x:c r="A398" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B398" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C398" s="15" t="n">
         <x:v>40287</x:v>
       </x:c>
       <x:c r="D398" s="15" t="s"/>
       <x:c r="E398" s="14" t="s"/>
       <x:c r="F398" s="14" t="s"/>
       <x:c r="G398" s="14" t="s">
-        <x:v>487</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="H398" s="14" t="s"/>
       <x:c r="I398" s="16" t="s">
-        <x:v>482</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="J398" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K398" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L398" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M398" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N398" s="15" t="n">
         <x:v>42710</x:v>
       </x:c>
       <x:c r="O398" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P398" s="14" t="s">
-        <x:v>487</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="Q398" s="16" t="s">
-        <x:v>482</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="R398" s="14" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="S398" s="14" t="n">
         <x:v>592263</x:v>
       </x:c>
       <x:c r="T398" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U398" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:21">
       <x:c r="A399" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="C399" s="3" t="n">
         <x:v>37859</x:v>
       </x:c>
       <x:c r="D399" s="3" t="s"/>
@@ -25720,153 +25718,153 @@
       </x:c>
       <x:c r="P405" s="0" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="Q405" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="S405" s="0" t="n">
         <x:v>601086</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C406" s="15" t="n">
-        <x:v>38431</x:v>
+        <x:v>38430</x:v>
       </x:c>
       <x:c r="D406" s="15" t="s"/>
       <x:c r="E406" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="F406" s="14" t="s"/>
       <x:c r="G406" s="14" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="H406" s="14" t="s"/>
       <x:c r="I406" s="16" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="J406" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K406" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L406" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="M406" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N406" s="15" t="n">
-        <x:v>42760</x:v>
+        <x:v>42752</x:v>
       </x:c>
       <x:c r="O406" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P406" s="14" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="Q406" s="16" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="R406" s="14" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="S406" s="14" t="n">
-        <x:v>601068</x:v>
+        <x:v>496776</x:v>
       </x:c>
       <x:c r="T406" s="16" t="s">
-        <x:v>496</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U406" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>494</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:21">
       <x:c r="A407" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="C407" s="3" t="n">
-        <x:v>38430</x:v>
+        <x:v>40287</x:v>
       </x:c>
       <x:c r="D407" s="3" t="s"/>
       <x:c r="E407" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="G407" s="0" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="I407" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="J407" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K407" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L407" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="M407" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N407" s="3" t="n">
-        <x:v>42752</x:v>
+        <x:v>42710</x:v>
       </x:c>
       <x:c r="O407" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P407" s="0" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="Q407" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="R407" s="0" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="S407" s="0" t="n">
-        <x:v>601085</x:v>
+        <x:v>601100</x:v>
       </x:c>
       <x:c r="T407" s="4" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="U407" s="4" t="s">
         <x:v>495</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:21">
       <x:c r="A408" s="13" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B408" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C408" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D408" s="15" t="s"/>
       <x:c r="E408" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="F408" s="14" t="s"/>
       <x:c r="G408" s="14" t="s">
         <x:v>489</x:v>
@@ -25895,100 +25893,100 @@
       </x:c>
       <x:c r="P408" s="14" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="Q408" s="16" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="R408" s="14" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="S408" s="14" t="n">
         <x:v>546560</x:v>
       </x:c>
       <x:c r="T408" s="16" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="U408" s="16" t="s">
         <x:v>495</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:21">
       <x:c r="A409" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C409" s="3" t="n">
-        <x:v>40287</x:v>
+        <x:v>38431</x:v>
       </x:c>
       <x:c r="D409" s="3" t="s"/>
       <x:c r="E409" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="G409" s="0" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="I409" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="J409" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K409" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L409" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="M409" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N409" s="3" t="n">
-        <x:v>42710</x:v>
+        <x:v>42760</x:v>
       </x:c>
       <x:c r="O409" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="P409" s="0" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="Q409" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="R409" s="0" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="S409" s="0" t="n">
-        <x:v>601100</x:v>
+        <x:v>601068</x:v>
       </x:c>
       <x:c r="T409" s="4" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="U409" s="4" t="s">
-        <x:v>495</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:21">
       <x:c r="A410" s="13" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B410" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C410" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D410" s="15" t="s"/>
       <x:c r="E410" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="F410" s="14" t="s"/>
       <x:c r="G410" s="14" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="H410" s="14" t="s"/>
       <x:c r="I410" s="16" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="J410" s="14" t="s">
@@ -25997,289 +25995,288 @@
       <x:c r="K410" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L410" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="M410" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N410" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O410" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P410" s="14" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="Q410" s="16" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="R410" s="14" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="S410" s="14" t="n">
-        <x:v>496776</x:v>
+        <x:v>601085</x:v>
       </x:c>
       <x:c r="T410" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="U410" s="16" t="s">
-        <x:v>494</x:v>
+        <x:v>495</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C411" s="3" t="n">
-        <x:v>38430</x:v>
+        <x:v>37910</x:v>
       </x:c>
       <x:c r="D411" s="3" t="s"/>
       <x:c r="E411" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="G411" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I411" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J411" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K411" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L411" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="M411" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N411" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O411" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P411" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="Q411" s="4" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="R411" s="0" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="S411" s="0" t="n">
-        <x:v>557642</x:v>
+        <x:v>526706</x:v>
       </x:c>
       <x:c r="T411" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="U411" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:21">
       <x:c r="A412" s="13" t="s">
-        <x:v>102</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B412" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="C412" s="15" t="n">
-        <x:v>39515</x:v>
+        <x:v>37859</x:v>
       </x:c>
       <x:c r="D412" s="15" t="s"/>
       <x:c r="E412" s="14" t="s">
-        <x:v>104</x:v>
-[...1 lines deleted...]
-      <x:c r="F412" s="14" t="s"/>
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="F412" s="14" t="s">
+        <x:v>232</x:v>
+      </x:c>
       <x:c r="G412" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="H412" s="14" t="s"/>
       <x:c r="I412" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="J412" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K412" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="L412" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M412" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N412" s="15" t="n">
-        <x:v>42710</x:v>
+        <x:v>42752</x:v>
       </x:c>
       <x:c r="O412" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P412" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="Q412" s="16" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="R412" s="14" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="S412" s="14" t="n">
-        <x:v>603909</x:v>
+        <x:v>590635</x:v>
       </x:c>
       <x:c r="T412" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="U412" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>437</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:21">
       <x:c r="A413" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C413" s="3" t="n">
-        <x:v>37859</x:v>
+        <x:v>38430</x:v>
       </x:c>
       <x:c r="D413" s="3" t="s"/>
       <x:c r="E413" s="0" t="s">
-        <x:v>86</x:v>
-[...2 lines deleted...]
-        <x:v>232</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="G413" s="0" t="s">
-        <x:v>497</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="I413" s="4" t="s">
-        <x:v>498</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="J413" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K413" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="L413" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="M413" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N413" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O413" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P413" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="Q413" s="4" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="R413" s="0" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="S413" s="0" t="n">
-        <x:v>590635</x:v>
+        <x:v>557642</x:v>
       </x:c>
       <x:c r="T413" s="4" t="s">
-        <x:v>500</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="U413" s="4" t="s">
-        <x:v>437</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:21">
       <x:c r="A414" s="13" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B414" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C414" s="15" t="n">
-        <x:v>37910</x:v>
+        <x:v>39515</x:v>
       </x:c>
       <x:c r="D414" s="15" t="s"/>
       <x:c r="E414" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="F414" s="14" t="s"/>
       <x:c r="G414" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="H414" s="14" t="s"/>
       <x:c r="I414" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J414" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K414" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L414" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="M414" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N414" s="15" t="n">
-        <x:v>42752</x:v>
+        <x:v>42710</x:v>
       </x:c>
       <x:c r="O414" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P414" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="Q414" s="16" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="R414" s="14" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="S414" s="14" t="n">
-        <x:v>526706</x:v>
+        <x:v>603909</x:v>
       </x:c>
       <x:c r="T414" s="16" t="s">
-        <x:v>204</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U414" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:21">
       <x:c r="A415" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C415" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D415" s="3" t="s"/>
       <x:c r="E415" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="G415" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I415" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
@@ -26762,105 +26759,107 @@
       </x:c>
       <x:c r="O423" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P423" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="Q423" s="4" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="R423" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="S423" s="0" t="n">
         <x:v>603498</x:v>
       </x:c>
       <x:c r="T423" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U423" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:21">
       <x:c r="A424" s="13" t="s">
-        <x:v>41</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B424" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C424" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D424" s="15" t="s"/>
-      <x:c r="E424" s="14" t="s"/>
+      <x:c r="E424" s="14" t="s">
+        <x:v>104</x:v>
+      </x:c>
       <x:c r="F424" s="14" t="s"/>
       <x:c r="G424" s="14" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="H424" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="I424" s="16" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="J424" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K424" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="L424" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M424" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N424" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O424" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P424" s="14" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="Q424" s="16" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="R424" s="14" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="S424" s="14" t="n">
-        <x:v>605322</x:v>
+        <x:v>552282</x:v>
       </x:c>
       <x:c r="T424" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U424" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:21">
       <x:c r="A425" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C425" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D425" s="3" t="s"/>
       <x:c r="E425" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="G425" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="H425" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="I425" s="4" t="s">
         <x:v>510</x:v>
       </x:c>
@@ -26870,112 +26869,110 @@
       <x:c r="K425" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L425" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M425" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N425" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O425" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P425" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="Q425" s="4" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="R425" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="S425" s="0" t="n">
-        <x:v>552282</x:v>
+        <x:v>603499</x:v>
       </x:c>
       <x:c r="T425" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U425" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:21">
       <x:c r="A426" s="13" t="s">
-        <x:v>102</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B426" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C426" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D426" s="15" t="s"/>
-      <x:c r="E426" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E426" s="14" t="s"/>
       <x:c r="F426" s="14" t="s"/>
       <x:c r="G426" s="14" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="H426" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="I426" s="16" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="J426" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K426" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="L426" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M426" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N426" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O426" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P426" s="14" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="Q426" s="16" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="R426" s="14" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="S426" s="14" t="n">
-        <x:v>603499</x:v>
+        <x:v>605322</x:v>
       </x:c>
       <x:c r="T426" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U426" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:21">
       <x:c r="A427" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C427" s="3" t="n">
         <x:v>38431</x:v>
       </x:c>
       <x:c r="D427" s="3" t="s"/>
       <x:c r="E427" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="G427" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
@@ -27469,51 +27466,51 @@
       </x:c>
       <x:c r="P435" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="Q435" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R435" s="0" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="S435" s="0" t="n">
         <x:v>587336</x:v>
       </x:c>
       <x:c r="T435" s="4" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="U435" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:21">
       <x:c r="A436" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B436" s="14" t="s">
-        <x:v>457</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C436" s="15" t="n">
         <x:v>37867</x:v>
       </x:c>
       <x:c r="D436" s="15" t="s"/>
       <x:c r="E436" s="14" t="s"/>
       <x:c r="F436" s="14" t="s"/>
       <x:c r="G436" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="H436" s="14" t="s"/>
       <x:c r="I436" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="J436" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K436" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L436" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="M436" s="14" t="s">
         <x:v>157</x:v>
@@ -27526,51 +27523,51 @@
       </x:c>
       <x:c r="P436" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="Q436" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R436" s="14" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="S436" s="14" t="n">
         <x:v>587207</x:v>
       </x:c>
       <x:c r="T436" s="16" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="U436" s="16" t="s">
         <x:v>451</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:21">
       <x:c r="A437" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
-        <x:v>458</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="C437" s="3" t="n">
         <x:v>37867</x:v>
       </x:c>
       <x:c r="D437" s="3" t="s"/>
       <x:c r="G437" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="I437" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="J437" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K437" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L437" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="M437" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="N437" s="3" t="n">
         <x:v>42746</x:v>
@@ -27580,51 +27577,51 @@
       </x:c>
       <x:c r="P437" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="Q437" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R437" s="0" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="S437" s="0" t="n">
         <x:v>587210</x:v>
       </x:c>
       <x:c r="T437" s="4" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="U437" s="4" t="s">
         <x:v>451</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:21">
       <x:c r="A438" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B438" s="14" t="s">
-        <x:v>456</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="C438" s="15" t="n">
         <x:v>37859</x:v>
       </x:c>
       <x:c r="D438" s="15" t="s"/>
       <x:c r="E438" s="14" t="s"/>
       <x:c r="F438" s="14" t="s"/>
       <x:c r="G438" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="H438" s="14" t="s"/>
       <x:c r="I438" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="J438" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K438" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L438" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="M438" s="14" t="s">
         <x:v>157</x:v>
@@ -27802,51 +27799,51 @@
       </x:c>
       <x:c r="P441" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="Q441" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R441" s="0" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="S441" s="0" t="n">
         <x:v>587368</x:v>
       </x:c>
       <x:c r="T441" s="4" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="U441" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:21">
       <x:c r="A442" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B442" s="14" t="s">
-        <x:v>455</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="C442" s="15" t="n">
         <x:v>37867</x:v>
       </x:c>
       <x:c r="D442" s="15" t="s"/>
       <x:c r="E442" s="14" t="s"/>
       <x:c r="F442" s="14" t="s"/>
       <x:c r="G442" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="H442" s="14" t="s"/>
       <x:c r="I442" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="J442" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K442" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L442" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="M442" s="14" t="s">
         <x:v>157</x:v>
@@ -28182,196 +28179,196 @@
       </x:c>
       <x:c r="D448" s="15" t="s"/>
       <x:c r="E448" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="F448" s="14" t="s"/>
       <x:c r="G448" s="14" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="H448" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="I448" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J448" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K448" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L448" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M448" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="N448" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O448" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P448" s="14" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="Q448" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R448" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="S448" s="14" t="n">
-        <x:v>546722</x:v>
+        <x:v>602763</x:v>
       </x:c>
       <x:c r="T448" s="16" t="s">
-        <x:v>522</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="U448" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:21">
       <x:c r="A449" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C449" s="3" t="n">
-        <x:v>37859</x:v>
+        <x:v>38430</x:v>
       </x:c>
       <x:c r="D449" s="3" t="s"/>
       <x:c r="E449" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="G449" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="H449" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="I449" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J449" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K449" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L449" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M449" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N449" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O449" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P449" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="Q449" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R449" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="S449" s="0" t="n">
-        <x:v>546726</x:v>
+        <x:v>546722</x:v>
       </x:c>
       <x:c r="T449" s="4" t="s">
-        <x:v>525</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="U449" s="4" t="s">
-        <x:v>526</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:21">
       <x:c r="A450" s="13" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B450" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="C450" s="15" t="n">
-        <x:v>38430</x:v>
+        <x:v>37859</x:v>
       </x:c>
       <x:c r="D450" s="15" t="s"/>
       <x:c r="E450" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="F450" s="14" t="s"/>
       <x:c r="G450" s="14" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="H450" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="I450" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J450" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K450" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L450" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M450" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N450" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O450" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P450" s="14" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="Q450" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R450" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="S450" s="14" t="n">
-        <x:v>602763</x:v>
+        <x:v>546726</x:v>
       </x:c>
       <x:c r="T450" s="16" t="s">
-        <x:v>524</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="U450" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:21">
       <x:c r="A451" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C451" s="3" t="s"/>
       <x:c r="D451" s="3" t="s"/>
       <x:c r="G451" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I451" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K451" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L451" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="M451" s="0" t="s">
         <x:v>28</x:v>
@@ -29506,486 +29503,486 @@
       <x:c r="S470" s="14" t="n">
         <x:v>617052</x:v>
       </x:c>
       <x:c r="T470" s="16" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="U470" s="16" t="s">
         <x:v>540</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:21">
       <x:c r="A471" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C471" s="3" t="n">
         <x:v>37859</x:v>
       </x:c>
       <x:c r="D471" s="3" t="s"/>
       <x:c r="E471" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="G471" s="0" t="s">
-        <x:v>533</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="I471" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="J471" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K471" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L471" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M471" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N471" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O471" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P471" s="0" t="s">
-        <x:v>533</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="Q471" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="R471" s="0" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="S471" s="0" t="n">
-        <x:v>564630</x:v>
+        <x:v>553756</x:v>
       </x:c>
       <x:c r="T471" s="4" t="s">
-        <x:v>543</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U471" s="4" t="s">
-        <x:v>380</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:21">
       <x:c r="A472" s="13" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B472" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C472" s="15" t="n">
         <x:v>37859</x:v>
       </x:c>
       <x:c r="D472" s="15" t="s"/>
       <x:c r="E472" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="F472" s="14" t="s"/>
       <x:c r="G472" s="14" t="s">
-        <x:v>533</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="H472" s="14" t="s"/>
       <x:c r="I472" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="J472" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K472" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L472" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M472" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N472" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O472" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P472" s="14" t="s">
-        <x:v>533</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="Q472" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="R472" s="14" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="S472" s="14" t="n">
-        <x:v>611321</x:v>
+        <x:v>603540</x:v>
       </x:c>
       <x:c r="T472" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U472" s="16" t="s">
-        <x:v>434</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:21">
       <x:c r="A473" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C473" s="3" t="n">
         <x:v>37859</x:v>
       </x:c>
       <x:c r="D473" s="3" t="s"/>
       <x:c r="E473" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="G473" s="0" t="s">
-        <x:v>531</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="I473" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="J473" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K473" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L473" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M473" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N473" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O473" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P473" s="0" t="s">
-        <x:v>531</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="Q473" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="R473" s="0" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="S473" s="0" t="n">
-        <x:v>553756</x:v>
+        <x:v>611322</x:v>
       </x:c>
       <x:c r="T473" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U473" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>543</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:21">
       <x:c r="A474" s="13" t="s">
-        <x:v>102</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B474" s="14" t="s">
-        <x:v>261</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>536</x:v>
+      </x:c>
+      <x:c r="C474" s="15" t="s"/>
       <x:c r="D474" s="15" t="s"/>
-      <x:c r="E474" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E474" s="14" t="s"/>
       <x:c r="F474" s="14" t="s"/>
       <x:c r="G474" s="14" t="s">
-        <x:v>531</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="H474" s="14" t="s"/>
       <x:c r="I474" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
-      <x:c r="J474" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J474" s="14" t="s"/>
       <x:c r="K474" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="L474" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M474" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N474" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O474" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P474" s="14" t="s">
-        <x:v>531</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="Q474" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="R474" s="14" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="S474" s="14" t="n">
-        <x:v>603540</x:v>
+        <x:v>610240</x:v>
       </x:c>
       <x:c r="T474" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="U474" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>545</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:21">
       <x:c r="A475" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C475" s="3" t="n">
         <x:v>37859</x:v>
       </x:c>
       <x:c r="D475" s="3" t="s"/>
       <x:c r="E475" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="G475" s="0" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="I475" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="J475" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K475" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L475" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M475" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N475" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O475" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P475" s="0" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="Q475" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="R475" s="0" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="S475" s="0" t="n">
-        <x:v>611322</x:v>
+        <x:v>564630</x:v>
       </x:c>
       <x:c r="T475" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="U475" s="4" t="s">
-        <x:v>544</x:v>
+        <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:21">
       <x:c r="A476" s="13" t="s">
-        <x:v>41</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B476" s="14" t="s">
-        <x:v>536</x:v>
-[...1 lines deleted...]
-      <x:c r="C476" s="15" t="s"/>
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="C476" s="15" t="n">
+        <x:v>37859</x:v>
+      </x:c>
       <x:c r="D476" s="15" t="s"/>
-      <x:c r="E476" s="14" t="s"/>
+      <x:c r="E476" s="14" t="s">
+        <x:v>104</x:v>
+      </x:c>
       <x:c r="F476" s="14" t="s"/>
       <x:c r="G476" s="14" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="H476" s="14" t="s"/>
       <x:c r="I476" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
-      <x:c r="J476" s="14" t="s"/>
+      <x:c r="J476" s="14" t="s">
+        <x:v>40</x:v>
+      </x:c>
       <x:c r="K476" s="14" t="s">
-        <x:v>537</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="L476" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M476" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N476" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O476" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P476" s="14" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="Q476" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="R476" s="14" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="S476" s="14" t="n">
-        <x:v>610240</x:v>
+        <x:v>611321</x:v>
       </x:c>
       <x:c r="T476" s="16" t="s">
-        <x:v>545</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="U476" s="16" t="s">
-        <x:v>546</x:v>
+        <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:21">
       <x:c r="A477" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C477" s="3" t="n">
-        <x:v>40287</x:v>
+        <x:v>37910</x:v>
       </x:c>
       <x:c r="D477" s="3" t="s"/>
       <x:c r="G477" s="0" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="I477" s="4" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="J477" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K477" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L477" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M477" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N477" s="3" t="n">
-        <x:v>42710</x:v>
+        <x:v>42752</x:v>
       </x:c>
       <x:c r="O477" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P477" s="0" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="Q477" s="4" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="R477" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="S477" s="0" t="n">
-        <x:v>592259</x:v>
+        <x:v>595235</x:v>
       </x:c>
       <x:c r="T477" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U477" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:21">
       <x:c r="A478" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B478" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C478" s="15" t="n">
-        <x:v>37910</x:v>
+        <x:v>40287</x:v>
       </x:c>
       <x:c r="D478" s="15" t="s"/>
       <x:c r="E478" s="14" t="s"/>
       <x:c r="F478" s="14" t="s"/>
       <x:c r="G478" s="14" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="H478" s="14" t="s"/>
       <x:c r="I478" s="16" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="J478" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K478" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L478" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M478" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N478" s="15" t="n">
-        <x:v>42752</x:v>
+        <x:v>42710</x:v>
       </x:c>
       <x:c r="O478" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P478" s="14" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="Q478" s="16" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="R478" s="14" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="S478" s="14" t="n">
-        <x:v>595235</x:v>
+        <x:v>592259</x:v>
       </x:c>
       <x:c r="T478" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U478" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:21">
       <x:c r="A479" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="C479" s="3" t="n">
         <x:v>34956</x:v>
       </x:c>
       <x:c r="D479" s="3" t="s"/>
       <x:c r="G479" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I479" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="J479" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K479" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -30176,159 +30173,159 @@
       </x:c>
       <x:c r="P482" s="14" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="Q482" s="16" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="R482" s="14" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="S482" s="14" t="n">
         <x:v>520649</x:v>
       </x:c>
       <x:c r="T482" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="U482" s="16" t="s">
         <x:v>554</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:21">
       <x:c r="A483" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C483" s="3" t="n">
-        <x:v>38430</x:v>
+        <x:v>38431</x:v>
       </x:c>
       <x:c r="D483" s="3" t="s"/>
       <x:c r="E483" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="G483" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I483" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="J483" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K483" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L483" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M483" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N483" s="3" t="n">
-        <x:v>42752</x:v>
+        <x:v>42760</x:v>
       </x:c>
       <x:c r="O483" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="P483" s="0" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="Q483" s="4" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="R483" s="0" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="S483" s="0" t="n">
-        <x:v>604377</x:v>
+        <x:v>547761</x:v>
       </x:c>
       <x:c r="T483" s="4" t="s">
-        <x:v>451</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="U483" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:21">
       <x:c r="A484" s="13" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B484" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C484" s="15" t="n">
-        <x:v>38431</x:v>
+        <x:v>38430</x:v>
       </x:c>
       <x:c r="D484" s="15" t="s"/>
       <x:c r="E484" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="F484" s="14" t="s"/>
       <x:c r="G484" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="H484" s="14" t="s"/>
       <x:c r="I484" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="J484" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K484" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L484" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M484" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N484" s="15" t="n">
-        <x:v>42760</x:v>
+        <x:v>42752</x:v>
       </x:c>
       <x:c r="O484" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P484" s="14" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="Q484" s="16" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="R484" s="14" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="S484" s="14" t="n">
-        <x:v>547761</x:v>
+        <x:v>604377</x:v>
       </x:c>
       <x:c r="T484" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="U484" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:21">
       <x:c r="A485" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C485" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D485" s="3" t="s"/>
       <x:c r="G485" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I485" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="J485" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K485" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -30405,51 +30402,51 @@
       </x:c>
       <x:c r="P486" s="14" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="Q486" s="16" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="R486" s="14" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="S486" s="14" t="n">
         <x:v>547788</x:v>
       </x:c>
       <x:c r="T486" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="U486" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:21">
       <x:c r="A487" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="C487" s="3" t="n">
         <x:v>38722</x:v>
       </x:c>
       <x:c r="D487" s="3" t="s"/>
       <x:c r="E487" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F487" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G487" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H487" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I487" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J487" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K487" s="0" t="s">
         <x:v>55</x:v>
@@ -31252,165 +31249,165 @@
       <x:c r="L501" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="M501" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N501" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O501" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P501" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="Q501" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="R501" s="0" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="S501" s="0" t="n">
         <x:v>454923</x:v>
       </x:c>
       <x:c r="T501" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="U501" s="4" t="s">
         <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:21">
       <x:c r="A502" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B502" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C502" s="15" t="n">
-        <x:v>40287</x:v>
+        <x:v>38430</x:v>
       </x:c>
       <x:c r="D502" s="15" t="s"/>
       <x:c r="E502" s="14" t="s"/>
       <x:c r="F502" s="14" t="s"/>
       <x:c r="G502" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="H502" s="14" t="s"/>
       <x:c r="I502" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="J502" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K502" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L502" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M502" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N502" s="15" t="n">
-        <x:v>42710</x:v>
+        <x:v>42752</x:v>
       </x:c>
       <x:c r="O502" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P502" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="Q502" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R502" s="14" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="S502" s="14" t="n">
-        <x:v>600397</x:v>
+        <x:v>589721</x:v>
       </x:c>
       <x:c r="T502" s="16" t="s">
-        <x:v>379</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U502" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:21">
       <x:c r="A503" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C503" s="3" t="n">
-        <x:v>38430</x:v>
+        <x:v>40287</x:v>
       </x:c>
       <x:c r="D503" s="3" t="s"/>
       <x:c r="G503" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I503" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="J503" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K503" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L503" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M503" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N503" s="3" t="n">
-        <x:v>42752</x:v>
+        <x:v>42710</x:v>
       </x:c>
       <x:c r="O503" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P503" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="Q503" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R503" s="0" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="S503" s="0" t="n">
-        <x:v>589721</x:v>
+        <x:v>600397</x:v>
       </x:c>
       <x:c r="T503" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="U503" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:21">
       <x:c r="A504" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B504" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C504" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D504" s="15" t="s"/>
       <x:c r="E504" s="14" t="s"/>
       <x:c r="F504" s="14" t="s"/>
       <x:c r="G504" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="H504" s="14" t="s"/>
       <x:c r="I504" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="J504" s="14" t="s">
         <x:v>40</x:v>
       </x:c>