--- v0 (2026-02-20)
+++ v1 (2026-02-20)
@@ -398,72 +398,72 @@
   <x:si>
     <x:t>UCA</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel guide accompagnateur touristique spécialisation histoire et civilisation des mondes musulmans</x:t>
   </x:si>
   <x:si>
     <x:t>Afc Formation</x:t>
   </x:si>
   <x:si>
     <x:t>93200</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
+    <x:t>03/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/11/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/25/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/13/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel guide accompagnateur touristique</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Handicapé , Jeune 16-25 ans , Public sans emploi , Tout public</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>06/25/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Compétences climat : écotourisme</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Alpes Provence</x:t>
   </x:si>
   <x:si>
     <x:t>05000</x:t>
   </x:si>
   <x:si>
     <x:t>MANOSQUE</x:t>
   </x:si>
   <x:si>
     <x:t>03/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Accompagnateur de tourisme équestre</x:t>
   </x:si>
   <x:si>
     <x:t>Les Sabots de Vénus</x:t>
   </x:si>
@@ -2263,336 +2263,336 @@
       <x:c r="K17" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>42611</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>615225</x:v>
+        <x:v>615224</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>38548</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>42611</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>614756</x:v>
+        <x:v>615226</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>38548</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>42611</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>614977</x:v>
+        <x:v>615225</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>38548</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>42611</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>614979</x:v>
+        <x:v>614756</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>38548</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>42611</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>615226</x:v>
+        <x:v>614977</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>38548</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>42611</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>615224</x:v>
+        <x:v>614979</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s"/>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="E23" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F23" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>93</x:v>
@@ -2835,159 +2835,160 @@
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
         <x:v>588182</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>40120</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
-        <x:v>135</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>611996</x:v>
+        <x:v>592374</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>40120</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="H29" s="0" t="s">
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>592374</x:v>
+        <x:v>611996</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C30" s="15" t="s"/>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s"/>
       <x:c r="K30" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">