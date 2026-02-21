--- v2 (2026-02-21)
+++ v3 (2026-02-21)
@@ -896,77 +896,77 @@
   <x:si>
     <x:t>MENTON</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel installateur en thermique et sanitaire (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Artech Formation</x:t>
   </x:si>
   <x:si>
     <x:t>13500</x:t>
   </x:si>
   <x:si>
     <x:t>MARTIGUES</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-16e</x:t>
   </x:si>
   <x:si>
     <x:t>04/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Certificat de spécialisation technicien en énergies renouvelables option A : énergie électrique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP St-Henri</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S'approprier la réglementation des Équipements Sous Pression (DESP 2014/68/UE et arrêté ministériel du 20 novembre 2017) - APR005</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Appareil pression</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Habilitations Electriques BS - BE</x:t>
   </x:si>
   <x:si>
     <x:t>Formaplus</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>03/05/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Certificat de spécialisation technicien en énergies renouvelables option A : énergie électrique</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Artech Formation - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13015</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-15e</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de prévention et de sécurité + SSIAP 1 - diplôme d'agent de service + habilitations électriques BE - BS (POEC)</x:t>
   </x:si>
   <x:si>
     <x:t>POEC</x:t>
   </x:si>
   <x:si>
     <x:t>Equipe d'Avenir</x:t>
   </x:si>
   <x:si>
     <x:t>EA</x:t>
   </x:si>
   <x:si>
     <x:t>97200</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-14e</x:t>
@@ -1082,134 +1082,134 @@
   <x:si>
     <x:t>01/11/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/18/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LP R Caillié</x:t>
   </x:si>
   <x:si>
     <x:t>11/27/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>08/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/10/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/27/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>08/24/2026 00:00:00</x:t>
-[...2 lines deleted...]
-    <x:t>03/10/2027 00:00:00</x:t>
+    <x:t>06/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2023 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>11/25/2026 00:00:00</x:t>
+    <x:t>Certificat de spécialisation maintenance des équipements thermiques individuels (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Plomberie : les bases</x:t>
   </x:si>
   <x:si>
     <x:t>Formatsud Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>Plomberie</x:t>
   </x:si>
   <x:si>
     <x:t>02/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>06/22/2026 00:00:00</x:t>
-[...2 lines deleted...]
-    <x:t>Certificat de spécialisation maintenance des équipements thermiques individuels (Apprentissage)</x:t>
+    <x:t>CQP installateur mainteneur en systèmes solaires thermiques et photovoltaïques</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Énergie solaire photovoltaïque</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Greta-Cfa Marseille Méditerranée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-10e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/20/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Titre professionnel installateur en thermique et sanitaire (FTJ)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Groupement d'Intérêt Public pour la Formation Continue et l'Insertion Professionnelle de l'Académie d'Aix-Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GIP FCIP AIX-MARSEILLE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13857</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Gustave</x:t>
   </x:si>
   <x:si>
     <x:t>93200</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Gustave - Antenne Marseille</x:t>
   </x:si>
   <x:si>
-    <x:t>13010</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>02/19/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Titre professionnel installateur en thermique et sanitaire (FTJ)</x:t>
-[...28 lines deleted...]
-  <x:si>
     <x:t>06/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>GMM</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Installation et maintenance de pompes à chaleur + habilitations fluides frigorigènes (FTJ)</x:t>
   </x:si>
   <x:si>
     <x:t>09/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/16/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Installateur thermique et sanitaire</x:t>
   </x:si>
   <x:si>
     <x:t>06/18/2026 00:00:00</x:t>
@@ -1355,98 +1355,104 @@
   <x:si>
     <x:t>03/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LE PONTET CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>11/12/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/06/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/02/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/22/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>06/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/07/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/16/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/29/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>06/08/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA - Antenne Le Pontet</x:t>
   </x:si>
   <x:si>
     <x:t>84130</x:t>
   </x:si>
   <x:si>
     <x:t>LE PONTET</x:t>
   </x:si>
   <x:si>
     <x:t>08/04/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/28/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel plombier chauffagiste</x:t>
   </x:si>
   <x:si>
     <x:t>Performance énergétique bâtiment</x:t>
   </x:si>
   <x:si>
     <x:t>04/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/27/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/24/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Alpes Formations Conseils</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GAP</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/13/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/07/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/26/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/04/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/05/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée du Val d'Argens</x:t>
   </x:si>
   <x:si>
     <x:t>83490</x:t>
   </x:si>
   <x:si>
     <x:t>LE MUY</x:t>
   </x:si>
   <x:si>
     <x:t>03/23/2026 00:00:00</x:t>
@@ -1595,56 +1601,50 @@
   <x:si>
     <x:t>Lycée Professionnel Léon Chiris</x:t>
   </x:si>
   <x:si>
     <x:t>06130</x:t>
   </x:si>
   <x:si>
     <x:t>GRASSE</x:t>
   </x:si>
   <x:si>
     <x:t>Europe Formation Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>EFC</x:t>
   </x:si>
   <x:si>
     <x:t>GAP CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>11/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/26/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Alpes Formations Conseils</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Chambre de Métiers et de l'Artisanat de Région Provence Alpes Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>CMAR PACA</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Gap</x:t>
   </x:si>
   <x:si>
     <x:t>Adsea 05 - IME Le Bois Saint Jean</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filière entreprise - CFA - Antenne Gap - Ecole de la Deuxième Chance des Hautes Alpes</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/09/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Habilitations électrique BE BS + manipulation extincteur</x:t>
@@ -1766,99 +1766,99 @@
   <x:si>
     <x:t>05/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/22/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>03/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>03/18/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>03/05/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Gustave Eiffel</x:t>
   </x:si>
   <x:si>
     <x:t>Btp Cfa Provence Alpes Côte d'Azur - Arles</x:t>
   </x:si>
   <x:si>
     <x:t>13200</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
     <x:t>Btp Cfa Provence Alpes Côte d'Azur - Antibes Max Fiorini</x:t>
   </x:si>
   <x:si>
     <x:t>06600</x:t>
   </x:si>
   <x:si>
     <x:t>ANTIBES</x:t>
   </x:si>
   <x:si>
     <x:t>Acfitec</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
+    <x:t>09/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/09/2026 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>09/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Brink's Formation</x:t>
   </x:si>
   <x:si>
     <x:t>75014</x:t>
   </x:si>
   <x:si>
     <x:t>08/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Habilitations électriques BS - BE - Recyclage</x:t>
   </x:si>
   <x:si>
     <x:t>Btp Cfa Provence Alpes Côte d'Azur - Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>AIX - LES MILLES</x:t>
   </x:si>
   <x:si>
     <x:t>Formateur habilitation électrique, niveau non électricien B0 - BP - BS - BE manœuvre - H0 - H0V</x:t>
   </x:si>
@@ -7339,153 +7339,154 @@
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>544844</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
-        <x:v>121</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
-      <x:c r="E90" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>495923</x:v>
+        <x:v>532552</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
+      <x:c r="E91" s="0" t="s">
+        <x:v>123</x:v>
+      </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>532552</x:v>
+        <x:v>495923</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C92" s="15" t="s"/>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
         <x:v>241</x:v>
@@ -7505,290 +7506,291 @@
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>610456</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
-      <x:c r="C93" s="3" t="s"/>
+      <x:c r="C93" s="3" t="n">
+        <x:v>39297</x:v>
+      </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
-        <x:v>24049</x:v>
+        <x:v>24147</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>569995</x:v>
+        <x:v>595562</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
-        <x:v>59</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
-        <x:v>279</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="C94" s="15" t="s"/>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
-        <x:v>280</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
-        <x:v>126</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="J94" s="14" t="s"/>
       <x:c r="K94" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
-        <x:v>24147</x:v>
+        <x:v>22633</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
-        <x:v>280</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>595562</x:v>
+        <x:v>610354</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="C95" s="3" t="s"/>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="J95" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
-        <x:v>22633</x:v>
+        <x:v>24049</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="P95" s="0" t="s">
+        <x:v>281</x:v>
+      </x:c>
+      <x:c r="Q95" s="4" t="s">
         <x:v>282</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>241</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>610354</x:v>
+        <x:v>569995</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
-        <x:v>275</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="C96" s="15" t="s"/>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
-        <x:v>276</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
-        <x:v>277</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
-        <x:v>276</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
-        <x:v>277</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>606811</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="C97" s="3" t="s"/>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>22633</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>606384</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
@@ -8006,170 +8008,169 @@
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>567908</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
-        <x:v>121</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s">
-        <x:v>123</x:v>
-[...1 lines deleted...]
-      <x:c r="F102" s="14" t="s"/>
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="F102" s="14" t="s">
+        <x:v>301</x:v>
+      </x:c>
       <x:c r="G102" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="I102" s="16" t="s">
-        <x:v>297</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>567909</x:v>
+        <x:v>583867</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>299</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="E103" s="0" t="s">
-        <x:v>300</x:v>
-[...2 lines deleted...]
-        <x:v>301</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>583867</x:v>
+        <x:v>567909</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>302</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>38726</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I104" s="16" t="s">
         <x:v>307</x:v>
@@ -9765,275 +9766,275 @@
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>503644</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
-        <x:v>35845</x:v>
+        <x:v>38305</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
-        <x:v>22635</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>604023</x:v>
+        <x:v>548388</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
-        <x:v>38726</x:v>
+        <x:v>35845</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="E133" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
-        <x:v>22697</x:v>
+        <x:v>22635</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>604032</x:v>
+        <x:v>503576</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
-        <x:v>121</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
-        <x:v>35845</x:v>
+        <x:v>35189</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
-      <x:c r="E134" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
-        <x:v>321</x:v>
-[...1 lines deleted...]
-      <x:c r="H134" s="14" t="s"/>
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="H134" s="14" t="s">
+        <x:v>210</x:v>
+      </x:c>
       <x:c r="I134" s="16" t="s">
-        <x:v>322</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
-        <x:v>22635</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
-        <x:v>323</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
-        <x:v>316</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>503576</x:v>
+        <x:v>570906</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
-        <x:v>312</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>336</x:v>
+        <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
-        <x:v>38305</x:v>
+        <x:v>35189</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
-      <x:c r="E135" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G135" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="H135" s="0" t="s">
+        <x:v>216</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
-        <x:v>322</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
-        <x:v>323</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>548388</x:v>
+        <x:v>571593</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="I136" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
@@ -10045,340 +10046,338 @@
       <x:c r="L136" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>579143</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
-        <x:v>337</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>338</x:v>
+        <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>570906</x:v>
+        <x:v>525865</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
-        <x:v>339</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
-        <x:v>121</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
-        <x:v>35845</x:v>
+        <x:v>35231</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
-      <x:c r="E138" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
-        <x:v>321</x:v>
-[...1 lines deleted...]
-      <x:c r="H138" s="14" t="s"/>
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="H138" s="14" t="s">
+        <x:v>210</x:v>
+      </x:c>
       <x:c r="I138" s="16" t="s">
-        <x:v>322</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
-        <x:v>323</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
-        <x:v>316</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>448802</x:v>
+        <x:v>570905</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
-        <x:v>341</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
-        <x:v>324</x:v>
+        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
-        <x:v>35231</x:v>
+        <x:v>35845</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
+      <x:c r="E139" s="0" t="s">
+        <x:v>123</x:v>
+      </x:c>
       <x:c r="G139" s="0" t="s">
-        <x:v>209</x:v>
-[...2 lines deleted...]
-        <x:v>210</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>570905</x:v>
+        <x:v>548345</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>330</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
-        <x:v>35189</x:v>
+        <x:v>38306</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
-        <x:v>209</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>333</x:v>
+      </x:c>
+      <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
-        <x:v>22671</x:v>
+        <x:v>22685</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>525865</x:v>
+        <x:v>597553</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
-        <x:v>334</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>335</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
-        <x:v>35189</x:v>
+        <x:v>35231</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
-        <x:v>22671</x:v>
+        <x:v>22635</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
-        <x:v>571593</x:v>
+        <x:v>572073</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
         <x:v>35845</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
@@ -10390,1377 +10389,1379 @@
       <x:c r="K142" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>548345</x:v>
+        <x:v>448802</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
-        <x:v>343</x:v>
-[...1 lines deleted...]
-      <x:c r="C143" s="3" t="s"/>
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="C143" s="3" t="n">
+        <x:v>35231</x:v>
+      </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
-        <x:v>344</x:v>
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="H143" s="0" t="s">
+        <x:v>210</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="J143" s="0" t="s">
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
-        <x:v>22677</x:v>
+        <x:v>22635</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
-        <x:v>345</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
-        <x:v>344</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>615841</x:v>
+        <x:v>590611</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
-        <x:v>346</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="I144" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>570907</x:v>
+        <x:v>579281</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
-        <x:v>325</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>342</x:v>
+        <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
-        <x:v>35231</x:v>
+        <x:v>38726</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
+      <x:c r="E145" s="0" t="s">
+        <x:v>123</x:v>
+      </x:c>
       <x:c r="G145" s="0" t="s">
-        <x:v>209</x:v>
-[...2 lines deleted...]
-        <x:v>210</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
-        <x:v>22635</x:v>
+        <x:v>22697</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
-        <x:v>590611</x:v>
+        <x:v>503592</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
-        <x:v>121</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
-        <x:v>313</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
-        <x:v>38306</x:v>
+        <x:v>35189</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
-      <x:c r="E146" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
-        <x:v>321</x:v>
-[...1 lines deleted...]
-      <x:c r="H146" s="14" t="s"/>
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="H146" s="14" t="s">
+        <x:v>210</x:v>
+      </x:c>
       <x:c r="I146" s="16" t="s">
-        <x:v>322</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
-        <x:v>22685</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
-        <x:v>323</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
-        <x:v>316</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
-        <x:v>604042</x:v>
+        <x:v>570907</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
-        <x:v>35231</x:v>
+        <x:v>38305</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
+      <x:c r="E147" s="0" t="s">
+        <x:v>123</x:v>
+      </x:c>
       <x:c r="G147" s="0" t="s">
-        <x:v>215</x:v>
-[...2 lines deleted...]
-        <x:v>216</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
-        <x:v>22635</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
-        <x:v>572073</x:v>
+        <x:v>548387</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
-        <x:v>347</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
-        <x:v>35189</x:v>
+        <x:v>38306</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
-      <x:c r="E148" s="14" t="s"/>
+      <x:c r="E148" s="14" t="s">
+        <x:v>123</x:v>
+      </x:c>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
-        <x:v>215</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
-        <x:v>22671</x:v>
+        <x:v>22685</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
-        <x:v>571592</x:v>
+        <x:v>548389</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
-        <x:v>339</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
-        <x:v>340</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
-        <x:v>35231</x:v>
+        <x:v>37919</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
+      <x:c r="E149" s="0" t="s">
+        <x:v>123</x:v>
+      </x:c>
       <x:c r="G149" s="0" t="s">
-        <x:v>209</x:v>
-[...2 lines deleted...]
-        <x:v>210</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
-        <x:v>22635</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
-        <x:v>572013</x:v>
+        <x:v>548392</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
-        <x:v>347</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
-        <x:v>59</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
-        <x:v>38306</x:v>
+        <x:v>35189</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
-        <x:v>333</x:v>
-[...1 lines deleted...]
-      <x:c r="H150" s="14" t="s"/>
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="H150" s="14" t="s">
+        <x:v>216</x:v>
+      </x:c>
       <x:c r="I150" s="16" t="s">
-        <x:v>316</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
-        <x:v>22685</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
-        <x:v>333</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
-        <x:v>316</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
-        <x:v>597553</x:v>
+        <x:v>571592</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
-        <x:v>208</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>345</x:v>
+      </x:c>
+      <x:c r="C151" s="3" t="s"/>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
-        <x:v>215</x:v>
-[...2 lines deleted...]
-        <x:v>216</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
-        <x:v>211</x:v>
-[...2 lines deleted...]
-        <x:v>63</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
-        <x:v>22671</x:v>
+        <x:v>22677</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
-        <x:v>579281</x:v>
+        <x:v>615841</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
-        <x:v>338</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
-        <x:v>121</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
-        <x:v>38726</x:v>
+        <x:v>35231</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
-      <x:c r="E152" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
-        <x:v>321</x:v>
-[...1 lines deleted...]
-      <x:c r="H152" s="14" t="s"/>
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="H152" s="14" t="s">
+        <x:v>210</x:v>
+      </x:c>
       <x:c r="I152" s="16" t="s">
-        <x:v>322</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
-        <x:v>22697</x:v>
+        <x:v>22635</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
-        <x:v>308</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
-        <x:v>323</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
-        <x:v>316</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
-        <x:v>503592</x:v>
+        <x:v>572013</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
-        <x:v>312</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
-        <x:v>324</x:v>
+        <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
-        <x:v>38305</x:v>
+        <x:v>38306</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="E153" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
-        <x:v>22671</x:v>
+        <x:v>22685</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
-        <x:v>548387</x:v>
+        <x:v>604042</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
-        <x:v>313</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
-        <x:v>38306</x:v>
+        <x:v>35845</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s"/>
       <x:c r="I154" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
-        <x:v>22685</x:v>
+        <x:v>22635</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>548389</x:v>
+        <x:v>604023</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
-        <x:v>348</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
-        <x:v>37919</x:v>
+        <x:v>38726</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="E155" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
-        <x:v>22671</x:v>
+        <x:v>22697</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
-        <x:v>548392</x:v>
+        <x:v>604032</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
-        <x:v>121</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
-        <x:v>35189</x:v>
+        <x:v>37644</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s">
-        <x:v>123</x:v>
-[...1 lines deleted...]
-      <x:c r="F156" s="14" t="s"/>
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="F156" s="14" t="s">
+        <x:v>301</x:v>
+      </x:c>
       <x:c r="G156" s="14" t="s">
-        <x:v>349</x:v>
-[...1 lines deleted...]
-      <x:c r="H156" s="14" t="s"/>
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="H156" s="14" t="s">
+        <x:v>210</x:v>
+      </x:c>
       <x:c r="I156" s="16" t="s">
-        <x:v>350</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
-        <x:v>22671</x:v>
+        <x:v>24146</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>557533</x:v>
+        <x:v>583878</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="E157" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="F157" s="0" t="s">
+        <x:v>219</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>357</x:v>
+      </x:c>
+      <x:c r="H157" s="0" t="s">
+        <x:v>358</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
-        <x:v>350</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
-        <x:v>602102</x:v>
+        <x:v>579798</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
-        <x:v>354</x:v>
+        <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
-        <x:v>355</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s">
-        <x:v>218</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
-        <x:v>356</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>361</x:v>
+      </x:c>
+      <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
-        <x:v>358</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
-        <x:v>359</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>579798</x:v>
+        <x:v>602102</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
-        <x:v>360</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>335</x:v>
+        <x:v>364</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>361</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
-        <x:v>37644</x:v>
+        <x:v>35189</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="E159" s="0" t="s">
-        <x:v>300</x:v>
-[...2 lines deleted...]
-        <x:v>301</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
-        <x:v>209</x:v>
-[...2 lines deleted...]
-        <x:v>210</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
-        <x:v>24146</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
-        <x:v>362</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
-        <x:v>359</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>583878</x:v>
+        <x:v>557533</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
-        <x:v>363</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
-        <x:v>364</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="F160" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="G160" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="I160" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
-        <x:v>359</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>583869</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
-        <x:v>363</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="E161" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
-        <x:v>359</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="H161" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
-        <x:v>359</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
         <x:v>565906</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="C162" s="15" t="s"/>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="F162" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="G162" s="14" t="s">
-        <x:v>356</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s">
-        <x:v>357</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="I162" s="16" t="s">
-        <x:v>358</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s"/>
       <x:c r="K162" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>22675</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
-        <x:v>359</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
         <x:v>614734</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>369</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="E163" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
-        <x:v>350</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
         <x:v>557532</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="C164" s="15" t="s"/>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
-        <x:v>349</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
-        <x:v>350</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s"/>
       <x:c r="K164" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>22685</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
-        <x:v>349</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
-        <x:v>350</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
         <x:v>613408</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="C165" s="3" t="s"/>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="E165" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="F165" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
-        <x:v>356</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="H165" s="0" t="s">
-        <x:v>357</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
-        <x:v>358</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>22675</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
-        <x:v>359</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>614735</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
@@ -12134,51 +12135,51 @@
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
         <x:v>507316</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>348</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>37919</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="E173" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H173" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>27</x:v>
@@ -12194,51 +12195,51 @@
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
         <x:v>556787</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
-        <x:v>348</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>37919</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I174" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
@@ -13152,262 +13153,262 @@
       <x:c r="R190" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
         <x:v>585910</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="H191" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
-        <x:v>571595</x:v>
+        <x:v>569497</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s"/>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="I192" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K192" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
-        <x:v>569498</x:v>
+        <x:v>540208</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
         <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="G193" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
-        <x:v>569497</x:v>
+        <x:v>571595</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="I194" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
-        <x:v>540208</x:v>
+        <x:v>569498</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
         <x:v>431</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="H195" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
@@ -13420,57 +13421,57 @@
       <x:c r="K195" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
-        <x:v>539619</x:v>
+        <x:v>585612</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
-        <x:v>430</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
-        <x:v>431</x:v>
+        <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="I196" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
@@ -13500,146 +13501,146 @@
       <x:c r="R196" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>512928</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="G197" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="H197" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
-        <x:v>585612</x:v>
+        <x:v>571596</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
-        <x:v>425</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
-        <x:v>426</x:v>
+        <x:v>431</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="I198" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K198" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
-        <x:v>571596</x:v>
+        <x:v>539619</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
         <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
         <x:v>35231</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="E199" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
@@ -13803,57 +13804,57 @@
       <x:c r="T201" s="4" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
         <x:v>438</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
         <x:v>41909</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="F202" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="G202" s="14" t="s">
-        <x:v>356</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s">
-        <x:v>357</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="I202" s="16" t="s">
-        <x:v>358</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
@@ -13910,107 +13911,101 @@
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
         <x:v>615714</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
-        <x:v>227</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
-        <x:v>314</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C204" s="15" t="s"/>
       <x:c r="D204" s="15" t="s"/>
-      <x:c r="E204" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="I204" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
-        <x:v>106</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="K204" s="14" t="s"/>
       <x:c r="L204" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
-        <x:v>22635</x:v>
+        <x:v>24049</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
-        <x:v>432</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
-        <x:v>433</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
-        <x:v>434</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
-        <x:v>591792</x:v>
+        <x:v>613257</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
-        <x:v>204</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
         <x:v>35231</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="E205" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="H205" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
@@ -14020,303 +14015,305 @@
       <x:c r="K205" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
-        <x:v>606526</x:v>
+        <x:v>591792</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
-        <x:v>445</x:v>
+        <x:v>446</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
-        <x:v>35189</x:v>
+        <x:v>35231</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s">
-        <x:v>218</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
-        <x:v>356</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s">
-        <x:v>357</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="I206" s="16" t="s">
-        <x:v>358</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K206" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
-        <x:v>22671</x:v>
+        <x:v>22635</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
-        <x:v>579797</x:v>
+        <x:v>606526</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>447</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
-        <x:v>35231</x:v>
+        <x:v>35189</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="E207" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="F207" s="0" t="s">
+        <x:v>219</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="H207" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
-        <x:v>22635</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
-        <x:v>432</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
-        <x:v>433</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
-        <x:v>615715</x:v>
+        <x:v>579797</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
-        <x:v>446</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
-        <x:v>439</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
-        <x:v>41909</x:v>
+        <x:v>35231</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s">
-        <x:v>218</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
-        <x:v>356</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s">
-        <x:v>357</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="I208" s="16" t="s">
-        <x:v>358</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K208" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
-        <x:v>22211</x:v>
+        <x:v>22635</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
-        <x:v>440</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
-        <x:v>613015</x:v>
+        <x:v>615715</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>448</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
-        <x:v>35189</x:v>
+        <x:v>41909</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="E209" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="F209" s="0" t="s">
+        <x:v>219</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="H209" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
-        <x:v>22671</x:v>
+        <x:v>22211</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
-        <x:v>432</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
-        <x:v>433</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
-        <x:v>606524</x:v>
+        <x:v>613015</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
-        <x:v>447</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="I210" s="16" t="s">
         <x:v>211</x:v>
@@ -14327,57 +14324,57 @@
       <x:c r="K210" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
-        <x:v>573623</x:v>
+        <x:v>606524</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
-        <x:v>391</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
-        <x:v>448</x:v>
+        <x:v>449</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="E211" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="H211" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
@@ -14387,3172 +14384,3182 @@
       <x:c r="K211" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
-        <x:v>566842</x:v>
+        <x:v>573623</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
-        <x:v>437</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
-        <x:v>327</x:v>
+        <x:v>450</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
-        <x:v>121</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="I212" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K212" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
-        <x:v>449</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
-        <x:v>450</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
-        <x:v>451</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
-        <x:v>611057</x:v>
+        <x:v>566842</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
-        <x:v>452</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
-        <x:v>453</x:v>
-[...1 lines deleted...]
-      <x:c r="C213" s="3" t="s"/>
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="C213" s="3" t="n">
+        <x:v>35189</x:v>
+      </x:c>
       <x:c r="D213" s="3" t="s"/>
+      <x:c r="E213" s="0" t="s">
+        <x:v>123</x:v>
+      </x:c>
       <x:c r="G213" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H213" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
-        <x:v>24049</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
-        <x:v>451</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
-        <x:v>606223</x:v>
+        <x:v>611057</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
-        <x:v>454</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>455</x:v>
+      </x:c>
+      <x:c r="C214" s="15" t="s"/>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I214" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K214" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
-        <x:v>22211</x:v>
+        <x:v>24049</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
-        <x:v>440</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
-        <x:v>451</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
-        <x:v>617680</x:v>
+        <x:v>606223</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
-        <x:v>452</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
-        <x:v>455</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
-        <x:v>35189</x:v>
+        <x:v>41909</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="G215" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H215" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
-        <x:v>22671</x:v>
+        <x:v>22211</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
-        <x:v>451</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
-        <x:v>606247</x:v>
+        <x:v>617680</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
-        <x:v>452</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
-        <x:v>439</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
-        <x:v>41909</x:v>
+        <x:v>35189</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
-      <x:c r="E216" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E216" s="14" t="s"/>
+      <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I216" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
-        <x:v>22211</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
-        <x:v>440</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
-        <x:v>451</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
-        <x:v>613027</x:v>
+        <x:v>606247</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
-        <x:v>452</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
-        <x:v>35845</x:v>
+        <x:v>41909</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
+      <x:c r="E217" s="0" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="F217" s="0" t="s">
+        <x:v>219</x:v>
+      </x:c>
       <x:c r="G217" s="0" t="s">
-        <x:v>449</x:v>
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="H217" s="0" t="s">
+        <x:v>221</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
-        <x:v>450</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
-        <x:v>22635</x:v>
+        <x:v>22211</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
-        <x:v>449</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
-        <x:v>450</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
-        <x:v>451</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
-        <x:v>596330</x:v>
+        <x:v>613027</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
-        <x:v>456</x:v>
-[...1 lines deleted...]
-      <x:c r="C218" s="15" t="s"/>
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="C218" s="15" t="n">
+        <x:v>35845</x:v>
+      </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
-        <x:v>220</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>451</x:v>
+      </x:c>
+      <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
-        <x:v>24049</x:v>
+        <x:v>22635</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
-        <x:v>451</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
-        <x:v>606220</x:v>
+        <x:v>596330</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="C219" s="3" t="s"/>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="H219" s="0" t="s">
+        <x:v>221</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
-        <x:v>457</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
-        <x:v>601095</x:v>
+        <x:v>606220</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
-        <x:v>458</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
-        <x:v>121</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
-        <x:v>133</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="C220" s="15" t="s"/>
       <x:c r="D220" s="15" t="s"/>
-      <x:c r="E220" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E220" s="14" t="s"/>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
-        <x:v>459</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="H220" s="14" t="s"/>
       <x:c r="I220" s="16" t="s">
-        <x:v>460</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
-        <x:v>22671</x:v>
+        <x:v>24049</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
-        <x:v>461</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
-        <x:v>462</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
-        <x:v>457</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
-        <x:v>548819</x:v>
+        <x:v>601095</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="E221" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
-        <x:v>459</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="H221" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
-        <x:v>460</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
-        <x:v>461</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
-        <x:v>462</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
-        <x:v>457</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
-        <x:v>498578</x:v>
+        <x:v>548819</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
-        <x:v>272</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
-        <x:v>459</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I222" s="16" t="s">
-        <x:v>460</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
-        <x:v>461</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
-        <x:v>462</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
-        <x:v>457</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
-        <x:v>609383</x:v>
+        <x:v>498578</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
-        <x:v>463</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="E223" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
-        <x:v>459</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="H223" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
-        <x:v>460</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
-        <x:v>461</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
-        <x:v>462</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
-        <x:v>457</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
-        <x:v>455013</x:v>
+        <x:v>609383</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
-        <x:v>464</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
         <x:v>465</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
-        <x:v>319</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
-        <x:v>35231</x:v>
+        <x:v>38305</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
-      <x:c r="E224" s="14" t="s"/>
+      <x:c r="E224" s="14" t="s">
+        <x:v>123</x:v>
+      </x:c>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I224" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="K224" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
-        <x:v>22635</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
+        <x:v>459</x:v>
+      </x:c>
+      <x:c r="S224" s="14" t="n">
+        <x:v>455013</x:v>
+      </x:c>
+      <x:c r="T224" s="16" t="s">
         <x:v>466</x:v>
       </x:c>
-      <x:c r="S224" s="14" t="n">
-[...2 lines deleted...]
-      <x:c r="T224" s="16" t="s">
+      <x:c r="U224" s="16" t="s">
         <x:v>467</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>468</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
-        <x:v>35189</x:v>
+        <x:v>35231</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="H225" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
-        <x:v>22671</x:v>
+        <x:v>22635</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
-        <x:v>466</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
-        <x:v>575486</x:v>
+        <x:v>577360</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
         <x:v>470</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
-        <x:v>227</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
-        <x:v>35231</x:v>
+        <x:v>35189</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
-      <x:c r="E226" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="I226" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="K226" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
-        <x:v>22635</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="Q226" s="16" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="R226" s="14" t="s">
+        <x:v>468</x:v>
+      </x:c>
+      <x:c r="S226" s="14" t="n">
+        <x:v>575486</x:v>
+      </x:c>
+      <x:c r="T226" s="16" t="s">
         <x:v>471</x:v>
       </x:c>
-      <x:c r="Q226" s="16" t="s">
+      <x:c r="U226" s="16" t="s">
         <x:v>472</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>474</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
-        <x:v>35189</x:v>
+        <x:v>35231</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
+      <x:c r="E227" s="0" t="s">
+        <x:v>123</x:v>
+      </x:c>
       <x:c r="G227" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="H227" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
-        <x:v>22671</x:v>
+        <x:v>22635</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
-        <x:v>466</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
-        <x:v>576749</x:v>
+        <x:v>577596</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
         <x:v>476</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
-        <x:v>227</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
-        <x:v>228</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
-      <x:c r="E228" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="I228" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K228" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
-        <x:v>471</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
-        <x:v>472</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
-        <x:v>466</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
-        <x:v>591788</x:v>
+        <x:v>576749</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
         <x:v>478</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
-        <x:v>479</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
+      <x:c r="E229" s="0" t="s">
+        <x:v>123</x:v>
+      </x:c>
       <x:c r="G229" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="H229" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
-        <x:v>466</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
-        <x:v>589734</x:v>
+        <x:v>591788</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
-        <x:v>346</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
         <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="I230" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
-        <x:v>466</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
-        <x:v>540207</x:v>
+        <x:v>589734</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
-        <x:v>360</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
-        <x:v>411</x:v>
+        <x:v>482</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
-        <x:v>35231</x:v>
+        <x:v>35189</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="H231" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
-        <x:v>22635</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
-        <x:v>466</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
-        <x:v>539608</x:v>
+        <x:v>540207</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
-        <x:v>481</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
-        <x:v>35189</x:v>
+        <x:v>35231</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="I232" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K232" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
-        <x:v>22671</x:v>
+        <x:v>22635</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
-        <x:v>466</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
-        <x:v>539618</x:v>
+        <x:v>539608</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
-        <x:v>360</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
-        <x:v>89</x:v>
-[...1 lines deleted...]
-      <x:c r="C233" s="3" t="s"/>
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="C233" s="3" t="n">
+        <x:v>35189</x:v>
+      </x:c>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="H233" s="0" t="s">
+        <x:v>210</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="J233" s="0" t="s">
+        <x:v>63</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
-        <x:v>24162</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
-        <x:v>466</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
-        <x:v>607200</x:v>
+        <x:v>539618</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>411</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
-        <x:v>319</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="C234" s="15" t="s"/>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
-        <x:v>215</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="H234" s="14" t="s"/>
       <x:c r="I234" s="16" t="s">
-        <x:v>211</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="J234" s="14" t="s"/>
       <x:c r="K234" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
-        <x:v>22635</x:v>
+        <x:v>24162</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
-        <x:v>466</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
-        <x:v>575484</x:v>
+        <x:v>607200</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
-        <x:v>477</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
-        <x:v>35189</x:v>
+        <x:v>35231</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="H235" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
-        <x:v>22671</x:v>
+        <x:v>22635</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
-        <x:v>466</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
-        <x:v>575488</x:v>
+        <x:v>575484</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
-        <x:v>482</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
-        <x:v>299</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
-      <x:c r="E236" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E236" s="14" t="s"/>
+      <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="I236" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K236" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
-        <x:v>466</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
-        <x:v>583814</x:v>
+        <x:v>575488</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
-        <x:v>332</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>484</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="E237" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="F237" s="0" t="s">
+        <x:v>301</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="H237" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
-        <x:v>472</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
-        <x:v>466</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
-        <x:v>577595</x:v>
+        <x:v>583814</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
-        <x:v>483</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
-        <x:v>319</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
-        <x:v>35231</x:v>
+        <x:v>35189</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
-      <x:c r="E238" s="14" t="s"/>
+      <x:c r="E238" s="14" t="s">
+        <x:v>123</x:v>
+      </x:c>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="I238" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="K238" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
-        <x:v>22635</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
-        <x:v>466</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
-        <x:v>576746</x:v>
+        <x:v>577595</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
-        <x:v>467</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
-        <x:v>468</x:v>
+        <x:v>485</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
         <x:v>35231</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="G239" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="H239" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
-        <x:v>466</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
-        <x:v>575402</x:v>
+        <x:v>576746</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
-        <x:v>477</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>470</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="C240" s="15" t="n">
         <x:v>35231</x:v>
       </x:c>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s"/>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="I240" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K240" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
-        <x:v>466</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
-        <x:v>575485</x:v>
+        <x:v>575402</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
-        <x:v>484</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
-        <x:v>485</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
         <x:v>35231</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="G241" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="H241" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
-        <x:v>466</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
-        <x:v>540197</x:v>
+        <x:v>575485</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
-        <x:v>481</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
-        <x:v>411</x:v>
+        <x:v>487</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
-        <x:v>118</x:v>
-[...1 lines deleted...]
-      <x:c r="C242" s="15" t="s"/>
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="C242" s="15" t="n">
+        <x:v>35231</x:v>
+      </x:c>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s"/>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
-        <x:v>90</x:v>
-[...1 lines deleted...]
-      <x:c r="H242" s="14" t="s"/>
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="H242" s="14" t="s">
+        <x:v>216</x:v>
+      </x:c>
       <x:c r="I242" s="16" t="s">
-        <x:v>91</x:v>
-[...1 lines deleted...]
-      <x:c r="J242" s="14" t="s"/>
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="J242" s="14" t="s">
+        <x:v>106</x:v>
+      </x:c>
       <x:c r="K242" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
-        <x:v>466</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
-        <x:v>609603</x:v>
+        <x:v>540197</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>411</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
-        <x:v>208</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="C243" s="3" t="s"/>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="G243" s="0" t="s">
-        <x:v>215</x:v>
-[...2 lines deleted...]
-        <x:v>216</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
-        <x:v>211</x:v>
-[...2 lines deleted...]
-        <x:v>63</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
-        <x:v>22671</x:v>
+        <x:v>22635</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
-        <x:v>466</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
-        <x:v>577363</x:v>
+        <x:v>609603</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
-        <x:v>475</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
-        <x:v>476</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
-        <x:v>227</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
-        <x:v>228</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C244" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D244" s="15" t="s"/>
-      <x:c r="E244" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E244" s="14" t="s"/>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="I244" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K244" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
-        <x:v>471</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
-        <x:v>472</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
-        <x:v>466</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
-        <x:v>580666</x:v>
+        <x:v>577363</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
-        <x:v>486</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
-        <x:v>487</x:v>
+        <x:v>478</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="C245" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="E245" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G245" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="H245" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
-        <x:v>472</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
-        <x:v>466</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
-        <x:v>585087</x:v>
+        <x:v>580666</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
-        <x:v>469</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
-        <x:v>487</x:v>
+        <x:v>489</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
-        <x:v>115</x:v>
-[...1 lines deleted...]
-      <x:c r="C246" s="15" t="s"/>
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="C246" s="15" t="n">
+        <x:v>35189</x:v>
+      </x:c>
       <x:c r="D246" s="15" t="s"/>
-      <x:c r="E246" s="14" t="s"/>
+      <x:c r="E246" s="14" t="s">
+        <x:v>123</x:v>
+      </x:c>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
-        <x:v>90</x:v>
-[...1 lines deleted...]
-      <x:c r="H246" s="14" t="s"/>
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="H246" s="14" t="s">
+        <x:v>216</x:v>
+      </x:c>
       <x:c r="I246" s="16" t="s">
-        <x:v>91</x:v>
-[...1 lines deleted...]
-      <x:c r="J246" s="14" t="s"/>
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="J246" s="14" t="s">
+        <x:v>63</x:v>
+      </x:c>
       <x:c r="K246" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
-        <x:v>22654</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
-        <x:v>466</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
-        <x:v>608904</x:v>
+        <x:v>585087</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>489</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
-        <x:v>208</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="C247" s="3" t="s"/>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="G247" s="0" t="s">
-        <x:v>209</x:v>
-[...2 lines deleted...]
-        <x:v>210</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
-        <x:v>211</x:v>
-[...2 lines deleted...]
-        <x:v>63</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
-        <x:v>22671</x:v>
+        <x:v>22654</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
-        <x:v>466</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
-        <x:v>575406</x:v>
+        <x:v>608904</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
-        <x:v>482</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
-        <x:v>227</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C248" s="15" t="n">
-        <x:v>35231</x:v>
+        <x:v>35189</x:v>
       </x:c>
       <x:c r="D248" s="15" t="s"/>
-      <x:c r="E248" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E248" s="14" t="s"/>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="I248" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="K248" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
-        <x:v>22635</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
-        <x:v>471</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
-        <x:v>472</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
-        <x:v>466</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
-        <x:v>591791</x:v>
+        <x:v>575406</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
-        <x:v>477</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
-        <x:v>488</x:v>
+        <x:v>484</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="C249" s="3" t="n">
-        <x:v>35189</x:v>
+        <x:v>35231</x:v>
       </x:c>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="E249" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G249" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="H249" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
-        <x:v>22671</x:v>
+        <x:v>22635</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
-        <x:v>472</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
-        <x:v>466</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
-        <x:v>585086</x:v>
+        <x:v>591791</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
-        <x:v>391</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
-        <x:v>483</x:v>
+        <x:v>490</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
-        <x:v>479</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="C250" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D250" s="15" t="s"/>
-      <x:c r="E250" s="14" t="s"/>
+      <x:c r="E250" s="14" t="s">
+        <x:v>123</x:v>
+      </x:c>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="I250" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K250" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
-        <x:v>466</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
-        <x:v>589760</x:v>
+        <x:v>585086</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
-        <x:v>346</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
-        <x:v>480</x:v>
+        <x:v>485</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="C251" s="3" t="n">
-        <x:v>35231</x:v>
+        <x:v>35189</x:v>
       </x:c>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="G251" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="H251" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="J251" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
-        <x:v>22635</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
-        <x:v>466</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
-        <x:v>575403</x:v>
+        <x:v>589760</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
-        <x:v>484</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
-        <x:v>485</x:v>
+        <x:v>482</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C252" s="15" t="n">
-        <x:v>35189</x:v>
+        <x:v>35231</x:v>
       </x:c>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s"/>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="I252" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K252" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
-        <x:v>22671</x:v>
+        <x:v>22635</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
-        <x:v>466</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
-        <x:v>575405</x:v>
+        <x:v>575403</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
-        <x:v>175</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
-        <x:v>483</x:v>
+        <x:v>487</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C253" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="G253" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="H253" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
-        <x:v>466</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
-        <x:v>575487</x:v>
+        <x:v>575405</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
-        <x:v>483</x:v>
+        <x:v>485</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C254" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s"/>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="I254" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K254" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
-        <x:v>466</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
-        <x:v>575404</x:v>
+        <x:v>575487</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
-        <x:v>469</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
-        <x:v>470</x:v>
+        <x:v>485</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="C255" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="E255" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G255" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="H255" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="J255" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
-        <x:v>472</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
-        <x:v>466</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
         <x:v>591789</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
-        <x:v>489</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
-        <x:v>478</x:v>
+        <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
-        <x:v>453</x:v>
-[...1 lines deleted...]
-      <x:c r="C256" s="15" t="s"/>
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="C256" s="15" t="n">
+        <x:v>35189</x:v>
+      </x:c>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s"/>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="I256" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="K256" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
-        <x:v>24049</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
-        <x:v>490</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
-        <x:v>614259</x:v>
+        <x:v>575404</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
-        <x:v>491</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
-        <x:v>491</x:v>
+        <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="C257" s="3" t="s"/>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="G257" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H257" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
-        <x:v>490</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
-        <x:v>614257</x:v>
+        <x:v>614259</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
-        <x:v>492</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
-        <x:v>491</x:v>
+        <x:v>493</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
-        <x:v>456</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="C258" s="15" t="s"/>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s"/>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I258" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K258" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
-        <x:v>490</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
-        <x:v>610933</x:v>
+        <x:v>614257</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>493</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
-        <x:v>453</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="C259" s="3" t="s"/>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="G259" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H259" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
-        <x:v>490</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
-        <x:v>610935</x:v>
+        <x:v>610933</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
-        <x:v>121</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
-        <x:v>313</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>455</x:v>
+      </x:c>
+      <x:c r="C260" s="15" t="s"/>
       <x:c r="D260" s="15" t="s"/>
-      <x:c r="E260" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E260" s="14" t="s"/>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
-        <x:v>321</x:v>
-[...1 lines deleted...]
-      <x:c r="H260" s="14" t="s"/>
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="H260" s="14" t="s">
+        <x:v>221</x:v>
+      </x:c>
       <x:c r="I260" s="16" t="s">
-        <x:v>322</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K260" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
-        <x:v>22685</x:v>
+        <x:v>24049</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
-        <x:v>493</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
-        <x:v>494</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
-        <x:v>495</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
-        <x:v>548338</x:v>
+        <x:v>610935</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C261" s="3" t="n">
-        <x:v>38305</x:v>
+        <x:v>38306</x:v>
       </x:c>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="E261" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G261" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="J261" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
-        <x:v>22671</x:v>
+        <x:v>22685</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
-        <x:v>493</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
-        <x:v>494</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
-        <x:v>604006</x:v>
+        <x:v>548338</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C262" s="15" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s"/>
       <x:c r="I262" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K262" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
-        <x:v>493</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
-        <x:v>494</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
-        <x:v>495</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
-        <x:v>604007</x:v>
+        <x:v>604006</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
-        <x:v>239</x:v>
-[...1 lines deleted...]
-      <x:c r="C263" s="3" t="s"/>
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="C263" s="3" t="n">
+        <x:v>38305</x:v>
+      </x:c>
       <x:c r="D263" s="3" t="s"/>
+      <x:c r="E263" s="0" t="s">
+        <x:v>123</x:v>
+      </x:c>
       <x:c r="G263" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="J263" s="0" t="s">
+        <x:v>63</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
-        <x:v>22635</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
-        <x:v>610457</x:v>
+        <x:v>604007</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
-        <x:v>121</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
-        <x:v>133</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="C264" s="15" t="s"/>
       <x:c r="D264" s="15" t="s"/>
-      <x:c r="E264" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E264" s="14" t="s"/>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s"/>
       <x:c r="I264" s="16" t="s">
-        <x:v>322</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="J264" s="14" t="s"/>
       <x:c r="K264" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
-        <x:v>22671</x:v>
+        <x:v>22635</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
-        <x:v>493</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
-        <x:v>494</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
-        <x:v>495</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
-        <x:v>548336</x:v>
+        <x:v>610457</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C265" s="3" t="n">
         <x:v>38726</x:v>
       </x:c>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="E265" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G265" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
         <x:v>22697</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
-        <x:v>493</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
-        <x:v>494</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
         <x:v>548326</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C266" s="15" t="n">
         <x:v>38726</x:v>
       </x:c>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
@@ -17561,230 +17568,230 @@
         <x:v>321</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s"/>
       <x:c r="I266" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K266" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
         <x:v>22697</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
-        <x:v>493</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
-        <x:v>494</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
-        <x:v>495</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
         <x:v>603954</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
-        <x:v>496</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
         <x:v>39297</x:v>
       </x:c>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="E267" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G267" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
         <x:v>24147</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
-        <x:v>493</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
-        <x:v>494</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
         <x:v>604012</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
-        <x:v>496</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="C268" s="15" t="n">
         <x:v>39297</x:v>
       </x:c>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s"/>
       <x:c r="I268" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K268" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
         <x:v>24147</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
-        <x:v>493</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
-        <x:v>494</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
-        <x:v>495</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
         <x:v>548343</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C269" s="3" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="E269" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="J269" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
-        <x:v>493</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
-        <x:v>494</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
         <x:v>548337</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="C270" s="15" t="n">
         <x:v>38306</x:v>
       </x:c>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
@@ -17793,1764 +17800,1768 @@
         <x:v>321</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s"/>
       <x:c r="I270" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K270" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
         <x:v>22685</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
-        <x:v>493</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
-        <x:v>494</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
-        <x:v>495</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
         <x:v>604008</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C271" s="3" t="n">
-        <x:v>38726</x:v>
+        <x:v>38305</x:v>
       </x:c>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="E271" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G271" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="J271" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
-        <x:v>22697</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
-        <x:v>493</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
-        <x:v>494</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
-        <x:v>503502</x:v>
+        <x:v>548336</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
-        <x:v>312</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
-        <x:v>324</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="C272" s="15" t="n">
-        <x:v>38305</x:v>
+        <x:v>38726</x:v>
       </x:c>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s"/>
       <x:c r="I272" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K272" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
-        <x:v>22671</x:v>
+        <x:v>22697</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
-        <x:v>493</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
-        <x:v>494</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
-        <x:v>495</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
-        <x:v>503561</x:v>
+        <x:v>503502</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
-        <x:v>496</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C273" s="3" t="n">
-        <x:v>39297</x:v>
+        <x:v>38305</x:v>
       </x:c>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="E273" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
-        <x:v>220</x:v>
-[...2 lines deleted...]
-        <x:v>221</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
-        <x:v>24147</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="Q273" s="4" t="s">
+        <x:v>496</x:v>
+      </x:c>
+      <x:c r="R273" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
-      <x:c r="Q273" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S273" s="0" t="n">
-        <x:v>612047</x:v>
+        <x:v>503561</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="C274" s="15" t="n">
-        <x:v>38339</x:v>
+        <x:v>39297</x:v>
       </x:c>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I274" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K274" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
-        <x:v>15417</x:v>
+        <x:v>24147</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
+        <x:v>499</x:v>
+      </x:c>
+      <x:c r="Q274" s="16" t="s">
         <x:v>500</x:v>
       </x:c>
-      <x:c r="Q274" s="16" t="s">
+      <x:c r="R274" s="14" t="s">
         <x:v>501</x:v>
       </x:c>
-      <x:c r="R274" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S274" s="14" t="n">
-        <x:v>556288</x:v>
+        <x:v>612047</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="C275" s="3" t="n">
         <x:v>38339</x:v>
       </x:c>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="E275" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G275" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H275" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
         <x:v>15417</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
-        <x:v>500</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
-        <x:v>501</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
-        <x:v>502</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
-        <x:v>608247</x:v>
+        <x:v>556288</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C276" s="15" t="n">
         <x:v>38339</x:v>
       </x:c>
       <x:c r="D276" s="15" t="s"/>
-      <x:c r="E276" s="14" t="s"/>
+      <x:c r="E276" s="14" t="s">
+        <x:v>123</x:v>
+      </x:c>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I276" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K276" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
         <x:v>15417</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
-        <x:v>502</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
-        <x:v>523517</x:v>
+        <x:v>608247</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C277" s="3" t="n">
         <x:v>38339</x:v>
       </x:c>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="G277" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H277" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J277" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
         <x:v>15417</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
-        <x:v>502</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
-        <x:v>553998</x:v>
+        <x:v>523517</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="C278" s="15" t="s"/>
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="C278" s="15" t="n">
+        <x:v>38339</x:v>
+      </x:c>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s"/>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
-        <x:v>503</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s">
-        <x:v>504</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="I278" s="16" t="s">
-        <x:v>501</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K278" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
-        <x:v>24049</x:v>
+        <x:v>15417</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
-        <x:v>503</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
-        <x:v>501</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
-        <x:v>502</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
-        <x:v>608829</x:v>
+        <x:v>553998</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C279" s="3" t="s"/>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="G279" s="0" t="s">
+        <x:v>505</x:v>
+      </x:c>
+      <x:c r="H279" s="0" t="s">
+        <x:v>506</x:v>
+      </x:c>
+      <x:c r="I279" s="4" t="s">
         <x:v>503</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>501</x:v>
       </x:c>
       <x:c r="J279" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
+        <x:v>505</x:v>
+      </x:c>
+      <x:c r="Q279" s="4" t="s">
         <x:v>503</x:v>
       </x:c>
-      <x:c r="Q279" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R279" s="0" t="s">
-        <x:v>502</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
-        <x:v>608833</x:v>
+        <x:v>608829</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
-        <x:v>161</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="C280" s="15" t="s"/>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s"/>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="I280" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K280" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
-        <x:v>15417</x:v>
+        <x:v>24049</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
-        <x:v>502</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
-        <x:v>509788</x:v>
+        <x:v>608833</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C281" s="3" t="n">
         <x:v>38339</x:v>
       </x:c>
       <x:c r="D281" s="3" t="s"/>
-      <x:c r="E281" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G281" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H281" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J281" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
         <x:v>15417</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
-        <x:v>500</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
-        <x:v>501</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
-        <x:v>502</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
-        <x:v>516391</x:v>
+        <x:v>509788</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
-        <x:v>479</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C282" s="15" t="n">
-        <x:v>35189</x:v>
+        <x:v>38339</x:v>
       </x:c>
       <x:c r="D282" s="15" t="s"/>
-      <x:c r="E282" s="14" t="s"/>
+      <x:c r="E282" s="14" t="s">
+        <x:v>123</x:v>
+      </x:c>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="H282" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="I282" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="J282" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K282" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
-        <x:v>22671</x:v>
+        <x:v>15417</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
-        <x:v>505</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
-        <x:v>585618</x:v>
+        <x:v>516391</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
-        <x:v>506</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="C283" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="G283" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="H283" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="J283" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
-        <x:v>505</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
-        <x:v>585909</x:v>
+        <x:v>585618</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
-        <x:v>507</x:v>
+        <x:v>508</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C284" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s"/>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="I284" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K284" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
-        <x:v>505</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
-        <x:v>585611</x:v>
+        <x:v>585909</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
-        <x:v>507</x:v>
+        <x:v>509</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
-        <x:v>479</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C285" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="G285" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="H285" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="J285" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
-        <x:v>505</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
-        <x:v>585916</x:v>
+        <x:v>585611</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
-        <x:v>506</x:v>
+        <x:v>509</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="C286" s="15" t="s"/>
+        <x:v>481</x:v>
+      </x:c>
+      <x:c r="C286" s="15" t="n">
+        <x:v>35189</x:v>
+      </x:c>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s"/>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
-        <x:v>508</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="H286" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="I286" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s">
-        <x:v>25</x:v>
-[...1 lines deleted...]
-      <x:c r="K286" s="14" t="s"/>
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="K286" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
       <x:c r="L286" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
-        <x:v>24049</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="Q286" s="16" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="R286" s="14" t="s">
+        <x:v>507</x:v>
+      </x:c>
+      <x:c r="S286" s="14" t="n">
+        <x:v>585916</x:v>
+      </x:c>
+      <x:c r="T286" s="16" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="U286" s="16" t="s">
         <x:v>508</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C287" s="3" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="E287" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G287" s="0" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="H287" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="J287" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
-        <x:v>509</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
-        <x:v>502065</x:v>
+        <x:v>604242</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
-        <x:v>272</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C288" s="15" t="n">
-        <x:v>38305</x:v>
+        <x:v>38306</x:v>
       </x:c>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
-        <x:v>459</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="H288" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="I288" s="16" t="s">
-        <x:v>460</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="J288" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K288" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L288" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
-        <x:v>22671</x:v>
+        <x:v>22685</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
-        <x:v>514</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
-        <x:v>509</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
-        <x:v>455014</x:v>
+        <x:v>604245</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
-        <x:v>464</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
-        <x:v>465</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
-        <x:v>133</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="C289" s="3" t="s"/>
       <x:c r="D289" s="3" t="s"/>
-      <x:c r="E289" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G289" s="0" t="s">
-        <x:v>510</x:v>
-[...2 lines deleted...]
-        <x:v>511</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
-        <x:v>512</x:v>
-[...2 lines deleted...]
-        <x:v>63</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
-        <x:v>22671</x:v>
+        <x:v>24162</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
-        <x:v>513</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
-        <x:v>509</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
-        <x:v>604242</x:v>
+        <x:v>607197</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
-        <x:v>121</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
-        <x:v>313</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C290" s="15" t="s"/>
       <x:c r="D290" s="15" t="s"/>
-      <x:c r="E290" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E290" s="14" t="s"/>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
-        <x:v>510</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s">
-        <x:v>511</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="I290" s="16" t="s">
-        <x:v>512</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J290" s="14" t="s">
-        <x:v>63</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="K290" s="14" t="s"/>
       <x:c r="L290" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
-        <x:v>22685</x:v>
+        <x:v>24049</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
-        <x:v>513</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
-        <x:v>509</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
-        <x:v>604245</x:v>
+        <x:v>613255</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
-        <x:v>89</x:v>
-[...1 lines deleted...]
-      <x:c r="C291" s="3" t="s"/>
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="C291" s="3" t="n">
+        <x:v>38305</x:v>
+      </x:c>
       <x:c r="D291" s="3" t="s"/>
+      <x:c r="E291" s="0" t="s">
+        <x:v>123</x:v>
+      </x:c>
       <x:c r="G291" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>461</x:v>
+      </x:c>
+      <x:c r="H291" s="0" t="s">
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>462</x:v>
+      </x:c>
+      <x:c r="J291" s="0" t="s">
+        <x:v>63</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
-        <x:v>24162</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
-        <x:v>509</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
-        <x:v>607197</x:v>
+        <x:v>455014</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>467</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
-        <x:v>227</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
-        <x:v>228</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C292" s="15" t="n">
-        <x:v>35189</x:v>
+        <x:v>38305</x:v>
       </x:c>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="H292" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="I292" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="J292" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K292" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
-        <x:v>515</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
-        <x:v>509</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
-        <x:v>585083</x:v>
+        <x:v>502065</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
-        <x:v>437</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
-        <x:v>396</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="C293" s="3" t="n">
-        <x:v>38306</x:v>
+        <x:v>35189</x:v>
       </x:c>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="E293" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G293" s="0" t="s">
-        <x:v>510</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="H293" s="0" t="s">
-        <x:v>511</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
-        <x:v>512</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="J293" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
-        <x:v>22685</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
-        <x:v>513</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
-        <x:v>509</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
-        <x:v>604244</x:v>
+        <x:v>585083</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="C294" s="15" t="n">
         <x:v>38306</x:v>
       </x:c>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="I294" s="16" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K294" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
         <x:v>22685</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
-        <x:v>509</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
-        <x:v>552896</x:v>
+        <x:v>604244</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C295" s="3" t="n">
-        <x:v>35189</x:v>
+        <x:v>38306</x:v>
       </x:c>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="E295" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G295" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="H295" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="J295" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
-        <x:v>22671</x:v>
+        <x:v>22685</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
-        <x:v>515</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
-        <x:v>509</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
-        <x:v>591787</x:v>
+        <x:v>552896</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
-        <x:v>516</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
-        <x:v>121</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="C296" s="15" t="n">
-        <x:v>38305</x:v>
+        <x:v>35189</x:v>
       </x:c>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
-        <x:v>459</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="I296" s="16" t="s">
-        <x:v>460</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K296" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
-        <x:v>514</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
-        <x:v>509</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
-        <x:v>548820</x:v>
+        <x:v>591787</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C297" s="3" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="E297" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G297" s="0" t="s">
-        <x:v>459</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="H297" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
-        <x:v>460</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="J297" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
-        <x:v>509</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
-        <x:v>498582</x:v>
+        <x:v>548820</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
-        <x:v>272</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
-        <x:v>313</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C298" s="15" t="n">
-        <x:v>38306</x:v>
+        <x:v>38305</x:v>
       </x:c>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
-        <x:v>510</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s">
-        <x:v>511</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I298" s="16" t="s">
-        <x:v>512</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="J298" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K298" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M298" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
-        <x:v>22685</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
-        <x:v>513</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
-        <x:v>509</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
-        <x:v>552895</x:v>
+        <x:v>498582</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="C299" s="3" t="s"/>
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="C299" s="3" t="n">
+        <x:v>38306</x:v>
+      </x:c>
       <x:c r="D299" s="3" t="s"/>
+      <x:c r="E299" s="0" t="s">
+        <x:v>123</x:v>
+      </x:c>
       <x:c r="G299" s="0" t="s">
-        <x:v>508</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="H299" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="J299" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="K299" s="0" t="s">
+        <x:v>127</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
-        <x:v>24049</x:v>
+        <x:v>22685</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
-        <x:v>508</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
-        <x:v>509</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
-        <x:v>613257</x:v>
+        <x:v>552895</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C300" s="15" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D300" s="15" t="s"/>
       <x:c r="E300" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="H300" s="14" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="I300" s="16" t="s">
         <x:v>512</x:v>
@@ -19558,51 +19569,51 @@
       <x:c r="J300" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K300" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L300" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M300" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="N300" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O300" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P300" s="14" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
-        <x:v>509</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
         <x:v>604243</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C301" s="3" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="E301" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
@@ -19618,51 +19629,51 @@
       <x:c r="J301" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
-        <x:v>509</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
         <x:v>552885</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C302" s="15" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
@@ -19679,51 +19690,51 @@
       <x:c r="J302" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K302" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
-        <x:v>509</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
         <x:v>552886</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="C303" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="E303" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
@@ -19739,51 +19750,51 @@
       <x:c r="J303" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
-        <x:v>509</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
         <x:v>585084</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
         <x:v>517</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="C304" s="15" t="s"/>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s"/>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
@@ -20617,224 +20628,224 @@
       </x:c>
       <x:c r="O318" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P318" s="14" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
         <x:v>552815</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
-        <x:v>528</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C319" s="3" t="n">
-        <x:v>35189</x:v>
+        <x:v>38305</x:v>
       </x:c>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="E319" s="0" t="s">
-        <x:v>300</x:v>
-[...2 lines deleted...]
-        <x:v>301</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="G319" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>510</x:v>
+      </x:c>
+      <x:c r="H319" s="0" t="s">
+        <x:v>511</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="J319" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
-        <x:v>583759</x:v>
+        <x:v>604758</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
-        <x:v>404</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
-        <x:v>121</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="C320" s="15" t="n">
-        <x:v>38305</x:v>
+        <x:v>35189</x:v>
       </x:c>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s">
-        <x:v>123</x:v>
-[...1 lines deleted...]
-      <x:c r="F320" s="14" t="s"/>
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="F320" s="14" t="s">
+        <x:v>301</x:v>
+      </x:c>
       <x:c r="G320" s="14" t="s">
-        <x:v>510</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="H320" s="14" t="s"/>
       <x:c r="I320" s="16" t="s">
-        <x:v>512</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K320" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="L320" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
-        <x:v>524</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
-        <x:v>604758</x:v>
+        <x:v>583759</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>404</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C321" s="3" t="n">
         <x:v>35845</x:v>
       </x:c>
       <x:c r="D321" s="3" t="s"/>
       <x:c r="E321" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G321" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="I321" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J321" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L321" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M321" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N321" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O321" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P321" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="Q321" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="R321" s="0" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="S321" s="0" t="n">
-        <x:v>547524</x:v>
+        <x:v>494771</x:v>
       </x:c>
       <x:c r="T321" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="U321" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:21">
       <x:c r="A322" s="13" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B322" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C322" s="15" t="n">
         <x:v>35845</x:v>
       </x:c>
       <x:c r="D322" s="15" t="s"/>
       <x:c r="E322" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F322" s="14" t="s"/>
       <x:c r="G322" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="H322" s="14" t="s"/>
       <x:c r="I322" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J322" s="14" t="s">
@@ -20843,428 +20854,430 @@
       <x:c r="K322" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L322" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M322" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N322" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O322" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P322" s="14" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
-        <x:v>494771</x:v>
+        <x:v>547524</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
-        <x:v>522</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C323" s="3" t="n">
-        <x:v>35845</x:v>
+        <x:v>38305</x:v>
       </x:c>
       <x:c r="D323" s="3" t="s"/>
+      <x:c r="E323" s="0" t="s">
+        <x:v>123</x:v>
+      </x:c>
       <x:c r="G323" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>510</x:v>
+      </x:c>
+      <x:c r="H323" s="0" t="s">
+        <x:v>511</x:v>
       </x:c>
       <x:c r="I323" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="J323" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="L323" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="M323" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N323" s="3" t="n">
-        <x:v>22635</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O323" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P323" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="Q323" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="R323" s="0" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="S323" s="0" t="n">
-        <x:v>578964</x:v>
+        <x:v>502324</x:v>
       </x:c>
       <x:c r="T323" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="U323" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:21">
       <x:c r="A324" s="13" t="s">
-        <x:v>121</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B324" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="C324" s="15" t="n">
-        <x:v>38305</x:v>
+        <x:v>39297</x:v>
       </x:c>
       <x:c r="D324" s="15" t="s"/>
-      <x:c r="E324" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E324" s="14" t="s"/>
       <x:c r="F324" s="14" t="s"/>
       <x:c r="G324" s="14" t="s">
-        <x:v>510</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="H324" s="14" t="s"/>
       <x:c r="I324" s="16" t="s">
-        <x:v>512</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J324" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K324" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L324" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M324" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N324" s="15" t="n">
-        <x:v>22671</x:v>
+        <x:v>24147</x:v>
       </x:c>
       <x:c r="O324" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="P324" s="14" t="s">
-        <x:v>524</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="Q324" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="R324" s="14" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="S324" s="14" t="n">
-        <x:v>502324</x:v>
+        <x:v>543719</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
-        <x:v>272</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
-        <x:v>455</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C325" s="3" t="n">
-        <x:v>35189</x:v>
+        <x:v>38305</x:v>
       </x:c>
       <x:c r="D325" s="3" t="s"/>
+      <x:c r="E325" s="0" t="s">
+        <x:v>123</x:v>
+      </x:c>
       <x:c r="G325" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>510</x:v>
+      </x:c>
+      <x:c r="H325" s="0" t="s">
+        <x:v>511</x:v>
       </x:c>
       <x:c r="I325" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="J325" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
-        <x:v>579816</x:v>
+        <x:v>604757</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
-        <x:v>404</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="C326" s="15" t="n">
-        <x:v>39297</x:v>
+        <x:v>35189</x:v>
       </x:c>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s"/>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="H326" s="14" t="s"/>
       <x:c r="I326" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J326" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="K326" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L326" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M326" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
-        <x:v>24147</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q326" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
-        <x:v>543719</x:v>
+        <x:v>579816</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>404</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="C327" s="3" t="n">
-        <x:v>38305</x:v>
+        <x:v>35845</x:v>
       </x:c>
       <x:c r="D327" s="3" t="s"/>
-      <x:c r="E327" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G327" s="0" t="s">
-        <x:v>510</x:v>
-[...2 lines deleted...]
-        <x:v>511</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
-        <x:v>512</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J327" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L327" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M327" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N327" s="3" t="n">
-        <x:v>22671</x:v>
+        <x:v>22635</x:v>
       </x:c>
       <x:c r="O327" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P327" s="0" t="s">
-        <x:v>524</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="Q327" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
-        <x:v>604757</x:v>
+        <x:v>578964</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C328" s="15" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D328" s="15" t="s"/>
       <x:c r="E328" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F328" s="14" t="s"/>
       <x:c r="G328" s="14" t="s">
-        <x:v>459</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="H328" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I328" s="16" t="s">
-        <x:v>460</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="J328" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K328" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L328" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M328" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N328" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O328" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P328" s="14" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="Q328" s="16" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="R328" s="14" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="S328" s="14" t="n">
         <x:v>455015</x:v>
       </x:c>
       <x:c r="T328" s="16" t="s">
-        <x:v>464</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="U328" s="16" t="s">
-        <x:v>465</x:v>
+        <x:v>467</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:21">
       <x:c r="A329" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C329" s="3" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D329" s="3" t="s"/>
       <x:c r="E329" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G329" s="0" t="s">
-        <x:v>459</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="H329" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I329" s="4" t="s">
-        <x:v>460</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="J329" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L329" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M329" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N329" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O329" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P329" s="0" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="Q329" s="4" t="s">
         <x:v>531</x:v>
       </x:c>
@@ -21275,101 +21288,101 @@
         <x:v>548822</x:v>
       </x:c>
       <x:c r="T329" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U329" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:21">
       <x:c r="A330" s="13" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B330" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C330" s="15" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D330" s="15" t="s"/>
       <x:c r="E330" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F330" s="14" t="s"/>
       <x:c r="G330" s="14" t="s">
-        <x:v>459</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="H330" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I330" s="16" t="s">
-        <x:v>460</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="J330" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K330" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L330" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M330" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N330" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O330" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P330" s="14" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="Q330" s="16" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="R330" s="14" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="S330" s="14" t="n">
         <x:v>498586</x:v>
       </x:c>
       <x:c r="T330" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="U330" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:21">
       <x:c r="A331" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="C331" s="3" t="s"/>
       <x:c r="D331" s="3" t="s"/>
       <x:c r="G331" s="0" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="I331" s="4" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="J331" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L331" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M331" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N331" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O331" s="0" t="s">
@@ -21377,51 +21390,51 @@
       </x:c>
       <x:c r="P331" s="0" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
         <x:v>615144</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
-        <x:v>453</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="C332" s="15" t="s"/>
       <x:c r="D332" s="15" t="s"/>
       <x:c r="E332" s="14" t="s"/>
       <x:c r="F332" s="14" t="s"/>
       <x:c r="G332" s="14" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="H332" s="14" t="s"/>
       <x:c r="I332" s="16" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="J332" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K332" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L332" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M332" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N332" s="15" t="n">
@@ -21698,51 +21711,51 @@
       <x:c r="L337" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M337" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N337" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O337" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P337" s="0" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
         <x:v>448767</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
-        <x:v>341</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
         <x:v>538</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="C338" s="15" t="n">
         <x:v>38306</x:v>
       </x:c>
       <x:c r="D338" s="15" t="s"/>
       <x:c r="E338" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="H338" s="14" t="s"/>
       <x:c r="I338" s="16" t="s">
@@ -23015,51 +23028,51 @@
       <x:c r="L360" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M360" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="N360" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O360" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P360" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="Q360" s="16" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="R360" s="14" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="S360" s="14" t="n">
         <x:v>611214</x:v>
       </x:c>
       <x:c r="T360" s="16" t="s">
-        <x:v>430</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="U360" s="16" t="s">
         <x:v>546</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:21">
       <x:c r="A361" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C361" s="3" t="s"/>
       <x:c r="D361" s="3" t="s"/>
       <x:c r="G361" s="0" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="H361" s="0" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="I361" s="4" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="J361" s="0" t="s">
         <x:v>25</x:v>
@@ -23130,51 +23143,51 @@
       <x:c r="M362" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="N362" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O362" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P362" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="Q362" s="16" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="R362" s="14" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="S362" s="14" t="n">
         <x:v>590769</x:v>
       </x:c>
       <x:c r="T362" s="16" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="U362" s="16" t="s">
-        <x:v>364</x:v>
+        <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:21">
       <x:c r="A363" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="C363" s="3" t="n">
         <x:v>39873</x:v>
       </x:c>
       <x:c r="D363" s="3" t="s"/>
       <x:c r="G363" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="I363" s="4" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="J363" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K363" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -23239,51 +23252,51 @@
       <x:c r="M364" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N364" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O364" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P364" s="14" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="Q364" s="16" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="R364" s="14" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="S364" s="14" t="n">
         <x:v>618077</x:v>
       </x:c>
       <x:c r="T364" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U364" s="16" t="s">
-        <x:v>480</x:v>
+        <x:v>482</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:21">
       <x:c r="A365" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C365" s="3" t="s"/>
       <x:c r="D365" s="3" t="s"/>
       <x:c r="G365" s="0" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="I365" s="4" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="J365" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L365" s="0" t="s">
         <x:v>27</x:v>
@@ -23417,78 +23430,78 @@
       </x:c>
       <x:c r="S367" s="0" t="n">
         <x:v>607509</x:v>
       </x:c>
       <x:c r="T367" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U367" s="4" t="s">
         <x:v>558</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:21">
       <x:c r="A368" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B368" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="C368" s="15" t="n">
         <x:v>35845</x:v>
       </x:c>
       <x:c r="D368" s="15" t="s"/>
       <x:c r="E368" s="14" t="s"/>
       <x:c r="F368" s="14" t="s"/>
       <x:c r="G368" s="14" t="s">
-        <x:v>359</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="H368" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="I368" s="16" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="J368" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K368" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L368" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M368" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N368" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O368" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P368" s="14" t="s">
-        <x:v>359</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="Q368" s="16" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="R368" s="14" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="S368" s="14" t="n">
         <x:v>551778</x:v>
       </x:c>
       <x:c r="T368" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U368" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:21">
       <x:c r="A369" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="C369" s="3" t="n">
@@ -23624,51 +23637,51 @@
       <x:c r="M371" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="N371" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O371" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P371" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="Q371" s="4" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="R371" s="0" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="S371" s="0" t="n">
         <x:v>611212</x:v>
       </x:c>
       <x:c r="T371" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U371" s="4" t="s">
-        <x:v>364</x:v>
+        <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:21">
       <x:c r="A372" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B372" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="C372" s="15" t="n">
         <x:v>39873</x:v>
       </x:c>
       <x:c r="D372" s="15" t="s"/>
       <x:c r="E372" s="14" t="s"/>
       <x:c r="F372" s="14" t="s"/>
       <x:c r="G372" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="H372" s="14" t="s"/>
       <x:c r="I372" s="16" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="J372" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
@@ -23846,51 +23859,51 @@
       <x:c r="M375" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="N375" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O375" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P375" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="Q375" s="4" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="R375" s="0" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="S375" s="0" t="n">
         <x:v>590766</x:v>
       </x:c>
       <x:c r="T375" s="4" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="U375" s="4" t="s">
-        <x:v>364</x:v>
+        <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:21">
       <x:c r="A376" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B376" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="C376" s="15" t="n">
         <x:v>39873</x:v>
       </x:c>
       <x:c r="D376" s="15" t="s"/>
       <x:c r="E376" s="14" t="s"/>
       <x:c r="F376" s="14" t="s"/>
       <x:c r="G376" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="H376" s="14" t="s"/>
       <x:c r="I376" s="16" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="J376" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
@@ -24072,94 +24085,92 @@
       </x:c>
       <x:c r="P379" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="Q379" s="4" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="R379" s="0" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="S379" s="0" t="n">
         <x:v>611213</x:v>
       </x:c>
       <x:c r="T379" s="4" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="U379" s="4" t="s">
         <x:v>564</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:21">
       <x:c r="A380" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B380" s="14" t="s">
-        <x:v>542</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C380" s="15" t="s"/>
       <x:c r="D380" s="15" t="s"/>
       <x:c r="E380" s="14" t="s"/>
       <x:c r="F380" s="14" t="s"/>
       <x:c r="G380" s="14" t="s">
-        <x:v>543</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="H380" s="14" t="s"/>
       <x:c r="I380" s="16" t="s">
-        <x:v>544</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="J380" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K380" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L380" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M380" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N380" s="15" t="n">
-        <x:v>22635</x:v>
+        <x:v>24049</x:v>
       </x:c>
       <x:c r="O380" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P380" s="14" t="s">
-        <x:v>543</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="Q380" s="16" t="s">
-        <x:v>544</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="R380" s="14" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="S380" s="14" t="n">
-        <x:v>611215</x:v>
+        <x:v>618076</x:v>
       </x:c>
       <x:c r="T380" s="16" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="U380" s="16" t="s">
         <x:v>566</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:21">
       <x:c r="A381" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="C381" s="3" t="n">
         <x:v>39873</x:v>
       </x:c>
       <x:c r="D381" s="3" t="s"/>
       <x:c r="G381" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="I381" s="4" t="s">
         <x:v>544</x:v>
       </x:c>
@@ -24169,281 +24180,285 @@
       <x:c r="K381" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L381" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M381" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="N381" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O381" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P381" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="Q381" s="4" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="R381" s="0" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="S381" s="0" t="n">
-        <x:v>590768</x:v>
+        <x:v>611215</x:v>
       </x:c>
       <x:c r="T381" s="4" t="s">
-        <x:v>561</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="U381" s="4" t="s">
-        <x:v>411</x:v>
+        <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:21">
       <x:c r="A382" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B382" s="14" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="C382" s="15" t="s"/>
+        <x:v>542</x:v>
+      </x:c>
+      <x:c r="C382" s="15" t="n">
+        <x:v>39873</x:v>
+      </x:c>
       <x:c r="D382" s="15" t="s"/>
       <x:c r="E382" s="14" t="s"/>
       <x:c r="F382" s="14" t="s"/>
       <x:c r="G382" s="14" t="s">
-        <x:v>553</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="H382" s="14" t="s"/>
       <x:c r="I382" s="16" t="s">
-        <x:v>549</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="J382" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K382" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L382" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="M382" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="N382" s="15" t="n">
-        <x:v>24049</x:v>
+        <x:v>22635</x:v>
       </x:c>
       <x:c r="O382" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P382" s="14" t="s">
-        <x:v>553</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="Q382" s="16" t="s">
-        <x:v>549</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="R382" s="14" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="S382" s="14" t="n">
-        <x:v>618076</x:v>
+        <x:v>611217</x:v>
       </x:c>
       <x:c r="T382" s="16" t="s">
-        <x:v>567</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="U382" s="16" t="s">
-        <x:v>568</x:v>
+        <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:21">
       <x:c r="A383" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="C383" s="3" t="n">
         <x:v>39873</x:v>
       </x:c>
       <x:c r="D383" s="3" t="s"/>
       <x:c r="G383" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="I383" s="4" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="J383" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L383" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M383" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="N383" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O383" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P383" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="Q383" s="4" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="R383" s="0" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="S383" s="0" t="n">
-        <x:v>611217</x:v>
+        <x:v>590768</x:v>
       </x:c>
       <x:c r="T383" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="U383" s="4" t="s">
-        <x:v>569</x:v>
+        <x:v>411</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:21">
       <x:c r="A384" s="13" t="s">
-        <x:v>121</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B384" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="C384" s="15" t="n">
-        <x:v>35845</x:v>
+        <x:v>39873</x:v>
       </x:c>
       <x:c r="D384" s="15" t="s"/>
-      <x:c r="E384" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E384" s="14" t="s"/>
       <x:c r="F384" s="14" t="s"/>
       <x:c r="G384" s="14" t="s">
-        <x:v>359</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>543</x:v>
+      </x:c>
+      <x:c r="H384" s="14" t="s"/>
       <x:c r="I384" s="16" t="s">
-        <x:v>352</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="J384" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K384" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L384" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="M384" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="N384" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O384" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P384" s="14" t="s">
-        <x:v>570</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="Q384" s="16" t="s">
-        <x:v>549</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="R384" s="14" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="S384" s="14" t="n">
-        <x:v>556760</x:v>
+        <x:v>576174</x:v>
       </x:c>
       <x:c r="T384" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="U384" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:21">
       <x:c r="A385" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
-        <x:v>542</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C385" s="3" t="n">
-        <x:v>39873</x:v>
+        <x:v>35845</x:v>
       </x:c>
       <x:c r="D385" s="3" t="s"/>
+      <x:c r="E385" s="0" t="s">
+        <x:v>123</x:v>
+      </x:c>
       <x:c r="G385" s="0" t="s">
-        <x:v>543</x:v>
+        <x:v>351</x:v>
+      </x:c>
+      <x:c r="H385" s="0" t="s">
+        <x:v>366</x:v>
       </x:c>
       <x:c r="I385" s="4" t="s">
-        <x:v>544</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="J385" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K385" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="L385" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M385" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N385" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O385" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P385" s="0" t="s">
-        <x:v>543</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="Q385" s="4" t="s">
-        <x:v>544</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="R385" s="0" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="S385" s="0" t="n">
-        <x:v>576174</x:v>
+        <x:v>556760</x:v>
       </x:c>
       <x:c r="T385" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U385" s="4" t="s">
-        <x:v>403</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:21">
       <x:c r="A386" s="13" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B386" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="C386" s="15" t="n">
         <x:v>38306</x:v>
       </x:c>
       <x:c r="D386" s="15" t="s"/>
       <x:c r="E386" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F386" s="14" t="s"/>
       <x:c r="G386" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="H386" s="14" t="s"/>
       <x:c r="I386" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="J386" s="14" t="s">
@@ -25335,51 +25350,51 @@
       </x:c>
       <x:c r="P401" s="0" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="Q401" s="4" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="R401" s="0" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="S401" s="0" t="n">
         <x:v>548212</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U401" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
-        <x:v>348</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="C402" s="15" t="n">
         <x:v>37919</x:v>
       </x:c>
       <x:c r="D402" s="15" t="s"/>
       <x:c r="E402" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F402" s="14" t="s"/>
       <x:c r="G402" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="H402" s="14" t="s"/>
       <x:c r="I402" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="J402" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K402" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L402" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
@@ -25451,51 +25466,51 @@
       </x:c>
       <x:c r="P403" s="0" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="Q403" s="4" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="R403" s="0" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="S403" s="0" t="n">
         <x:v>503282</x:v>
       </x:c>
       <x:c r="T403" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="U403" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:21">
       <x:c r="A404" s="13" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B404" s="14" t="s">
-        <x:v>348</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="C404" s="15" t="n">
         <x:v>37919</x:v>
       </x:c>
       <x:c r="D404" s="15" t="s"/>
       <x:c r="E404" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F404" s="14" t="s"/>
       <x:c r="G404" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="H404" s="14" t="s"/>
       <x:c r="I404" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="J404" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K404" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L404" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
@@ -25728,114 +25743,114 @@
       <x:c r="K408" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L408" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M408" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N408" s="15" t="n">
         <x:v>22685</x:v>
       </x:c>
       <x:c r="O408" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P408" s="14" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="Q408" s="16" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="R408" s="14" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="S408" s="14" t="n">
-        <x:v>503292</x:v>
+        <x:v>603193</x:v>
       </x:c>
       <x:c r="T408" s="16" t="s">
-        <x:v>312</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U408" s="16" t="s">
-        <x:v>324</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:21">
       <x:c r="A409" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="C409" s="3" t="n">
         <x:v>38306</x:v>
       </x:c>
       <x:c r="D409" s="3" t="s"/>
       <x:c r="E409" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G409" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="I409" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="J409" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K409" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L409" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M409" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N409" s="3" t="n">
         <x:v>22685</x:v>
       </x:c>
       <x:c r="O409" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P409" s="0" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="Q409" s="4" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="R409" s="0" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="S409" s="0" t="n">
-        <x:v>603193</x:v>
+        <x:v>503292</x:v>
       </x:c>
       <x:c r="T409" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="U409" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:21">
       <x:c r="A410" s="13" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B410" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C410" s="15" t="n">
         <x:v>38726</x:v>
       </x:c>
       <x:c r="D410" s="15" t="s"/>
       <x:c r="E410" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F410" s="14" t="s"/>
       <x:c r="G410" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="H410" s="14" t="s"/>
       <x:c r="I410" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="J410" s="14" t="s">
@@ -25896,608 +25911,606 @@
       <x:c r="K411" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L411" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M411" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N411" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O411" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P411" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="Q411" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="R411" s="0" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="S411" s="0" t="n">
-        <x:v>597865</x:v>
+        <x:v>597872</x:v>
       </x:c>
       <x:c r="T411" s="4" t="s">
-        <x:v>551</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="U411" s="4" t="s">
-        <x:v>550</x:v>
+        <x:v>487</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:21">
       <x:c r="A412" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B412" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C412" s="15" t="s"/>
       <x:c r="D412" s="15" t="s"/>
       <x:c r="E412" s="14" t="s"/>
       <x:c r="F412" s="14" t="s"/>
       <x:c r="G412" s="14" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="H412" s="14" t="s"/>
       <x:c r="I412" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="J412" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K412" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L412" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M412" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N412" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O412" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P412" s="14" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="Q412" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="R412" s="14" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="S412" s="14" t="n">
-        <x:v>597875</x:v>
+        <x:v>597888</x:v>
       </x:c>
       <x:c r="T412" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="U412" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:21">
       <x:c r="A413" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C413" s="3" t="s"/>
       <x:c r="D413" s="3" t="s"/>
       <x:c r="G413" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="I413" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="J413" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K413" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L413" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M413" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N413" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O413" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P413" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="Q413" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="R413" s="0" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="S413" s="0" t="n">
-        <x:v>597889</x:v>
+        <x:v>597865</x:v>
       </x:c>
       <x:c r="T413" s="4" t="s">
-        <x:v>579</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="U413" s="4" t="s">
-        <x:v>580</x:v>
+        <x:v>550</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:21">
       <x:c r="A414" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B414" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C414" s="15" t="s"/>
       <x:c r="D414" s="15" t="s"/>
       <x:c r="E414" s="14" t="s"/>
       <x:c r="F414" s="14" t="s"/>
       <x:c r="G414" s="14" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="H414" s="14" t="s"/>
       <x:c r="I414" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="J414" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K414" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L414" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M414" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N414" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O414" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P414" s="14" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="Q414" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="R414" s="14" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="S414" s="14" t="n">
-        <x:v>597896</x:v>
+        <x:v>597875</x:v>
       </x:c>
       <x:c r="T414" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U414" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:21">
       <x:c r="A415" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C415" s="3" t="s"/>
       <x:c r="D415" s="3" t="s"/>
       <x:c r="G415" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="I415" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="J415" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K415" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L415" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M415" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N415" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O415" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P415" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="Q415" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="R415" s="0" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="S415" s="0" t="n">
-        <x:v>597872</x:v>
+        <x:v>597889</x:v>
       </x:c>
       <x:c r="T415" s="4" t="s">
+        <x:v>580</x:v>
+      </x:c>
+      <x:c r="U415" s="4" t="s">
         <x:v>581</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>485</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:21">
       <x:c r="A416" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B416" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="C416" s="15" t="s"/>
       <x:c r="D416" s="15" t="s"/>
       <x:c r="E416" s="14" t="s"/>
       <x:c r="F416" s="14" t="s"/>
       <x:c r="G416" s="14" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="H416" s="14" t="s"/>
       <x:c r="I416" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="J416" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K416" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L416" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M416" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N416" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O416" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P416" s="14" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="Q416" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="R416" s="14" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="S416" s="14" t="n">
-        <x:v>597888</x:v>
+        <x:v>597896</x:v>
       </x:c>
       <x:c r="T416" s="16" t="s">
-        <x:v>562</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="U416" s="16" t="s">
-        <x:v>373</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:21">
       <x:c r="A417" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C417" s="3" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D417" s="3" t="s"/>
       <x:c r="E417" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G417" s="0" t="s">
-        <x:v>459</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="H417" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I417" s="4" t="s">
-        <x:v>460</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="J417" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K417" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L417" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M417" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N417" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O417" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P417" s="0" t="s">
-        <x:v>459</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="Q417" s="4" t="s">
-        <x:v>460</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="R417" s="0" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="S417" s="0" t="n">
-        <x:v>548818</x:v>
+        <x:v>455012</x:v>
       </x:c>
       <x:c r="T417" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="U417" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>467</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:21">
       <x:c r="A418" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B418" s="14" t="s">
-        <x:v>257</x:v>
-[...1 lines deleted...]
-      <x:c r="C418" s="15" t="s"/>
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="C418" s="15" t="n">
+        <x:v>38305</x:v>
+      </x:c>
       <x:c r="D418" s="15" t="s"/>
-      <x:c r="E418" s="14" t="s"/>
+      <x:c r="E418" s="14" t="s">
+        <x:v>123</x:v>
+      </x:c>
       <x:c r="F418" s="14" t="s"/>
       <x:c r="G418" s="14" t="s">
-        <x:v>582</x:v>
-[...1 lines deleted...]
-      <x:c r="H418" s="14" t="s"/>
+        <x:v>461</x:v>
+      </x:c>
+      <x:c r="H418" s="14" t="s">
+        <x:v>125</x:v>
+      </x:c>
       <x:c r="I418" s="16" t="s">
-        <x:v>583</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="J418" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="K418" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="L418" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M418" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N418" s="15" t="n">
-        <x:v>24049</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O418" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P418" s="14" t="s">
-        <x:v>582</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="Q418" s="16" t="s">
-        <x:v>583</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="R418" s="14" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="S418" s="14" t="n">
-        <x:v>609991</x:v>
+        <x:v>548818</x:v>
       </x:c>
       <x:c r="T418" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U418" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:21">
       <x:c r="A419" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C419" s="3" t="s"/>
       <x:c r="D419" s="3" t="s"/>
       <x:c r="G419" s="0" t="s">
-        <x:v>577</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="I419" s="4" t="s">
-        <x:v>322</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="J419" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K419" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L419" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="M419" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N419" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O419" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P419" s="0" t="s">
-        <x:v>577</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="Q419" s="4" t="s">
-        <x:v>322</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="R419" s="0" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="S419" s="0" t="n">
-        <x:v>597869</x:v>
+        <x:v>609991</x:v>
       </x:c>
       <x:c r="T419" s="4" t="s">
-        <x:v>562</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U419" s="4" t="s">
-        <x:v>373</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:21">
       <x:c r="A420" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B420" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C420" s="15" t="s"/>
       <x:c r="D420" s="15" t="s"/>
       <x:c r="E420" s="14" t="s"/>
       <x:c r="F420" s="14" t="s"/>
       <x:c r="G420" s="14" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="H420" s="14" t="s"/>
       <x:c r="I420" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="J420" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K420" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L420" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M420" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N420" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O420" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P420" s="14" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="Q420" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="R420" s="14" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="S420" s="14" t="n">
-        <x:v>597870</x:v>
+        <x:v>597869</x:v>
       </x:c>
       <x:c r="T420" s="16" t="s">
-        <x:v>579</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="U420" s="16" t="s">
-        <x:v>580</x:v>
+        <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:21">
       <x:c r="A421" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
-        <x:v>133</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C421" s="3" t="s"/>
       <x:c r="D421" s="3" t="s"/>
-      <x:c r="E421" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G421" s="0" t="s">
-        <x:v>459</x:v>
-[...2 lines deleted...]
-        <x:v>125</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="I421" s="4" t="s">
-        <x:v>460</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="J421" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L421" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M421" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N421" s="3" t="n">
-        <x:v>22671</x:v>
+        <x:v>24049</x:v>
       </x:c>
       <x:c r="O421" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P421" s="0" t="s">
-        <x:v>459</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="Q421" s="4" t="s">
-        <x:v>460</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="R421" s="0" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="S421" s="0" t="n">
-        <x:v>455012</x:v>
+        <x:v>597870</x:v>
       </x:c>
       <x:c r="T421" s="4" t="s">
-        <x:v>464</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="U421" s="4" t="s">
-        <x:v>465</x:v>
+        <x:v>581</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:21">
       <x:c r="A422" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B422" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C422" s="15" t="s"/>
       <x:c r="D422" s="15" t="s"/>
       <x:c r="E422" s="14" t="s"/>
       <x:c r="F422" s="14" t="s"/>
       <x:c r="G422" s="14" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="H422" s="14" t="s"/>
       <x:c r="I422" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="J422" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K422" s="14" t="s">
         <x:v>26</x:v>
@@ -26847,81 +26860,81 @@
       <x:c r="S428" s="14" t="n">
         <x:v>597890</x:v>
       </x:c>
       <x:c r="T428" s="16" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="U428" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:21">
       <x:c r="A429" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C429" s="3" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D429" s="3" t="s"/>
       <x:c r="E429" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G429" s="0" t="s">
-        <x:v>459</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="H429" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I429" s="4" t="s">
-        <x:v>460</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="J429" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K429" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L429" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M429" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N429" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O429" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P429" s="0" t="s">
-        <x:v>459</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="Q429" s="4" t="s">
-        <x:v>460</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="R429" s="0" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="S429" s="0" t="n">
         <x:v>498574</x:v>
       </x:c>
       <x:c r="T429" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="U429" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:21">
       <x:c r="A430" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B430" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C430" s="15" t="s"/>
       <x:c r="D430" s="15" t="s"/>
       <x:c r="E430" s="14" t="s"/>
       <x:c r="F430" s="14" t="s"/>
@@ -26944,51 +26957,51 @@
       <x:c r="M430" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N430" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O430" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P430" s="14" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="Q430" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="R430" s="14" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="S430" s="14" t="n">
         <x:v>597868</x:v>
       </x:c>
       <x:c r="T430" s="16" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="U430" s="16" t="s">
-        <x:v>338</x:v>
+        <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:21">
       <x:c r="A431" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C431" s="3" t="s"/>
       <x:c r="D431" s="3" t="s"/>
       <x:c r="G431" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="I431" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="J431" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K431" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L431" s="0" t="s">
         <x:v>27</x:v>
@@ -27103,51 +27116,51 @@
       <x:c r="M433" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N433" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O433" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P433" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="Q433" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="R433" s="0" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="S433" s="0" t="n">
         <x:v>597886</x:v>
       </x:c>
       <x:c r="T433" s="4" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="U433" s="4" t="s">
-        <x:v>338</x:v>
+        <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:21">
       <x:c r="A434" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B434" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="C434" s="15" t="s"/>
       <x:c r="D434" s="15" t="s"/>
       <x:c r="E434" s="14" t="s"/>
       <x:c r="F434" s="14" t="s"/>
       <x:c r="G434" s="14" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="H434" s="14" t="s"/>
       <x:c r="I434" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="J434" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K434" s="14" t="s">
         <x:v>26</x:v>
@@ -27155,54 +27168,54 @@
       <x:c r="L434" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M434" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N434" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O434" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P434" s="14" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="Q434" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="R434" s="14" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="S434" s="14" t="n">
         <x:v>597892</x:v>
       </x:c>
       <x:c r="T434" s="16" t="s">
-        <x:v>581</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="U434" s="16" t="s">
-        <x:v>485</x:v>
+        <x:v>487</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:21">
       <x:c r="A435" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C435" s="3" t="s"/>
       <x:c r="D435" s="3" t="s"/>
       <x:c r="G435" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="I435" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="J435" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K435" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L435" s="0" t="s">
         <x:v>27</x:v>
@@ -27540,51 +27553,51 @@
       <x:c r="M441" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N441" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O441" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P441" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="Q441" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="R441" s="0" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="S441" s="0" t="n">
         <x:v>597956</x:v>
       </x:c>
       <x:c r="T441" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U441" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:21">
       <x:c r="A442" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B442" s="14" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="C442" s="15" t="s"/>
       <x:c r="D442" s="15" t="s"/>
       <x:c r="E442" s="14" t="s"/>
       <x:c r="F442" s="14" t="s"/>
       <x:c r="G442" s="14" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="H442" s="14" t="s"/>
       <x:c r="I442" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="J442" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K442" s="14" t="s">
         <x:v>26</x:v>
@@ -27595,51 +27608,51 @@
       <x:c r="M442" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N442" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O442" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P442" s="14" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="Q442" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="R442" s="14" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="S442" s="14" t="n">
         <x:v>597964</x:v>
       </x:c>
       <x:c r="T442" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="U442" s="16" t="s">
-        <x:v>567</x:v>
+        <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:21">
       <x:c r="A443" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="C443" s="3" t="s"/>
       <x:c r="D443" s="3" t="s"/>
       <x:c r="G443" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="I443" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="J443" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K443" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L443" s="0" t="s">
         <x:v>27</x:v>
@@ -27647,59 +27660,59 @@
       <x:c r="M443" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N443" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O443" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P443" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="Q443" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="R443" s="0" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="S443" s="0" t="n">
         <x:v>597966</x:v>
       </x:c>
       <x:c r="T443" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U443" s="4" t="s">
-        <x:v>579</x:v>
+        <x:v>580</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:21">
       <x:c r="A444" s="13" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B444" s="14" t="s">
-        <x:v>496</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="C444" s="15" t="n">
         <x:v>39297</x:v>
       </x:c>
       <x:c r="D444" s="15" t="s"/>
       <x:c r="E444" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F444" s="14" t="s"/>
       <x:c r="G444" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="H444" s="14" t="s"/>
       <x:c r="I444" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="J444" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K444" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L444" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
@@ -28154,51 +28167,51 @@
       <x:c r="L452" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M452" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N452" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O452" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P452" s="14" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="Q452" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="R452" s="14" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="S452" s="14" t="n">
         <x:v>597972</x:v>
       </x:c>
       <x:c r="T452" s="16" t="s">
-        <x:v>489</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="U452" s="16" t="s">
         <x:v>594</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:21">
       <x:c r="A453" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="C453" s="3" t="s"/>
       <x:c r="D453" s="3" t="s"/>
       <x:c r="G453" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="I453" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="J453" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K453" s="0" t="s">
         <x:v>26</x:v>
@@ -28316,51 +28329,51 @@
       <x:c r="M455" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N455" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O455" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P455" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="Q455" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="R455" s="0" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="S455" s="0" t="n">
         <x:v>597952</x:v>
       </x:c>
       <x:c r="T455" s="4" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="U455" s="4" t="s">
-        <x:v>567</x:v>
+        <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:21">
       <x:c r="A456" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B456" s="14" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="C456" s="15" t="s"/>
       <x:c r="D456" s="15" t="s"/>
       <x:c r="E456" s="14" t="s"/>
       <x:c r="F456" s="14" t="s"/>
       <x:c r="G456" s="14" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="H456" s="14" t="s"/>
       <x:c r="I456" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="J456" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K456" s="14" t="s">
         <x:v>26</x:v>
@@ -28420,51 +28433,51 @@
       <x:c r="L457" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M457" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N457" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O457" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P457" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="Q457" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="R457" s="0" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="S457" s="0" t="n">
         <x:v>597967</x:v>
       </x:c>
       <x:c r="T457" s="4" t="s">
-        <x:v>489</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="U457" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:21">
       <x:c r="A458" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B458" s="14" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="C458" s="15" t="s"/>
       <x:c r="D458" s="15" t="s"/>
       <x:c r="E458" s="14" t="s"/>
       <x:c r="F458" s="14" t="s"/>
       <x:c r="G458" s="14" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="H458" s="14" t="s"/>
       <x:c r="I458" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="J458" s="14" t="s">
         <x:v>25</x:v>
@@ -28478,51 +28491,51 @@
       <x:c r="M458" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N458" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O458" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P458" s="14" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="Q458" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="R458" s="14" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="S458" s="14" t="n">
         <x:v>597968</x:v>
       </x:c>
       <x:c r="T458" s="16" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="U458" s="16" t="s">
-        <x:v>342</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:21">
       <x:c r="A459" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C459" s="3" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D459" s="3" t="s"/>
       <x:c r="E459" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G459" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="I459" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="J459" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
@@ -28590,51 +28603,51 @@
       <x:c r="M460" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N460" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O460" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P460" s="14" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="Q460" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="R460" s="14" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="S460" s="14" t="n">
         <x:v>597970</x:v>
       </x:c>
       <x:c r="T460" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="U460" s="16" t="s">
-        <x:v>568</x:v>
+        <x:v>566</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:21">
       <x:c r="A461" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C461" s="3" t="n">
         <x:v>38726</x:v>
       </x:c>
       <x:c r="D461" s="3" t="s"/>
       <x:c r="E461" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G461" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="I461" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="J461" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
@@ -28714,51 +28727,51 @@
       </x:c>
       <x:c r="P462" s="14" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="Q462" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="R462" s="14" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="S462" s="14" t="n">
         <x:v>603170</x:v>
       </x:c>
       <x:c r="T462" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U462" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:21">
       <x:c r="A463" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
-        <x:v>496</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="C463" s="3" t="n">
         <x:v>39297</x:v>
       </x:c>
       <x:c r="D463" s="3" t="s"/>
       <x:c r="E463" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G463" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="I463" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="J463" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K463" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L463" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M463" s="0" t="s">
         <x:v>28</x:v>
@@ -28771,205 +28784,205 @@
       </x:c>
       <x:c r="P463" s="0" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="Q463" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="R463" s="0" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="S463" s="0" t="n">
         <x:v>603176</x:v>
       </x:c>
       <x:c r="T463" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U463" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:21">
       <x:c r="A464" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B464" s="14" t="s">
-        <x:v>589</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="C464" s="15" t="s"/>
       <x:c r="D464" s="15" t="s"/>
       <x:c r="E464" s="14" t="s"/>
       <x:c r="F464" s="14" t="s"/>
       <x:c r="G464" s="14" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="H464" s="14" t="s"/>
       <x:c r="I464" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="J464" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K464" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L464" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M464" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N464" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O464" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P464" s="14" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="Q464" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="R464" s="14" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="S464" s="14" t="n">
-        <x:v>597947</x:v>
+        <x:v>597953</x:v>
       </x:c>
       <x:c r="T464" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="U464" s="16" t="s">
-        <x:v>364</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:21">
       <x:c r="A465" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
-        <x:v>590</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="C465" s="3" t="s"/>
       <x:c r="D465" s="3" t="s"/>
       <x:c r="G465" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="I465" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="J465" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K465" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L465" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M465" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N465" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O465" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P465" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="Q465" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="R465" s="0" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="S465" s="0" t="n">
-        <x:v>597953</x:v>
+        <x:v>597965</x:v>
       </x:c>
       <x:c r="T465" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="U465" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:21">
       <x:c r="A466" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B466" s="14" t="s">
-        <x:v>591</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="C466" s="15" t="s"/>
       <x:c r="D466" s="15" t="s"/>
       <x:c r="E466" s="14" t="s"/>
       <x:c r="F466" s="14" t="s"/>
       <x:c r="G466" s="14" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="H466" s="14" t="s"/>
       <x:c r="I466" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="J466" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K466" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L466" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M466" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N466" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O466" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P466" s="14" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="Q466" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="R466" s="14" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="S466" s="14" t="n">
-        <x:v>597965</x:v>
+        <x:v>597947</x:v>
       </x:c>
       <x:c r="T466" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U466" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:21">
       <x:c r="A467" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="C467" s="3" t="s"/>
       <x:c r="D467" s="3" t="s"/>
       <x:c r="G467" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="I467" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="J467" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K467" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L467" s="0" t="s">
         <x:v>27</x:v>
@@ -28977,51 +28990,51 @@
       <x:c r="M467" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N467" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O467" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P467" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="Q467" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="R467" s="0" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="S467" s="0" t="n">
         <x:v>597954</x:v>
       </x:c>
       <x:c r="T467" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="U467" s="4" t="s">
-        <x:v>579</x:v>
+        <x:v>580</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:21">
       <x:c r="A468" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B468" s="14" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="C468" s="15" t="s"/>
       <x:c r="D468" s="15" t="s"/>
       <x:c r="E468" s="14" t="s"/>
       <x:c r="F468" s="14" t="s"/>
       <x:c r="G468" s="14" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="H468" s="14" t="s"/>
       <x:c r="I468" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="J468" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K468" s="14" t="s">
         <x:v>26</x:v>