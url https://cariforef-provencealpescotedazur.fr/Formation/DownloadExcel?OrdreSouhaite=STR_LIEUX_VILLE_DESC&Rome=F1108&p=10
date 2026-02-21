--- v0 (2026-02-21)
+++ v1 (2026-02-21)
@@ -383,56 +383,56 @@
   <x:si>
     <x:t>13388</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 13</x:t>
   </x:si>
   <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>13625</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>BUT spécialité génie civil-construction durable parcours travaux publics</x:t>
+  </x:si>
+  <x:si>
     <x:t>BTS travaux publics</x:t>
   </x:si>
   <x:si>
-    <x:t>BUT spécialité génie civil-construction durable parcours travaux publics</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Chambre de Commerce et d'Industrie Métropolitaine Aix Marseille Provence</x:t>
   </x:si>
   <x:si>
     <x:t>CCIMP</x:t>
   </x:si>
   <x:si>
     <x:t>13221</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie Métropolitaine Aix Marseille Provence - CFA Régional Interconsulaire Méditerranée - Antenne Ecole Pratique (Luminy)</x:t>
   </x:si>
   <x:si>
     <x:t>13009</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 9e</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel chargé d'accompagnement à la rénovation énergétique du bâtiment</x:t>
   </x:si>
   <x:si>
     <x:t>Bao Formation</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi</x:t>
@@ -569,89 +569,89 @@
   <x:si>
     <x:t>12/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/18/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/04/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>03/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/18/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>03/24/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>05/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>GIP FIPAN</x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Professionnel Golf Hôtel</x:t>
   </x:si>
   <x:si>
     <x:t>83400</x:t>
   </x:si>
   <x:si>
     <x:t>HYERES</x:t>
   </x:si>
   <x:si>
+    <x:t>09/02/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/02/2024 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>LP Golf-Hôtel</x:t>
   </x:si>
   <x:si>
     <x:t>Chargé d’accompagnement à la rénovation énergétique du bâtiment</x:t>
   </x:si>
   <x:si>
     <x:t>GAP CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>11/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Réaliser l'état des lieux initial en vue d'un projet de rénovation énergétique - Bloc de compétences du titre professionnel chargé d'accompagnement à la rénovation énergétique du bâtiment</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Accompagner le maître d'ouvrage sur un projet de rénovation énergétique - Bloc de compétences du titre professionnel chargé d'accompagnement à la rénovation énergétique du bâtiment</x:t>
@@ -692,72 +692,72 @@
   <x:si>
     <x:t>CANNES LA BOCCA</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Léonard de Vinci</x:t>
   </x:si>
   <x:si>
     <x:t>06633</x:t>
   </x:si>
   <x:si>
     <x:t>ANTIBES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>ANTIBES</x:t>
   </x:si>
   <x:si>
     <x:t>06600</x:t>
   </x:si>
   <x:si>
+    <x:t>Titre professionnel chargé d'affaires du bâtiment</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Evolusio Formations</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTP conception organisation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX EN PROVENCE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Titre professionnel chargé d'études thermiques, énergétiques et environnementales du bâtiment</x:t>
   </x:si>
   <x:si>
-    <x:t>Evolusio Formations</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>02/23/2026 00:00:00</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>01/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cesi Association - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13290</x:t>
   </x:si>
   <x:si>
     <x:t>AIX - LES MILLES</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
@@ -1830,224 +1830,224 @@
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
         <x:v>515642</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
-        <x:v>35802</x:v>
+        <x:v>35483</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
+      <x:c r="E11" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="G11" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H11" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
-        <x:v>22230</x:v>
+        <x:v>22054</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>513346</x:v>
+        <x:v>554926</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
-        <x:v>35483</x:v>
+        <x:v>37199</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I12" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K12" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>554926</x:v>
+        <x:v>547722</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
-        <x:v>37199</x:v>
+        <x:v>35802</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
-      <x:c r="E13" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G13" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H13" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
-        <x:v>22054</x:v>
+        <x:v>22230</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>547722</x:v>
+        <x:v>513346</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I14" s="16" t="s">
         <x:v>58</x:v>
@@ -2721,151 +2721,151 @@
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
         <x:v>616038</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
-        <x:v>37199</x:v>
+        <x:v>35483</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>596922</x:v>
+        <x:v>596781</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
-        <x:v>35483</x:v>
+        <x:v>37199</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>596781</x:v>
+        <x:v>596922</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>41826</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I28" s="16" t="s">
         <x:v>108</x:v>
@@ -3978,157 +3978,156 @@
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>616579</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
-        <x:v>38285</x:v>
+        <x:v>34886</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
-        <x:v>127</x:v>
-[...1 lines deleted...]
-      <x:c r="H48" s="14" t="s"/>
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="H48" s="14" t="s">
+        <x:v>148</x:v>
+      </x:c>
       <x:c r="I48" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
-        <x:v>12582</x:v>
+        <x:v>22232</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>616569</x:v>
+        <x:v>539597</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
-        <x:v>34886</x:v>
+        <x:v>38285</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
-        <x:v>147</x:v>
-[...2 lines deleted...]
-        <x:v>148</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
-        <x:v>22232</x:v>
+        <x:v>12582</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>539597</x:v>
+        <x:v>616569</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>40136</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="I50" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
@@ -4148,332 +4147,332 @@
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>610943</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
-        <x:v>34886</x:v>
+        <x:v>38285</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
-      <x:c r="E51" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G51" s="0" t="s">
-        <x:v>135</x:v>
-[...2 lines deleted...]
-        <x:v>136</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
-        <x:v>22232</x:v>
+        <x:v>12582</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>615707</x:v>
+        <x:v>604961</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="U51" s="4" t="s">
         <x:v>166</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
-        <x:v>40136</x:v>
+        <x:v>34886</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
-      <x:c r="E52" s="14" t="s"/>
+      <x:c r="E52" s="14" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="I52" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>22232</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>586057</x:v>
+        <x:v>615707</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
-        <x:v>38285</x:v>
+        <x:v>40136</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="H53" s="0" t="s">
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
-        <x:v>12582</x:v>
+        <x:v>22232</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>604961</x:v>
+        <x:v>586057</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
-        <x:v>40136</x:v>
+        <x:v>38285</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
-        <x:v>147</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
-        <x:v>22232</x:v>
+        <x:v>12582</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>585760</x:v>
+        <x:v>616580</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
-        <x:v>38285</x:v>
+        <x:v>40136</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="H55" s="0" t="s">
+        <x:v>148</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
-        <x:v>12582</x:v>
+        <x:v>22232</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>616580</x:v>
+        <x:v>585760</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>34886</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="I56" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
@@ -4542,176 +4541,175 @@
       <x:c r="K57" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>556423</x:v>
+        <x:v>511105</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
-      <x:c r="E58" s="14" t="s"/>
+      <x:c r="E58" s="14" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="I58" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>554765</x:v>
+        <x:v>556423</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
-      <x:c r="E59" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G59" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>511105</x:v>
+        <x:v>554765</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="U59" s="4" t="s">
         <x:v>178</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="I60" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
@@ -4723,51 +4721,51 @@
       <x:c r="L60" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>504172</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
@@ -4852,51 +4850,51 @@
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>607805</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>22054</x:v>
@@ -4956,51 +4954,51 @@
       <x:c r="L64" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>22230</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>511040</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>39180</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
@@ -5431,391 +5429,391 @@
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>579296</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>39180</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>569506</x:v>
+        <x:v>569504</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>39180</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="I74" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>569504</x:v>
+        <x:v>569506</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>39180</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>571640</x:v>
+        <x:v>539972</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>39180</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="I76" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>571642</x:v>
+        <x:v>569507</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>39180</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>569507</x:v>
+        <x:v>571640</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>39180</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I78" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>539972</x:v>
+        <x:v>571642</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>39180</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="E79" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="F79" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
@@ -5956,51 +5954,51 @@
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>596030</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>49</x:v>
@@ -6067,286 +6065,283 @@
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>507654</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
-        <x:v>37199</x:v>
+        <x:v>35802</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
-      <x:c r="E84" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="I84" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
-        <x:v>22054</x:v>
+        <x:v>22230</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>511110</x:v>
+        <x:v>507632</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
-        <x:v>35802</x:v>
+        <x:v>37199</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="E85" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
-        <x:v>22230</x:v>
+        <x:v>22054</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>556367</x:v>
+        <x:v>511110</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>35802</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
-      <x:c r="E86" s="14" t="s"/>
+      <x:c r="E86" s="14" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="I86" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>22230</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>554009</x:v>
+        <x:v>556367</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
-        <x:v>37199</x:v>
+        <x:v>35802</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
-      <x:c r="E87" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
-        <x:v>22054</x:v>
+        <x:v>22230</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>608244</x:v>
+        <x:v>554009</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="I88" s="16" t="s">
         <x:v>173</x:v>
@@ -6357,455 +6352,459 @@
       <x:c r="K88" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>556422</x:v>
+        <x:v>608244</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
-        <x:v>35802</x:v>
+        <x:v>41826</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
+      <x:c r="E89" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>22230</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>507632</x:v>
+        <x:v>615091</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
-        <x:v>35802</x:v>
+        <x:v>37199</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="I90" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
-        <x:v>22230</x:v>
+        <x:v>22054</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>511041</x:v>
+        <x:v>556422</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="U90" s="16" t="s">
         <x:v>178</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
-        <x:v>37199</x:v>
+        <x:v>35802</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
+      <x:c r="E91" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
-        <x:v>22054</x:v>
+        <x:v>22230</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>553981</x:v>
+        <x:v>511041</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
-        <x:v>41826</x:v>
+        <x:v>37199</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
-      <x:c r="E92" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="I92" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
-        <x:v>22230</x:v>
+        <x:v>22054</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>615091</x:v>
+        <x:v>553981</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
-        <x:v>38546</x:v>
+        <x:v>35503</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
-        <x:v>22211</x:v>
+        <x:v>22254</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>617358</x:v>
+        <x:v>616369</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
-        <x:v>35503</x:v>
+        <x:v>38546</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
-        <x:v>22254</x:v>
+        <x:v>22211</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>616369</x:v>
+        <x:v>617358</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>39180</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>617470</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>38141</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">