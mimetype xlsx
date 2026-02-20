--- v0 (2026-02-20)
+++ v1 (2026-02-20)
@@ -335,80 +335,80 @@
   <x:si>
     <x:t>Demandeur d'emploi , Public en emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>Diagnostic immobilier</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>02/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/05/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>05/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Chargé d'affaires BTP (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Cesi Association</x:t>
   </x:si>
   <x:si>
     <x:t>92800</x:t>
   </x:si>
   <x:si>
     <x:t>Métré BTP</x:t>
   </x:si>
   <x:si>
     <x:t>Cesi Association - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>09/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/27/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>05/18/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>11/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien chef de projet en rénovation énergétique</x:t>
   </x:si>
   <x:si>
     <x:t>Wedge Academy</x:t>
   </x:si>
   <x:si>
     <x:t>Jeune 16-25 ans</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Académie Vaucluse Provence Industries - Antenne Avignon</x:t>
   </x:si>
   <x:si>
     <x:t>84140</x:t>
   </x:si>
   <x:si>
     <x:t>MONTFAVET</x:t>
@@ -416,86 +416,86 @@
   <x:si>
     <x:t>Ingénieur diplômé de l'école polytechnique universitaire de Marseille de l'université d'Aix-Marseille spécialité mécanique et énergétique</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>AMU</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 5 et plus</x:t>
   </x:si>
   <x:si>
     <x:t>Physique</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Formation scolaire, universitaire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ingénieur diplômé de l'école polytechnique universitaire de l'université d'Aix-Marseille spécialité génie civil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix-Marseille Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13284</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public de la formation initiale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Résolution problème</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Ingénieur diplômé de l'école polytechnique universitaire de Marseille de l'université d'Aix-Marseille spécialité génie civil</x:t>
   </x:si>
   <x:si>
-    <x:t>Résolution problème</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>BUT spécialité métiers de la transition et de l'efficacité énergétiques parcours optimisation énergétique pour le bâtiment et l'industrie</x:t>
   </x:si>
   <x:si>
     <x:t>Thermique</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - IUT Aix-Marseille (Site Saint Jérôme)</x:t>
   </x:si>
   <x:si>
     <x:t>13013</x:t>
   </x:si>
   <x:si>
-    <x:t>Formation scolaire, universitaire</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Ingénieur diplômé de l'école polytechnique universitaire de l'université d'Aix-Marseille spécialité mécanique et énergétique</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>13388</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 13</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de projets BTP (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de Conduite de Travaux</x:t>
   </x:si>
   <x:si>
     <x:t>ESCT</x:t>
   </x:si>
   <x:si>
     <x:t>93100</x:t>
   </x:si>
   <x:si>
     <x:t>Conduite travaux BTP</x:t>
@@ -551,57 +551,57 @@
   <x:si>
     <x:t>Bao Formation</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>Performance énergétique bâtiment</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 7e</x:t>
   </x:si>
   <x:si>
     <x:t>04/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formadiag</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
+    <x:t>12/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/10/2026 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>12/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Diagnostiqueur immobilier (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
     <x:t>Diagnostic amiante - avec mention</x:t>
   </x:si>
   <x:si>
     <x:t>Sans niveau spécifique</x:t>
   </x:si>
   <x:si>
     <x:t>Diagnostic amiante</x:t>
   </x:si>
   <x:si>
     <x:t>06/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/13/2026 00:00:00</x:t>
   </x:si>
@@ -2239,154 +2239,153 @@
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
         <x:v>581532</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
-        <x:v>38141</x:v>
+        <x:v>37790</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
-      <x:c r="E15" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G15" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
-        <x:v>22232</x:v>
+        <x:v>42101</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>601262</x:v>
+        <x:v>581531</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
-        <x:v>37790</x:v>
+        <x:v>38141</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
-      <x:c r="E16" s="14" t="s"/>
+      <x:c r="E16" s="14" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
-        <x:v>42101</x:v>
+        <x:v>22232</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>581531</x:v>
+        <x:v>601262</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>37790</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
@@ -2423,75 +2422,75 @@
       <x:c r="T17" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>39225</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>22210</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
         <x:v>549072</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>38921</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
@@ -2583,327 +2582,327 @@
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
         <x:v>575053</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>40042</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
-        <x:v>108</x:v>
-[...2 lines deleted...]
-        <x:v>109</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>575049</x:v>
+        <x:v>595629</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
-        <x:v>35486</x:v>
+        <x:v>40042</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I22" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
-        <x:v>11461</x:v>
+        <x:v>15099</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>575555</x:v>
+        <x:v>575049</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
-        <x:v>40042</x:v>
+        <x:v>35486</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="H23" s="0" t="s">
+        <x:v>109</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
-        <x:v>15099</x:v>
+        <x:v>11461</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>595629</x:v>
+        <x:v>575555</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
-        <x:v>121</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>37580</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>595664</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>35486</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>11461</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
         <x:v>596773</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>38810</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="I26" s="16" t="s">
         <x:v>134</x:v>
@@ -3103,73 +3102,73 @@
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
         <x:v>549382</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
-        <x:v>121</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>38921</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>22210</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>592252</x:v>
       </x:c>
@@ -3260,108 +3259,108 @@
       <x:c r="K32" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>42101</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>611863</x:v>
+        <x:v>611865</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="U32" s="16" t="s">
         <x:v>160</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>38036</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>42101</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>611865</x:v>
+        <x:v>611863</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>37790</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
@@ -3377,51 +3376,51 @@
       <x:c r="M34" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>42101</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
         <x:v>611868</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s"/>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>26</x:v>
@@ -3755,54 +3754,54 @@
       <x:c r="L41" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>42101</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>611869</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C42" s="15" t="s"/>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>25</x:v>
@@ -4082,51 +4081,51 @@
       <x:c r="L47" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>42101</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>616588</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>38285</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
@@ -4583,51 +4582,51 @@
       <x:c r="L56" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>12582</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>616580</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>38285</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -4918,51 +4917,51 @@
       <x:c r="L62" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>569506</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>39180</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
@@ -5284,152 +5283,152 @@
       <x:c r="R68" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>571641</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>39180</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>579158</x:v>
+        <x:v>540558</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>39180</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="I70" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>540558</x:v>
+        <x:v>579158</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>225</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>39180</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -5442,51 +5441,51 @@
       <x:c r="M71" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>579296</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>39180</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="I72" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
@@ -5671,51 +5670,51 @@
       <x:c r="L75" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>571642</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>39180</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="F76" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="G76" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
@@ -6071,168 +6070,168 @@
       <x:c r="K82" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>42101</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>579991</x:v>
+        <x:v>579989</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>238</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>37790</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>42101</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>579989</x:v>
+        <x:v>579991</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
-        <x:v>121</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>38323</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>596807</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>38933</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -6466,92 +6465,92 @@
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>533913</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
-        <x:v>262</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="C90" s="15" t="s"/>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="I90" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s"/>
       <x:c r="K90" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>23546</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>533842</x:v>
+        <x:v>533916</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>37340</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
@@ -6578,196 +6577,196 @@
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
         <x:v>616707</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
-        <x:v>267</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="C92" s="15" t="s"/>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="I92" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s"/>
       <x:c r="K92" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>23546</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>533916</x:v>
+        <x:v>533842</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>38141</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="E93" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>22232</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>549307</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>38141</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>22232</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>600211</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>