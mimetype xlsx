--- v0 (2025-12-19)
+++ v1 (2025-12-20)
@@ -170,137 +170,137 @@
   <x:si>
     <x:t>83119</x:t>
   </x:si>
   <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement présentielle</x:t>
   </x:si>
   <x:si>
     <x:t>Soin animalier</x:t>
   </x:si>
   <x:si>
     <x:t>TRETS</x:t>
   </x:si>
   <x:si>
     <x:t>12/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Pet-Sitter</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zoopro</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>formation entièrement à distance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOULON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2023 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Comportementaliste Equin</x:t>
   </x:si>
   <x:si>
-    <x:t>Zoopro</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Soin cheval</x:t>
   </x:si>
   <x:si>
-    <x:t>TOULON</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>08/11/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Pet-Sitter</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>01/23/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/22/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Élevage canin</x:t>
   </x:si>
   <x:si>
     <x:t>Élevage ovin</x:t>
   </x:si>
   <x:si>
-    <x:t>07/01/2023 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Soigneur animalier</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Auxiliaire spécialisé vétérinaire</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Privé du Para-Médical</x:t>
   </x:si>
   <x:si>
     <x:t>IPAM</x:t>
   </x:si>
   <x:si>
     <x:t>59200</x:t>
   </x:si>
   <x:si>
     <x:t>Bac</x:t>
   </x:si>
   <x:si>
     <x:t>dates fixes</x:t>
   </x:si>
   <x:si>
     <x:t>Secrétariat assistanat spécialisé</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Privé du Para-Médical - Antenne Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/25/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Massage canin</x:t>
+  </x:si>
+  <x:si>
     <x:t>Massage canin et félin</x:t>
   </x:si>
   <x:si>
-    <x:t>Massage canin</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>Ostéopathe pour animaux</x:t>
   </x:si>
   <x:si>
     <x:t>Institut de formation d'ostéopathes animaliers - IFOA</x:t>
   </x:si>
   <x:si>
     <x:t>13150</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 3 et 4</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>TARASCON</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2031 00:00:00</x:t>
@@ -317,134 +317,134 @@
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2030 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Premiers secours animaliers : chien</x:t>
   </x:si>
   <x:si>
     <x:t>Gaëlle Olivares - Era Novis Bellator</x:t>
   </x:si>
   <x:si>
     <x:t>13730</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-VICTORET</x:t>
   </x:si>
   <x:si>
+    <x:t>07/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>05/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>02/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/21/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/18/2026 00:00:00</x:t>
-[...31 lines deleted...]
-  <x:si>
     <x:t>Groupe Belmont</x:t>
   </x:si>
   <x:si>
     <x:t>84140</x:t>
   </x:si>
   <x:si>
     <x:t>MOUGINS</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Auxiliaire de service vétérinaire</x:t>
   </x:si>
   <x:si>
     <x:t>Médecine vétérinaire</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Belmont - Antenne Mougins</x:t>
   </x:si>
   <x:si>
     <x:t>06250</x:t>
   </x:si>
   <x:si>
     <x:t>MONTFAVET</x:t>
   </x:si>
   <x:si>
+    <x:t>Groupe Belmont (Anciennement ERUDIS FORMATION)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ÉRUDIS Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/09/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Groupe Belmont (Anciennement ERUDIS FORMATION)</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Premiers secours chiens et chats</x:t>
   </x:si>
   <x:si>
     <x:t>Humanimal</x:t>
   </x:si>
   <x:si>
     <x:t>07340</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-15e</x:t>
   </x:si>
   <x:si>
     <x:t>01/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Pet Sitter</x:t>
   </x:si>
   <x:si>
     <x:t>Snob Dog Academy</x:t>
   </x:si>
   <x:si>
     <x:t>13382</x:t>
@@ -575,123 +575,123 @@
   <x:si>
     <x:t>Association Départementale d'Etudes et de Formation</x:t>
   </x:si>
   <x:si>
     <x:t>ADEF</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Animal Pro Formation</x:t>
   </x:si>
   <x:si>
     <x:t>APFORM</x:t>
   </x:si>
   <x:si>
     <x:t>75011</x:t>
   </x:si>
   <x:si>
     <x:t>GARDANNE</x:t>
   </x:si>
   <x:si>
+    <x:t>11/18/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/16/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/27/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/24/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/23/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/26/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>11/18/2024 00:00:00</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>Les Enganes</x:t>
   </x:si>
   <x:si>
     <x:t>13990</x:t>
   </x:si>
   <x:si>
     <x:t>FONTVIEILLE</x:t>
   </x:si>
   <x:si>
+    <x:t>11/03/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>11/03/2025 00:00:00</x:t>
-[...2 lines deleted...]
-    <x:t>04/17/2026 00:00:00</x:t>
+    <x:t>Institut Bonaparte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CANNES</x:t>
   </x:si>
   <x:si>
     <x:t>Auxiliaire vétérinaire</x:t>
   </x:si>
   <x:si>
-    <x:t>CANNES</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Institut Bonaparte</x:t>
-[...2 lines deleted...]
-    <x:t>06400</x:t>
+    <x:t>03/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Institut des Métiers de la Filière Animale - Esav Institut Bonaparte - Antenne Cannes</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>03/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>ostéopathie animale (animostéo)</x:t>
   </x:si>
   <x:si>
     <x:t>Animosteo</x:t>
   </x:si>
   <x:si>
     <x:t>13320</x:t>
   </x:si>
@@ -1404,439 +1404,437 @@
     <x:row r="3" spans="1:21">
       <x:c r="A3" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C3" s="3" t="s"/>
       <x:c r="D3" s="3" t="s"/>
       <x:c r="G3" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I3" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K3" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L3" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M3" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N3" s="3" t="n">
-        <x:v>21099</x:v>
+        <x:v>42024</x:v>
       </x:c>
       <x:c r="O3" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P3" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q3" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R3" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="S3" s="0" t="n">
+        <x:v>417709</x:v>
+      </x:c>
+      <x:c r="T3" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
-      <x:c r="S3" s="0" t="n">
-[...2 lines deleted...]
-      <x:c r="T3" s="4" t="s">
+      <x:c r="U3" s="4" t="s">
         <x:v>39</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:21">
       <x:c r="A4" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B4" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C4" s="15" t="s"/>
       <x:c r="D4" s="15" t="s"/>
       <x:c r="E4" s="14" t="s"/>
       <x:c r="F4" s="14" t="s"/>
       <x:c r="G4" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H4" s="14" t="s"/>
       <x:c r="I4" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J4" s="14" t="s"/>
       <x:c r="K4" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
-        <x:v>42024</x:v>
+        <x:v>21099</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
-        <x:v>564307</x:v>
+        <x:v>586101</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C5" s="3" t="s"/>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="G5" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I5" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K5" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
-        <x:v>21075</x:v>
+        <x:v>42024</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>417711</x:v>
+        <x:v>564307</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C6" s="15" t="s"/>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s"/>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s"/>
       <x:c r="I6" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J6" s="14" t="s"/>
       <x:c r="K6" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
-        <x:v>42024</x:v>
+        <x:v>21075</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="S6" s="14" t="n">
+        <x:v>417711</x:v>
+      </x:c>
+      <x:c r="T6" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
-      <x:c r="S6" s="14" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U6" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
-        <x:v>50</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C7" s="3" t="s"/>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
-        <x:v>51</x:v>
-[...2 lines deleted...]
-        <x:v>52</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
-        <x:v>53</x:v>
-[...2 lines deleted...]
-        <x:v>54</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
-        <x:v>35035</x:v>
+        <x:v>42024</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>575913</x:v>
+        <x:v>512132</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
-        <x:v>60</x:v>
-[...1 lines deleted...]
-      <x:c r="C8" s="15" t="s"/>
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="C8" s="15" t="n">
+        <x:v>40580</x:v>
+      </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
-        <x:v>34</x:v>
-[...1 lines deleted...]
-      <x:c r="H8" s="14" t="s"/>
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H8" s="14" t="s">
+        <x:v>52</x:v>
+      </x:c>
       <x:c r="I8" s="16" t="s">
-        <x:v>35</x:v>
-[...1 lines deleted...]
-      <x:c r="J8" s="14" t="s"/>
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J8" s="14" t="s">
+        <x:v>54</x:v>
+      </x:c>
       <x:c r="K8" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
-        <x:v>42024</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>533260</x:v>
+        <x:v>575913</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s"/>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>42024</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
         <x:v>417771</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C10" s="15" t="s"/>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s"/>
       <x:c r="I10" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s"/>
       <x:c r="K10" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>42024</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>417709</x:v>
+        <x:v>533260</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>38485</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
@@ -2009,100 +2007,100 @@
       <x:c r="K14" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>42024</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>606587</x:v>
+        <x:v>606589</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s"/>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>42024</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>606590</x:v>
+        <x:v>606587</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C16" s="15" t="s"/>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
         <x:v>80</x:v>
@@ -2111,51 +2109,51 @@
       <x:c r="K16" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>42024</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>606589</x:v>
+        <x:v>606584</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s"/>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>26</x:v>
@@ -2621,51 +2619,51 @@
       <x:c r="K26" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>42024</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>606584</x:v>
+        <x:v>606590</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>40580</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
@@ -2846,149 +2844,150 @@
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>560871</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>100</x:v>
-[...1 lines deleted...]
-      <x:c r="C31" s="3" t="s"/>
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="C31" s="3" t="n">
+        <x:v>40580</x:v>
+      </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
+      <x:c r="J31" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
       <x:c r="K31" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
-        <x:v>42022</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>560333</x:v>
+        <x:v>592559</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
-        <x:v>62</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>50</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="C32" s="15" t="s"/>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
-      <x:c r="J32" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J32" s="14" t="s"/>
       <x:c r="K32" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
-        <x:v>35035</x:v>
+        <x:v>42022</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>592559</x:v>
+        <x:v>560333</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s"/>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>55</x:v>
@@ -3057,100 +3056,100 @@
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
         <x:v>572603</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s"/>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>42024</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
         <x:v>572599</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C36" s="15" t="s"/>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s"/>
       <x:c r="K36" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>42024</x:v>
       </x:c>
@@ -3159,296 +3158,296 @@
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>572600</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s"/>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>42024</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
         <x:v>567150</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C38" s="15" t="s"/>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s"/>
       <x:c r="K38" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>42024</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>536260</x:v>
+        <x:v>536258</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s"/>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>42024</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>536258</x:v>
+        <x:v>572602</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C40" s="15" t="s"/>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s"/>
       <x:c r="K40" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>42024</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>572602</x:v>
+        <x:v>536260</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s"/>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>42024</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>538819</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>40358</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="I42" s="16" t="s">
         <x:v>130</x:v>
@@ -3528,151 +3527,151 @@
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>533560</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
-        <x:v>36133</x:v>
+        <x:v>41108</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>15479</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>551222</x:v>
+        <x:v>599444</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
-        <x:v>41108</x:v>
+        <x:v>36133</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>15479</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>599444</x:v>
+        <x:v>551222</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>38902</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="I46" s="16" t="s">
         <x:v>154</x:v>
@@ -3861,51 +3860,51 @@
       <x:c r="K49" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>42024</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>510422</x:v>
+        <x:v>510426</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>37507</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>164</x:v>
@@ -3922,51 +3921,51 @@
       <x:c r="K50" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>42024</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>510426</x:v>
+        <x:v>510425</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>37507</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="E51" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
@@ -3982,51 +3981,51 @@
       <x:c r="K51" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>42024</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>510425</x:v>
+        <x:v>510424</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>37507</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>164</x:v>
@@ -4043,51 +4042,51 @@
       <x:c r="K52" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>42024</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>510424</x:v>
+        <x:v>554552</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>37507</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="E53" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
@@ -4103,51 +4102,51 @@
       <x:c r="K53" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>42024</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>554552</x:v>
+        <x:v>510422</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>41108</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
@@ -4160,51 +4159,51 @@
       <x:c r="K54" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>15479</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>612353</x:v>
+        <x:v>588123</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>41108</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
@@ -4214,454 +4213,455 @@
       <x:c r="K55" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>15479</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>588123</x:v>
+        <x:v>612353</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
-        <x:v>37982</x:v>
+        <x:v>40358</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
-        <x:v>128</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>42022</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>570234</x:v>
+        <x:v>606169</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
-        <x:v>40358</x:v>
+        <x:v>37982</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="H57" s="0" t="s">
+        <x:v>129</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>42022</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="R57" s="0" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="S57" s="0" t="n">
+        <x:v>570234</x:v>
+      </x:c>
+      <x:c r="T57" s="4" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="U57" s="4" t="s">
         <x:v>189</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
-        <x:v>125</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>40358</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
-      <x:c r="E58" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="I58" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>42022</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="R58" s="14" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="S58" s="14" t="n">
+        <x:v>573915</x:v>
+      </x:c>
+      <x:c r="T58" s="16" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="U58" s="16" t="s">
         <x:v>189</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>40358</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>42022</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>599777</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="U59" s="4" t="s">
         <x:v>191</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>40358</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
-      <x:c r="E60" s="14" t="s"/>
+      <x:c r="E60" s="14" t="s">
+        <x:v>127</x:v>
+      </x:c>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="I60" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>42022</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>573915</x:v>
+        <x:v>607826</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>40358</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>42022</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>598830</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>37982</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="I62" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>42022</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>494454</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>40358</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="E63" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
@@ -4671,57 +4671,57 @@
       <x:c r="H63" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>42022</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>581478</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C64" s="15" t="s"/>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
@@ -5082,51 +5082,51 @@
       <x:c r="L70" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>508785</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s"/>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>55</x:v>