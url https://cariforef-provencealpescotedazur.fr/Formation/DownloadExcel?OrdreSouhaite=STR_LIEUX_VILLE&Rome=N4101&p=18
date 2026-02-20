--- v0 (2026-02-20)
+++ v1 (2026-02-20)
@@ -221,68 +221,68 @@
   <x:si>
     <x:t>Conduite poids lourd</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
     <x:t>03/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Permis de conduire catégorie CE</x:t>
   </x:si>
   <x:si>
     <x:t>Public sans emploi</x:t>
   </x:si>
   <x:si>
+    <x:t>09/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/04/2026 00:00:00</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>05/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/02/2026 00:00:00</x:t>
@@ -401,62 +401,62 @@
   <x:si>
     <x:t>CAP conducteur routier marchandises (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Transport marchandise</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel conducteur du transport routier de marchandises sur tous véhicules (Rattrapage)</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel conducteur du transport routier de marchandises sur tous véhicules (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Permis de conduire catégorie C + Habilitation pour la conduite de certains véhicules routiers affectés aux transports de marchandises + Epreuve théorique générale du code (ETG)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Titre professionnel conducteur du transport routier de marchandises sur porteur + Permis de conduire catégorie CE</x:t>
+  </x:si>
+  <x:si>
     <x:t>Sud Prévention Sécurité - Groupe ECF|Sud Prévention Sécurité - Groupe ECF - Antenne Gap</x:t>
   </x:si>
   <x:si>
     <x:t>Epreuve théorique générale du code + Permis de conduire catégorie C</x:t>
   </x:si>
   <x:si>
-    <x:t>Permis de conduire catégorie C + Habilitation pour la conduite de certains véhicules routiers affectés aux transports de marchandises + Epreuve théorique générale du code (ETG)</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>City'Pro Richard Formation</x:t>
   </x:si>
   <x:si>
     <x:t>83130</x:t>
   </x:si>
   <x:si>
     <x:t>BRIGNOLES</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Aftral - Antenne Brignoles - CFA Régional Transport Logistique PACA</x:t>
   </x:si>
   <x:si>
     <x:t>83170</x:t>
   </x:si>
   <x:si>
     <x:t>PREQUALIFICATION AU TITRE PROFESSIONNEL CTRMP</x:t>
   </x:si>
   <x:si>
     <x:t>05/26/2026 00:00:00</x:t>
@@ -587,56 +587,56 @@
   <x:si>
     <x:t>LP Galliéni Fréjus</x:t>
   </x:si>
   <x:si>
     <x:t>83600</x:t>
   </x:si>
   <x:si>
     <x:t>FREJUS</x:t>
   </x:si>
   <x:si>
     <x:t>Sud Prévention Sécurité - Groupe ECF - Antenne Gap</x:t>
   </x:si>
   <x:si>
     <x:t>05000</x:t>
   </x:si>
   <x:si>
     <x:t>GAP</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Alpes Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée professionnel Paul Héraud</x:t>
   </x:si>
   <x:si>
+    <x:t>CAP Conducteur routier de marchandises</x:t>
+  </x:si>
+  <x:si>
     <x:t>Aftral - Antenne Gap - CFA Régional Transport Logistique PACA</x:t>
   </x:si>
   <x:si>
-    <x:t>CAP Conducteur routier de marchandises</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Bac pro conducteur transport routier marchandises (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>CAP conducteur routier de marchandises option livraisons longue distance</x:t>
   </x:si>
   <x:si>
     <x:t>LP P Héraud</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
     <x:t>12/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LE BROC</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel conducteur du transport routier de marchandises sur porteur (POEC)</x:t>
   </x:si>
   <x:si>
     <x:t>12/30/2025 00:00:00</x:t>
@@ -707,62 +707,62 @@
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>MANDELIEU-LA-NAPOULE</x:t>
   </x:si>
   <x:si>
     <x:t>LP la Floride</x:t>
   </x:si>
   <x:si>
     <x:t>13014</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-14e</x:t>
   </x:si>
   <x:si>
     <x:t>Permis de conduire catégorie C + Habilitation pour la conduite de certains véhicules routiers affectés aux transports de marchandises</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-16e</x:t>
   </x:si>
   <x:si>
     <x:t>01/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>12/02/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/29/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>LP St-André (les Routiers)</x:t>
   </x:si>
   <x:si>
-    <x:t>10/29/2025 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>08/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LP les Alpilles</x:t>
   </x:si>
   <x:si>
     <x:t>13140</x:t>
   </x:si>
   <x:si>
     <x:t>MIRAMAS</x:t>
   </x:si>
   <x:si>
     <x:t>NEFFES</x:t>
   </x:si>
   <x:si>
     <x:t>12/24/2026 00:00:00</x:t>
@@ -863,63 +863,63 @@
   <x:si>
     <x:t>07/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>04/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2026 00:00:00</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>08/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Aftral - Antenne Sainte Tulle - CFA Régional Transport Logistique PACA</x:t>
   </x:si>
   <x:si>
     <x:t>04220</x:t>
   </x:si>
   <x:si>
     <x:t>SAINTE-TULLE</x:t>
   </x:si>
   <x:si>
     <x:t>Sud Prévention Sécurité - Groupe ECF - Antenne Saint Laurent du Var</x:t>
   </x:si>
   <x:si>
     <x:t>06700</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-LAURENT-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>SALON-DE-PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>07/17/2026 00:00:00</x:t>
   </x:si>
@@ -1740,51 +1740,51 @@
       <x:c r="K5" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>584749</x:v>
+        <x:v>584750</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C6" s="15" t="s"/>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s"/>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -1797,51 +1797,51 @@
       <x:c r="K6" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>584750</x:v>
+        <x:v>584752</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s"/>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H7" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
         <x:v>39</x:v>
@@ -1852,51 +1852,51 @@
       <x:c r="K7" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>584752</x:v>
+        <x:v>584749</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C8" s="15" t="s"/>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -2136,54 +2136,54 @@
       <x:c r="L12" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
         <x:v>584723</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s"/>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H13" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>41</x:v>
@@ -2191,54 +2191,54 @@
       <x:c r="L13" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
         <x:v>584724</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C14" s="15" t="s"/>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I14" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -2248,54 +2248,54 @@
       <x:c r="L14" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
         <x:v>584726</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s"/>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H15" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>41</x:v>
@@ -3504,385 +3504,385 @@
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>601311</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s"/>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>614266</x:v>
+        <x:v>601536</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
-      <x:c r="C38" s="15" t="s"/>
+      <x:c r="C38" s="15" t="n">
+        <x:v>39796</x:v>
+      </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="I38" s="16" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
-        <x:v>27</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>601505</x:v>
+        <x:v>610925</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s"/>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>601507</x:v>
+        <x:v>614266</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
-        <x:v>66</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>108</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="C40" s="15" t="s"/>
       <x:c r="D40" s="15" t="s"/>
-      <x:c r="E40" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="I40" s="16" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
-        <x:v>31804</x:v>
+        <x:v>31816</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>581130</x:v>
+        <x:v>601505</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s"/>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>601536</x:v>
+        <x:v>601507</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
-        <x:v>39796</x:v>
+        <x:v>39795</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
-      <x:c r="E42" s="14" t="s"/>
+      <x:c r="E42" s="14" t="s">
+        <x:v>68</x:v>
+      </x:c>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="I42" s="16" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
-        <x:v>31816</x:v>
+        <x:v>31804</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>610925</x:v>
+        <x:v>581130</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s"/>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>30</x:v>
@@ -5963,168 +5963,167 @@
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>556711</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
-        <x:v>40995</x:v>
+        <x:v>37894</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
-      <x:c r="E81" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G81" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
-        <x:v>31807</x:v>
+        <x:v>31827</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>602944</x:v>
+        <x:v>597589</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
-        <x:v>37894</x:v>
+        <x:v>40995</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
-      <x:c r="E82" s="14" t="s"/>
+      <x:c r="E82" s="14" t="s">
+        <x:v>68</x:v>
+      </x:c>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
-        <x:v>31827</x:v>
+        <x:v>31807</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>597589</x:v>
+        <x:v>602944</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>37894</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>31827</x:v>
@@ -6628,51 +6627,51 @@
         <x:v>69</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>31827</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>548939</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
@@ -6812,221 +6811,220 @@
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>611940</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
-        <x:v>40995</x:v>
+        <x:v>37894</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
-        <x:v>31807</x:v>
+        <x:v>31827</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>602945</x:v>
+        <x:v>548938</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
-        <x:v>38559</x:v>
+        <x:v>40995</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="E97" s="0" t="s">
-        <x:v>23</x:v>
-[...2 lines deleted...]
-        <x:v>98</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
-        <x:v>31816</x:v>
+        <x:v>31807</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>599077</x:v>
+        <x:v>602945</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
-        <x:v>66</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
-        <x:v>37894</x:v>
+        <x:v>38559</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s">
-        <x:v>68</x:v>
-[...1 lines deleted...]
-      <x:c r="F98" s="14" t="s"/>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F98" s="14" t="s">
+        <x:v>98</x:v>
+      </x:c>
       <x:c r="G98" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
-        <x:v>31827</x:v>
+        <x:v>31816</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>548938</x:v>
+        <x:v>599077</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>37894</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="E99" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
@@ -7731,948 +7729,947 @@
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>603471</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
-        <x:v>141</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
-        <x:v>40995</x:v>
+        <x:v>38559</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
-        <x:v>31807</x:v>
+        <x:v>31816</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>592484</x:v>
+        <x:v>540615</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
-        <x:v>40995</x:v>
+        <x:v>39795</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="E113" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F113" s="0" t="s">
+        <x:v>24</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="H113" s="0" t="s">
+        <x:v>26</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
-        <x:v>31807</x:v>
+        <x:v>31804</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>602964</x:v>
+        <x:v>580113</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
-        <x:v>66</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
-        <x:v>37894</x:v>
+        <x:v>40706</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
-      <x:c r="E114" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>31827</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>548935</x:v>
+        <x:v>592477</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
-        <x:v>37894</x:v>
+        <x:v>40995</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
-      <x:c r="E115" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G115" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
-        <x:v>31827</x:v>
+        <x:v>31807</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>499812</x:v>
+        <x:v>592484</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
-        <x:v>141</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
-        <x:v>40706</x:v>
+        <x:v>40995</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
-      <x:c r="E116" s="14" t="s"/>
+      <x:c r="E116" s="14" t="s">
+        <x:v>68</x:v>
+      </x:c>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
-        <x:v>27</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
-        <x:v>31827</x:v>
+        <x:v>31807</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>592477</x:v>
+        <x:v>602964</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
-        <x:v>39795</x:v>
+        <x:v>37894</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="E117" s="0" t="s">
-        <x:v>23</x:v>
-[...2 lines deleted...]
-        <x:v>24</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
-        <x:v>25</x:v>
-[...2 lines deleted...]
-        <x:v>26</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
-        <x:v>27</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
-        <x:v>31804</x:v>
+        <x:v>31827</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>580113</x:v>
+        <x:v>548935</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
-        <x:v>38559</x:v>
+        <x:v>37894</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
-      <x:c r="E118" s="14" t="s"/>
+      <x:c r="E118" s="14" t="s">
+        <x:v>68</x:v>
+      </x:c>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
-        <x:v>27</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
-        <x:v>31816</x:v>
+        <x:v>31827</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>540615</x:v>
+        <x:v>499812</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
-        <x:v>22</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="C119" s="3" t="s"/>
       <x:c r="D119" s="3" t="s"/>
-      <x:c r="E119" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G119" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="H119" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
-        <x:v>31804</x:v>
+        <x:v>31816</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>612357</x:v>
+        <x:v>600534</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C120" s="15" t="s"/>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="I120" s="16" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>602716</x:v>
+        <x:v>602722</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>48</x:v>
-[...1 lines deleted...]
-      <x:c r="C121" s="3" t="s"/>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C121" s="3" t="n">
+        <x:v>39795</x:v>
+      </x:c>
       <x:c r="D121" s="3" t="s"/>
+      <x:c r="E121" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F121" s="0" t="s">
+        <x:v>24</x:v>
+      </x:c>
       <x:c r="G121" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
-        <x:v>31816</x:v>
+        <x:v>31804</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>600577</x:v>
+        <x:v>612357</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C122" s="15" t="s"/>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="I122" s="16" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>602720</x:v>
+        <x:v>602716</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C123" s="3" t="s"/>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>600472</x:v>
+        <x:v>600577</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C124" s="15" t="s"/>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="I124" s="16" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
-        <x:v>600484</x:v>
+        <x:v>602720</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C125" s="3" t="s"/>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
-        <x:v>602722</x:v>
+        <x:v>600472</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C126" s="15" t="s"/>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="I126" s="16" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>600534</x:v>
+        <x:v>600484</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>40995</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>31807</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>592490</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
@@ -9386,51 +9383,51 @@
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
         <x:v>614717</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C141" s="3" t="s"/>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
@@ -10091,51 +10088,51 @@
       <x:c r="M153" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>31827</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
         <x:v>616750</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C154" s="15" t="s"/>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s"/>
       <x:c r="I154" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
         <x:v>41</x:v>
@@ -10993,212 +10990,212 @@
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>601209</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C170" s="15" t="s"/>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="I170" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>601215</x:v>
+        <x:v>601202</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C171" s="3" t="s"/>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>601202</x:v>
+        <x:v>601214</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C172" s="15" t="s"/>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="I172" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>601214</x:v>
+        <x:v>601215</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="U172" s="16" t="s">
         <x:v>268</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>40995</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="E173" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>28</x:v>
       </x:c>