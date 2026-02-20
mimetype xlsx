--- v0 (2026-02-20)
+++ v1 (2026-02-20)
@@ -242,113 +242,113 @@
   <x:si>
     <x:t>Société du Centre Aéronautique de l'Estérel</x:t>
   </x:si>
   <x:si>
     <x:t>CAE</x:t>
   </x:si>
   <x:si>
     <x:t>06150</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 2</x:t>
   </x:si>
   <x:si>
     <x:t>dates fixes</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES LA BOCCA</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Pilote de ligne (Air transport pilot licence - ATPL - avion et hélicoptère)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac + 3 et 4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pilote ligne</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/07/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/07/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/02/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Pilote de ligne (Air transport pilot licence - ATPL - avion et hélicoptère)</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>01/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/07/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/02/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Green Bees Hélicoptère</x:t>
   </x:si>
   <x:si>
     <x:t>26130</x:t>
   </x:si>
   <x:si>
     <x:t>01/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>01/07/2025 00:00:00</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>05/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Embellir et vendre des biens immobiliers grâce au drone (pulvérisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Drone Up Academy</x:t>
   </x:si>
   <x:si>
     <x:t>31620</x:t>
   </x:si>
   <x:si>
     <x:t>Façade</x:t>
   </x:si>
   <x:si>
     <x:t>LE BEAUSSET</x:t>
@@ -356,111 +356,111 @@
   <x:si>
     <x:t>12/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Montage vidéo et traitement de l’image</x:t>
   </x:si>
   <x:si>
     <x:t>Montage audiovisuel</x:t>
   </x:si>
   <x:si>
     <x:t>Thermicien infrarouge sol et drone</x:t>
   </x:si>
   <x:si>
     <x:t>Thermographie</x:t>
   </x:si>
   <x:si>
     <x:t>Fly Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13290</x:t>
   </x:si>
   <x:si>
     <x:t>LES MILLES</x:t>
   </x:si>
   <x:si>
+    <x:t>05/05/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>05/05/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>Préparation à la certification exploitation d'un UAS (drone) dans le secteur de la promotion et la vente immobilière avec approfondissement et préparation des bâtiments pour la vente immobilière</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-MARC-JAUMEGARDE</x:t>
   </x:si>
   <x:si>
     <x:t>Préparation à la certification RS6699 avec approfondissement sur la préparation des bâtiments, l’inspection technique et les vols FPV pour la valorisation et la vente immobilière</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
+    <x:t>Ingénieur diplômé de l'école de l'air et de l'espace</x:t>
+  </x:si>
+  <x:si>
+    <x:t>École de l'air et de l'espace</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13651</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac + 5 et plus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public de la formation initiale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Construction aérospatiale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole de l'air et de l'espace</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SALON DE PROVENCE CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>mastère spé. Defense and Security in Space</x:t>
   </x:si>
   <x:si>
-    <x:t>École de l'air et de l'espace</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Sécurité défense</x:t>
   </x:si>
   <x:si>
-    <x:t>Ecole de l'air et de l'espace</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>mastère spé. Aviation Safety Aircraft Airworthiness (ENAC - ISAE-SUPAERO - EAE)</x:t>
   </x:si>
   <x:si>
     <x:t>Transport aérien</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>Formation modulaire - parcours technique nautisme</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie de Nice Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>CCI</x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>Mécanicien navigant</x:t>
   </x:si>
@@ -1346,212 +1346,212 @@
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
         <x:v>615290</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
-        <x:v>38864</x:v>
+        <x:v>38531</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I8" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K8" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
-        <x:v>31888</x:v>
+        <x:v>31889</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>611897</x:v>
+        <x:v>529774</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
-        <x:v>38531</x:v>
+        <x:v>38864</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H9" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
-        <x:v>31889</x:v>
+        <x:v>31888</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>611898</x:v>
+        <x:v>614618</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
-        <x:v>38864</x:v>
+        <x:v>38531</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I10" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K10" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
-        <x:v>31888</x:v>
+        <x:v>31889</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>606076</x:v>
+        <x:v>521441</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>38864</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H11" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
@@ -1564,171 +1564,173 @@
       <x:c r="K11" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>31888</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>587326</x:v>
+        <x:v>611897</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
-        <x:v>38865</x:v>
+        <x:v>38531</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
-        <x:v>68</x:v>
-[...1 lines deleted...]
-      <x:c r="H12" s="14" t="s"/>
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="H12" s="14" t="s">
+        <x:v>50</x:v>
+      </x:c>
       <x:c r="I12" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K12" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
-        <x:v>31888</x:v>
+        <x:v>31889</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>566171</x:v>
+        <x:v>611898</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
-        <x:v>38531</x:v>
+        <x:v>38864</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H13" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
-        <x:v>31889</x:v>
+        <x:v>31888</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>529774</x:v>
+        <x:v>606076</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="U13" s="4" t="s">
         <x:v>71</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>38864</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I14" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
@@ -1737,271 +1739,269 @@
       <x:c r="K14" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>31888</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>614618</x:v>
+        <x:v>587326</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="U14" s="16" t="s">
         <x:v>73</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>38531</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H15" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>31889</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>521441</x:v>
+        <x:v>587328</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
-        <x:v>38531</x:v>
+        <x:v>38865</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
-        <x:v>49</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
-        <x:v>31889</x:v>
+        <x:v>31888</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>587328</x:v>
+        <x:v>566171</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>38531</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>31889</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
         <x:v>571215</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>38531</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I18" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>31889</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
         <x:v>521442</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
@@ -2187,148 +2187,148 @@
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
         <x:v>610035</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>38531</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>31889</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>603424</x:v>
+        <x:v>577052</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>38531</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>31889</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>577052</x:v>
+        <x:v>603424</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s"/>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>26</x:v>
@@ -2553,201 +2553,200 @@
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
         <x:v>613833</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="C30" s="15" t="s"/>
+      <x:c r="C30" s="15" t="n">
+        <x:v>41498</x:v>
+      </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="J30" s="14" t="s"/>
+      <x:c r="J30" s="14" t="s">
+        <x:v>106</x:v>
+      </x:c>
       <x:c r="K30" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
-        <x:v>42802</x:v>
+        <x:v>23624</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>597177</x:v>
+        <x:v>596835</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>112</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="C31" s="3" t="s"/>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="J31" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K31" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
-        <x:v>23624</x:v>
+        <x:v>42802</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>596835</x:v>
+        <x:v>597177</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C32" s="15" t="s"/>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s"/>
       <x:c r="K32" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>31867</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
         <x:v>593172</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s"/>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>36</x:v>