--- v0 (2026-02-19)
+++ v1 (2026-02-19)
@@ -326,74 +326,74 @@
   <x:si>
     <x:t>Bac pro métiers de la logistique (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Mastère européen Logistique</x:t>
   </x:si>
   <x:si>
     <x:t>Institut National de l'Enseignement à Distance - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>INEAD-ESMAC</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
     <x:t>Logistique</x:t>
   </x:si>
   <x:si>
     <x:t>04/11/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Bachelor européen Supply Chain</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/10/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Titre professionnel technicien supérieur en méthodes et exploitation logistique</x:t>
   </x:si>
   <x:si>
     <x:t>Evolusio Formations</x:t>
   </x:si>
   <x:si>
     <x:t>02/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel technicien en logistique d'entreposage</x:t>
   </x:si>
   <x:si>
     <x:t>Entreposage stockage</x:t>
   </x:si>
   <x:si>
     <x:t>01/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Bachelor européen Supply Chain</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>responsable des opérations logistiques</x:t>
   </x:si>
   <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 3 et 4</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>13625</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 01</x:t>
@@ -458,74 +458,74 @@
   <x:si>
     <x:t>Aftral - Antenne Avignon - CFA Régional Transport Logistique PACA</x:t>
   </x:si>
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel technicien supérieur en méthodes et exploitation logistique (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Sud Prévention Sécurité - Groupe ECF</x:t>
   </x:si>
   <x:si>
     <x:t>SPS 13</x:t>
   </x:si>
   <x:si>
     <x:t>Sud Prévention Sécurité - Groupe ECF - Antenne Avignon</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Institut Formation Conseil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IFC</x:t>
+  </x:si>
+  <x:si>
     <x:t>Conseil Régional</x:t>
   </x:si>
   <x:si>
     <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
   </x:si>
   <x:si>
     <x:t>Aftral - Antenne Marseille - CFA Régional Transport Logistique PACA</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>10/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Institut Formation Conseil</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>BTS gestion des transports et logistique associée</x:t>
   </x:si>
   <x:si>
     <x:t>IFC Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable en logistique (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Maison Familiale et Rurale La Montagnette</x:t>
   </x:si>
   <x:si>
     <x:t>MFR</x:t>
   </x:si>
   <x:si>
     <x:t>13570</x:t>
   </x:si>
   <x:si>
     <x:t>BARBENTANE</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2024 00:00:00</x:t>
@@ -713,101 +713,101 @@
   <x:si>
     <x:t>GEMENOS</x:t>
   </x:si>
   <x:si>
     <x:t>BTSA technico-commercial option vins, bières, et spiritueux</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Agricampus</x:t>
   </x:si>
   <x:si>
     <x:t>83408</x:t>
   </x:si>
   <x:si>
     <x:t>HYERES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Aftral - Antenne Le Broc - CFA Régional Transport Logistique PACA</x:t>
   </x:si>
   <x:si>
     <x:t>06510</x:t>
   </x:si>
   <x:si>
     <x:t>LE BROC</x:t>
   </x:si>
   <x:si>
+    <x:t>Technicien supérieur en méthodes et exploitation logistique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Accès à l'Emploi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AFPA - ACCES A L'EMPLOI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13417</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LE PONTET CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/22/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Technicien en logistique d'entreposage</x:t>
   </x:si>
   <x:si>
-    <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Accès à l'Emploi</x:t>
-[...11 lines deleted...]
-    <x:t>09/14/2026 00:00:00</x:t>
+    <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AFPA - CFA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/12/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/21/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA</x:t>
-[...28 lines deleted...]
-  <x:si>
     <x:t>04/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/11/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Aéro Formations - Camas Formation</x:t>
   </x:si>
   <x:si>
     <x:t>93290</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Aéro Formations - Camas Formation - Antenne Marignane</x:t>
   </x:si>
   <x:si>
     <x:t>13700</x:t>
   </x:si>
   <x:si>
     <x:t>MARIGNANE</x:t>
@@ -824,149 +824,149 @@
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée M de Sully</x:t>
   </x:si>
   <x:si>
     <x:t>Aftral - Isteli - Antenne Marseille - CFA Régional Transport Logistique PACA</x:t>
   </x:si>
   <x:si>
     <x:t>13014</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-14e</x:t>
   </x:si>
   <x:si>
     <x:t>LP la Floride</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Professionnel La Floride</x:t>
   </x:si>
   <x:si>
+    <x:t>LP St-André (les Routiers)</x:t>
+  </x:si>
+  <x:si>
     <x:t>MARSEILLE-16e</x:t>
   </x:si>
   <x:si>
-    <x:t>LP St-André (les Routiers)</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Titre Professionnel Technicien en logistique d'entreposage</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Provence</x:t>
   </x:si>
   <x:si>
     <x:t>MIRAMAS</x:t>
   </x:si>
   <x:si>
+    <x:t>09/22/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre Professionnel Technicien supérieur en méthodes et exploitation logistique</x:t>
   </x:si>
   <x:si>
-    <x:t>09/22/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>07/09/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Les Alpilles</x:t>
   </x:si>
   <x:si>
     <x:t>13140</x:t>
   </x:si>
   <x:si>
     <x:t>LP les Alpilles</x:t>
   </x:si>
   <x:si>
-    <x:t>06/26/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>07/06/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MONTFAVET</x:t>
   </x:si>
   <x:si>
     <x:t>ÉRUDIS Formation</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06203</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>04/16/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Aftral - Antenne Nice - CFA Régional Transport Logistique PACA</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Les Palmiers</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
+    <x:t>10/21/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Institut Aéro Formations - Camas Formation - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>09/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/14/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>10/21/2024 00:00:00</x:t>
-[...2 lines deleted...]
-    <x:t>07/03/2026 00:00:00</x:t>
+    <x:t>Cfa Perspective - Isim</x:t>
   </x:si>
   <x:si>
     <x:t>04/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Cfa Perspective - Isim</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Aftral - Antenne Ollioules - CFA Régional Transport Logistique PACA</x:t>
   </x:si>
   <x:si>
     <x:t>83190</x:t>
   </x:si>
   <x:si>
     <x:t>OLLIOULES</x:t>
   </x:si>
   <x:si>
     <x:t>Aftral - Antenne Marseille - CFA Régional Transport Logistique PACA|Aftral - Antenne Ollioules - CFA Régional Transport Logistique PACA</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Pierre Le Roy de Boiseaumarié - Château Mongin (Lycée Professionnel Agricole et Viticole d'Orange)</x:t>
   </x:si>
   <x:si>
     <x:t>84100</x:t>
   </x:si>
   <x:si>
     <x:t>ORANGE</x:t>
   </x:si>
   <x:si>
     <x:t>Ogec Henri Leroy</x:t>
   </x:si>
   <x:si>
     <x:t>13230</x:t>
@@ -1118,123 +1118,123 @@
   <x:si>
     <x:t>06/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Professionnel Régional Claret</x:t>
   </x:si>
   <x:si>
     <x:t>83000</x:t>
   </x:si>
   <x:si>
     <x:t>Maestris - Groupe Eductive - Antenne Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>01/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>01/01/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>06/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>10/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>10/01/2027 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Lycée polyvalent Caucadis</x:t>
   </x:si>
   <x:si>
     <x:t>13127</x:t>
   </x:si>
   <x:si>
     <x:t>VITROLLES</x:t>
   </x:si>
   <x:si>
+    <x:t>Profil Manager</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTS gestion des transports et logistique associée module droit douanier - sécurité</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/07/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Provence Formation</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
     <x:t>Provence Formation - Lycée Polyvalent Caucadis</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>05/07/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>M2s Formation</x:t>
   </x:si>
   <x:si>
     <x:t>G et L Formation - Luc Grzesiak - Cftl Transformation</x:t>
   </x:si>
   <x:si>
     <x:t>41500</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Jeune 16-25 ans , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>BTS gestion des transports et logistique associée (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
@@ -2674,198 +2674,198 @@
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
         <x:v>523235</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="C17" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="C17" s="3" t="s"/>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="H17" s="0" t="s">
+        <x:v>80</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
-        <x:v>65</x:v>
-[...2 lines deleted...]
-        <x:v>26</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
-        <x:v>31663</x:v>
+        <x:v>31845</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>617543</x:v>
+        <x:v>523170</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
-        <x:v>36237</x:v>
+        <x:v>37277</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
-        <x:v>31721</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>616379</x:v>
+        <x:v>617543</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>91</x:v>
-[...1 lines deleted...]
-      <x:c r="C19" s="3" t="s"/>
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="C19" s="3" t="n">
+        <x:v>36237</x:v>
+      </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
-        <x:v>79</x:v>
-[...2 lines deleted...]
-        <x:v>80</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="J19" s="0" t="s">
+        <x:v>72</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
-        <x:v>31845</x:v>
+        <x:v>31721</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>523170</x:v>
+        <x:v>616379</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>35896</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
@@ -3222,51 +3222,51 @@
       </x:c>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
         <x:v>602926</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
@@ -3341,51 +3341,51 @@
       </x:c>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
         <x:v>548989</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
@@ -3771,167 +3771,164 @@
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
         <x:v>581154</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
-        <x:v>68</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
-        <x:v>37277</x:v>
+        <x:v>38365</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F36" s="14" t="s"/>
+      <x:c r="G36" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="F36" s="14" t="s">
+      <x:c r="H36" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
-      <x:c r="G36" s="14" t="s">
-[...2 lines deleted...]
-      <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
-        <x:v>31663</x:v>
+        <x:v>31834</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>583953</x:v>
+        <x:v>614683</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="E37" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
-        <x:v>135</x:v>
-[...2 lines deleted...]
-        <x:v>136</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>614683</x:v>
+        <x:v>548927</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
@@ -4067,103 +4064,106 @@
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>548927</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
-        <x:v>38365</x:v>
+        <x:v>37277</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="E41" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="F41" s="0" t="s">
+        <x:v>132</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
-        <x:v>31834</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>548927</x:v>
+        <x:v>583953</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
@@ -5296,78 +5296,78 @@
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>616732</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="I62" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>588301</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
@@ -6107,78 +6107,78 @@
         <x:v>548927</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="I76" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>549219</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
@@ -6399,78 +6399,78 @@
       <x:c r="S80" s="14" t="n">
         <x:v>499805</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="E81" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>503841</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
@@ -7008,51 +7008,51 @@
       <x:c r="E91" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
         <x:v>602928</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
@@ -8717,159 +8717,159 @@
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>603251</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
-        <x:v>37277</x:v>
+        <x:v>38365</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="E121" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
-        <x:v>31663</x:v>
+        <x:v>31834</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>548966</x:v>
+        <x:v>548933</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
-        <x:v>37277</x:v>
+        <x:v>38365</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
-        <x:v>31663</x:v>
+        <x:v>31834</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>602938</x:v>
+        <x:v>548933</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="E123" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -8949,216 +8949,216 @@
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>548933</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
-        <x:v>38365</x:v>
+        <x:v>36237</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="E125" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
-        <x:v>31834</x:v>
+        <x:v>31721</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
-        <x:v>548933</x:v>
+        <x:v>548993</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
-        <x:v>38365</x:v>
+        <x:v>37277</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
-        <x:v>31834</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>548933</x:v>
+        <x:v>602938</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
-        <x:v>36237</x:v>
+        <x:v>37277</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="E127" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
-        <x:v>31721</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>548993</x:v>
+        <x:v>548966</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="I128" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
@@ -9879,157 +9879,157 @@
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
         <x:v>541260</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
-        <x:v>38365</x:v>
+        <x:v>40687</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
-        <x:v>31834</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
-        <x:v>493601</x:v>
+        <x:v>592330</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
-        <x:v>93</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
-        <x:v>40687</x:v>
+        <x:v>38365</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
-        <x:v>31663</x:v>
+        <x:v>31834</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>592330</x:v>
+        <x:v>493601</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="E143" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -10714,154 +10714,154 @@
       <x:c r="S154" s="14" t="n">
         <x:v>556542</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="E155" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
-        <x:v>605989</x:v>
+        <x:v>607719</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="I156" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>607719</x:v>
+        <x:v>541254</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="E157" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
@@ -10871,57 +10871,57 @@
       <x:c r="K157" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
-        <x:v>541254</x:v>
+        <x:v>605989</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I158" s="16" t="s">
         <x:v>187</x:v>
@@ -10943,100 +10943,103 @@
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
         <x:v>607718</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
-        <x:v>40687</x:v>
+        <x:v>38365</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="H159" s="0" t="s">
+        <x:v>151</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
-        <x:v>31663</x:v>
+        <x:v>31834</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>592327</x:v>
+        <x:v>504163</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="I160" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
@@ -11045,108 +11048,105 @@
       <x:c r="K160" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
-        <x:v>504163</x:v>
+        <x:v>597738</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
-        <x:v>38365</x:v>
+        <x:v>40687</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
-        <x:v>150</x:v>
-[...2 lines deleted...]
-        <x:v>151</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
-        <x:v>31834</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>597738</x:v>
+        <x:v>592327</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>170</x:v>
@@ -11590,277 +11590,285 @@
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>548930</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="I170" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>496605</x:v>
+        <x:v>549877</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
-        <x:v>38365</x:v>
+        <x:v>36003</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="E171" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="H171" s="0" t="s">
+        <x:v>171</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
-        <x:v>31834</x:v>
+        <x:v>34525</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>548931</x:v>
+        <x:v>605841</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
-        <x:v>38365</x:v>
+        <x:v>36003</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
-        <x:v>113</x:v>
-[...1 lines deleted...]
-      <x:c r="H172" s="14" t="s"/>
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="H172" s="14" t="s">
+        <x:v>171</x:v>
+      </x:c>
       <x:c r="I172" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
-        <x:v>31834</x:v>
+        <x:v>34525</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>548931</x:v>
+        <x:v>605846</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
-        <x:v>38365</x:v>
+        <x:v>36003</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="E173" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="H173" s="0" t="s">
+        <x:v>171</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
-        <x:v>31834</x:v>
+        <x:v>34525</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>548931</x:v>
+        <x:v>496605</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
@@ -11883,224 +11891,216 @@
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
         <x:v>548931</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
-        <x:v>36003</x:v>
+        <x:v>38365</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="E175" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
-        <x:v>170</x:v>
-[...2 lines deleted...]
-        <x:v>171</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
-        <x:v>34525</x:v>
+        <x:v>31834</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
-        <x:v>549875</x:v>
+        <x:v>548931</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
-        <x:v>36003</x:v>
+        <x:v>38365</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
-        <x:v>170</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
-        <x:v>34525</x:v>
+        <x:v>31834</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
-        <x:v>549877</x:v>
+        <x:v>548931</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
-        <x:v>36003</x:v>
+        <x:v>38365</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="E177" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
-        <x:v>170</x:v>
-[...2 lines deleted...]
-        <x:v>171</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
-        <x:v>34525</x:v>
+        <x:v>31834</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
-        <x:v>605841</x:v>
+        <x:v>548931</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="I178" s="16" t="s">
         <x:v>172</x:v>
@@ -12111,114 +12111,114 @@
       <x:c r="K178" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
-        <x:v>605846</x:v>
+        <x:v>549875</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="E179" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
-        <x:v>548930</x:v>
+        <x:v>603247</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
@@ -12227,114 +12227,114 @@
       <x:c r="K180" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>548930</x:v>
+        <x:v>603247</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="E181" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
-        <x:v>548930</x:v>
+        <x:v>603247</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
@@ -12343,114 +12343,114 @@
       <x:c r="K182" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
-        <x:v>548930</x:v>
+        <x:v>603247</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="E183" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
-        <x:v>603247</x:v>
+        <x:v>548930</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
@@ -12459,114 +12459,114 @@
       <x:c r="K184" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
-        <x:v>603247</x:v>
+        <x:v>548930</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="E185" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>603247</x:v>
+        <x:v>548930</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
@@ -12575,57 +12575,57 @@
       <x:c r="K186" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>603247</x:v>
+        <x:v>548930</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="E187" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -14972,57 +14972,57 @@
       <x:c r="K227" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
-        <x:v>552611</x:v>
+        <x:v>600371</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s"/>
       <x:c r="I228" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
@@ -15031,57 +15031,57 @@
       <x:c r="K228" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
-        <x:v>600371</x:v>
+        <x:v>552611</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
@@ -15132,657 +15132,657 @@
       </x:c>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
-        <x:v>548991</x:v>
+        <x:v>602925</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="E231" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G231" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
-        <x:v>602925</x:v>
+        <x:v>548991</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
-        <x:v>36237</x:v>
+        <x:v>37277</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="I232" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K232" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
-        <x:v>31721</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
-        <x:v>579146</x:v>
+        <x:v>527691</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
-        <x:v>36237</x:v>
+        <x:v>37277</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="H233" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
-        <x:v>31721</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
-        <x:v>579284</x:v>
+        <x:v>544537</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
-        <x:v>37277</x:v>
+        <x:v>36237</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s">
-        <x:v>222</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="I234" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="K234" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
-        <x:v>31663</x:v>
+        <x:v>31721</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
-        <x:v>527718</x:v>
+        <x:v>581831</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
-        <x:v>225</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
-        <x:v>37277</x:v>
+        <x:v>36237</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="H235" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
-        <x:v>31663</x:v>
+        <x:v>31721</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
-        <x:v>527691</x:v>
+        <x:v>524759</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="I236" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K236" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
-        <x:v>544537</x:v>
+        <x:v>527718</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="G237" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="H237" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
-        <x:v>581831</x:v>
+        <x:v>579146</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="I238" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K238" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
-        <x:v>524759</x:v>
+        <x:v>579284</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="G239" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="H239" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
         <x:v>581832</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="C240" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s"/>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="I240" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K240" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
         <x:v>579147</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="G241" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="H241" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>29</x:v>
@@ -15795,507 +15795,507 @@
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
         <x:v>581825</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s"/>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s">
-        <x:v>222</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="I242" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K242" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
         <x:v>581830</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="G243" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="H243" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
         <x:v>544552</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C244" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s"/>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s">
-        <x:v>222</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="I244" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K244" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
         <x:v>524856</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="U244" s="16" t="s">
         <x:v>229</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="C245" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="G245" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="H245" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
         <x:v>579285</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C246" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s"/>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="I246" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K246" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
         <x:v>581824</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="U246" s="16" t="s">
         <x:v>227</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="G247" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="H247" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
-        <x:v>544536</x:v>
+        <x:v>544551</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C248" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s"/>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="I248" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K248" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
-        <x:v>581823</x:v>
+        <x:v>544536</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C249" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="G249" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="H249" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
-        <x:v>544551</x:v>
+        <x:v>581823</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C250" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s"/>
       <x:c r="I250" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s">
@@ -16364,51 +16364,51 @@
       <x:c r="L251" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
         <x:v>547293</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C252" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s">
         <x:v>62</x:v>
@@ -17010,213 +17010,214 @@
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
         <x:v>541913</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C263" s="3" t="n">
-        <x:v>40687</x:v>
+        <x:v>38365</x:v>
       </x:c>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="G263" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="H263" s="0" t="s">
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
-        <x:v>31663</x:v>
+        <x:v>31834</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
-        <x:v>592326</x:v>
+        <x:v>509251</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C264" s="15" t="n">
-        <x:v>38945</x:v>
+        <x:v>40687</x:v>
       </x:c>
       <x:c r="D264" s="15" t="s"/>
-      <x:c r="E264" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E264" s="14" t="s"/>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s"/>
       <x:c r="I264" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="K264" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
-        <x:v>548963</x:v>
+        <x:v>592326</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C265" s="3" t="n">
-        <x:v>38365</x:v>
+        <x:v>38945</x:v>
       </x:c>
       <x:c r="D265" s="3" t="s"/>
+      <x:c r="E265" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G265" s="0" t="s">
-        <x:v>106</x:v>
-[...2 lines deleted...]
-        <x:v>107</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
-        <x:v>31834</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
-        <x:v>509251</x:v>
+        <x:v>548963</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C266" s="15" t="n">
         <x:v>38302</x:v>
       </x:c>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s"/>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I266" s="16" t="s">
@@ -17943,94 +17944,94 @@
       </x:c>
       <x:c r="P278" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
         <x:v>601062</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C279" s="3" t="n">
-        <x:v>37277</x:v>
+        <x:v>38365</x:v>
       </x:c>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="E279" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G279" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J279" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
-        <x:v>31663</x:v>
+        <x:v>31834</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
-        <x:v>499832</x:v>
+        <x:v>499804</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C280" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
         <x:v>113</x:v>
@@ -18045,114 +18046,114 @@
       <x:c r="K280" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
-        <x:v>548926</x:v>
+        <x:v>499804</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C281" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="E281" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G281" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J281" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
-        <x:v>548926</x:v>
+        <x:v>499804</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C282" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H282" s="14" t="s"/>
       <x:c r="I282" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J282" s="14" t="s">
@@ -18161,114 +18162,114 @@
       <x:c r="K282" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
-        <x:v>548926</x:v>
+        <x:v>499804</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C283" s="3" t="n">
-        <x:v>38365</x:v>
+        <x:v>37277</x:v>
       </x:c>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="E283" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G283" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J283" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
-        <x:v>31834</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
-        <x:v>548926</x:v>
+        <x:v>499832</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C284" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s"/>
       <x:c r="I284" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s">
@@ -18277,114 +18278,114 @@
       <x:c r="K284" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
-        <x:v>499804</x:v>
+        <x:v>548926</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C285" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="E285" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G285" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J285" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
-        <x:v>499804</x:v>
+        <x:v>548926</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C286" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H286" s="14" t="s"/>
       <x:c r="I286" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s">
@@ -18393,114 +18394,114 @@
       <x:c r="K286" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
-        <x:v>499804</x:v>
+        <x:v>548926</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C287" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="E287" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G287" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J287" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
-        <x:v>499804</x:v>
+        <x:v>548926</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C288" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H288" s="14" t="s"/>
       <x:c r="I288" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J288" s="14" t="s">
@@ -18509,57 +18510,57 @@
       <x:c r="K288" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L288" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
-        <x:v>548968</x:v>
+        <x:v>602993</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C289" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="E289" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G289" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -19262,57 +19263,57 @@
       <x:c r="K301" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
-        <x:v>602993</x:v>
+        <x:v>548968</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C302" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I302" s="16" t="s">
         <x:v>108</x:v>
@@ -19334,389 +19335,387 @@
       </x:c>
       <x:c r="O302" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
         <x:v>547708</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C303" s="3" t="n">
-        <x:v>36237</x:v>
+        <x:v>40687</x:v>
       </x:c>
       <x:c r="D303" s="3" t="s"/>
-      <x:c r="E303" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G303" s="0" t="s">
-        <x:v>125</x:v>
-[...2 lines deleted...]
-        <x:v>126</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J303" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
-        <x:v>31721</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
-        <x:v>581152</x:v>
+        <x:v>592325</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
-        <x:v>93</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C304" s="15" t="n">
-        <x:v>40687</x:v>
+        <x:v>36237</x:v>
       </x:c>
       <x:c r="D304" s="15" t="s"/>
-      <x:c r="E304" s="14" t="s"/>
+      <x:c r="E304" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
-        <x:v>252</x:v>
-[...1 lines deleted...]
-      <x:c r="H304" s="14" t="s"/>
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="H304" s="14" t="s">
+        <x:v>126</x:v>
+      </x:c>
       <x:c r="I304" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J304" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K304" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L304" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
-        <x:v>31663</x:v>
+        <x:v>31721</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
-        <x:v>592325</x:v>
+        <x:v>601319</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C305" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="E305" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G305" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="H305" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J305" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
-        <x:v>601319</x:v>
+        <x:v>581152</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C306" s="15" t="n">
-        <x:v>38302</x:v>
+        <x:v>38945</x:v>
       </x:c>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H306" s="14" t="s"/>
       <x:c r="I306" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J306" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="K306" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L306" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
-        <x:v>548924</x:v>
+        <x:v>602989</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C307" s="3" t="n">
-        <x:v>38365</x:v>
+        <x:v>38302</x:v>
       </x:c>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="E307" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G307" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="I307" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J307" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
-        <x:v>31834</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
-        <x:v>603250</x:v>
+        <x:v>548924</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C308" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D308" s="15" t="s"/>
       <x:c r="E308" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H308" s="14" t="s"/>
       <x:c r="I308" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J308" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K308" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L308" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M308" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N308" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O308" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P308" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
         <x:v>603250</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C309" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="E309" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -19729,51 +19728,51 @@
       <x:c r="J309" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L309" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
         <x:v>603250</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C310" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -19788,804 +19787,802 @@
       <x:c r="J310" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K310" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L310" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
         <x:v>603250</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C311" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="E311" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G311" s="0" t="s">
-        <x:v>61</x:v>
-[...2 lines deleted...]
-        <x:v>62</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J311" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
-        <x:v>541249</x:v>
+        <x:v>603250</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C312" s="15" t="n">
-        <x:v>40687</x:v>
+        <x:v>38365</x:v>
       </x:c>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
-        <x:v>113</x:v>
-[...1 lines deleted...]
-      <x:c r="H312" s="14" t="s"/>
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="H312" s="14" t="s">
+        <x:v>62</x:v>
+      </x:c>
       <x:c r="I312" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J312" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K312" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L312" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M312" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N312" s="15" t="n">
-        <x:v>31663</x:v>
+        <x:v>31834</x:v>
       </x:c>
       <x:c r="O312" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
-        <x:v>602889</x:v>
+        <x:v>541249</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C313" s="3" t="n">
-        <x:v>38302</x:v>
+        <x:v>40687</x:v>
       </x:c>
       <x:c r="D313" s="3" t="s"/>
       <x:c r="E313" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G313" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="I313" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J313" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L313" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
-        <x:v>499799</x:v>
+        <x:v>602889</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C314" s="15" t="n">
-        <x:v>38945</x:v>
+        <x:v>38302</x:v>
       </x:c>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H314" s="14" t="s"/>
       <x:c r="I314" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J314" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="K314" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
-        <x:v>247</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
-        <x:v>602989</x:v>
+        <x:v>499799</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C315" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="G315" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J315" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P315" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
-        <x:v>598127</x:v>
+        <x:v>543675</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C316" s="15" t="n">
-        <x:v>37277</x:v>
+        <x:v>36237</x:v>
       </x:c>
       <x:c r="D316" s="15" t="s"/>
       <x:c r="E316" s="14" t="s"/>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="H316" s="14" t="s"/>
       <x:c r="I316" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J316" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="K316" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L316" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M316" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N316" s="15" t="n">
-        <x:v>31663</x:v>
+        <x:v>31721</x:v>
       </x:c>
       <x:c r="O316" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P316" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
-        <x:v>543711</x:v>
+        <x:v>598127</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
-        <x:v>259</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="C317" s="3" t="n">
-        <x:v>36237</x:v>
+        <x:v>37277</x:v>
       </x:c>
       <x:c r="D317" s="3" t="s"/>
-      <x:c r="E317" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G317" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J317" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="L317" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N317" s="3" t="n">
-        <x:v>31721</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O317" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P317" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="Q317" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="R317" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S317" s="0" t="n">
-        <x:v>604387</x:v>
+        <x:v>543711</x:v>
       </x:c>
       <x:c r="T317" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="U317" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
-        <x:v>93</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C318" s="15" t="n">
-        <x:v>40687</x:v>
+        <x:v>36237</x:v>
       </x:c>
       <x:c r="D318" s="15" t="s"/>
-      <x:c r="E318" s="14" t="s"/>
+      <x:c r="E318" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F318" s="14" t="s"/>
       <x:c r="G318" s="14" t="s">
-        <x:v>262</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="H318" s="14" t="s"/>
       <x:c r="I318" s="16" t="s">
-        <x:v>261</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J318" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K318" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L318" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M318" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N318" s="15" t="n">
-        <x:v>31663</x:v>
+        <x:v>31721</x:v>
       </x:c>
       <x:c r="O318" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P318" s="14" t="s">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="Q318" s="16" t="s">
         <x:v>262</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>261</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
-        <x:v>592329</x:v>
+        <x:v>604387</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C319" s="3" t="n">
-        <x:v>36237</x:v>
+        <x:v>40687</x:v>
       </x:c>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="G319" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="J319" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
-        <x:v>31721</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
-        <x:v>543675</x:v>
+        <x:v>592329</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C320" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="H320" s="14" t="s"/>
       <x:c r="I320" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K320" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L320" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
         <x:v>547870</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
-        <x:v>258</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
-        <x:v>263</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C321" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D321" s="3" t="s"/>
       <x:c r="E321" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G321" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="I321" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J321" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L321" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M321" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N321" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O321" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P321" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="Q321" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="R321" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S321" s="0" t="n">
         <x:v>602267</x:v>
       </x:c>
       <x:c r="T321" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="U321" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:21">
       <x:c r="A322" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B322" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="C322" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D322" s="15" t="s"/>
       <x:c r="E322" s="14" t="s"/>
       <x:c r="F322" s="14" t="s"/>
       <x:c r="G322" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="H322" s="14" t="s"/>
       <x:c r="I322" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J322" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K322" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L322" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M322" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N322" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O322" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P322" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
         <x:v>598122</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
-        <x:v>256</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C323" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="E323" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G323" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="I323" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J323" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L323" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M323" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N323" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O323" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P323" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="Q323" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="R323" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S323" s="0" t="n">
         <x:v>547808</x:v>
       </x:c>
       <x:c r="T323" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="U323" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:21">
       <x:c r="A324" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B324" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C324" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D324" s="15" t="s"/>
       <x:c r="E324" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F324" s="14" t="s"/>
       <x:c r="G324" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="H324" s="14" t="s"/>
       <x:c r="I324" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J324" s="14" t="s">
@@ -20778,383 +20775,383 @@
       </x:c>
       <x:c r="P327" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="Q327" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
         <x:v>549470</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="C328" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D328" s="15" t="s"/>
       <x:c r="E328" s="14" t="s"/>
       <x:c r="F328" s="14" t="s"/>
       <x:c r="G328" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="H328" s="14" t="s"/>
       <x:c r="I328" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="J328" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K328" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L328" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M328" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N328" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O328" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P328" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q328" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R328" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="S328" s="14" t="n">
         <x:v>567432</x:v>
       </x:c>
       <x:c r="T328" s="16" t="s">
-        <x:v>258</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="U328" s="16" t="s">
         <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:21">
       <x:c r="A329" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C329" s="3" t="n">
-        <x:v>38365</x:v>
+        <x:v>37277</x:v>
       </x:c>
       <x:c r="D329" s="3" t="s"/>
+      <x:c r="E329" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G329" s="0" t="s">
-        <x:v>150</x:v>
-[...2 lines deleted...]
-        <x:v>151</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I329" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J329" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L329" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M329" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N329" s="3" t="n">
-        <x:v>31834</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O329" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P329" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="Q329" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="R329" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="S329" s="0" t="n">
-        <x:v>615155</x:v>
+        <x:v>548970</x:v>
       </x:c>
       <x:c r="T329" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U329" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:21">
       <x:c r="A330" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B330" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C330" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D330" s="15" t="s"/>
       <x:c r="E330" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F330" s="14" t="s"/>
       <x:c r="G330" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="H330" s="14" t="s"/>
       <x:c r="I330" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="J330" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K330" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L330" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M330" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N330" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O330" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P330" s="14" t="s">
-        <x:v>271</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="Q330" s="16" t="s">
-        <x:v>272</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="R330" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="S330" s="14" t="n">
-        <x:v>548970</x:v>
+        <x:v>556665</x:v>
       </x:c>
       <x:c r="T330" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="U330" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:21">
       <x:c r="A331" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C331" s="3" t="n">
-        <x:v>38945</x:v>
+        <x:v>38365</x:v>
       </x:c>
       <x:c r="D331" s="3" t="s"/>
-      <x:c r="E331" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G331" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="H331" s="0" t="s">
+        <x:v>151</x:v>
       </x:c>
       <x:c r="I331" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="J331" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="L331" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M331" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N331" s="3" t="n">
-        <x:v>31663</x:v>
+        <x:v>31834</x:v>
       </x:c>
       <x:c r="O331" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P331" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
-        <x:v>272</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
-        <x:v>548964</x:v>
+        <x:v>615155</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C332" s="15" t="n">
-        <x:v>37277</x:v>
+        <x:v>38945</x:v>
       </x:c>
       <x:c r="D332" s="15" t="s"/>
       <x:c r="E332" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F332" s="14" t="s"/>
       <x:c r="G332" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H332" s="14" t="s"/>
       <x:c r="I332" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J332" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="K332" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L332" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M332" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N332" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O332" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P332" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="Q332" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="R332" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="S332" s="14" t="n">
-        <x:v>499831</x:v>
+        <x:v>548964</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C333" s="3" t="n">
-        <x:v>38365</x:v>
+        <x:v>37277</x:v>
       </x:c>
       <x:c r="D333" s="3" t="s"/>
       <x:c r="E333" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G333" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="I333" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J333" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L333" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M333" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N333" s="3" t="n">
-        <x:v>31834</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O333" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P333" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="Q333" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="R333" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="S333" s="0" t="n">
-        <x:v>499806</x:v>
+        <x:v>499831</x:v>
       </x:c>
       <x:c r="T333" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U333" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:21">
       <x:c r="A334" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B334" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C334" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D334" s="15" t="s"/>
       <x:c r="E334" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F334" s="14" t="s"/>
       <x:c r="G334" s="14" t="s">
         <x:v>113</x:v>
@@ -21333,66 +21330,66 @@
       <x:c r="G337" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="I337" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J337" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L337" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M337" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N337" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O337" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P337" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
-        <x:v>272</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
-        <x:v>548929</x:v>
+        <x:v>499806</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C338" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D338" s="15" t="s"/>
       <x:c r="E338" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H338" s="14" t="s"/>
       <x:c r="I338" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J338" s="14" t="s">
@@ -21541,146 +21538,145 @@
       <x:c r="S340" s="14" t="n">
         <x:v>548929</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C341" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="E341" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G341" s="0" t="s">
-        <x:v>150</x:v>
-[...2 lines deleted...]
-        <x:v>151</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J341" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
-        <x:v>614740</x:v>
+        <x:v>548929</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C342" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
-        <x:v>113</x:v>
-[...1 lines deleted...]
-      <x:c r="H342" s="14" t="s"/>
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="H342" s="14" t="s">
+        <x:v>151</x:v>
+      </x:c>
       <x:c r="I342" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K342" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M342" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
-        <x:v>271</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
-        <x:v>272</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
-        <x:v>603248</x:v>
+        <x:v>614740</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C343" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D343" s="3" t="s"/>
       <x:c r="E343" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G343" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
@@ -22066,91 +22062,91 @@
         <x:v>603248</x:v>
       </x:c>
       <x:c r="T349" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U349" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:21">
       <x:c r="A350" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B350" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C350" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D350" s="15" t="s"/>
       <x:c r="E350" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F350" s="14" t="s"/>
       <x:c r="G350" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="H350" s="14" t="s"/>
       <x:c r="I350" s="16" t="s">
-        <x:v>236</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J350" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K350" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L350" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M350" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N350" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O350" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P350" s="14" t="s">
-        <x:v>275</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="Q350" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R350" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="S350" s="14" t="n">
-        <x:v>557633</x:v>
+        <x:v>603248</x:v>
       </x:c>
       <x:c r="T350" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U350" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:21">
       <x:c r="A351" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C351" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D351" s="3" t="s"/>
       <x:c r="E351" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G351" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="I351" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J351" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -22588,87 +22584,87 @@
       <x:c r="S358" s="14" t="n">
         <x:v>499806</x:v>
       </x:c>
       <x:c r="T358" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U358" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:21">
       <x:c r="A359" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C359" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D359" s="3" t="s"/>
       <x:c r="E359" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G359" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="I359" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="J359" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K359" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L359" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M359" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N359" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O359" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P359" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="Q359" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R359" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="S359" s="0" t="n">
-        <x:v>548929</x:v>
+        <x:v>557633</x:v>
       </x:c>
       <x:c r="T359" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="U359" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:21">
       <x:c r="A360" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B360" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C360" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D360" s="15" t="s"/>
       <x:c r="E360" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F360" s="14" t="s"/>
       <x:c r="G360" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H360" s="14" t="s"/>
       <x:c r="I360" s="16" t="s">
@@ -22810,395 +22806,394 @@
       </x:c>
       <x:c r="P362" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="Q362" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R362" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="S362" s="14" t="n">
         <x:v>548929</x:v>
       </x:c>
       <x:c r="T362" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U362" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:21">
       <x:c r="A363" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C363" s="3" t="n">
-        <x:v>37277</x:v>
+        <x:v>38365</x:v>
       </x:c>
       <x:c r="D363" s="3" t="s"/>
       <x:c r="E363" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G363" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I363" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J363" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K363" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L363" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M363" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N363" s="3" t="n">
-        <x:v>31663</x:v>
+        <x:v>31834</x:v>
       </x:c>
       <x:c r="O363" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P363" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="Q363" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="R363" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="S363" s="0" t="n">
-        <x:v>558361</x:v>
+        <x:v>548929</x:v>
       </x:c>
       <x:c r="T363" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U363" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:21">
       <x:c r="A364" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B364" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C364" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D364" s="15" t="s"/>
       <x:c r="E364" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F364" s="14" t="s"/>
       <x:c r="G364" s="14" t="s">
-        <x:v>150</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="H364" s="14" t="s"/>
       <x:c r="I364" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="J364" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K364" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L364" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M364" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N364" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O364" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P364" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="Q364" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="R364" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="S364" s="14" t="n">
-        <x:v>617512</x:v>
+        <x:v>558361</x:v>
       </x:c>
       <x:c r="T364" s="16" t="s">
-        <x:v>256</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="U364" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:21">
       <x:c r="A365" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C365" s="3" t="n">
-        <x:v>38302</x:v>
+        <x:v>37277</x:v>
       </x:c>
       <x:c r="D365" s="3" t="s"/>
       <x:c r="E365" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G365" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="H365" s="0" t="s">
+        <x:v>151</x:v>
       </x:c>
       <x:c r="I365" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="J365" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L365" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M365" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N365" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O365" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P365" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="Q365" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="R365" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="S365" s="0" t="n">
-        <x:v>499803</x:v>
+        <x:v>617512</x:v>
       </x:c>
       <x:c r="T365" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="U365" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:21">
       <x:c r="A366" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B366" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C366" s="15" t="n">
-        <x:v>38365</x:v>
+        <x:v>38302</x:v>
       </x:c>
       <x:c r="D366" s="15" t="s"/>
       <x:c r="E366" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F366" s="14" t="s"/>
       <x:c r="G366" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="H366" s="14" t="s"/>
       <x:c r="I366" s="16" t="s">
-        <x:v>236</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J366" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="K366" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L366" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M366" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N366" s="15" t="n">
-        <x:v>31834</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O366" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P366" s="14" t="s">
-        <x:v>275</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="Q366" s="16" t="s">
-        <x:v>272</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="R366" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="S366" s="14" t="n">
-        <x:v>510285</x:v>
+        <x:v>499803</x:v>
       </x:c>
       <x:c r="T366" s="16" t="s">
-        <x:v>277</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U366" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:21">
       <x:c r="A367" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C367" s="3" t="n">
-        <x:v>37277</x:v>
+        <x:v>38365</x:v>
       </x:c>
       <x:c r="D367" s="3" t="s"/>
       <x:c r="E367" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G367" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="I367" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="J367" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K367" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L367" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M367" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N367" s="3" t="n">
-        <x:v>31663</x:v>
+        <x:v>31834</x:v>
       </x:c>
       <x:c r="O367" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P367" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="Q367" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R367" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="S367" s="0" t="n">
-        <x:v>602936</x:v>
+        <x:v>510285</x:v>
       </x:c>
       <x:c r="T367" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="U367" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:21">
       <x:c r="A368" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B368" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C368" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D368" s="15" t="s"/>
       <x:c r="E368" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F368" s="14" t="s"/>
       <x:c r="G368" s="14" t="s">
-        <x:v>150</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="H368" s="14" t="s"/>
       <x:c r="I368" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J368" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K368" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L368" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M368" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N368" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O368" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P368" s="14" t="s">
-        <x:v>273</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="Q368" s="16" t="s">
-        <x:v>274</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="R368" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="S368" s="14" t="n">
-        <x:v>511113</x:v>
+        <x:v>602936</x:v>
       </x:c>
       <x:c r="T368" s="16" t="s">
-        <x:v>278</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U368" s="16" t="s">
-        <x:v>279</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:21">
       <x:c r="A369" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C369" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D369" s="3" t="s"/>
       <x:c r="E369" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G369" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="I369" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J369" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -23404,84 +23399,87 @@
       <x:c r="S372" s="14" t="n">
         <x:v>603248</x:v>
       </x:c>
       <x:c r="T372" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U372" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:21">
       <x:c r="A373" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C373" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D373" s="3" t="s"/>
       <x:c r="E373" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G373" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="H373" s="0" t="s">
+        <x:v>151</x:v>
       </x:c>
       <x:c r="I373" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="J373" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K373" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L373" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M373" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N373" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O373" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P373" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="Q373" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="R373" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="S373" s="0" t="n">
-        <x:v>556665</x:v>
+        <x:v>511113</x:v>
       </x:c>
       <x:c r="T373" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="U373" s="4" t="s">
         <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:21">
       <x:c r="A374" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B374" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C374" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D374" s="15" t="s"/>
       <x:c r="E374" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F374" s="14" t="s"/>
       <x:c r="G374" s="14" t="s">
         <x:v>113</x:v>
@@ -23752,87 +23750,87 @@
       <x:c r="S378" s="14" t="n">
         <x:v>602919</x:v>
       </x:c>
       <x:c r="T378" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U378" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:21">
       <x:c r="A379" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C379" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D379" s="3" t="s"/>
       <x:c r="E379" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G379" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="I379" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="J379" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K379" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L379" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M379" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N379" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O379" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P379" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="Q379" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="R379" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="S379" s="0" t="n">
-        <x:v>499806</x:v>
+        <x:v>495978</x:v>
       </x:c>
       <x:c r="T379" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U379" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:21">
       <x:c r="A380" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B380" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C380" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D380" s="15" t="s"/>
       <x:c r="E380" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F380" s="14" t="s"/>
       <x:c r="G380" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H380" s="14" t="s"/>
       <x:c r="I380" s="16" t="s">
@@ -23971,217 +23969,219 @@
       </x:c>
       <x:c r="O382" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P382" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="Q382" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="R382" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="S382" s="14" t="n">
         <x:v>499806</x:v>
       </x:c>
       <x:c r="T382" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U382" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:21">
       <x:c r="A383" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C383" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D383" s="3" t="s"/>
+      <x:c r="E383" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G383" s="0" t="s">
-        <x:v>150</x:v>
-[...2 lines deleted...]
-        <x:v>151</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I383" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J383" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L383" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M383" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N383" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O383" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P383" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="Q383" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="R383" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="S383" s="0" t="n">
-        <x:v>615154</x:v>
+        <x:v>499806</x:v>
       </x:c>
       <x:c r="T383" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U383" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:21">
       <x:c r="A384" s="13" t="s">
-        <x:v>68</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B384" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C384" s="15" t="n">
-        <x:v>37277</x:v>
+        <x:v>38365</x:v>
       </x:c>
       <x:c r="D384" s="15" t="s"/>
-      <x:c r="E384" s="14" t="s"/>
+      <x:c r="E384" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F384" s="14" t="s"/>
       <x:c r="G384" s="14" t="s">
-        <x:v>267</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="H384" s="14" t="s"/>
       <x:c r="I384" s="16" t="s">
-        <x:v>268</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J384" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K384" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L384" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M384" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N384" s="15" t="n">
-        <x:v>31663</x:v>
+        <x:v>31834</x:v>
       </x:c>
       <x:c r="O384" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P384" s="14" t="s">
-        <x:v>267</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="Q384" s="16" t="s">
-        <x:v>268</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="R384" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="S384" s="14" t="n">
-        <x:v>531716</x:v>
+        <x:v>548929</x:v>
       </x:c>
       <x:c r="T384" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U384" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:21">
       <x:c r="A385" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C385" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D385" s="3" t="s"/>
       <x:c r="E385" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G385" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I385" s="4" t="s">
-        <x:v>272</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J385" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K385" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L385" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M385" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N385" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O385" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P385" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="Q385" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R385" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="S385" s="0" t="n">
-        <x:v>495978</x:v>
+        <x:v>548929</x:v>
       </x:c>
       <x:c r="T385" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U385" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:21">
       <x:c r="A386" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B386" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C386" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D386" s="15" t="s"/>
       <x:c r="E386" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F386" s="14" t="s"/>
       <x:c r="G386" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H386" s="14" t="s"/>
       <x:c r="I386" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J386" s="14" t="s">
@@ -24490,162 +24490,159 @@
       </x:c>
       <x:c r="O391" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P391" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="Q391" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R391" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="S391" s="0" t="n">
         <x:v>548929</x:v>
       </x:c>
       <x:c r="T391" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U391" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:21">
       <x:c r="A392" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B392" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C392" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D392" s="15" t="s"/>
-      <x:c r="E392" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E392" s="14" t="s"/>
       <x:c r="F392" s="14" t="s"/>
       <x:c r="G392" s="14" t="s">
-        <x:v>113</x:v>
-[...1 lines deleted...]
-      <x:c r="H392" s="14" t="s"/>
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="H392" s="14" t="s">
+        <x:v>151</x:v>
+      </x:c>
       <x:c r="I392" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="J392" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K392" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="L392" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M392" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N392" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O392" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P392" s="14" t="s">
-        <x:v>271</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="Q392" s="16" t="s">
-        <x:v>272</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="R392" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="S392" s="14" t="n">
-        <x:v>548929</x:v>
+        <x:v>615154</x:v>
       </x:c>
       <x:c r="T392" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U392" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:21">
       <x:c r="A393" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="C393" s="3" t="n">
-        <x:v>38365</x:v>
+        <x:v>37277</x:v>
       </x:c>
       <x:c r="D393" s="3" t="s"/>
-      <x:c r="E393" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G393" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="I393" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="J393" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="L393" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M393" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N393" s="3" t="n">
-        <x:v>31834</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O393" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P393" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="Q393" s="4" t="s">
-        <x:v>272</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="R393" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="S393" s="0" t="n">
-        <x:v>548929</x:v>
+        <x:v>531716</x:v>
       </x:c>
       <x:c r="T393" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="U393" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:21">
       <x:c r="A394" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B394" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C394" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D394" s="15" t="s"/>
       <x:c r="E394" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F394" s="14" t="s"/>
       <x:c r="G394" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H394" s="14" t="s"/>
       <x:c r="I394" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J394" s="14" t="s">
@@ -24654,114 +24651,114 @@
       <x:c r="K394" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L394" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M394" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N394" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O394" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P394" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q394" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R394" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="S394" s="14" t="n">
-        <x:v>603252</x:v>
+        <x:v>548928</x:v>
       </x:c>
       <x:c r="T394" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U394" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:21">
       <x:c r="A395" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C395" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D395" s="3" t="s"/>
       <x:c r="E395" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G395" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="I395" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J395" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L395" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M395" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N395" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O395" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P395" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q395" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R395" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="S395" s="0" t="n">
-        <x:v>603252</x:v>
+        <x:v>548928</x:v>
       </x:c>
       <x:c r="T395" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U395" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:21">
       <x:c r="A396" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B396" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C396" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D396" s="15" t="s"/>
       <x:c r="E396" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F396" s="14" t="s"/>
       <x:c r="G396" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H396" s="14" t="s"/>
       <x:c r="I396" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J396" s="14" t="s">
@@ -24770,114 +24767,114 @@
       <x:c r="K396" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L396" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M396" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N396" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O396" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P396" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q396" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R396" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="S396" s="14" t="n">
-        <x:v>603252</x:v>
+        <x:v>548928</x:v>
       </x:c>
       <x:c r="T396" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U396" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:21">
       <x:c r="A397" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C397" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D397" s="3" t="s"/>
       <x:c r="E397" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G397" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="I397" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J397" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L397" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M397" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N397" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O397" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P397" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q397" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R397" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="S397" s="0" t="n">
-        <x:v>603252</x:v>
+        <x:v>548928</x:v>
       </x:c>
       <x:c r="T397" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U397" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:21">
       <x:c r="A398" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B398" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C398" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D398" s="15" t="s"/>
       <x:c r="E398" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F398" s="14" t="s"/>
       <x:c r="G398" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H398" s="14" t="s"/>
       <x:c r="I398" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J398" s="14" t="s">
@@ -24886,114 +24883,114 @@
       <x:c r="K398" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L398" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M398" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N398" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O398" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P398" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q398" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R398" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="S398" s="14" t="n">
-        <x:v>548928</x:v>
+        <x:v>603252</x:v>
       </x:c>
       <x:c r="T398" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U398" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:21">
       <x:c r="A399" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C399" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D399" s="3" t="s"/>
       <x:c r="E399" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G399" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="I399" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J399" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L399" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M399" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N399" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O399" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P399" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q399" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R399" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="S399" s="0" t="n">
-        <x:v>548928</x:v>
+        <x:v>603252</x:v>
       </x:c>
       <x:c r="T399" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U399" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C400" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D400" s="15" t="s"/>
       <x:c r="E400" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F400" s="14" t="s"/>
       <x:c r="G400" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H400" s="14" t="s"/>
       <x:c r="I400" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J400" s="14" t="s">
@@ -25002,114 +24999,114 @@
       <x:c r="K400" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L400" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M400" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N400" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O400" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P400" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q400" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R400" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="S400" s="14" t="n">
-        <x:v>548928</x:v>
+        <x:v>603252</x:v>
       </x:c>
       <x:c r="T400" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U400" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:21">
       <x:c r="A401" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C401" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D401" s="3" t="s"/>
       <x:c r="E401" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G401" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="I401" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J401" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K401" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L401" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M401" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N401" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O401" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P401" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q401" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R401" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="S401" s="0" t="n">
-        <x:v>548928</x:v>
+        <x:v>603252</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U401" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C402" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D402" s="15" t="s"/>
       <x:c r="E402" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F402" s="14" t="s"/>
       <x:c r="G402" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H402" s="14" t="s"/>
       <x:c r="I402" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J402" s="14" t="s">
@@ -25118,114 +25115,114 @@
       <x:c r="K402" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L402" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M402" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N402" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O402" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P402" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q402" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R402" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
-        <x:v>603252</x:v>
+        <x:v>548928</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C403" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D403" s="3" t="s"/>
       <x:c r="E403" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G403" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="I403" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J403" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L403" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M403" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N403" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O403" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P403" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q403" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R403" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="S403" s="0" t="n">
-        <x:v>603252</x:v>
+        <x:v>548928</x:v>
       </x:c>
       <x:c r="T403" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U403" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:21">
       <x:c r="A404" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B404" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C404" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D404" s="15" t="s"/>
       <x:c r="E404" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F404" s="14" t="s"/>
       <x:c r="G404" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H404" s="14" t="s"/>
       <x:c r="I404" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J404" s="14" t="s">
@@ -25234,114 +25231,114 @@
       <x:c r="K404" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L404" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M404" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N404" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O404" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P404" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q404" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R404" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="S404" s="14" t="n">
-        <x:v>603252</x:v>
+        <x:v>548928</x:v>
       </x:c>
       <x:c r="T404" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U404" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:21">
       <x:c r="A405" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C405" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D405" s="3" t="s"/>
       <x:c r="E405" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G405" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="I405" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J405" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K405" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L405" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M405" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N405" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O405" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P405" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q405" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="S405" s="0" t="n">
-        <x:v>603252</x:v>
+        <x:v>548928</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C406" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D406" s="15" t="s"/>
       <x:c r="E406" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F406" s="14" t="s"/>
       <x:c r="G406" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H406" s="14" t="s"/>
       <x:c r="I406" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J406" s="14" t="s">
@@ -25350,114 +25347,114 @@
       <x:c r="K406" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L406" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M406" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N406" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O406" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P406" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q406" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R406" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="S406" s="14" t="n">
-        <x:v>548928</x:v>
+        <x:v>603252</x:v>
       </x:c>
       <x:c r="T406" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U406" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:21">
       <x:c r="A407" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C407" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D407" s="3" t="s"/>
       <x:c r="E407" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G407" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="I407" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J407" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K407" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L407" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M407" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N407" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O407" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P407" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q407" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R407" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="S407" s="0" t="n">
-        <x:v>548928</x:v>
+        <x:v>603252</x:v>
       </x:c>
       <x:c r="T407" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U407" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:21">
       <x:c r="A408" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B408" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C408" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D408" s="15" t="s"/>
       <x:c r="E408" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F408" s="14" t="s"/>
       <x:c r="G408" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H408" s="14" t="s"/>
       <x:c r="I408" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J408" s="14" t="s">
@@ -25466,114 +25463,114 @@
       <x:c r="K408" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L408" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M408" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N408" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O408" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P408" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q408" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R408" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="S408" s="14" t="n">
-        <x:v>548928</x:v>
+        <x:v>603252</x:v>
       </x:c>
       <x:c r="T408" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U408" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:21">
       <x:c r="A409" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C409" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D409" s="3" t="s"/>
       <x:c r="E409" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G409" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="I409" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J409" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K409" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L409" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M409" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N409" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O409" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P409" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q409" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R409" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="S409" s="0" t="n">
-        <x:v>548928</x:v>
+        <x:v>603252</x:v>
       </x:c>
       <x:c r="T409" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U409" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:21">
       <x:c r="A410" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B410" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C410" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D410" s="15" t="s"/>
       <x:c r="E410" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F410" s="14" t="s"/>
       <x:c r="G410" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H410" s="14" t="s"/>
       <x:c r="I410" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J410" s="14" t="s">
@@ -26292,58 +26289,58 @@
       </x:c>
       <x:c r="P422" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q422" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R422" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="S422" s="14" t="n">
         <x:v>612074</x:v>
       </x:c>
       <x:c r="T422" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U422" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:21">
       <x:c r="A423" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C423" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D423" s="3" t="s"/>
       <x:c r="G423" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I423" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J423" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K423" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L423" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M423" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N423" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O423" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P423" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
@@ -27119,103 +27116,103 @@
       </x:c>
       <x:c r="P436" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="Q436" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="R436" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="S436" s="14" t="n">
         <x:v>592328</x:v>
       </x:c>
       <x:c r="T436" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U436" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:21">
       <x:c r="A437" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C437" s="3" t="n">
-        <x:v>40687</x:v>
+        <x:v>38302</x:v>
       </x:c>
       <x:c r="D437" s="3" t="s"/>
       <x:c r="E437" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G437" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H437" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I437" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J437" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K437" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L437" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M437" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N437" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O437" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P437" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="Q437" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="R437" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="S437" s="0" t="n">
-        <x:v>609684</x:v>
+        <x:v>556852</x:v>
       </x:c>
       <x:c r="T437" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U437" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:21">
       <x:c r="A438" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B438" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C438" s="15" t="n">
         <x:v>40687</x:v>
       </x:c>
       <x:c r="D438" s="15" t="s"/>
       <x:c r="E438" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F438" s="14" t="s"/>
       <x:c r="G438" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H438" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I438" s="16" t="s">
         <x:v>63</x:v>
@@ -27226,117 +27223,117 @@
       <x:c r="K438" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L438" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M438" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N438" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O438" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P438" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="Q438" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="R438" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="S438" s="14" t="n">
-        <x:v>609687</x:v>
+        <x:v>609684</x:v>
       </x:c>
       <x:c r="T438" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U438" s="16" t="s">
-        <x:v>295</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:21">
       <x:c r="A439" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C439" s="3" t="n">
-        <x:v>38302</x:v>
+        <x:v>40687</x:v>
       </x:c>
       <x:c r="D439" s="3" t="s"/>
       <x:c r="E439" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G439" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H439" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I439" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J439" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K439" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L439" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M439" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N439" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O439" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P439" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="Q439" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="R439" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="S439" s="0" t="n">
-        <x:v>556852</x:v>
+        <x:v>609687</x:v>
       </x:c>
       <x:c r="T439" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U439" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:21">
       <x:c r="A440" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B440" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C440" s="15" t="n">
         <x:v>38302</x:v>
       </x:c>
       <x:c r="D440" s="15" t="s"/>
       <x:c r="E440" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F440" s="14" t="s"/>
       <x:c r="G440" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H440" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I440" s="16" t="s">
         <x:v>63</x:v>
@@ -27599,103 +27596,103 @@
       </x:c>
       <x:c r="P444" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q444" s="16" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="R444" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="S444" s="14" t="n">
         <x:v>596443</x:v>
       </x:c>
       <x:c r="T444" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U444" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:21">
       <x:c r="A445" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C445" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D445" s="3" t="s"/>
       <x:c r="E445" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G445" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="H445" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I445" s="4" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="J445" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K445" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L445" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M445" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N445" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O445" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="P445" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="Q445" s="4" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="R445" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="S445" s="0" t="n">
-        <x:v>555759</x:v>
+        <x:v>618249</x:v>
       </x:c>
       <x:c r="T445" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U445" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:21">
       <x:c r="A446" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B446" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C446" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D446" s="15" t="s"/>
       <x:c r="E446" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F446" s="14" t="s"/>
       <x:c r="G446" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="H446" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I446" s="16" t="s">
         <x:v>299</x:v>
@@ -27706,57 +27703,57 @@
       <x:c r="K446" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L446" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M446" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N446" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O446" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="P446" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="Q446" s="16" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="R446" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="S446" s="14" t="n">
-        <x:v>555749</x:v>
+        <x:v>510982</x:v>
       </x:c>
       <x:c r="T446" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U446" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:21">
       <x:c r="A447" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C447" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D447" s="3" t="s"/>
       <x:c r="E447" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G447" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="H447" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I447" s="4" t="s">
         <x:v>299</x:v>
       </x:c>
@@ -27766,234 +27763,234 @@
       <x:c r="K447" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L447" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M447" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N447" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O447" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="P447" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="Q447" s="4" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="R447" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="S447" s="0" t="n">
-        <x:v>618249</x:v>
+        <x:v>555749</x:v>
       </x:c>
       <x:c r="T447" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U447" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:21">
       <x:c r="A448" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B448" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C448" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D448" s="15" t="s"/>
       <x:c r="E448" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F448" s="14" t="s"/>
       <x:c r="G448" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="H448" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I448" s="16" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="J448" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K448" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L448" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M448" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N448" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O448" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="P448" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="Q448" s="16" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="R448" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="S448" s="14" t="n">
-        <x:v>510982</x:v>
+        <x:v>555759</x:v>
       </x:c>
       <x:c r="T448" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U448" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:21">
       <x:c r="A449" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C449" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D449" s="3" t="s"/>
       <x:c r="E449" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G449" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="I449" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J449" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K449" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L449" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M449" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N449" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O449" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P449" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="Q449" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="R449" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S449" s="0" t="n">
-        <x:v>548995</x:v>
+        <x:v>602924</x:v>
       </x:c>
       <x:c r="T449" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U449" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:21">
       <x:c r="A450" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B450" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C450" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D450" s="15" t="s"/>
       <x:c r="E450" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F450" s="14" t="s"/>
       <x:c r="G450" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H450" s="14" t="s"/>
       <x:c r="I450" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J450" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K450" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L450" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M450" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N450" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O450" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P450" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="Q450" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="R450" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S450" s="14" t="n">
-        <x:v>602924</x:v>
+        <x:v>548995</x:v>
       </x:c>
       <x:c r="T450" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U450" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:21">
       <x:c r="A451" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C451" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D451" s="3" t="s"/>
       <x:c r="E451" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G451" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="I451" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J451" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -28202,51 +28199,51 @@
       <x:c r="T454" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U454" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:21">
       <x:c r="A455" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="C455" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D455" s="3" t="s"/>
       <x:c r="E455" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G455" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="I455" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="J455" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K455" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L455" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M455" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N455" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O455" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="P455" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q455" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
@@ -28261,51 +28258,51 @@
       </x:c>
       <x:c r="U455" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:21">
       <x:c r="A456" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B456" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C456" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D456" s="15" t="s"/>
       <x:c r="E456" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F456" s="14" t="s"/>
       <x:c r="G456" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="H456" s="14" t="s"/>
       <x:c r="I456" s="16" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="J456" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K456" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L456" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M456" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N456" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O456" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="P456" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q456" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
@@ -28318,51 +28315,51 @@
       <x:c r="T456" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U456" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:21">
       <x:c r="A457" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C457" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D457" s="3" t="s"/>
       <x:c r="E457" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G457" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="I457" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="J457" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K457" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L457" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M457" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N457" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O457" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="P457" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q457" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
@@ -28434,51 +28431,51 @@
       <x:c r="T458" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U458" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:21">
       <x:c r="A459" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="C459" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D459" s="3" t="s"/>
       <x:c r="E459" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G459" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="I459" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="J459" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K459" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L459" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M459" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N459" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O459" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="P459" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q459" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
@@ -28634,51 +28631,51 @@
       <x:c r="G462" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="H462" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="I462" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J462" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K462" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L462" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M462" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N462" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O462" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P462" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="Q462" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="R462" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="S462" s="14" t="n">
         <x:v>601320</x:v>
       </x:c>
       <x:c r="T462" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U462" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:21">
       <x:c r="A463" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
@@ -28694,51 +28691,51 @@
       <x:c r="G463" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="H463" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="I463" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J463" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K463" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L463" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M463" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N463" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O463" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P463" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="Q463" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="R463" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="S463" s="0" t="n">
         <x:v>581153</x:v>
       </x:c>
       <x:c r="T463" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U463" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:21">
       <x:c r="A464" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B464" s="14" t="s">
@@ -28926,51 +28923,51 @@
       <x:c r="E467" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G467" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="I467" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J467" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K467" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L467" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M467" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N467" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O467" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P467" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q467" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R467" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="S467" s="0" t="n">
         <x:v>602934</x:v>
       </x:c>
       <x:c r="T467" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U467" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:21">
       <x:c r="A468" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B468" s="14" t="s">
@@ -29127,51 +29124,51 @@
       </x:c>
       <x:c r="P470" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q470" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R470" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="S470" s="14" t="n">
         <x:v>603253</x:v>
       </x:c>
       <x:c r="T470" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U470" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:21">
       <x:c r="A471" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C471" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D471" s="3" t="s"/>
       <x:c r="G471" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="I471" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="J471" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K471" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L471" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M471" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N471" s="3" t="n">
         <x:v>31663</x:v>
@@ -29181,51 +29178,51 @@
       </x:c>
       <x:c r="P471" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q471" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="R471" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S471" s="0" t="n">
         <x:v>613313</x:v>
       </x:c>
       <x:c r="T471" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="U471" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:21">
       <x:c r="A472" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B472" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C472" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D472" s="15" t="s"/>
       <x:c r="E472" s="14" t="s"/>
       <x:c r="F472" s="14" t="s"/>
       <x:c r="G472" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="H472" s="14" t="s"/>
       <x:c r="I472" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="J472" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K472" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L472" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M472" s="14" t="s">
         <x:v>81</x:v>
@@ -29238,51 +29235,51 @@
       </x:c>
       <x:c r="P472" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q472" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="R472" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S472" s="14" t="n">
         <x:v>557330</x:v>
       </x:c>
       <x:c r="T472" s="16" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="U472" s="16" t="s">
         <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:21">
       <x:c r="A473" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C473" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D473" s="3" t="s"/>
       <x:c r="G473" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="I473" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="J473" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K473" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L473" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M473" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N473" s="3" t="n">
         <x:v>31663</x:v>
@@ -29292,51 +29289,51 @@
       </x:c>
       <x:c r="P473" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q473" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="R473" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S473" s="0" t="n">
         <x:v>557333</x:v>
       </x:c>
       <x:c r="T473" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U473" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:21">
       <x:c r="A474" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B474" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C474" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D474" s="15" t="s"/>
       <x:c r="E474" s="14" t="s"/>
       <x:c r="F474" s="14" t="s"/>
       <x:c r="G474" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="H474" s="14" t="s"/>
       <x:c r="I474" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="J474" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K474" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L474" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M474" s="14" t="s">
         <x:v>81</x:v>
@@ -29349,79 +29346,79 @@
       </x:c>
       <x:c r="P474" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q474" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="R474" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S474" s="14" t="n">
         <x:v>557336</x:v>
       </x:c>
       <x:c r="T474" s="16" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="U474" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:21">
       <x:c r="A475" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C475" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D475" s="3" t="s"/>
       <x:c r="G475" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="I475" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="J475" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K475" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L475" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M475" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N475" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O475" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P475" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q475" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="R475" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S475" s="0" t="n">
         <x:v>557348</x:v>
       </x:c>
       <x:c r="T475" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="U475" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:21">
       <x:c r="A476" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B476" s="14" t="s">
@@ -29436,384 +29433,384 @@
       </x:c>
       <x:c r="F476" s="14" t="s"/>
       <x:c r="G476" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="H476" s="14" t="s"/>
       <x:c r="I476" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="J476" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K476" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L476" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M476" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N476" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O476" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P476" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q476" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="R476" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S476" s="14" t="n">
         <x:v>557590</x:v>
       </x:c>
       <x:c r="T476" s="16" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="U476" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:21">
       <x:c r="A477" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C477" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D477" s="3" t="s"/>
       <x:c r="G477" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="I477" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="J477" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K477" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L477" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M477" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N477" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O477" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P477" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q477" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="R477" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S477" s="0" t="n">
         <x:v>613289</x:v>
       </x:c>
       <x:c r="T477" s="4" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="U477" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:21">
       <x:c r="A478" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B478" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C478" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D478" s="15" t="s"/>
       <x:c r="E478" s="14" t="s"/>
       <x:c r="F478" s="14" t="s"/>
       <x:c r="G478" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="H478" s="14" t="s"/>
       <x:c r="I478" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="J478" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K478" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L478" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M478" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N478" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O478" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P478" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q478" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="R478" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S478" s="14" t="n">
         <x:v>613294</x:v>
       </x:c>
       <x:c r="T478" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="U478" s="16" t="s">
         <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:21">
       <x:c r="A479" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C479" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D479" s="3" t="s"/>
       <x:c r="G479" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="I479" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="J479" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K479" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L479" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M479" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N479" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O479" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P479" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q479" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="R479" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S479" s="0" t="n">
         <x:v>613297</x:v>
       </x:c>
       <x:c r="T479" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U479" s="4" t="s">
         <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:21">
       <x:c r="A480" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B480" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C480" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D480" s="15" t="s"/>
       <x:c r="E480" s="14" t="s"/>
       <x:c r="F480" s="14" t="s"/>
       <x:c r="G480" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="H480" s="14" t="s"/>
       <x:c r="I480" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="J480" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K480" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L480" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M480" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N480" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O480" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P480" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q480" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="R480" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S480" s="14" t="n">
         <x:v>613298</x:v>
       </x:c>
       <x:c r="T480" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="U480" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:21">
       <x:c r="A481" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C481" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D481" s="3" t="s"/>
       <x:c r="G481" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="I481" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="J481" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K481" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L481" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M481" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N481" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O481" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P481" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q481" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="R481" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S481" s="0" t="n">
         <x:v>613299</x:v>
       </x:c>
       <x:c r="T481" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="U481" s="4" t="s">
         <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:21">
       <x:c r="A482" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B482" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C482" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D482" s="15" t="s"/>
       <x:c r="E482" s="14" t="s"/>
       <x:c r="F482" s="14" t="s"/>
       <x:c r="G482" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="H482" s="14" t="s"/>
       <x:c r="I482" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="J482" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K482" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L482" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M482" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N482" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O482" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P482" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q482" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="R482" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S482" s="14" t="n">
         <x:v>613300</x:v>
       </x:c>
       <x:c r="T482" s="16" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="U482" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:21">
       <x:c r="A483" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
@@ -29970,273 +29967,273 @@
       </x:c>
       <x:c r="P485" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="Q485" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="R485" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S485" s="0" t="n">
         <x:v>550661</x:v>
       </x:c>
       <x:c r="T485" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U485" s="4" t="s">
         <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:21">
       <x:c r="A486" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B486" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C486" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D486" s="15" t="s"/>
       <x:c r="E486" s="14" t="s"/>
       <x:c r="F486" s="14" t="s"/>
       <x:c r="G486" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="H486" s="14" t="s"/>
       <x:c r="I486" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="J486" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K486" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L486" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M486" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N486" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O486" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P486" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q486" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="R486" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S486" s="14" t="n">
-        <x:v>613304</x:v>
+        <x:v>557323</x:v>
       </x:c>
       <x:c r="T486" s="16" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="U486" s="16" t="s">
-        <x:v>342</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:21">
       <x:c r="A487" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C487" s="3" t="n">
-        <x:v>37277</x:v>
+        <x:v>36237</x:v>
       </x:c>
       <x:c r="D487" s="3" t="s"/>
       <x:c r="G487" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="I487" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="J487" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="K487" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L487" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M487" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N487" s="3" t="n">
-        <x:v>31663</x:v>
+        <x:v>31721</x:v>
       </x:c>
       <x:c r="O487" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P487" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q487" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="R487" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S487" s="0" t="n">
-        <x:v>613310</x:v>
+        <x:v>557349</x:v>
       </x:c>
       <x:c r="T487" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="U487" s="4" t="s">
-        <x:v>341</x:v>
+        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:21">
       <x:c r="A488" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B488" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C488" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D488" s="15" t="s"/>
       <x:c r="E488" s="14" t="s"/>
       <x:c r="F488" s="14" t="s"/>
       <x:c r="G488" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="H488" s="14" t="s"/>
       <x:c r="I488" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="J488" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K488" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L488" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M488" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N488" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O488" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P488" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q488" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="R488" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S488" s="14" t="n">
-        <x:v>557323</x:v>
+        <x:v>613304</x:v>
       </x:c>
       <x:c r="T488" s="16" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="U488" s="16" t="s">
-        <x:v>326</x:v>
+        <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:21">
       <x:c r="A489" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C489" s="3" t="n">
-        <x:v>36237</x:v>
+        <x:v>37277</x:v>
       </x:c>
       <x:c r="D489" s="3" t="s"/>
       <x:c r="G489" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="I489" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="J489" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K489" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L489" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M489" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N489" s="3" t="n">
-        <x:v>31721</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O489" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P489" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q489" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="R489" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S489" s="0" t="n">
-        <x:v>557349</x:v>
+        <x:v>613310</x:v>
       </x:c>
       <x:c r="T489" s="4" t="s">
-        <x:v>331</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="U489" s="4" t="s">
-        <x:v>330</x:v>
+        <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:21">
       <x:c r="A490" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B490" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C490" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D490" s="15" t="s"/>
       <x:c r="E490" s="14" t="s"/>
       <x:c r="F490" s="14" t="s"/>
       <x:c r="G490" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="H490" s="14" t="s"/>
       <x:c r="I490" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="J490" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K490" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L490" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M490" s="14" t="s">
         <x:v>81</x:v>
@@ -30249,51 +30246,51 @@
       </x:c>
       <x:c r="P490" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q490" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="R490" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S490" s="14" t="n">
         <x:v>557328</x:v>
       </x:c>
       <x:c r="T490" s="16" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="U490" s="16" t="s">
         <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:21">
       <x:c r="A491" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C491" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D491" s="3" t="s"/>
       <x:c r="G491" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="I491" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="J491" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K491" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L491" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M491" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N491" s="3" t="n">
         <x:v>31663</x:v>
@@ -30303,51 +30300,51 @@
       </x:c>
       <x:c r="P491" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q491" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="R491" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S491" s="0" t="n">
         <x:v>557335</x:v>
       </x:c>
       <x:c r="T491" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="U491" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:21">
       <x:c r="A492" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B492" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C492" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D492" s="15" t="s"/>
       <x:c r="E492" s="14" t="s"/>
       <x:c r="F492" s="14" t="s"/>
       <x:c r="G492" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="H492" s="14" t="s"/>
       <x:c r="I492" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="J492" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K492" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L492" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M492" s="14" t="s">
         <x:v>81</x:v>
@@ -30391,51 +30388,51 @@
       <x:c r="E493" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G493" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="I493" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="J493" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K493" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L493" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M493" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N493" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O493" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P493" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q493" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="R493" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S493" s="0" t="n">
         <x:v>605541</x:v>
       </x:c>
       <x:c r="T493" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="U493" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:21">
       <x:c r="A494" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B494" s="14" t="s">
@@ -30533,108 +30530,108 @@
       </x:c>
       <x:c r="P495" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="Q495" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R495" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S495" s="0" t="n">
         <x:v>601067</x:v>
       </x:c>
       <x:c r="T495" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U495" s="4" t="s">
         <x:v>344</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:21">
       <x:c r="A496" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B496" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C496" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D496" s="15" t="s"/>
       <x:c r="E496" s="14" t="s"/>
       <x:c r="F496" s="14" t="s"/>
       <x:c r="G496" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="H496" s="14" t="s"/>
       <x:c r="I496" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="J496" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K496" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L496" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M496" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N496" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O496" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P496" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q496" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="R496" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S496" s="14" t="n">
         <x:v>613290</x:v>
       </x:c>
       <x:c r="T496" s="16" t="s">
-        <x:v>349</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="U496" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:21">
       <x:c r="A497" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C497" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D497" s="3" t="s"/>
       <x:c r="G497" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="I497" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="J497" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K497" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L497" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M497" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N497" s="3" t="n">
         <x:v>31663</x:v>
@@ -30644,51 +30641,51 @@
       </x:c>
       <x:c r="P497" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q497" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="R497" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S497" s="0" t="n">
         <x:v>613311</x:v>
       </x:c>
       <x:c r="T497" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U497" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:21">
       <x:c r="A498" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B498" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C498" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D498" s="15" t="s"/>
       <x:c r="E498" s="14" t="s"/>
       <x:c r="F498" s="14" t="s"/>
       <x:c r="G498" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="H498" s="14" t="s"/>
       <x:c r="I498" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="J498" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K498" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L498" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M498" s="14" t="s">
         <x:v>81</x:v>
@@ -30817,216 +30814,216 @@
       </x:c>
       <x:c r="P500" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q500" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="R500" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S500" s="14" t="n">
         <x:v>497657</x:v>
       </x:c>
       <x:c r="T500" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U500" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:21">
       <x:c r="A501" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C501" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D501" s="3" t="s"/>
       <x:c r="G501" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="I501" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="J501" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K501" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L501" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M501" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N501" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O501" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P501" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q501" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="R501" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S501" s="0" t="n">
         <x:v>613292</x:v>
       </x:c>
       <x:c r="T501" s="4" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="U501" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:21">
       <x:c r="A502" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B502" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C502" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D502" s="15" t="s"/>
       <x:c r="E502" s="14" t="s"/>
       <x:c r="F502" s="14" t="s"/>
       <x:c r="G502" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="H502" s="14" t="s"/>
       <x:c r="I502" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="J502" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K502" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L502" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M502" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N502" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O502" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P502" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q502" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="R502" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S502" s="14" t="n">
         <x:v>613293</x:v>
       </x:c>
       <x:c r="T502" s="16" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="U502" s="16" t="s">
         <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:21">
       <x:c r="A503" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C503" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D503" s="3" t="s"/>
       <x:c r="G503" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="I503" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="J503" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K503" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L503" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M503" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N503" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O503" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P503" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q503" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="R503" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S503" s="0" t="n">
         <x:v>613296</x:v>
       </x:c>
       <x:c r="T503" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="U503" s="4" t="s">
         <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:21">
       <x:c r="A504" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B504" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C504" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D504" s="15" t="s"/>
       <x:c r="E504" s="14" t="s"/>
       <x:c r="F504" s="14" t="s"/>
       <x:c r="G504" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="H504" s="14" t="s"/>
       <x:c r="I504" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="J504" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K504" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L504" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M504" s="14" t="s">
         <x:v>81</x:v>
@@ -31039,51 +31036,51 @@
       </x:c>
       <x:c r="P504" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q504" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="R504" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S504" s="14" t="n">
         <x:v>613307</x:v>
       </x:c>
       <x:c r="T504" s="16" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="U504" s="16" t="s">
         <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:21">
       <x:c r="A505" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C505" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D505" s="3" t="s"/>
       <x:c r="G505" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="I505" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="J505" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K505" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L505" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M505" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N505" s="3" t="n">
         <x:v>31663</x:v>
@@ -31093,51 +31090,51 @@
       </x:c>
       <x:c r="P505" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q505" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="R505" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S505" s="0" t="n">
         <x:v>613308</x:v>
       </x:c>
       <x:c r="T505" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="U505" s="4" t="s">
         <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:21">
       <x:c r="A506" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B506" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C506" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D506" s="15" t="s"/>
       <x:c r="E506" s="14" t="s"/>
       <x:c r="F506" s="14" t="s"/>
       <x:c r="G506" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="H506" s="14" t="s"/>
       <x:c r="I506" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="J506" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K506" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L506" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M506" s="14" t="s">
         <x:v>81</x:v>
@@ -31150,51 +31147,51 @@
       </x:c>
       <x:c r="P506" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q506" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="R506" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S506" s="14" t="n">
         <x:v>557324</x:v>
       </x:c>
       <x:c r="T506" s="16" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="U506" s="16" t="s">
         <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:21">
       <x:c r="A507" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C507" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D507" s="3" t="s"/>
       <x:c r="G507" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="I507" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="J507" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K507" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L507" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M507" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N507" s="3" t="n">
         <x:v>31663</x:v>
@@ -31204,219 +31201,219 @@
       </x:c>
       <x:c r="P507" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q507" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="R507" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S507" s="0" t="n">
         <x:v>557334</x:v>
       </x:c>
       <x:c r="T507" s="4" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="U507" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:21">
       <x:c r="A508" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B508" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C508" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D508" s="15" t="s"/>
       <x:c r="E508" s="14" t="s"/>
       <x:c r="F508" s="14" t="s"/>
       <x:c r="G508" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="H508" s="14" t="s"/>
       <x:c r="I508" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="J508" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K508" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L508" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M508" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N508" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O508" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P508" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q508" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="R508" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S508" s="14" t="n">
         <x:v>557345</x:v>
       </x:c>
       <x:c r="T508" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U508" s="16" t="s">
         <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:21">
       <x:c r="A509" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C509" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D509" s="3" t="s"/>
       <x:c r="G509" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="I509" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="J509" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K509" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L509" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M509" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N509" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O509" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P509" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q509" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="R509" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S509" s="0" t="n">
         <x:v>613291</x:v>
       </x:c>
       <x:c r="T509" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="U509" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:21">
       <x:c r="A510" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B510" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C510" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D510" s="15" t="s"/>
       <x:c r="E510" s="14" t="s"/>
       <x:c r="F510" s="14" t="s"/>
       <x:c r="G510" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="H510" s="14" t="s"/>
       <x:c r="I510" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="J510" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K510" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L510" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M510" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N510" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O510" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P510" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q510" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="R510" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S510" s="14" t="n">
         <x:v>613295</x:v>
       </x:c>
       <x:c r="T510" s="16" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="U510" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:21">
       <x:c r="A511" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C511" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D511" s="3" t="s"/>
       <x:c r="G511" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="I511" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="J511" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K511" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L511" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M511" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N511" s="3" t="n">
         <x:v>31663</x:v>
@@ -31426,51 +31423,51 @@
       </x:c>
       <x:c r="P511" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q511" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="R511" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S511" s="0" t="n">
         <x:v>613303</x:v>
       </x:c>
       <x:c r="T511" s="4" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="U511" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:21">
       <x:c r="A512" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B512" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C512" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D512" s="15" t="s"/>
       <x:c r="E512" s="14" t="s"/>
       <x:c r="F512" s="14" t="s"/>
       <x:c r="G512" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="H512" s="14" t="s"/>
       <x:c r="I512" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="J512" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K512" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L512" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M512" s="14" t="s">
         <x:v>81</x:v>
@@ -31540,376 +31537,376 @@
       </x:c>
       <x:c r="P513" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q513" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="R513" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S513" s="0" t="n">
         <x:v>605542</x:v>
       </x:c>
       <x:c r="T513" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="U513" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:21">
       <x:c r="A514" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B514" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C514" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D514" s="15" t="s"/>
       <x:c r="E514" s="14" t="s"/>
       <x:c r="F514" s="14" t="s"/>
       <x:c r="G514" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="H514" s="14" t="s"/>
       <x:c r="I514" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="J514" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K514" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L514" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M514" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N514" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O514" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P514" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q514" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="R514" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S514" s="14" t="n">
-        <x:v>557331</x:v>
+        <x:v>613305</x:v>
       </x:c>
       <x:c r="T514" s="16" t="s">
-        <x:v>361</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="U514" s="16" t="s">
-        <x:v>334</x:v>
+        <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:21">
       <x:c r="A515" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C515" s="3" t="n">
-        <x:v>36237</x:v>
+        <x:v>37277</x:v>
       </x:c>
       <x:c r="D515" s="3" t="s"/>
       <x:c r="G515" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="I515" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="J515" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K515" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L515" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M515" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N515" s="3" t="n">
-        <x:v>31721</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O515" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P515" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q515" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="R515" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S515" s="0" t="n">
-        <x:v>557344</x:v>
+        <x:v>613314</x:v>
       </x:c>
       <x:c r="T515" s="4" t="s">
+        <x:v>342</x:v>
+      </x:c>
+      <x:c r="U515" s="4" t="s">
         <x:v>361</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>358</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:21">
       <x:c r="A516" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B516" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C516" s="15" t="n">
-        <x:v>36237</x:v>
+        <x:v>37277</x:v>
       </x:c>
       <x:c r="D516" s="15" t="s"/>
       <x:c r="E516" s="14" t="s"/>
       <x:c r="F516" s="14" t="s"/>
       <x:c r="G516" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="H516" s="14" t="s"/>
       <x:c r="I516" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="J516" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K516" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L516" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M516" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N516" s="15" t="n">
-        <x:v>31721</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O516" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P516" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q516" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="R516" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S516" s="14" t="n">
-        <x:v>557347</x:v>
+        <x:v>557331</x:v>
       </x:c>
       <x:c r="T516" s="16" t="s">
-        <x:v>335</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="U516" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:21">
       <x:c r="A517" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C517" s="3" t="n">
-        <x:v>37277</x:v>
+        <x:v>36237</x:v>
       </x:c>
       <x:c r="D517" s="3" t="s"/>
       <x:c r="G517" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="I517" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="J517" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="K517" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L517" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M517" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N517" s="3" t="n">
-        <x:v>31663</x:v>
+        <x:v>31721</x:v>
       </x:c>
       <x:c r="O517" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P517" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q517" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="R517" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S517" s="0" t="n">
-        <x:v>557327</x:v>
+        <x:v>557344</x:v>
       </x:c>
       <x:c r="T517" s="4" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="U517" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:21">
       <x:c r="A518" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B518" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C518" s="15" t="n">
-        <x:v>37277</x:v>
+        <x:v>36237</x:v>
       </x:c>
       <x:c r="D518" s="15" t="s"/>
       <x:c r="E518" s="14" t="s"/>
       <x:c r="F518" s="14" t="s"/>
       <x:c r="G518" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="H518" s="14" t="s"/>
       <x:c r="I518" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="J518" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="K518" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L518" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M518" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N518" s="15" t="n">
-        <x:v>31663</x:v>
+        <x:v>31721</x:v>
       </x:c>
       <x:c r="O518" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P518" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q518" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="R518" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S518" s="14" t="n">
-        <x:v>613305</x:v>
+        <x:v>557347</x:v>
       </x:c>
       <x:c r="T518" s="16" t="s">
-        <x:v>358</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="U518" s="16" t="s">
-        <x:v>338</x:v>
+        <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:21">
       <x:c r="A519" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C519" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D519" s="3" t="s"/>
       <x:c r="G519" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="I519" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="J519" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K519" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L519" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M519" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N519" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O519" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P519" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q519" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="R519" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S519" s="0" t="n">
-        <x:v>613314</x:v>
+        <x:v>557327</x:v>
       </x:c>
       <x:c r="T519" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="U519" s="4" t="s">
-        <x:v>363</x:v>
+        <x:v>358</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:21">
       <x:c r="A520" s="13" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B520" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C520" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D520" s="15" t="s"/>
       <x:c r="E520" s="14" t="s"/>
       <x:c r="F520" s="14" t="s"/>
       <x:c r="G520" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="H520" s="14" t="s"/>
       <x:c r="I520" s="16" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="J520" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -31943,708 +31940,708 @@
       <x:c r="T520" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U520" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:21">
       <x:c r="A521" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C521" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D521" s="3" t="s"/>
       <x:c r="E521" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G521" s="0" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="I521" s="4" t="s">
-        <x:v>368</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="J521" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K521" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L521" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M521" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N521" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O521" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P521" s="0" t="s">
-        <x:v>369</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="Q521" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="R521" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="S521" s="0" t="n">
-        <x:v>607411</x:v>
+        <x:v>598885</x:v>
       </x:c>
       <x:c r="T521" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U521" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:21">
       <x:c r="A522" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B522" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="C522" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D522" s="15" t="s"/>
       <x:c r="E522" s="14" t="s">
-        <x:v>23</x:v>
-[...1 lines deleted...]
-      <x:c r="F522" s="14" t="s"/>
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="F522" s="14" t="s">
+        <x:v>132</x:v>
+      </x:c>
       <x:c r="G522" s="14" t="s">
-        <x:v>367</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="H522" s="14" t="s"/>
       <x:c r="I522" s="16" t="s">
-        <x:v>368</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J522" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K522" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="L522" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M522" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N522" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O522" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P522" s="14" t="s">
-        <x:v>369</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="Q522" s="16" t="s">
-        <x:v>365</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="R522" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="S522" s="14" t="n">
-        <x:v>504027</x:v>
+        <x:v>583947</x:v>
       </x:c>
       <x:c r="T522" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="U522" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:21">
       <x:c r="A523" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C523" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D523" s="3" t="s"/>
       <x:c r="E523" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G523" s="0" t="s">
-        <x:v>370</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="I523" s="4" t="s">
-        <x:v>365</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="J523" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K523" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L523" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M523" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N523" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O523" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P523" s="0" t="s">
-        <x:v>370</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="Q523" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="R523" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="S523" s="0" t="n">
-        <x:v>598885</x:v>
+        <x:v>607411</x:v>
       </x:c>
       <x:c r="T523" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U523" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:21">
       <x:c r="A524" s="13" t="s">
-        <x:v>68</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B524" s="14" t="s">
-        <x:v>371</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C524" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D524" s="15" t="s"/>
       <x:c r="E524" s="14" t="s">
-        <x:v>129</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F524" s="14" t="s"/>
       <x:c r="G524" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="H524" s="14" t="s"/>
       <x:c r="I524" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="J524" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K524" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L524" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M524" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N524" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O524" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P524" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="Q524" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="R524" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="S524" s="14" t="n">
-        <x:v>583947</x:v>
+        <x:v>504027</x:v>
       </x:c>
       <x:c r="T524" s="16" t="s">
-        <x:v>372</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U524" s="16" t="s">
-        <x:v>373</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:21">
       <x:c r="A525" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B525" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C525" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D525" s="3" t="s"/>
       <x:c r="E525" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G525" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="I525" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="J525" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K525" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L525" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M525" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N525" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O525" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P525" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="Q525" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="R525" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="S525" s="0" t="n">
-        <x:v>600425</x:v>
+        <x:v>552578</x:v>
       </x:c>
       <x:c r="T525" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U525" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:21">
       <x:c r="A526" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B526" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C526" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D526" s="15" t="s"/>
       <x:c r="E526" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F526" s="14" t="s"/>
       <x:c r="G526" s="14" t="s">
-        <x:v>374</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="H526" s="14" t="s"/>
       <x:c r="I526" s="16" t="s">
-        <x:v>365</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="J526" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K526" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L526" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M526" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N526" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O526" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P526" s="14" t="s">
-        <x:v>374</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="Q526" s="16" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="R526" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="S526" s="14" t="n">
-        <x:v>552578</x:v>
+        <x:v>553793</x:v>
       </x:c>
       <x:c r="T526" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U526" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:21">
       <x:c r="A527" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B527" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C527" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D527" s="3" t="s"/>
-      <x:c r="E527" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G527" s="0" t="s">
-        <x:v>367</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="I527" s="4" t="s">
-        <x:v>368</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="J527" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K527" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="L527" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M527" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N527" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O527" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P527" s="0" t="s">
-        <x:v>369</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="Q527" s="4" t="s">
-        <x:v>365</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="R527" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="S527" s="0" t="n">
-        <x:v>553793</x:v>
+        <x:v>542903</x:v>
       </x:c>
       <x:c r="T527" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U527" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:21">
       <x:c r="A528" s="13" t="s">
-        <x:v>68</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B528" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C528" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D528" s="15" t="s"/>
-      <x:c r="E528" s="14" t="s"/>
+      <x:c r="E528" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F528" s="14" t="s"/>
       <x:c r="G528" s="14" t="s">
-        <x:v>375</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="H528" s="14" t="s"/>
       <x:c r="I528" s="16" t="s">
-        <x:v>376</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="J528" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K528" s="14" t="s">
-        <x:v>377</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L528" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M528" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N528" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O528" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P528" s="14" t="s">
-        <x:v>375</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="Q528" s="16" t="s">
-        <x:v>376</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="R528" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="S528" s="14" t="n">
-        <x:v>542903</x:v>
+        <x:v>553792</x:v>
       </x:c>
       <x:c r="T528" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U528" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:21">
       <x:c r="A529" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B529" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C529" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D529" s="3" t="s"/>
       <x:c r="E529" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G529" s="0" t="s">
-        <x:v>367</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="I529" s="4" t="s">
-        <x:v>368</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="J529" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K529" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L529" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M529" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N529" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O529" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P529" s="0" t="s">
-        <x:v>369</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="Q529" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="R529" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="S529" s="0" t="n">
-        <x:v>553792</x:v>
+        <x:v>607412</x:v>
       </x:c>
       <x:c r="T529" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U529" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:21">
       <x:c r="A530" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B530" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C530" s="15" t="n">
-        <x:v>38365</x:v>
+        <x:v>40687</x:v>
       </x:c>
       <x:c r="D530" s="15" t="s"/>
-      <x:c r="E530" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E530" s="14" t="s"/>
       <x:c r="F530" s="14" t="s"/>
       <x:c r="G530" s="14" t="s">
-        <x:v>367</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="H530" s="14" t="s"/>
       <x:c r="I530" s="16" t="s">
-        <x:v>368</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="J530" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="K530" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="L530" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M530" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N530" s="15" t="n">
-        <x:v>31834</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O530" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P530" s="14" t="s">
-        <x:v>369</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="Q530" s="16" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="R530" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="S530" s="14" t="n">
-        <x:v>607412</x:v>
+        <x:v>592324</x:v>
       </x:c>
       <x:c r="T530" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U530" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:21">
       <x:c r="A531" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B531" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C531" s="3" t="n">
-        <x:v>40687</x:v>
+        <x:v>38365</x:v>
       </x:c>
       <x:c r="D531" s="3" t="s"/>
+      <x:c r="E531" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G531" s="0" t="s">
-        <x:v>364</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="I531" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="J531" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K531" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L531" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M531" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N531" s="3" t="n">
-        <x:v>31663</x:v>
+        <x:v>31834</x:v>
       </x:c>
       <x:c r="O531" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P531" s="0" t="s">
-        <x:v>364</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="Q531" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="R531" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="S531" s="0" t="n">
-        <x:v>592324</x:v>
+        <x:v>600425</x:v>
       </x:c>
       <x:c r="T531" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U531" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:21">
       <x:c r="A532" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B532" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C532" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D532" s="15" t="s"/>
       <x:c r="E532" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F532" s="14" t="s"/>
       <x:c r="G532" s="14" t="s">
-        <x:v>370</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="H532" s="14" t="s"/>
       <x:c r="I532" s="16" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="J532" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K532" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L532" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M532" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N532" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O532" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P532" s="14" t="s">
-        <x:v>370</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="Q532" s="16" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="R532" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="S532" s="14" t="n">
         <x:v>504471</x:v>
       </x:c>
       <x:c r="T532" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U532" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:21">
       <x:c r="A533" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B533" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C533" s="3" t="n">
@@ -32747,75 +32744,75 @@
       <x:c r="S534" s="14" t="n">
         <x:v>542905</x:v>
       </x:c>
       <x:c r="T534" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U534" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:21">
       <x:c r="A535" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B535" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C535" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D535" s="3" t="s"/>
       <x:c r="E535" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G535" s="0" t="s">
-        <x:v>370</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="I535" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="J535" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K535" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L535" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M535" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N535" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O535" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P535" s="0" t="s">
-        <x:v>370</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="Q535" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="R535" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="S535" s="0" t="n">
         <x:v>545559</x:v>
       </x:c>
       <x:c r="T535" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U535" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>