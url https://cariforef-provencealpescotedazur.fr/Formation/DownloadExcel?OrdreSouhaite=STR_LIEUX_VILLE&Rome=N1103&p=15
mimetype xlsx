--- v0 (2026-02-20)
+++ v1 (2026-02-20)
@@ -323,71 +323,71 @@
   <x:si>
     <x:t>AUBAGNE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>CAP opérateur/opératrice logistique</x:t>
   </x:si>
   <x:si>
     <x:t>Expédition</x:t>
   </x:si>
   <x:si>
     <x:t>Avignon Université</x:t>
   </x:si>
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>09/10/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Titre professionnel préparateur de commandes en entrepôt (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sud Prévention Sécurité - Groupe ECF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SPS 13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13016</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sud Prévention Sécurité - Groupe ECF - Antenne Avignon</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/09/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Titre professionnel préparateur de commandes en entrepôt (Apprentissage)</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel préparateur de commandes en entrepôt (session rattrapage)</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Maison Familiale et Rurale La Montagnette</x:t>
   </x:si>
   <x:si>
     <x:t>MFR</x:t>
   </x:si>
   <x:si>
     <x:t>13570</x:t>
   </x:si>
   <x:si>
     <x:t>BARBENTANE</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2024 00:00:00</x:t>
@@ -1034,66 +1034,66 @@
   <x:si>
     <x:t>63000</x:t>
   </x:si>
   <x:si>
     <x:t>H et C Conseil - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Institut National de Formation et de Recherche sur l'Education Permanente - Antenne Carpentras</x:t>
   </x:si>
   <x:si>
     <x:t>INFREP</x:t>
   </x:si>
   <x:si>
     <x:t>84200</x:t>
   </x:si>
   <x:si>
     <x:t>ORANGE</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>LPO H Leroy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13230</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PORT-SAINT-LOUIS-DU-RHONE</x:t>
+  </x:si>
+  <x:si>
     <x:t>Formation et Métier - Cfa Régional de la Cité Technique</x:t>
   </x:si>
   <x:si>
     <x:t>Ogec Henri Leroy</x:t>
   </x:si>
   <x:si>
-    <x:t>13230</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>LPO H Leroy</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Promotrans Formation Professionnelle Continue - Antenne Rognac</x:t>
   </x:si>
   <x:si>
     <x:t>PROMOTRANS FPC</x:t>
   </x:si>
   <x:si>
     <x:t>13340</x:t>
   </x:si>
   <x:si>
     <x:t>ROGNAC</x:t>
   </x:si>
   <x:si>
     <x:t>11/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/27/2026 00:00:00</x:t>
   </x:si>
@@ -2611,268 +2611,270 @@
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
         <x:v>573391</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
-        <x:v>40181</x:v>
+        <x:v>40498</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
+      <x:c r="E17" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G17" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="H17" s="0" t="s">
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
-        <x:v>15041</x:v>
+        <x:v>31743</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>573388</x:v>
+        <x:v>581148</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
-        <x:v>40498</x:v>
+        <x:v>40181</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
-      <x:c r="E18" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
-        <x:v>87</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
-        <x:v>31743</x:v>
+        <x:v>15041</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>581148</x:v>
+        <x:v>573388</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>40498</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="E19" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="H19" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="I19" s="4" t="s">
         <x:v>87</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>89</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>31743</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
         <x:v>601318</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>40498</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="H20" s="14" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="I20" s="16" t="s">
         <x:v>87</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>89</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>31743</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="Q20" s="16" t="s">
         <x:v>87</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>89</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
         <x:v>601578</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>38302</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
@@ -3321,81 +3323,81 @@
       <x:c r="T28" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>40498</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="E29" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="F29" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="H29" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="I29" s="4" t="s">
         <x:v>87</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>89</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>31743</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="Q29" s="4" t="s">
         <x:v>87</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>89</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
         <x:v>579892</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
@@ -3553,148 +3555,148 @@
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
         <x:v>555924</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
-        <x:v>37672</x:v>
+        <x:v>40687</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
-        <x:v>31743</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>597115</x:v>
+        <x:v>592323</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
-        <x:v>40687</x:v>
+        <x:v>37672</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
-        <x:v>31663</x:v>
+        <x:v>31743</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>592323</x:v>
+        <x:v>597115</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="E35" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
@@ -4483,81 +4485,81 @@
       <x:c r="T48" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>40498</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="E49" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="F49" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="H49" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="I49" s="4" t="s">
         <x:v>87</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>89</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>31743</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="Q49" s="4" t="s">
         <x:v>87</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>89</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>579893</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>34860</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
@@ -5914,153 +5916,153 @@
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>599913</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>40181</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="I74" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>579245</x:v>
+        <x:v>579248</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>40181</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>579248</x:v>
+        <x:v>579245</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="F76" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
@@ -6937,159 +6939,160 @@
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
         <x:v>599333</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
-        <x:v>35</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
-        <x:v>38302</x:v>
+        <x:v>40687</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
-        <x:v>65</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>572004</x:v>
+        <x:v>592326</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
-        <x:v>40687</x:v>
+        <x:v>38302</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="H93" s="0" t="s">
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>592326</x:v>
+        <x:v>572004</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>37672</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -7203,280 +7206,280 @@
       <x:c r="I96" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>499799</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>40687</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>592325</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
-        <x:v>37099</x:v>
+        <x:v>40687</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
-        <x:v>31734</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
-        <x:v>271</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>552017</x:v>
+        <x:v>602889</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>272</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
-        <x:v>40687</x:v>
+        <x:v>37099</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="E99" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
-        <x:v>31663</x:v>
+        <x:v>31734</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>602889</x:v>
+        <x:v>552017</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>38302</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>548924</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
@@ -7489,108 +7492,108 @@
       <x:c r="I101" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>599914</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>37672</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>31743</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>597118</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
@@ -7793,51 +7796,51 @@
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>597111</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>40498</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="E107" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>30</x:v>
@@ -7850,51 +7853,51 @@
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>609436</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>40498</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -8145,925 +8148,923 @@
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>549626</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>40498</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="E113" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="H113" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="I113" s="4" t="s">
         <x:v>87</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>89</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>31743</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>601315</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
-        <x:v>35</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
-        <x:v>40181</x:v>
+        <x:v>40498</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
-      <x:c r="E114" s="14" t="s"/>
+      <x:c r="E114" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
-        <x:v>300</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I114" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
-        <x:v>15041</x:v>
+        <x:v>31743</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
-        <x:v>300</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>616124</x:v>
+        <x:v>581149</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>302</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>303</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
-        <x:v>41353</x:v>
+        <x:v>40181</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
-      <x:c r="E115" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G115" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
-        <x:v>31754</x:v>
+        <x:v>15041</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>608794</x:v>
+        <x:v>616124</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
-        <x:v>35</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
-        <x:v>40181</x:v>
+        <x:v>41353</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
-      <x:c r="E116" s="14" t="s"/>
+      <x:c r="E116" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
-        <x:v>300</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="I116" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
-        <x:v>15041</x:v>
+        <x:v>31754</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
-        <x:v>300</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>616125</x:v>
+        <x:v>608794</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
-        <x:v>302</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>303</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
-        <x:v>37099</x:v>
+        <x:v>40181</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
-      <x:c r="E117" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G117" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
-        <x:v>31734</x:v>
+        <x:v>15041</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>583967</x:v>
+        <x:v>616125</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
-        <x:v>306</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
-        <x:v>307</x:v>
+        <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
-        <x:v>40181</x:v>
+        <x:v>37099</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
-      <x:c r="E118" s="14" t="s"/>
-      <x:c r="F118" s="14" t="s"/>
+      <x:c r="E118" s="14" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="F118" s="14" t="s">
+        <x:v>146</x:v>
+      </x:c>
       <x:c r="G118" s="14" t="s">
-        <x:v>300</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="I118" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
-        <x:v>15041</x:v>
+        <x:v>31734</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
-        <x:v>300</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>581540</x:v>
+        <x:v>583967</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>40181</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="H119" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>581542</x:v>
+        <x:v>581540</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
-        <x:v>308</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
-        <x:v>37099</x:v>
+        <x:v>40181</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
-      <x:c r="E120" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
-        <x:v>152</x:v>
-[...1 lines deleted...]
-      <x:c r="H120" s="14" t="s"/>
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="H120" s="14" t="s">
+        <x:v>301</x:v>
+      </x:c>
       <x:c r="I120" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
-        <x:v>31734</x:v>
+        <x:v>15041</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
-        <x:v>309</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
-        <x:v>297</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>552330</x:v>
+        <x:v>581542</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
+      <x:c r="E121" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G121" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>566631</x:v>
+        <x:v>552330</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
-      <x:c r="E122" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
-        <x:v>123</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>502648</x:v>
+        <x:v>566631</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="E123" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>608503</x:v>
+        <x:v>502648</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
-        <x:v>312</x:v>
-[...1 lines deleted...]
-      <x:c r="H124" s="14" t="s"/>
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="H124" s="14" t="s">
+        <x:v>124</x:v>
+      </x:c>
       <x:c r="I124" s="16" t="s">
-        <x:v>313</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
-        <x:v>297</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
-        <x:v>602039</x:v>
+        <x:v>608503</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
-        <x:v>40181</x:v>
+        <x:v>37099</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
+      <x:c r="E125" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G125" s="0" t="s">
-        <x:v>300</x:v>
-[...2 lines deleted...]
-        <x:v>301</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
-        <x:v>15041</x:v>
+        <x:v>31734</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
-        <x:v>581541</x:v>
+        <x:v>602039</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
-        <x:v>35010</x:v>
+        <x:v>40181</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
-      <x:c r="E126" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s">
-        <x:v>292</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="I126" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
-        <x:v>31754</x:v>
+        <x:v>15041</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>549596</x:v>
+        <x:v>581541</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
-        <x:v>40498</x:v>
+        <x:v>35010</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="E127" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
-        <x:v>31743</x:v>
+        <x:v>31754</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
-        <x:v>299</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
-        <x:v>297</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>581149</x:v>
+        <x:v>549596</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>123</x:v>
@@ -9154,636 +9155,638 @@
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>583658</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>40687</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
-      <x:c r="E130" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
-      <x:c r="H130" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="Q130" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
-      <x:c r="Q130" s="16" t="s">
+      <x:c r="R130" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
-      <x:c r="R130" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>609687</x:v>
+        <x:v>592328</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>325</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>40687</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
+      <x:c r="E131" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G131" s="0" t="s">
-        <x:v>326</x:v>
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="H131" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
-        <x:v>326</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="R131" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
-      <x:c r="R131" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>592328</x:v>
+        <x:v>609687</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>38302</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I132" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="Q132" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
-      <x:c r="Q132" s="16" t="s">
+      <x:c r="R132" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
-      <x:c r="R132" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>556852</x:v>
+        <x:v>507274</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
-        <x:v>38302</x:v>
+        <x:v>40687</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="E133" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="Q133" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
-      <x:c r="Q133" s="4" t="s">
+      <x:c r="R133" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
-      <x:c r="R133" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>556850</x:v>
+        <x:v>609684</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>38302</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I134" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="Q134" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
-      <x:c r="Q134" s="16" t="s">
+      <x:c r="R134" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
-      <x:c r="R134" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>507274</x:v>
+        <x:v>556850</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
-        <x:v>40687</x:v>
+        <x:v>38302</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="E135" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="Q135" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
-      <x:c r="Q135" s="4" t="s">
+      <x:c r="R135" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
-      <x:c r="R135" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>609684</x:v>
+        <x:v>556852</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>38302</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I136" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="Q136" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
-      <x:c r="Q136" s="16" t="s">
+      <x:c r="R136" s="14" t="s">
         <x:v>323</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>324</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>507273</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>38302</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="E137" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="Q137" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
-      <x:c r="Q137" s="4" t="s">
+      <x:c r="R137" s="0" t="s">
         <x:v>323</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>324</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>556851</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>40687</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I138" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="Q138" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
-      <x:c r="Q138" s="16" t="s">
+      <x:c r="R138" s="14" t="s">
         <x:v>323</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>324</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>609686</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>38302</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="E139" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="H139" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="Q139" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
-      <x:c r="Q139" s="4" t="s">
+      <x:c r="R139" s="0" t="s">
         <x:v>323</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>324</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>455446</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>40498</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
@@ -9933,67 +9936,67 @@
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>583663</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>40498</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="E143" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="H143" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="I143" s="4" t="s">
         <x:v>87</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>89</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>31743</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>338</x:v>
       </x:c>
@@ -10173,67 +10176,67 @@
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>551788</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>40498</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="E147" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="H147" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="I147" s="4" t="s">
         <x:v>87</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>89</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>31743</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>338</x:v>
       </x:c>
@@ -10560,51 +10563,51 @@
       <x:c r="I153" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>31743</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
         <x:v>548948</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>37672</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
@@ -10693,68 +10696,68 @@
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>597113</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>40498</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="H156" s="14" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="I156" s="16" t="s">
         <x:v>87</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>89</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>31743</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
@@ -10791,54 +10794,54 @@
       <x:c r="G157" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
         <x:v>585218</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>40687</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
@@ -10908,88 +10911,88 @@
       <x:c r="I159" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>31743</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>602908</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>40498</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="H160" s="14" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="I160" s="16" t="s">
         <x:v>87</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>89</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>31743</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>358</x:v>
       </x:c>