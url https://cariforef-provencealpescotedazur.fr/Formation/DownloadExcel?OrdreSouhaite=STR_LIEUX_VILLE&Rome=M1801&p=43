--- v0 (2026-02-21)
+++ v1 (2026-02-21)
@@ -485,107 +485,107 @@
   <x:si>
     <x:t>Expert en architecture des systèmes d’information</x:t>
   </x:si>
   <x:si>
     <x:t>Directeur de la donnée (chief data officer) spécialisation management de projets data et RGPD (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Transmission numérique</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>BTS services informatiques aux organisations option A : solutions d'infrastructure, systèmes et réseaux (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Ingénieur en science des données spécialisé en infrastructure data ou en apprentissage automatique spécialisation expert en intelligence artificielle - développement (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Expert en architecture des systèmes d’information spécialisation expert cloud, sécurité et infrastructure (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/29/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/29/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Expert en architecture des systèmes d’information spécialisation expert en DevSecOps et infrastructure en santé numérique (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ingénieur en science des données spécialisé en infrastructure data ou en apprentissage automatique spécialisation Data Engineer (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
     <x:t>M2i Skills</x:t>
   </x:si>
   <x:si>
     <x:t>92400</x:t>
   </x:si>
   <x:si>
     <x:t>M2i Skills - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Expert en architecture des systèmes d’information spécialisation expert cloud, sécurité et infrastructure (Apprentissage)</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Adopter des pratiques numériques responsables - Agir pour un avenir durable</x:t>
   </x:si>
   <x:si>
     <x:t>Informatique verte</x:t>
   </x:si>
   <x:si>
     <x:t>03/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Access - initiation</x:t>
   </x:si>
   <x:si>
     <x:t>3d Ingénierie Systèmes</x:t>
   </x:si>
   <x:si>
     <x:t>3DIS</x:t>
   </x:si>
   <x:si>
     <x:t>13170</x:t>
   </x:si>
   <x:si>
     <x:t>Logiciel Access</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Ingénieur en science des données spécialisé en infrastructure data ou en apprentissage automatique spécialisation expert en intelligence artificielle - développement (Apprentissage)</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Ingénieur diplômé de l'école supérieure angevine d'informatique et de productique spécialité informatique et réseaux</x:t>
   </x:si>
   <x:si>
     <x:t>ESAIP - site d'Angers</x:t>
   </x:si>
   <x:si>
     <x:t>49124</x:t>
   </x:si>
   <x:si>
     <x:t>Résolution problème</x:t>
   </x:si>
   <x:si>
     <x:t>ESAIP- site d'Aix-en-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Certificat de spécialisation cybersécurité (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Métier - Cfa Régional de la Cité Technique</x:t>
   </x:si>
   <x:si>
     <x:t>FM</x:t>
@@ -905,68 +905,68 @@
   <x:si>
     <x:t>Développeur intégrateur de solutions intranet/internet (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie de Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>CCIV</x:t>
   </x:si>
   <x:si>
     <x:t>Technologie internet intranet</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/16/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>IFC Provence</x:t>
   </x:si>
   <x:si>
+    <x:t>Licence mention informatique parcours informatique générale (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conservatoire National des Arts et des Métiers Paca</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CNAM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13015</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ogec Saint Jean de La Salle</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Licence mention informatique parcours informatique générale (Apprentissage)</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>06/16/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée T Aubanel</x:t>
   </x:si>
   <x:si>
     <x:t>84025</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>Avignon Université</x:t>
   </x:si>
   <x:si>
     <x:t>84029</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON UNIVERSITE</x:t>
   </x:si>
   <x:si>
     <x:t>84916</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 09</x:t>
@@ -989,65 +989,65 @@
   <x:si>
     <x:t>Certificat de spécialisation cybersécurité</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée P de Girard</x:t>
   </x:si>
   <x:si>
     <x:t>84082</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 2</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien systèmes réseaux et sécurité (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Iscod</x:t>
   </x:si>
   <x:si>
     <x:t>06410</x:t>
   </x:si>
   <x:si>
     <x:t>BIOT</x:t>
   </x:si>
   <x:si>
+    <x:t>Ingénieur diplômé d'Eurecom</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EURECOM</x:t>
+  </x:si>
+  <x:si>
     <x:t>Technicien systèmes réseaux et sécurité</x:t>
   </x:si>
   <x:si>
     <x:t>Visiplus</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Ingénieur diplômé d'Eurecom</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Titre professionnel administrateur système DevOps (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention méthodes informatiques appliquées à la gestion des entreprises - MIAGE</x:t>
   </x:si>
   <x:si>
     <x:t>Université Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06103</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>master mention réseaux et télécommunication</x:t>
   </x:si>
   <x:si>
     <x:t>Protocole télécommunication</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur diplômé de l'école polytechnique universitaire de l'université Côte d'Azur spécialité informatique</x:t>
@@ -1427,71 +1427,71 @@
   <x:si>
     <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/28/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Création d'un site internet dynamique (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>11/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel administrateur d'infrastructures sécurisées BC03 Participer à la gestion de la cybersécurité</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/15/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/27/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/15/2025 00:00:00</x:t>
+    <x:t>Titre professionnel administrateur d'infrastructures sécurisées (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Jeune 16-25 ans , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jeune 16-25 ans , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>01/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Jeune 16-25 ans , Tout public</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Gestionnaire de la sécurité des données, des réseaux et des systèmes (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel administrateur d'infrastructures sécurisées BC01 Administrer et sécuriser les infrastructures</x:t>
   </x:si>
   <x:si>
     <x:t>LE LUC EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>LORGUES</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention méthodes informatiques appliquées à la gestion des entreprises - MIAGE parcours ingénierie informatique des données</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté Economie et Gestion|Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>LUYNES</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention méthodes informatiques appliquées à la gestion des entreprises - MIAGE parcours ingénierie des systèmes d'information étendus</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté Economie et Gestion</x:t>
@@ -1526,116 +1526,116 @@
   <x:si>
     <x:t>Proxmox haute disponibilité et clustering</x:t>
   </x:si>
   <x:si>
     <x:t>Vivaneo</x:t>
   </x:si>
   <x:si>
     <x:t>75011</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>01/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Proxmox les fondamentaux</x:t>
   </x:si>
   <x:si>
     <x:t>DevOps</x:t>
   </x:si>
   <x:si>
     <x:t>12/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Proxmox réseau et stockage partagé</x:t>
+  </x:si>
+  <x:si>
     <x:t>Ceph Administration avancée</x:t>
   </x:si>
   <x:si>
-    <x:t>Proxmox réseau et stockage partagé</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>MARSEILLE- 1er</x:t>
   </x:si>
   <x:si>
     <x:t>Animer un programme de sensibilisation à la cybersécurité et à l’hygiène numérique (méthodologie Cyberpark)</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 2e</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Kubernetes : initiation + approfondissement</x:t>
   </x:si>
   <x:si>
     <x:t>Dawan</x:t>
   </x:si>
   <x:si>
     <x:t>44200</x:t>
   </x:si>
   <x:si>
     <x:t>Logiciel open source</x:t>
   </x:si>
   <x:si>
     <x:t>02/12/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Dawan - Antenne Marseille|Dawan - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>La Plateforme Formation - Antenne Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/02/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Information Technology Infrastructure Library (ITIL4) : Bases</x:t>
   </x:si>
   <x:si>
     <x:t>Dawan - Antenne Marseille</x:t>
   </x:si>
   <x:si>
-    <x:t>13002</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>02/14/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>La Plateforme Formation - Antenne Marseille</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Initiation sécurité informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Descodeuses</x:t>
   </x:si>
   <x:si>
     <x:t>75020</x:t>
   </x:si>
   <x:si>
     <x:t>Bénéficiaire du RSA , Demandeur d'emploi , Femme , Handicapé , Public sans emploi</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Marseille Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>GMM</x:t>
   </x:si>
   <x:si>
     <x:t>13010</x:t>
@@ -1712,89 +1712,89 @@
   <x:si>
     <x:t>11/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cybersécurité - Protéger son entreprise TPE/PME et assurer sa conformité (RGPD / NIS 2)</x:t>
   </x:si>
   <x:si>
     <x:t>Kouta Services- Al-Habib Ivoulsou</x:t>
   </x:si>
   <x:si>
     <x:t>25000</x:t>
   </x:si>
   <x:si>
     <x:t>Cadre demandeur d'emploi , Demandeur d'emploi , Profession libérale , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>03/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ensup Marseille</x:t>
   </x:si>
   <x:si>
+    <x:t>05/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>05/19/2026 00:00:00</x:t>
-[...11 lines deleted...]
-    <x:t>07/30/2026 00:00:00</x:t>
+    <x:t>05/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ogec des Métiers</x:t>
   </x:si>
   <x:si>
+    <x:t>Licence pro mention métiers de l'informatique : administration et sécurité des systèmes et des réseaux parcours cybersécurité et réponse à incident pour les systèmes d’information, industriels et urbains (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Professionnel Charles Péguy</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>05/04/2026 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>LP École libre des métiers</x:t>
   </x:si>
   <x:si>
     <x:t>LP Ecole libre des métiers</x:t>
   </x:si>
   <x:si>
     <x:t>Diderot Education - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>Sécurité des TI-Technologie de l’information</x:t>
   </x:si>
   <x:si>
     <x:t>11/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>WordPress rédacteur</x:t>
@@ -1877,74 +1877,74 @@
   <x:si>
     <x:t>92200</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>Formaseq</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/22/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/18/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/07/2024 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>MARSEILLE- 9e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention informatique parcours informatique et mathématiques discrètes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention réseaux et télécommunication parcours architecture des réseaux et cybersécurité</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence pro mention métiers du décisionnel et de la statistique parcours informatique décisionnelle, statistiques et big data</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Analyse de données</x:t>
+  </x:si>
+  <x:si>
     <x:t>Doranco Espace Multimédia</x:t>
   </x:si>
   <x:si>
     <x:t>Doranco Espace Multimédia - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13009</x:t>
   </x:si>
   <x:si>
-    <x:t>MARSEILLE- 9e</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Chambre de Commerce et d'Industrie Métropolitaine Aix Marseille Provence</x:t>
   </x:si>
   <x:si>
     <x:t>CCIMP</x:t>
   </x:si>
   <x:si>
     <x:t>13221</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie Métropolitaine Aix Marseille Provence - CFA Régional Interconsulaire Méditerranée - Antenne Ecole Pratique (St Sébasien)</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention informatique parcours Ingénierie du développement logiciel parcours ingénierie du développement logiciel</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie Métropolitaine Aix Marseille Provence - CFA Régional Interconsulaire Méditerranée - Antenne Ecole Pratique (Luminy)</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention informatique parcours fiabilité et sécurité informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention informatique parcours géométrie et informatique graphique</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité réseaux &amp; télécommunications parcours cybersécurité</x:t>
@@ -2081,299 +2081,299 @@
   <x:si>
     <x:t>Public sans emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>02/07/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/16/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de solutions digitales et data (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Esimed</x:t>
   </x:si>
   <x:si>
+    <x:t>Licence pro mention métiers des réseaux informatiques et télécommunications parcours réseau sans fil et haut débit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université - IUT Aix-Marseille (Site Saint Jérôme)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention informatique parcours métiers du développement informatique</x:t>
+  </x:si>
+  <x:si>
     <x:t>Expert en infrastructures de données massives (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/26/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Licence pro mention métiers des réseaux informatiques et télécommunications parcours réseau sans fil et haut débit</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Licence sciences et technologies mention mathématiques - physique - chimie - informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Concepteur intégrateur d'infrastructures informatiques (systèmes et réseaux, applicatives, ou de sécurité) (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-15e</x:t>
   </x:si>
   <x:si>
     <x:t>10/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Idev</x:t>
   </x:si>
   <x:si>
     <x:t>13117</x:t>
   </x:si>
   <x:si>
     <x:t>Idev - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-16e</x:t>
   </x:si>
   <x:si>
     <x:t>07/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MARTIGUES</x:t>
   </x:si>
   <x:si>
+    <x:t>MEYREUIL</x:t>
+  </x:si>
+  <x:si>
     <x:t>Administration réseaux sécurité</x:t>
   </x:si>
   <x:si>
     <x:t>G-Sys</x:t>
   </x:si>
   <x:si>
     <x:t>13590</x:t>
   </x:si>
   <x:si>
-    <x:t>MEYREUIL</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Administration Systèmes Microsoft</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Administrateur Système Linux Red Hat</x:t>
   </x:si>
   <x:si>
     <x:t>01/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MONTAUROUX</x:t>
   </x:si>
   <x:si>
     <x:t>MONTFAVET</x:t>
   </x:si>
   <x:si>
     <x:t>M2i Scribtel - Scribtel Formation - Antenne Mougins</x:t>
   </x:si>
   <x:si>
     <x:t>06250</x:t>
   </x:si>
   <x:si>
     <x:t>MOUGINS</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Belmont - Antenne Mougins</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Belmont - Mougins</x:t>
   </x:si>
   <x:si>
     <x:t>Erudis Formation - Campus Nice - Sophia-Antipolis</x:t>
   </x:si>
   <x:si>
     <x:t>Ufip - Ufitech - Les Anglades</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
+    <x:t>BTS services informatiques aux organisations option B : solutions logicielles et applications métiers (préparation également possible par Bloc(s) de compétences)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mediaschool Est-Sud</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75016</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mediaschool Est-Sud - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/06/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dawan - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTS services informatiques aux organisations option A : solutions d'infrastructure, systèmes et réseaux (préparation également possible par Bloc(s) de compétences) (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/04/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole Supérieure de Commerce et de Communication</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">ESCCOM </x:t>
+  </x:si>
+  <x:si>
     <x:t>Cesi Association - Antenne Nice</x:t>
   </x:si>
   <x:si>
+    <x:t>09/17/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diderot Education - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Honoré d'Estienne d'Orves</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/13/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Studio Gentile - Systemv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/05/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BUT spécialité réseaux &amp; télécommunications parcours cybersécurité (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formasup Provence Alpes Côte d'Azur - CFA Régional Interuniversitaire Epure Méditerranée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CFA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/04/2023 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>La Compagnie de Formation - Pigier</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>La Compagnie de Formation - Pigier - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/02/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/09/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTS services informatiques aux organisations option A : solutions d'infrastructure, systèmes et réseaux (préparation également possible par Bloc(s) de compétences)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>informatique (My Digital School)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>My digital school Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole Pigier Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/30/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BUT spécialité réseaux &amp; télécommunications parcours développement système et cloud (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cloud Computing</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BUT spécialité réseaux &amp; télécommunications parcours internet des objets et mobilité (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blockchain - Module expert</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conseil Régional</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blockchain</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Méditerranée Ordinateurs pour le Développement et l'Emploi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IPSSI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole Supérieure des Compétences et Métiers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>M2i Skills - Antenne Mougins</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/27/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Diderot Education - Antenne Nice</x:t>
-[...133 lines deleted...]
-  <x:si>
     <x:t>02/17/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Libre d'Etudes Commerciales Nice</x:t>
   </x:si>
   <x:si>
     <x:t>ILEC</x:t>
   </x:si>
   <x:si>
     <x:t>06100</x:t>
   </x:si>
   <x:si>
     <x:t>Mediaschool Est-Sud|Mediaschool Est-Sud - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>BTS services informatiques aux organisations option B : solutions logicielles et applications métiers (préparation également possible par Bloc(s) de compétences) (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>09/24/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/21/2024 00:00:00</x:t>
@@ -2477,59 +2477,59 @@
   <x:si>
     <x:t>Administrateur systèmes, réseaux et cybersécurité (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>04/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/28/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Product owner</x:t>
   </x:si>
   <x:si>
     <x:t>02/09/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/08/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Administrateur systèmes, réseaux et cybersécurité</x:t>
   </x:si>
   <x:si>
     <x:t>PERTUIS</x:t>
   </x:si>
   <x:si>
+    <x:t>Chambre de Commerce et d'Industrie de Vaucluse - Antenne Pertuis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84120</x:t>
+  </x:si>
+  <x:si>
     <x:t>Api 84 - Cfai 84 - Nextech - Antenne Pertuis</x:t>
   </x:si>
   <x:si>
-    <x:t>84120</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>PORT-DE-BOUC</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Pofessionnel Jean Moulin (site Rol Tanguy)</x:t>
   </x:si>
   <x:si>
     <x:t>13110</x:t>
   </x:si>
   <x:si>
     <x:t>PUGET-SUR-ARGENS</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention management des systèmes d'information parcours management des systèmes d'information, conseil et transformation digitale</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Institut d'Administration des Entreprises</x:t>
   </x:si>
   <x:si>
     <x:t>13540</x:t>
   </x:si>
   <x:si>
     <x:t>PUYRICARD</x:t>
@@ -2570,50 +2570,53 @@
   <x:si>
     <x:t>BUT spécialité réseaux &amp; télécommunications parcours internet des objets et mobilité</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité réseaux &amp; télécommunications parcours développement système et cloud</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée international de Valbonne</x:t>
   </x:si>
   <x:si>
     <x:t>06902</x:t>
   </x:si>
   <x:si>
     <x:t>SOPHIA ANTIPOLIS CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée A de St-Exupéry</x:t>
   </x:si>
   <x:si>
     <x:t>83703</x:t>
   </x:si>
   <x:si>
     <x:t>ST RAPHAEL CEDEX</x:t>
   </x:si>
   <x:si>
+    <x:t>VALBONNE</x:t>
+  </x:si>
+  <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Bonaparte</x:t>
   </x:si>
   <x:si>
     <x:t>83000</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité métiers du multimédia et de l'internet parcours développement web et dispositifs interactifs (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Université de Toulon - IUT La Garde</x:t>
   </x:si>
   <x:si>
     <x:t>Maestris - Groupe Eductive</x:t>
   </x:si>
   <x:si>
     <x:t>Maestris - Groupe Eductive - Antenne Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>mastère spé. cybersécurité (ISEN Yncréa Méditerranée)</x:t>
@@ -2643,53 +2646,50 @@
     <x:t>ISEN</x:t>
   </x:si>
   <x:si>
     <x:t>83200</x:t>
   </x:si>
   <x:si>
     <x:t>Sécurité télécommunication</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Dumont d'Urville</x:t>
   </x:si>
   <x:si>
     <x:t>83056</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Rouvière Suzanne Lefort-Rouquette</x:t>
   </x:si>
   <x:si>
     <x:t>83070</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Rouvière</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>VALBONNE</x:t>
   </x:si>
   <x:si>
     <x:t>83097</x:t>
   </x:si>
   <x:si>
     <x:t>83041</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>TRETS</x:t>
   </x:si>
   <x:si>
     <x:t>Bachelor 2 3D, Animation, Jeu Vidéo et Industries du futur</x:t>
   </x:si>
   <x:si>
     <x:t>06/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en architecture des systèmes d’information spécialisation Expert Cloud, sécurité et infrastructure (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité science des données parcours exploration et modélisation statistique (Apprentissage)</x:t>
   </x:si>
@@ -4802,1054 +4802,1052 @@
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
         <x:v>538405</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
-        <x:v>37680</x:v>
+        <x:v>39586</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="E29" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
-        <x:v>24273</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>607732</x:v>
+        <x:v>549758</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
-        <x:v>35340</x:v>
+        <x:v>39582</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>553018</x:v>
+        <x:v>604973</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>39582</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="E31" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>604973</x:v>
+        <x:v>604978</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
-        <x:v>39582</x:v>
+        <x:v>39586</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>604978</x:v>
+        <x:v>605010</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
-        <x:v>39586</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="E33" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>605010</x:v>
+        <x:v>607732</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>86</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="C34" s="15" t="s"/>
       <x:c r="D34" s="15" t="s"/>
-      <x:c r="E34" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>91</x:v>
-[...1 lines deleted...]
-      <x:c r="H34" s="14" t="s"/>
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="H34" s="14" t="s">
+        <x:v>80</x:v>
+      </x:c>
       <x:c r="I34" s="16" t="s">
-        <x:v>74</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="J34" s="14" t="s"/>
       <x:c r="K34" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>31002</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>549734</x:v>
+        <x:v>611204</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s"/>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
-        <x:v>31002</x:v>
+        <x:v>71632</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>611204</x:v>
+        <x:v>534017</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
-        <x:v>77</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>150</x:v>
-[...1 lines deleted...]
-      <x:c r="C36" s="15" t="s"/>
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="C36" s="15" t="n">
+        <x:v>35568</x:v>
+      </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>151</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
-        <x:v>153</x:v>
-[...1 lines deleted...]
-      <x:c r="J36" s="14" t="s"/>
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="J36" s="14" t="s">
+        <x:v>51</x:v>
+      </x:c>
       <x:c r="K36" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
-        <x:v>71632</x:v>
+        <x:v>15099</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>534017</x:v>
+        <x:v>595930</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
-        <x:v>39586</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="E37" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>549758</x:v>
+        <x:v>553018</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
-        <x:v>36</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
-        <x:v>35568</x:v>
+        <x:v>37488</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
-      <x:c r="E38" s="14" t="s"/>
+      <x:c r="E38" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>158</x:v>
-[...1 lines deleted...]
-      <x:c r="H38" s="14" t="s"/>
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="H38" s="14" t="s">
+        <x:v>165</x:v>
+      </x:c>
       <x:c r="I38" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
-        <x:v>15099</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>595930</x:v>
+        <x:v>609468</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
-        <x:v>37488</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
-      <x:c r="E39" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G39" s="0" t="s">
-        <x:v>164</x:v>
-[...2 lines deleted...]
-        <x:v>165</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
-        <x:v>31045</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>609468</x:v>
+        <x:v>616380</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
-        <x:v>37680</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
-        <x:v>24273</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>616380</x:v>
+        <x:v>614647</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
-        <x:v>40792</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>614647</x:v>
+        <x:v>518922</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
-        <x:v>77</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
-        <x:v>35340</x:v>
+        <x:v>39115</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
-      <x:c r="E42" s="14" t="s"/>
+      <x:c r="E42" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>518922</x:v>
+        <x:v>550736</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
-        <x:v>39115</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>550736</x:v>
+        <x:v>549734</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C44" s="15" t="s"/>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s"/>
       <x:c r="K44" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>605331</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s"/>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>71632</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="P45" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="Q45" s="4" t="s">
         <x:v>154</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>153</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>534014</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C46" s="15" t="s"/>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="I46" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s"/>
       <x:c r="K46" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>71632</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="P46" s="14" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="Q46" s="16" t="s">
         <x:v>154</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>153</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>534020</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="E47" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
@@ -6039,199 +6037,199 @@
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>592951</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C51" s="3" t="s"/>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>31002</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>611205</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="C52" s="15" t="s"/>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="I52" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s"/>
       <x:c r="K52" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>533106</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s"/>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>534100</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="C54" s="15" t="s"/>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="I54" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
@@ -6291,51 +6289,51 @@
       <x:c r="L55" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>605012</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C56" s="15" t="s"/>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s"/>
       <x:c r="K56" s="14" t="s">
@@ -6344,51 +6342,51 @@
       <x:c r="L56" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>605015</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -6635,140 +6633,140 @@
       <x:c r="R61" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>615462</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C62" s="15" t="s"/>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="I62" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s"/>
       <x:c r="K62" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>71632</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="P62" s="14" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="Q62" s="16" t="s">
         <x:v>154</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>153</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>534019</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C63" s="3" t="s"/>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>534099</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C64" s="15" t="s"/>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s"/>
       <x:c r="K64" s="14" t="s">
@@ -6777,51 +6775,51 @@
       <x:c r="L64" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>605014</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
@@ -7243,51 +7241,51 @@
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>538411</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>39582</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="E73" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>73</x:v>
@@ -7351,51 +7349,51 @@
       <x:c r="M74" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>605013</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>39586</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="E75" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
@@ -7576,238 +7574,238 @@
         <x:v>127</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>592910</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s"/>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>533116</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C80" s="15" t="s"/>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="I80" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s"/>
       <x:c r="K80" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>71632</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="P80" s="14" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="Q80" s="16" t="s">
         <x:v>154</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>153</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>534010</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s"/>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>71632</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="P81" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="Q81" s="4" t="s">
         <x:v>154</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>153</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>534012</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C82" s="15" t="s"/>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s"/>
       <x:c r="K82" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>605312</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s"/>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>104</x:v>
@@ -9320,51 +9318,51 @@
       <x:c r="L110" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>605032</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="E111" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
@@ -10259,164 +10257,164 @@
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>595888</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
-        <x:v>37680</x:v>
+        <x:v>40116</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="E127" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
-        <x:v>24273</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>614700</x:v>
+        <x:v>611489</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
-        <x:v>40116</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
-        <x:v>280</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="I128" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>611489</x:v>
+        <x:v>614700</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="E129" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
@@ -10531,51 +10529,51 @@
       <x:c r="L131" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>605038</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s">
         <x:v>262</x:v>
@@ -11159,165 +11157,165 @@
       <x:c r="L142" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>608682</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
-        <x:v>36462</x:v>
+        <x:v>38656</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
-        <x:v>31034</x:v>
+        <x:v>15099</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>613763</x:v>
+        <x:v>596436</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
-        <x:v>308</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
-        <x:v>36</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
-        <x:v>309</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
-        <x:v>38656</x:v>
+        <x:v>36462</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
-        <x:v>15099</x:v>
+        <x:v>31034</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>596436</x:v>
+        <x:v>613763</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>36061</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="E145" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
@@ -11327,51 +11325,51 @@
       <x:c r="L145" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>30812</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
         <x:v>608641</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>39490</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s"/>
       <x:c r="I146" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
@@ -11395,250 +11393,250 @@
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>592283</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>36462</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>559248</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>38997</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>24237</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>591993</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>36462</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
         <x:v>578852</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s"/>
       <x:c r="I150" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
         <x:v>592080</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
@@ -11680,76 +11678,76 @@
       </x:c>
       <x:c r="S151" s="0" t="n">
         <x:v>592083</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>36061</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s"/>
       <x:c r="I152" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>30812</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
         <x:v>559218</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
@@ -11774,96 +11772,96 @@
       <x:c r="L153" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
         <x:v>608683</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>36061</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s"/>
       <x:c r="I154" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>30812</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>578825</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
@@ -11960,90 +11958,90 @@
       <x:c r="R156" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
         <x:v>595755</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>36061</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>30812</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
         <x:v>613731</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
-        <x:v>308</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C158" s="15" t="s"/>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s"/>
       <x:c r="K158" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
@@ -12098,51 +12096,51 @@
       <x:c r="L159" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>605000</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C160" s="15" t="s"/>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s"/>
       <x:c r="K160" s="14" t="s">
@@ -12377,51 +12375,51 @@
       <x:c r="L164" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
         <x:v>605044</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
@@ -12928,100 +12926,100 @@
       <x:c r="L174" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
         <x:v>605028</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C175" s="3" t="s"/>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>605019</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C176" s="15" t="s"/>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s"/>
       <x:c r="K176" s="14" t="s">
@@ -13493,51 +13491,51 @@
       <x:c r="L185" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>605022</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="C186" s="15" t="s"/>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s"/>
       <x:c r="K186" s="14" t="s">
@@ -14291,96 +14289,96 @@
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
         <x:v>595549</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s"/>
       <x:c r="I200" s="16" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
-        <x:v>552640</x:v>
+        <x:v>600666</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="E201" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
@@ -14407,96 +14405,96 @@
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
         <x:v>600668</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s"/>
       <x:c r="I202" s="16" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
-        <x:v>600666</x:v>
+        <x:v>552640</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="E203" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
@@ -14536,75 +14534,75 @@
       <x:c r="T203" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s"/>
       <x:c r="I204" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K204" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
         <x:v>611774</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
@@ -14650,75 +14648,75 @@
       <x:c r="T205" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
         <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s"/>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s"/>
       <x:c r="I206" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K206" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
         <x:v>611791</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C207" s="3" t="s"/>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="G207" s="0" t="s">
         <x:v>113</x:v>
@@ -14732,51 +14730,51 @@
       <x:c r="L207" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
         <x:v>605040</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C208" s="15" t="s"/>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s"/>
       <x:c r="I208" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s"/>
       <x:c r="K208" s="14" t="s">
@@ -15183,51 +15181,51 @@
       <x:c r="L215" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
         <x:v>605027</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
         <x:v>29964</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="I216" s="16" t="s">
@@ -15859,51 +15857,51 @@
       <x:c r="L227" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
         <x:v>605037</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C228" s="15" t="s"/>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s"/>
       <x:c r="I228" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s"/>
       <x:c r="K228" s="14" t="s">
@@ -15961,51 +15959,51 @@
       <x:c r="L229" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
         <x:v>580364</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="C230" s="15" t="s"/>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s"/>
       <x:c r="K230" s="14" t="s">
@@ -16014,51 +16012,51 @@
       <x:c r="L230" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
         <x:v>611395</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="C231" s="3" t="s"/>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>107</x:v>
@@ -16337,155 +16335,155 @@
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
         <x:v>592355</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
-        <x:v>190</x:v>
-[...1 lines deleted...]
-      <x:c r="C237" s="3" t="s"/>
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="C237" s="3" t="n">
+        <x:v>40123</x:v>
+      </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="G237" s="0" t="s">
-        <x:v>191</x:v>
-[...2 lines deleted...]
-        <x:v>192</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>421</x:v>
+      </x:c>
+      <x:c r="J237" s="0" t="s">
+        <x:v>44</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
-        <x:v>70707</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
-        <x:v>567362</x:v>
+        <x:v>592366</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
-        <x:v>36</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
-        <x:v>425</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="C238" s="15" t="s"/>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
-        <x:v>420</x:v>
-[...1 lines deleted...]
-      <x:c r="H238" s="14" t="s"/>
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="H238" s="14" t="s">
+        <x:v>192</x:v>
+      </x:c>
       <x:c r="I238" s="16" t="s">
-        <x:v>421</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="J238" s="14" t="s"/>
       <x:c r="K238" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>70707</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
-        <x:v>422</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
-        <x:v>423</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
-        <x:v>592366</x:v>
+        <x:v>567362</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C239" s="3" t="s"/>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="G239" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>73</x:v>
@@ -16593,51 +16591,51 @@
       <x:c r="L241" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
         <x:v>605025</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C242" s="15" t="s"/>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s"/>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s"/>
       <x:c r="I242" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s"/>
       <x:c r="K242" s="14" t="s">
@@ -16646,51 +16644,51 @@
       <x:c r="L242" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
         <x:v>605001</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C243" s="3" t="s"/>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="G243" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>107</x:v>
@@ -16934,80 +16932,80 @@
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
         <x:v>607297</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C248" s="15" t="s"/>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s"/>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I248" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s"/>
       <x:c r="K248" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>31002</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
         <x:v>611207</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
         <x:v>439</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
@@ -17437,149 +17435,150 @@
       </x:c>
       <x:c r="P256" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
         <x:v>615471</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
-        <x:v>112</x:v>
-[...1 lines deleted...]
-      <x:c r="C257" s="3" t="s"/>
+        <x:v>450</x:v>
+      </x:c>
+      <x:c r="C257" s="3" t="n">
+        <x:v>37680</x:v>
+      </x:c>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="G257" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>429</x:v>
+      </x:c>
+      <x:c r="J257" s="0" t="s">
+        <x:v>44</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
-        <x:v>70332</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
-        <x:v>605026</x:v>
+        <x:v>607298</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
-        <x:v>450</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="C258" s="15" t="s"/>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s"/>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
-        <x:v>428</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s"/>
       <x:c r="I258" s="16" t="s">
-        <x:v>429</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="J258" s="14" t="s"/>
       <x:c r="K258" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
-        <x:v>24273</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
-        <x:v>428</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
-        <x:v>429</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
-        <x:v>607298</x:v>
+        <x:v>605026</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
-        <x:v>438</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C259" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="E259" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -17600,1002 +17599,1008 @@
       </x:c>
       <x:c r="P259" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
         <x:v>598912</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C260" s="15" t="n">
-        <x:v>35340</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s"/>
       <x:c r="I260" s="16" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K260" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
-        <x:v>507233</x:v>
+        <x:v>598913</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
-        <x:v>431</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C261" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D261" s="3" t="s"/>
+      <x:c r="E261" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G261" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="J261" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
-        <x:v>558379</x:v>
+        <x:v>598916</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C262" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
-        <x:v>432</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>428</x:v>
+      </x:c>
+      <x:c r="H262" s="14" t="s"/>
       <x:c r="I262" s="16" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K262" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
-        <x:v>432</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
-        <x:v>607711</x:v>
+        <x:v>545078</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
-        <x:v>452</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C263" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D263" s="3" t="s"/>
+      <x:c r="E263" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G263" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>432</x:v>
+      </x:c>
+      <x:c r="H263" s="0" t="s">
+        <x:v>433</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
-        <x:v>595556</x:v>
+        <x:v>607711</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>453</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C264" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D264" s="15" t="s"/>
-      <x:c r="E264" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E264" s="14" t="s"/>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s"/>
       <x:c r="I264" s="16" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="K264" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
-        <x:v>545078</x:v>
+        <x:v>558368</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
-        <x:v>453</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
-        <x:v>168</x:v>
-[...1 lines deleted...]
-      <x:c r="C265" s="3" t="s"/>
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="C265" s="3" t="n">
+        <x:v>35340</x:v>
+      </x:c>
       <x:c r="D265" s="3" t="s"/>
+      <x:c r="E265" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G265" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
         <x:v>429</x:v>
       </x:c>
+      <x:c r="J265" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
       <x:c r="K265" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
-        <x:v>31006</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
-        <x:v>510084</x:v>
+        <x:v>507233</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
-        <x:v>454</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
-        <x:v>455</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C266" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D266" s="15" t="s"/>
-      <x:c r="E266" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E266" s="14" t="s"/>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s"/>
       <x:c r="I266" s="16" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K266" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
-        <x:v>598913</x:v>
+        <x:v>606160</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
-        <x:v>451</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
-        <x:v>37680</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D267" s="3" t="s"/>
-      <x:c r="E267" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G267" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
-        <x:v>24273</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
-        <x:v>598916</x:v>
+        <x:v>555188</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
-        <x:v>449</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
-        <x:v>135</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
-        <x:v>136</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="C268" s="15" t="s"/>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s"/>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s"/>
       <x:c r="I268" s="16" t="s">
         <x:v>429</x:v>
       </x:c>
-      <x:c r="J268" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J268" s="14" t="s"/>
       <x:c r="K268" s="14" t="s">
-        <x:v>456</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
-        <x:v>555188</x:v>
+        <x:v>510084</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
-        <x:v>453</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>458</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C269" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="G269" s="0" t="s">
-        <x:v>428</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="J269" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
-        <x:v>428</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
-        <x:v>555189</x:v>
+        <x:v>595556</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
-        <x:v>453</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
-        <x:v>457</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="C270" s="15" t="n">
-        <x:v>37680</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s"/>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s"/>
       <x:c r="I270" s="16" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K270" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
-        <x:v>24273</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
-        <x:v>558368</x:v>
+        <x:v>555189</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
-        <x:v>449</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C271" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D271" s="3" t="s"/>
+      <x:c r="E271" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G271" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="J271" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
-        <x:v>458</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
-        <x:v>606160</x:v>
+        <x:v>545073</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
-        <x:v>436</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C272" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s"/>
       <x:c r="I272" s="16" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K272" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
-        <x:v>545073</x:v>
+        <x:v>507234</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
-        <x:v>453</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="C273" s="3" t="n">
-        <x:v>35340</x:v>
+        <x:v>37346</x:v>
       </x:c>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="E273" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
-        <x:v>428</x:v>
+        <x:v>432</x:v>
+      </x:c>
+      <x:c r="H273" s="0" t="s">
+        <x:v>433</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
-        <x:v>24220</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
-        <x:v>428</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
-        <x:v>507234</x:v>
+        <x:v>556597</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
-        <x:v>431</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
-        <x:v>459</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C274" s="15" t="n">
-        <x:v>37346</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D274" s="15" t="s"/>
-      <x:c r="E274" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E274" s="14" t="s"/>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
-        <x:v>432</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>428</x:v>
+      </x:c>
+      <x:c r="H274" s="14" t="s"/>
       <x:c r="I274" s="16" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K274" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
-        <x:v>31006</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
-        <x:v>432</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
-        <x:v>556597</x:v>
+        <x:v>507527</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
-        <x:v>434</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="C275" s="3" t="n">
-        <x:v>35340</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="G275" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
-        <x:v>24220</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
-        <x:v>507527</x:v>
+        <x:v>607296</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
-        <x:v>453</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
-        <x:v>460</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C276" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s"/>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s"/>
       <x:c r="I276" s="16" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K276" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
-        <x:v>607296</x:v>
+        <x:v>558379</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
-        <x:v>438</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C277" s="3" t="s"/>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="G277" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>107</x:v>
@@ -18653,51 +18658,51 @@
       <x:c r="L278" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
         <x:v>605006</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C279" s="3" t="s"/>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="G279" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>107</x:v>
@@ -18755,51 +18760,51 @@
       <x:c r="L280" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
         <x:v>605046</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="C281" s="3" t="n">
         <x:v>39490</x:v>
       </x:c>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="G281" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="H281" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
@@ -19258,51 +19263,51 @@
       <x:c r="L289" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
         <x:v>605047</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C290" s="15" t="s"/>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s"/>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s"/>
       <x:c r="I290" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J290" s="14" t="s"/>
       <x:c r="K290" s="14" t="s">
@@ -19311,51 +19316,51 @@
       <x:c r="L290" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
         <x:v>605033</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C291" s="3" t="s"/>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="G291" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
         <x:v>107</x:v>
@@ -19599,174 +19604,174 @@
       <x:c r="B296" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C296" s="15" t="s"/>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s"/>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s"/>
       <x:c r="I296" s="16" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s"/>
       <x:c r="K296" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
-        <x:v>31034</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
-        <x:v>608221</x:v>
+        <x:v>615208</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
-        <x:v>416</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
-        <x:v>486</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="C297" s="3" t="s"/>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="G297" s="0" t="s">
-        <x:v>478</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
-        <x:v>479</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>31034</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
-        <x:v>478</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
-        <x:v>479</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
-        <x:v>615208</x:v>
+        <x:v>568783</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
-        <x:v>481</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="C298" s="15" t="s"/>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s"/>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s"/>
       <x:c r="I298" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="J298" s="14" t="s"/>
       <x:c r="K298" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M298" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
-        <x:v>568783</x:v>
+        <x:v>608221</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="C299" s="3" t="n">
         <x:v>39490</x:v>
       </x:c>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="G299" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="H299" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="J299" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
@@ -20203,258 +20208,256 @@
       </x:c>
       <x:c r="O307" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
         <x:v>581523</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
         <x:v>499</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
-        <x:v>77</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
-        <x:v>488</x:v>
-[...1 lines deleted...]
-      <x:c r="C308" s="15" t="s"/>
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="C308" s="15" t="n">
+        <x:v>37680</x:v>
+      </x:c>
       <x:c r="D308" s="15" t="s"/>
-      <x:c r="E308" s="14" t="s"/>
+      <x:c r="E308" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="H308" s="14" t="s"/>
       <x:c r="I308" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
-      <x:c r="J308" s="14" t="s"/>
+      <x:c r="J308" s="14" t="s">
+        <x:v>44</x:v>
+      </x:c>
       <x:c r="K308" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L308" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M308" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N308" s="15" t="n">
-        <x:v>31045</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O308" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P308" s="14" t="s">
-        <x:v>327</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
-        <x:v>599360</x:v>
+        <x:v>553577</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
-        <x:v>500</x:v>
+        <x:v>389</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
-        <x:v>64</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>488</x:v>
+      </x:c>
+      <x:c r="C309" s="3" t="s"/>
       <x:c r="D309" s="3" t="s"/>
-      <x:c r="E309" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G309" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
-      <x:c r="J309" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K309" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="L309" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
-        <x:v>24273</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
-        <x:v>498751</x:v>
+        <x:v>599360</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>503</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="C310" s="15" t="s"/>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s"/>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="H310" s="14" t="s"/>
       <x:c r="I310" s="16" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="J310" s="14" t="s"/>
       <x:c r="K310" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L310" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
-        <x:v>587058</x:v>
+        <x:v>587046</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="U310" s="16" t="s">
         <x:v>497</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
-        <x:v>501</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="C311" s="3" t="s"/>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="G311" s="0" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>31034</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
-        <x:v>502</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
-        <x:v>503</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
-        <x:v>505179</x:v>
+        <x:v>587054</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
-        <x:v>504</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="C312" s="15" t="s"/>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s"/>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="H312" s="14" t="s"/>
       <x:c r="I312" s="16" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="J312" s="14" t="s"/>
       <x:c r="K312" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L312" s="14" t="s">
@@ -20505,162 +20508,162 @@
       <x:c r="G313" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="I313" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="J313" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L313" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
-        <x:v>505</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
-        <x:v>503</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
-        <x:v>553577</x:v>
+        <x:v>498751</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
-        <x:v>506</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
-        <x:v>389</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
-        <x:v>483</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="C314" s="15" t="s"/>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s"/>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="H314" s="14" t="s"/>
       <x:c r="I314" s="16" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="J314" s="14" t="s"/>
       <x:c r="K314" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
-        <x:v>31034</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
-        <x:v>496</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
-        <x:v>587046</x:v>
+        <x:v>505179</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
-        <x:v>497</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="C315" s="3" t="s"/>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="G315" s="0" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="P315" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
-        <x:v>587054</x:v>
+        <x:v>587058</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C316" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D316" s="15" t="s"/>
       <x:c r="E316" s="14" t="s"/>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="H316" s="14" t="s"/>
@@ -20991,51 +20994,51 @@
       <x:c r="I322" s="16" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="J322" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K322" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L322" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M322" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N322" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O322" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P322" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
         <x:v>460688</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="C323" s="3" t="s"/>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="G323" s="0" t="s">
         <x:v>327</x:v>
@@ -21253,54 +21256,54 @@
       <x:c r="G327" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="J327" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L327" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M327" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N327" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O327" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P327" s="0" t="s">
-        <x:v>505</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="Q327" s="4" t="s">
-        <x:v>503</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
         <x:v>605580</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C328" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D328" s="15" t="s"/>
@@ -21312,115 +21315,115 @@
         <x:v>327</x:v>
       </x:c>
       <x:c r="H328" s="14" t="s"/>
       <x:c r="I328" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="J328" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K328" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L328" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M328" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N328" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O328" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P328" s="14" t="s">
-        <x:v>505</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="Q328" s="16" t="s">
-        <x:v>503</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="R328" s="14" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="S328" s="14" t="n">
         <x:v>605581</x:v>
       </x:c>
       <x:c r="T328" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U328" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:21">
       <x:c r="A329" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="C329" s="3" t="s"/>
       <x:c r="D329" s="3" t="s"/>
       <x:c r="G329" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="I329" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L329" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M329" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N329" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O329" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P329" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="Q329" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="R329" s="0" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="S329" s="0" t="n">
         <x:v>600777</x:v>
       </x:c>
       <x:c r="T329" s="4" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="U329" s="4" t="s">
-        <x:v>500</x:v>
+        <x:v>503</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:21">
       <x:c r="A330" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B330" s="14" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="C330" s="15" t="n">
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D330" s="15" t="s"/>
       <x:c r="E330" s="14" t="s"/>
       <x:c r="F330" s="14" t="s"/>
       <x:c r="G330" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="H330" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="I330" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="J330" s="14" t="s">
@@ -21492,51 +21495,51 @@
       <x:c r="L331" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M331" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N331" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O331" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="P331" s="0" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
         <x:v>568847</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
-        <x:v>453</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
         <x:v>531</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="C332" s="15" t="n">
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D332" s="15" t="s"/>
       <x:c r="E332" s="14" t="s"/>
       <x:c r="F332" s="14" t="s"/>
       <x:c r="G332" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="H332" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="I332" s="16" t="s">
@@ -21946,1661 +21949,1654 @@
       </x:c>
       <x:c r="P339" s="0" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="Q339" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="R339" s="0" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="S339" s="0" t="n">
         <x:v>605525</x:v>
       </x:c>
       <x:c r="T339" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U339" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C340" s="15" t="s"/>
       <x:c r="D340" s="15" t="s"/>
       <x:c r="E340" s="14" t="s"/>
       <x:c r="F340" s="14" t="s"/>
       <x:c r="G340" s="14" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="H340" s="14" t="s"/>
       <x:c r="I340" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="J340" s="14" t="s"/>
       <x:c r="K340" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L340" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M340" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N340" s="15" t="n">
-        <x:v>70332</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O340" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="P340" s="14" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
-        <x:v>584586</x:v>
+        <x:v>576617</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
-        <x:v>475</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
         <x:v>547</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="C341" s="3" t="s"/>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="G341" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
-        <x:v>576617</x:v>
+        <x:v>576619</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
-        <x:v>548</x:v>
+        <x:v>549</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
-        <x:v>469</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C342" s="15" t="s"/>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s"/>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="H342" s="14" t="s"/>
       <x:c r="I342" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s"/>
       <x:c r="K342" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M342" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
-        <x:v>576619</x:v>
+        <x:v>576623</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
-        <x:v>549</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
-        <x:v>550</x:v>
+        <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="C343" s="3" t="s"/>
       <x:c r="D343" s="3" t="s"/>
       <x:c r="G343" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="I343" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L343" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M343" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N343" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O343" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="P343" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="Q343" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="R343" s="0" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="S343" s="0" t="n">
-        <x:v>576623</x:v>
+        <x:v>576625</x:v>
       </x:c>
       <x:c r="T343" s="4" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="U343" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:21">
       <x:c r="A344" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B344" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C344" s="15" t="s"/>
       <x:c r="D344" s="15" t="s"/>
       <x:c r="E344" s="14" t="s"/>
       <x:c r="F344" s="14" t="s"/>
       <x:c r="G344" s="14" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="H344" s="14" t="s"/>
       <x:c r="I344" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="J344" s="14" t="s"/>
       <x:c r="K344" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L344" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M344" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
-        <x:v>576625</x:v>
+        <x:v>584586</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
+        <x:v>475</x:v>
+      </x:c>
+      <x:c r="U344" s="16" t="s">
         <x:v>552</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
-        <x:v>58</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="C345" s="3" t="s"/>
       <x:c r="D345" s="3" t="s"/>
-      <x:c r="E345" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G345" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="I345" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
-      <x:c r="J345" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K345" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="L345" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M345" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N345" s="3" t="n">
-        <x:v>24220</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O345" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="P345" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="Q345" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="R345" s="0" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="S345" s="0" t="n">
-        <x:v>552912</x:v>
+        <x:v>576621</x:v>
       </x:c>
       <x:c r="T345" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U345" s="4" t="s">
-        <x:v>553</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:21">
       <x:c r="A346" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B346" s="14" t="s">
-        <x:v>64</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="C346" s="15" t="s"/>
       <x:c r="D346" s="15" t="s"/>
-      <x:c r="E346" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E346" s="14" t="s"/>
       <x:c r="F346" s="14" t="s"/>
       <x:c r="G346" s="14" t="s">
-        <x:v>546</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="H346" s="14" t="s"/>
       <x:c r="I346" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
-      <x:c r="J346" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J346" s="14" t="s"/>
       <x:c r="K346" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="L346" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M346" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N346" s="15" t="n">
-        <x:v>24273</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O346" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="P346" s="14" t="s">
-        <x:v>546</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="Q346" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="R346" s="14" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="S346" s="14" t="n">
-        <x:v>605529</x:v>
+        <x:v>584585</x:v>
       </x:c>
       <x:c r="T346" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="U346" s="16" t="s">
-        <x:v>308</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:21">
       <x:c r="A347" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C347" s="3" t="n">
-        <x:v>37488</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D347" s="3" t="s"/>
       <x:c r="E347" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G347" s="0" t="s">
-        <x:v>164</x:v>
-[...2 lines deleted...]
-        <x:v>165</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="I347" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="J347" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K347" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L347" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M347" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="N347" s="3" t="n">
-        <x:v>31045</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O347" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P347" s="0" t="s">
-        <x:v>554</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="Q347" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="R347" s="0" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="S347" s="0" t="n">
-        <x:v>609471</x:v>
+        <x:v>552919</x:v>
       </x:c>
       <x:c r="T347" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U347" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:21">
       <x:c r="A348" s="13" t="s">
-        <x:v>77</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B348" s="14" t="s">
-        <x:v>187</x:v>
-[...1 lines deleted...]
-      <x:c r="C348" s="15" t="s"/>
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="C348" s="15" t="n">
+        <x:v>37680</x:v>
+      </x:c>
       <x:c r="D348" s="15" t="s"/>
-      <x:c r="E348" s="14" t="s"/>
+      <x:c r="E348" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F348" s="14" t="s"/>
       <x:c r="G348" s="14" t="s">
-        <x:v>538</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="H348" s="14" t="s"/>
       <x:c r="I348" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
-      <x:c r="J348" s="14" t="s"/>
+      <x:c r="J348" s="14" t="s">
+        <x:v>44</x:v>
+      </x:c>
       <x:c r="K348" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L348" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M348" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N348" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O348" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P348" s="14" t="s">
-        <x:v>538</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="Q348" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="R348" s="14" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="S348" s="14" t="n">
-        <x:v>576621</x:v>
+        <x:v>605529</x:v>
       </x:c>
       <x:c r="T348" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U348" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:21">
       <x:c r="A349" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
-        <x:v>187</x:v>
-[...1 lines deleted...]
-      <x:c r="C349" s="3" t="s"/>
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="C349" s="3" t="n">
+        <x:v>40792</x:v>
+      </x:c>
       <x:c r="D349" s="3" t="s"/>
+      <x:c r="E349" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G349" s="0" t="s">
-        <x:v>538</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="I349" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
+      <x:c r="J349" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
       <x:c r="K349" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L349" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M349" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N349" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O349" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P349" s="0" t="s">
-        <x:v>538</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="Q349" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="R349" s="0" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="S349" s="0" t="n">
-        <x:v>576624</x:v>
+        <x:v>552912</x:v>
       </x:c>
       <x:c r="T349" s="4" t="s">
-        <x:v>555</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U349" s="4" t="s">
-        <x:v>556</x:v>
+        <x:v>554</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:21">
       <x:c r="A350" s="13" t="s">
-        <x:v>77</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B350" s="14" t="s">
-        <x:v>112</x:v>
-[...1 lines deleted...]
-      <x:c r="C350" s="15" t="s"/>
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="C350" s="15" t="n">
+        <x:v>37488</x:v>
+      </x:c>
       <x:c r="D350" s="15" t="s"/>
-      <x:c r="E350" s="14" t="s"/>
+      <x:c r="E350" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F350" s="14" t="s"/>
       <x:c r="G350" s="14" t="s">
-        <x:v>538</x:v>
-[...1 lines deleted...]
-      <x:c r="H350" s="14" t="s"/>
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="H350" s="14" t="s">
+        <x:v>165</x:v>
+      </x:c>
       <x:c r="I350" s="16" t="s">
-        <x:v>536</x:v>
-[...1 lines deleted...]
-      <x:c r="J350" s="14" t="s"/>
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="J350" s="14" t="s">
+        <x:v>167</x:v>
+      </x:c>
       <x:c r="K350" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L350" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M350" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N350" s="15" t="n">
-        <x:v>70332</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O350" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="P350" s="14" t="s">
-        <x:v>538</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="Q350" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="R350" s="14" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="S350" s="14" t="n">
-        <x:v>584585</x:v>
+        <x:v>609471</x:v>
       </x:c>
       <x:c r="T350" s="16" t="s">
-        <x:v>557</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U350" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:21">
       <x:c r="A351" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="C351" s="3" t="n">
-        <x:v>37680</x:v>
+        <x:v>29964</x:v>
       </x:c>
       <x:c r="D351" s="3" t="s"/>
       <x:c r="E351" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G351" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="H351" s="0" t="s">
+        <x:v>280</x:v>
       </x:c>
       <x:c r="I351" s="4" t="s">
-        <x:v>536</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="J351" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K351" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L351" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M351" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N351" s="3" t="n">
-        <x:v>24273</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O351" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P351" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="Q351" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="R351" s="0" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="S351" s="0" t="n">
-        <x:v>552931</x:v>
+        <x:v>558155</x:v>
       </x:c>
       <x:c r="T351" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U351" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:21">
       <x:c r="A352" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B352" s="14" t="s">
-        <x:v>558</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C352" s="15" t="n">
-        <x:v>29964</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D352" s="15" t="s"/>
       <x:c r="E352" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F352" s="14" t="s"/>
       <x:c r="G352" s="14" t="s">
-        <x:v>280</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>546</x:v>
+      </x:c>
+      <x:c r="H352" s="14" t="s"/>
       <x:c r="I352" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="J352" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K352" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L352" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M352" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="N352" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O352" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P352" s="14" t="s">
-        <x:v>559</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="Q352" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="R352" s="14" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="S352" s="14" t="n">
-        <x:v>558155</x:v>
+        <x:v>552931</x:v>
       </x:c>
       <x:c r="T352" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U352" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:21">
       <x:c r="A353" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
-        <x:v>298</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="C353" s="3" t="s"/>
       <x:c r="D353" s="3" t="s"/>
       <x:c r="G353" s="0" t="s">
-        <x:v>560</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="I353" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
-      <x:c r="J353" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K353" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="L353" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M353" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="N353" s="3" t="n">
-        <x:v>31045</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O353" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="P353" s="0" t="s">
-        <x:v>561</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="Q353" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="R353" s="0" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="S353" s="0" t="n">
-        <x:v>596941</x:v>
+        <x:v>576624</x:v>
       </x:c>
       <x:c r="T353" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="U353" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>559</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:21">
       <x:c r="A354" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B354" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C354" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>37488</x:v>
       </x:c>
       <x:c r="D354" s="15" t="s"/>
       <x:c r="E354" s="14" t="s"/>
       <x:c r="F354" s="14" t="s"/>
       <x:c r="G354" s="14" t="s">
-        <x:v>535</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="H354" s="14" t="s"/>
       <x:c r="I354" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="J354" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="K354" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L354" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M354" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N354" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O354" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="P354" s="14" t="s">
-        <x:v>535</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="Q354" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="R354" s="14" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="S354" s="14" t="n">
-        <x:v>595551</x:v>
+        <x:v>596941</x:v>
       </x:c>
       <x:c r="T354" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:21">
       <x:c r="A355" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C355" s="3" t="n">
-        <x:v>35340</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D355" s="3" t="s"/>
-      <x:c r="E355" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G355" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="I355" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="J355" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K355" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L355" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M355" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N355" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O355" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P355" s="0" t="s">
-        <x:v>562</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="Q355" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="R355" s="0" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="S355" s="0" t="n">
-        <x:v>497034</x:v>
+        <x:v>595551</x:v>
       </x:c>
       <x:c r="T355" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U355" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:21">
       <x:c r="A356" s="13" t="s">
-        <x:v>77</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B356" s="14" t="s">
-        <x:v>563</x:v>
-[...1 lines deleted...]
-      <x:c r="C356" s="15" t="s"/>
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="C356" s="15" t="n">
+        <x:v>35340</x:v>
+      </x:c>
       <x:c r="D356" s="15" t="s"/>
-      <x:c r="E356" s="14" t="s"/>
+      <x:c r="E356" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F356" s="14" t="s"/>
       <x:c r="G356" s="14" t="s">
-        <x:v>538</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="H356" s="14" t="s"/>
       <x:c r="I356" s="16" t="s">
-        <x:v>536</x:v>
-[...1 lines deleted...]
-      <x:c r="J356" s="14" t="s"/>
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="J356" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
       <x:c r="K356" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L356" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M356" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N356" s="15" t="n">
-        <x:v>31006</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O356" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P356" s="14" t="s">
-        <x:v>538</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="Q356" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="R356" s="14" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="S356" s="14" t="n">
-        <x:v>578375</x:v>
+        <x:v>497034</x:v>
       </x:c>
       <x:c r="T356" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U356" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:21">
       <x:c r="A357" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
-        <x:v>58</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>563</x:v>
+      </x:c>
+      <x:c r="C357" s="3" t="s"/>
       <x:c r="D357" s="3" t="s"/>
-      <x:c r="E357" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G357" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="I357" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
-      <x:c r="J357" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K357" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="L357" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M357" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N357" s="3" t="n">
-        <x:v>24220</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O357" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="P357" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="Q357" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="R357" s="0" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="S357" s="0" t="n">
-        <x:v>605524</x:v>
+        <x:v>578375</x:v>
       </x:c>
       <x:c r="T357" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U357" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:21">
       <x:c r="A358" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B358" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C358" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D358" s="15" t="s"/>
       <x:c r="E358" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F358" s="14" t="s"/>
       <x:c r="G358" s="14" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="H358" s="14" t="s"/>
       <x:c r="I358" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="J358" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K358" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L358" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M358" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N358" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O358" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P358" s="14" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="Q358" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="R358" s="14" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="S358" s="14" t="n">
-        <x:v>552913</x:v>
+        <x:v>605524</x:v>
       </x:c>
       <x:c r="T358" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U358" s="16" t="s">
-        <x:v>553</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:21">
       <x:c r="A359" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C359" s="3" t="n">
-        <x:v>37488</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D359" s="3" t="s"/>
       <x:c r="E359" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G359" s="0" t="s">
-        <x:v>164</x:v>
-[...2 lines deleted...]
-        <x:v>165</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="I359" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="J359" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K359" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L359" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M359" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="N359" s="3" t="n">
-        <x:v>31045</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O359" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P359" s="0" t="s">
-        <x:v>554</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="Q359" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="R359" s="0" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="S359" s="0" t="n">
-        <x:v>556789</x:v>
+        <x:v>552913</x:v>
       </x:c>
       <x:c r="T359" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U359" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>554</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:21">
       <x:c r="A360" s="13" t="s">
-        <x:v>77</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B360" s="14" t="s">
-        <x:v>469</x:v>
-[...1 lines deleted...]
-      <x:c r="C360" s="15" t="s"/>
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="C360" s="15" t="n">
+        <x:v>37488</x:v>
+      </x:c>
       <x:c r="D360" s="15" t="s"/>
-      <x:c r="E360" s="14" t="s"/>
+      <x:c r="E360" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F360" s="14" t="s"/>
       <x:c r="G360" s="14" t="s">
-        <x:v>538</x:v>
-[...1 lines deleted...]
-      <x:c r="H360" s="14" t="s"/>
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="H360" s="14" t="s">
+        <x:v>165</x:v>
+      </x:c>
       <x:c r="I360" s="16" t="s">
-        <x:v>536</x:v>
-[...1 lines deleted...]
-      <x:c r="J360" s="14" t="s"/>
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="J360" s="14" t="s">
+        <x:v>167</x:v>
+      </x:c>
       <x:c r="K360" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L360" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M360" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N360" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O360" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="P360" s="14" t="s">
-        <x:v>538</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="Q360" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="R360" s="14" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="S360" s="14" t="n">
-        <x:v>576620</x:v>
+        <x:v>556789</x:v>
       </x:c>
       <x:c r="T360" s="16" t="s">
-        <x:v>564</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U360" s="16" t="s">
-        <x:v>565</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:21">
       <x:c r="A361" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C361" s="3" t="s"/>
       <x:c r="D361" s="3" t="s"/>
       <x:c r="G361" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="I361" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="K361" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L361" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M361" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N361" s="3" t="n">
-        <x:v>70332</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O361" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="P361" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="Q361" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="R361" s="0" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="S361" s="0" t="n">
-        <x:v>584588</x:v>
+        <x:v>576620</x:v>
       </x:c>
       <x:c r="T361" s="4" t="s">
-        <x:v>566</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="U361" s="4" t="s">
-        <x:v>567</x:v>
+        <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:21">
       <x:c r="A362" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B362" s="14" t="s">
-        <x:v>568</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C362" s="15" t="s"/>
       <x:c r="D362" s="15" t="s"/>
       <x:c r="E362" s="14" t="s"/>
       <x:c r="F362" s="14" t="s"/>
       <x:c r="G362" s="14" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="H362" s="14" t="s"/>
       <x:c r="I362" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="J362" s="14" t="s"/>
       <x:c r="K362" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L362" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M362" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N362" s="15" t="n">
-        <x:v>70707</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O362" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="P362" s="14" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="Q362" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="R362" s="14" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="S362" s="14" t="n">
-        <x:v>585515</x:v>
+        <x:v>584588</x:v>
       </x:c>
       <x:c r="T362" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="U362" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>567</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:21">
       <x:c r="A363" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
-        <x:v>540</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="C363" s="3" t="s"/>
       <x:c r="D363" s="3" t="s"/>
       <x:c r="G363" s="0" t="s">
-        <x:v>541</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="I363" s="4" t="s">
-        <x:v>542</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="K363" s="0" t="s">
-        <x:v>543</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="L363" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M363" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="N363" s="3" t="n">
-        <x:v>31006</x:v>
+        <x:v>70707</x:v>
       </x:c>
       <x:c r="O363" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="P363" s="0" t="s">
-        <x:v>541</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="Q363" s="4" t="s">
-        <x:v>542</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="R363" s="0" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="S363" s="0" t="n">
-        <x:v>611741</x:v>
+        <x:v>585515</x:v>
       </x:c>
       <x:c r="T363" s="4" t="s">
-        <x:v>569</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U363" s="4" t="s">
-        <x:v>570</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:21">
       <x:c r="A364" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B364" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="C364" s="15" t="s"/>
       <x:c r="D364" s="15" t="s"/>
       <x:c r="E364" s="14" t="s"/>
       <x:c r="F364" s="14" t="s"/>
       <x:c r="G364" s="14" t="s">
-        <x:v>538</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="H364" s="14" t="s"/>
       <x:c r="I364" s="16" t="s">
-        <x:v>536</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="J364" s="14" t="s"/>
       <x:c r="K364" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="L364" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M364" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N364" s="15" t="n">
-        <x:v>70332</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O364" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="P364" s="14" t="s">
-        <x:v>538</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="Q364" s="16" t="s">
-        <x:v>536</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="R364" s="14" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="S364" s="14" t="n">
-        <x:v>584584</x:v>
+        <x:v>611741</x:v>
       </x:c>
       <x:c r="T364" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="U364" s="16" t="s">
-        <x:v>571</x:v>
+        <x:v>570</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:21">
       <x:c r="A365" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
-        <x:v>469</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C365" s="3" t="s"/>
       <x:c r="D365" s="3" t="s"/>
       <x:c r="G365" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="I365" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L365" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M365" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N365" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O365" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="P365" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="Q365" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="R365" s="0" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="S365" s="0" t="n">
-        <x:v>576616</x:v>
+        <x:v>584584</x:v>
       </x:c>
       <x:c r="T365" s="4" t="s">
-        <x:v>572</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="U365" s="4" t="s">
-        <x:v>573</x:v>
+        <x:v>571</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:21">
       <x:c r="A366" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B366" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C366" s="15" t="s"/>
       <x:c r="D366" s="15" t="s"/>
       <x:c r="E366" s="14" t="s"/>
       <x:c r="F366" s="14" t="s"/>
       <x:c r="G366" s="14" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="H366" s="14" t="s"/>
       <x:c r="I366" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="J366" s="14" t="s"/>
       <x:c r="K366" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L366" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M366" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N366" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O366" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="P366" s="14" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="Q366" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="R366" s="14" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="S366" s="14" t="n">
-        <x:v>576627</x:v>
+        <x:v>576616</x:v>
       </x:c>
       <x:c r="T366" s="16" t="s">
-        <x:v>574</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="U366" s="16" t="s">
-        <x:v>575</x:v>
+        <x:v>573</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:21">
       <x:c r="A367" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
-        <x:v>86</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="C367" s="3" t="s"/>
       <x:c r="D367" s="3" t="s"/>
-      <x:c r="E367" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G367" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="I367" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
-      <x:c r="J367" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K367" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="L367" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M367" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N367" s="3" t="n">
-        <x:v>24220</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O367" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="P367" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="Q367" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="R367" s="0" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="S367" s="0" t="n">
-        <x:v>552919</x:v>
+        <x:v>576627</x:v>
       </x:c>
       <x:c r="T367" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="U367" s="4" t="s">
-        <x:v>308</x:v>
+        <x:v>575</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:21">
       <x:c r="A368" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B368" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C368" s="15" t="s"/>
       <x:c r="D368" s="15" t="s"/>
       <x:c r="E368" s="14" t="s"/>
       <x:c r="F368" s="14" t="s"/>
       <x:c r="G368" s="14" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="H368" s="14" t="s"/>
       <x:c r="I368" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="J368" s="14" t="s"/>
       <x:c r="K368" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L368" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M368" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N368" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O368" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P368" s="14" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="Q368" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="R368" s="14" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="S368" s="14" t="n">
         <x:v>584582</x:v>
       </x:c>
       <x:c r="T368" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U368" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:21">
       <x:c r="A369" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="C369" s="3" t="s"/>
       <x:c r="D369" s="3" t="s"/>
       <x:c r="G369" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="I369" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="K369" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L369" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M369" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N369" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O369" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="P369" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="Q369" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="R369" s="0" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="S369" s="0" t="n">
         <x:v>576614</x:v>
       </x:c>
       <x:c r="T369" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U369" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:21">
       <x:c r="A370" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B370" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="C370" s="15" t="s"/>
       <x:c r="D370" s="15" t="s"/>
       <x:c r="E370" s="14" t="s"/>
       <x:c r="F370" s="14" t="s"/>
       <x:c r="G370" s="14" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="H370" s="14" t="s"/>
       <x:c r="I370" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="J370" s="14" t="s"/>
       <x:c r="K370" s="14" t="s">
@@ -23720,51 +23716,51 @@
       <x:c r="M372" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N372" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O372" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P372" s="14" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="Q372" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="R372" s="14" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="S372" s="14" t="n">
         <x:v>552918</x:v>
       </x:c>
       <x:c r="T372" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U372" s="16" t="s">
-        <x:v>308</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:21">
       <x:c r="A373" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C373" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D373" s="3" t="s"/>
       <x:c r="E373" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G373" s="0" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="I373" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J373" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -23889,51 +23885,51 @@
       <x:c r="M375" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N375" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O375" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P375" s="0" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="Q375" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="R375" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="S375" s="0" t="n">
         <x:v>608142</x:v>
       </x:c>
       <x:c r="T375" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U375" s="4" t="s">
-        <x:v>308</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:21">
       <x:c r="A376" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B376" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C376" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D376" s="15" t="s"/>
       <x:c r="E376" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F376" s="14" t="s"/>
       <x:c r="G376" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="H376" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="I376" s="16" t="s">
         <x:v>263</x:v>
@@ -24007,51 +24003,51 @@
       <x:c r="L377" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M377" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N377" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O377" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P377" s="0" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="Q377" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R377" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="S377" s="0" t="n">
         <x:v>556632</x:v>
       </x:c>
       <x:c r="T377" s="4" t="s">
-        <x:v>453</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="U377" s="4" t="s">
         <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:21">
       <x:c r="A378" s="13" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B378" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C378" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D378" s="15" t="s"/>
       <x:c r="E378" s="14" t="s"/>
       <x:c r="F378" s="14" t="s"/>
       <x:c r="G378" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="H378" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="I378" s="16" t="s">
@@ -24413,51 +24409,51 @@
       <x:c r="M384" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="N384" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O384" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P384" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="Q384" s="16" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="R384" s="14" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="S384" s="14" t="n">
         <x:v>608213</x:v>
       </x:c>
       <x:c r="T384" s="16" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="U384" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:21">
       <x:c r="A385" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C385" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D385" s="3" t="s"/>
       <x:c r="G385" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="H385" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="I385" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="J385" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -24528,230 +24524,229 @@
       <x:c r="L386" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M386" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N386" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O386" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P386" s="14" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="Q386" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R386" s="14" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="S386" s="14" t="n">
         <x:v>556629</x:v>
       </x:c>
       <x:c r="T386" s="16" t="s">
-        <x:v>453</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="U386" s="16" t="s">
         <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:21">
       <x:c r="A387" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
-        <x:v>457</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C387" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D387" s="3" t="s"/>
       <x:c r="G387" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="H387" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="I387" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="J387" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K387" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L387" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M387" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N387" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O387" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P387" s="0" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="Q387" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="R387" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="S387" s="0" t="n">
         <x:v>608141</x:v>
       </x:c>
       <x:c r="T387" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U387" s="4" t="s">
-        <x:v>308</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:21">
       <x:c r="A388" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B388" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C388" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D388" s="15" t="s"/>
       <x:c r="E388" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F388" s="14" t="s"/>
       <x:c r="G388" s="14" t="s">
-        <x:v>596</x:v>
-[...1 lines deleted...]
-      <x:c r="H388" s="14" t="s"/>
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="H388" s="14" t="s">
+        <x:v>262</x:v>
+      </x:c>
       <x:c r="I388" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="J388" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K388" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L388" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M388" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="N388" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O388" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P388" s="14" t="s">
-        <x:v>596</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="Q388" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R388" s="14" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="S388" s="14" t="n">
-        <x:v>546764</x:v>
+        <x:v>503933</x:v>
       </x:c>
       <x:c r="T388" s="16" t="s">
-        <x:v>597</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U388" s="16" t="s">
-        <x:v>598</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:21">
       <x:c r="A389" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C389" s="3" t="n">
-        <x:v>35340</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D389" s="3" t="s"/>
       <x:c r="E389" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G389" s="0" t="s">
-        <x:v>261</x:v>
-[...2 lines deleted...]
-        <x:v>262</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="I389" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J389" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L389" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M389" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N389" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O389" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P389" s="0" t="s">
-        <x:v>582</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="Q389" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R389" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="S389" s="0" t="n">
-        <x:v>503933</x:v>
+        <x:v>546764</x:v>
       </x:c>
       <x:c r="T389" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="U389" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>598</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:21">
       <x:c r="A390" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B390" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C390" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D390" s="15" t="s"/>
       <x:c r="E390" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F390" s="14" t="s"/>
       <x:c r="G390" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="H390" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="I390" s="16" t="s">
         <x:v>263</x:v>
@@ -24762,57 +24757,57 @@
       <x:c r="K390" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L390" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M390" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N390" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O390" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P390" s="14" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="Q390" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R390" s="14" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="S390" s="14" t="n">
-        <x:v>600901</x:v>
+        <x:v>549232</x:v>
       </x:c>
       <x:c r="T390" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U390" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:21">
       <x:c r="A391" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C391" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D391" s="3" t="s"/>
       <x:c r="E391" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G391" s="0" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="I391" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J391" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -24880,57 +24875,57 @@
       <x:c r="K392" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L392" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M392" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N392" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O392" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P392" s="14" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="Q392" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R392" s="14" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="S392" s="14" t="n">
-        <x:v>549232</x:v>
+        <x:v>600901</x:v>
       </x:c>
       <x:c r="T392" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U392" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:21">
       <x:c r="A393" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="C393" s="3" t="n">
         <x:v>37346</x:v>
       </x:c>
       <x:c r="D393" s="3" t="s"/>
       <x:c r="E393" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G393" s="0" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="H393" s="0" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="I393" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
@@ -24957,156 +24952,156 @@
       </x:c>
       <x:c r="Q393" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R393" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="S393" s="0" t="n">
         <x:v>556634</x:v>
       </x:c>
       <x:c r="T393" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="U393" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:21">
       <x:c r="A394" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B394" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C394" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D394" s="15" t="s"/>
       <x:c r="E394" s="14" t="s"/>
       <x:c r="F394" s="14" t="s"/>
       <x:c r="G394" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="H394" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="I394" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="J394" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K394" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L394" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M394" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N394" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O394" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P394" s="14" t="s">
-        <x:v>261</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="Q394" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="R394" s="14" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="S394" s="14" t="n">
-        <x:v>608138</x:v>
+        <x:v>531265</x:v>
       </x:c>
       <x:c r="T394" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="U394" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:21">
       <x:c r="A395" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C395" s="3" t="n">
-        <x:v>35340</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D395" s="3" t="s"/>
       <x:c r="G395" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="H395" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="I395" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="J395" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L395" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M395" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N395" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O395" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P395" s="0" t="s">
-        <x:v>581</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="Q395" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="R395" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="S395" s="0" t="n">
-        <x:v>531265</x:v>
+        <x:v>608138</x:v>
       </x:c>
       <x:c r="T395" s="4" t="s">
-        <x:v>586</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U395" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:21">
       <x:c r="A396" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B396" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C396" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D396" s="15" t="s"/>
       <x:c r="E396" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F396" s="14" t="s"/>
       <x:c r="G396" s="14" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="H396" s="14" t="s"/>
       <x:c r="I396" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J396" s="14" t="s">
@@ -25183,388 +25178,388 @@
       </x:c>
       <x:c r="O397" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P397" s="0" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="Q397" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R397" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="S397" s="0" t="n">
         <x:v>499454</x:v>
       </x:c>
       <x:c r="T397" s="4" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="U397" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:21">
       <x:c r="A398" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B398" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="C398" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>40116</x:v>
       </x:c>
       <x:c r="D398" s="15" t="s"/>
-      <x:c r="E398" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E398" s="14" t="s"/>
       <x:c r="F398" s="14" t="s"/>
       <x:c r="G398" s="14" t="s">
-        <x:v>602</x:v>
-[...1 lines deleted...]
-      <x:c r="H398" s="14" t="s"/>
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="H398" s="14" t="s">
+        <x:v>208</x:v>
+      </x:c>
       <x:c r="I398" s="16" t="s">
-        <x:v>509</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="J398" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="K398" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="L398" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M398" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N398" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O398" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="P398" s="14" t="s">
-        <x:v>603</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="Q398" s="16" t="s">
-        <x:v>604</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="R398" s="14" t="s">
-        <x:v>605</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="S398" s="14" t="n">
-        <x:v>557041</x:v>
+        <x:v>574909</x:v>
       </x:c>
       <x:c r="T398" s="16" t="s">
-        <x:v>597</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U398" s="16" t="s">
-        <x:v>278</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:21">
       <x:c r="A399" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
-        <x:v>606</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="C399" s="3" t="n">
-        <x:v>38997</x:v>
+        <x:v>39278</x:v>
       </x:c>
       <x:c r="D399" s="3" t="s"/>
       <x:c r="G399" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="H399" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="I399" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="J399" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L399" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M399" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N399" s="3" t="n">
-        <x:v>24237</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O399" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P399" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q399" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="R399" s="0" t="s">
-        <x:v>605</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="S399" s="0" t="n">
-        <x:v>574994</x:v>
+        <x:v>574958</x:v>
       </x:c>
       <x:c r="T399" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U399" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="C400" s="15" t="n">
-        <x:v>40116</x:v>
+        <x:v>38997</x:v>
       </x:c>
       <x:c r="D400" s="15" t="s"/>
       <x:c r="E400" s="14" t="s"/>
       <x:c r="F400" s="14" t="s"/>
       <x:c r="G400" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="H400" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="I400" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="J400" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K400" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L400" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M400" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N400" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>24237</x:v>
       </x:c>
       <x:c r="O400" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="P400" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q400" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="R400" s="14" t="s">
-        <x:v>605</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="S400" s="14" t="n">
-        <x:v>574909</x:v>
+        <x:v>574994</x:v>
       </x:c>
       <x:c r="T400" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U400" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:21">
       <x:c r="A401" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
-        <x:v>607</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="C401" s="3" t="n">
-        <x:v>39278</x:v>
+        <x:v>40288</x:v>
       </x:c>
       <x:c r="D401" s="3" t="s"/>
       <x:c r="G401" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="H401" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="I401" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="J401" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="K401" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L401" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M401" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N401" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>31025</x:v>
       </x:c>
       <x:c r="O401" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="P401" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q401" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="R401" s="0" t="s">
-        <x:v>605</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="S401" s="0" t="n">
-        <x:v>574958</x:v>
+        <x:v>574942</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U401" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
-        <x:v>77</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
-        <x:v>608</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C402" s="15" t="n">
-        <x:v>40288</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D402" s="15" t="s"/>
-      <x:c r="E402" s="14" t="s"/>
+      <x:c r="E402" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F402" s="14" t="s"/>
       <x:c r="G402" s="14" t="s">
-        <x:v>207</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>607</x:v>
+      </x:c>
+      <x:c r="H402" s="14" t="s"/>
       <x:c r="I402" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="J402" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K402" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L402" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M402" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N402" s="15" t="n">
-        <x:v>31025</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O402" s="14" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="P402" s="14" t="s">
+        <x:v>608</x:v>
+      </x:c>
+      <x:c r="Q402" s="16" t="s">
         <x:v>609</x:v>
       </x:c>
-      <x:c r="P402" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="R402" s="14" t="s">
-        <x:v>605</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
-        <x:v>574942</x:v>
+        <x:v>557041</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C403" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D403" s="3" t="s"/>
       <x:c r="E403" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G403" s="0" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="H403" s="0" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="I403" s="4" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="J403" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L403" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M403" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N403" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O403" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P403" s="0" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="Q403" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="R403" s="0" t="s">
-        <x:v>605</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="S403" s="0" t="n">
         <x:v>504710</x:v>
       </x:c>
       <x:c r="T403" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U403" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:21">
       <x:c r="A404" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B404" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C404" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D404" s="15" t="s"/>
       <x:c r="E404" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -25581,51 +25576,51 @@
       <x:c r="J404" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K404" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L404" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M404" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N404" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O404" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P404" s="14" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="Q404" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="R404" s="14" t="s">
-        <x:v>605</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="S404" s="14" t="n">
         <x:v>504711</x:v>
       </x:c>
       <x:c r="T404" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U404" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:21">
       <x:c r="A405" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C405" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D405" s="3" t="s"/>
       <x:c r="E405" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -25641,110 +25636,110 @@
       <x:c r="J405" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K405" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L405" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M405" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N405" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O405" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P405" s="0" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="Q405" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
-        <x:v>605</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="S405" s="0" t="n">
         <x:v>549352</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C406" s="15" t="n">
         <x:v>35093</x:v>
       </x:c>
       <x:c r="D406" s="15" t="s"/>
       <x:c r="E406" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F406" s="14" t="s"/>
       <x:c r="G406" s="14" t="s">
-        <x:v>602</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="H406" s="14" t="s"/>
       <x:c r="I406" s="16" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="J406" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K406" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L406" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M406" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N406" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O406" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="P406" s="14" t="s">
-        <x:v>603</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="Q406" s="16" t="s">
-        <x:v>604</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="R406" s="14" t="s">
-        <x:v>605</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="S406" s="14" t="n">
         <x:v>557039</x:v>
       </x:c>
       <x:c r="T406" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="U406" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:21">
       <x:c r="A407" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="C407" s="3" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D407" s="3" t="s"/>
       <x:c r="G407" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
@@ -25757,51 +25752,51 @@
       <x:c r="J407" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K407" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L407" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M407" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N407" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O407" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P407" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q407" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="R407" s="0" t="s">
-        <x:v>605</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="S407" s="0" t="n">
         <x:v>574959</x:v>
       </x:c>
       <x:c r="T407" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U407" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:21">
       <x:c r="A408" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B408" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C408" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D408" s="15" t="s"/>
       <x:c r="E408" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -25818,169 +25813,169 @@
       <x:c r="J408" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K408" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L408" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M408" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N408" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O408" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P408" s="14" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="Q408" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="R408" s="14" t="s">
-        <x:v>605</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="S408" s="14" t="n">
         <x:v>549356</x:v>
       </x:c>
       <x:c r="T408" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U408" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:21">
       <x:c r="A409" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C409" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D409" s="3" t="s"/>
       <x:c r="E409" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G409" s="0" t="s">
-        <x:v>602</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="I409" s="4" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="J409" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K409" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L409" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M409" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N409" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O409" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P409" s="0" t="s">
-        <x:v>603</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="Q409" s="4" t="s">
-        <x:v>604</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="R409" s="0" t="s">
-        <x:v>605</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="S409" s="0" t="n">
         <x:v>557044</x:v>
       </x:c>
       <x:c r="T409" s="4" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="U409" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:21">
       <x:c r="A410" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B410" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C410" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D410" s="15" t="s"/>
       <x:c r="E410" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F410" s="14" t="s"/>
       <x:c r="G410" s="14" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="H410" s="14" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="I410" s="16" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="J410" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K410" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L410" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M410" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N410" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O410" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P410" s="14" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="Q410" s="16" t="s">
-        <x:v>604</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="R410" s="14" t="s">
-        <x:v>605</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="S410" s="14" t="n">
         <x:v>608013</x:v>
       </x:c>
       <x:c r="T410" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U410" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="C411" s="3" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D411" s="3" t="s"/>
       <x:c r="G411" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
@@ -25993,51 +25988,51 @@
       <x:c r="J411" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K411" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L411" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M411" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N411" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O411" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P411" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q411" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="R411" s="0" t="s">
-        <x:v>605</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="S411" s="0" t="n">
         <x:v>574956</x:v>
       </x:c>
       <x:c r="T411" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U411" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:21">
       <x:c r="A412" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B412" s="14" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="C412" s="15" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D412" s="15" t="s"/>
       <x:c r="E412" s="14" t="s"/>
       <x:c r="F412" s="14" t="s"/>
       <x:c r="G412" s="14" t="s">
@@ -26052,51 +26047,51 @@
       <x:c r="J412" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K412" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L412" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M412" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N412" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O412" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P412" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q412" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="R412" s="14" t="s">
-        <x:v>605</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="S412" s="14" t="n">
         <x:v>574957</x:v>
       </x:c>
       <x:c r="T412" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U412" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:21">
       <x:c r="A413" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="C413" s="3" t="n">
         <x:v>35455</x:v>
       </x:c>
       <x:c r="D413" s="3" t="s"/>
       <x:c r="G413" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
@@ -26109,51 +26104,51 @@
       <x:c r="J413" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K413" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L413" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M413" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N413" s="3" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O413" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P413" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="Q413" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="R413" s="0" t="s">
-        <x:v>605</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="S413" s="0" t="n">
         <x:v>575556</x:v>
       </x:c>
       <x:c r="T413" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U413" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:21">
       <x:c r="A414" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B414" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C414" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D414" s="15" t="s"/>
       <x:c r="E414" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -26170,51 +26165,51 @@
       <x:c r="J414" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K414" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L414" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M414" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N414" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O414" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P414" s="14" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="Q414" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="R414" s="14" t="s">
-        <x:v>605</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="S414" s="14" t="n">
         <x:v>549377</x:v>
       </x:c>
       <x:c r="T414" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U414" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:21">
       <x:c r="A415" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="C415" s="3" t="n">
         <x:v>38997</x:v>
       </x:c>
       <x:c r="D415" s="3" t="s"/>
       <x:c r="G415" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
@@ -26227,51 +26222,51 @@
       <x:c r="J415" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K415" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L415" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M415" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N415" s="3" t="n">
         <x:v>24237</x:v>
       </x:c>
       <x:c r="O415" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="P415" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q415" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="R415" s="0" t="s">
-        <x:v>605</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="S415" s="0" t="n">
         <x:v>581573</x:v>
       </x:c>
       <x:c r="T415" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U415" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:21">
       <x:c r="A416" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B416" s="14" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="C416" s="15" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D416" s="15" t="s"/>
       <x:c r="E416" s="14" t="s"/>
       <x:c r="F416" s="14" t="s"/>
       <x:c r="G416" s="14" t="s">
@@ -26286,51 +26281,51 @@
       <x:c r="J416" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K416" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L416" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M416" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N416" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O416" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P416" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q416" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="R416" s="14" t="s">
-        <x:v>605</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="S416" s="14" t="n">
         <x:v>574955</x:v>
       </x:c>
       <x:c r="T416" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U416" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:21">
       <x:c r="A417" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="C417" s="3" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D417" s="3" t="s"/>
       <x:c r="G417" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
@@ -26343,108 +26338,108 @@
       <x:c r="J417" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K417" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L417" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M417" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N417" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O417" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P417" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q417" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="R417" s="0" t="s">
-        <x:v>605</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="S417" s="0" t="n">
         <x:v>574960</x:v>
       </x:c>
       <x:c r="T417" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U417" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:21">
       <x:c r="A418" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B418" s="14" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="C418" s="15" t="n">
         <x:v>35093</x:v>
       </x:c>
       <x:c r="D418" s="15" t="s"/>
       <x:c r="E418" s="14" t="s"/>
       <x:c r="F418" s="14" t="s"/>
       <x:c r="G418" s="14" t="s">
-        <x:v>602</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="H418" s="14" t="s"/>
       <x:c r="I418" s="16" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="J418" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K418" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L418" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M418" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N418" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O418" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="P418" s="14" t="s">
-        <x:v>602</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="Q418" s="16" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="R418" s="14" t="s">
-        <x:v>605</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="S418" s="14" t="n">
         <x:v>553578</x:v>
       </x:c>
       <x:c r="T418" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="U418" s="16" t="s">
         <x:v>444</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:21">
       <x:c r="A419" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="C419" s="3" t="n">
         <x:v>38997</x:v>
       </x:c>
       <x:c r="D419" s="3" t="s"/>
       <x:c r="G419" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
@@ -26457,51 +26452,51 @@
       <x:c r="J419" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K419" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L419" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M419" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N419" s="3" t="n">
         <x:v>24237</x:v>
       </x:c>
       <x:c r="O419" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="P419" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q419" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="R419" s="0" t="s">
-        <x:v>605</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="S419" s="0" t="n">
         <x:v>574995</x:v>
       </x:c>
       <x:c r="T419" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U419" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:21">
       <x:c r="A420" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B420" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C420" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D420" s="15" t="s"/>
       <x:c r="E420" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -26515,54 +26510,54 @@
       <x:c r="I420" s="16" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="J420" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K420" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L420" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M420" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N420" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O420" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P420" s="14" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="Q420" s="16" t="s">
-        <x:v>604</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="R420" s="14" t="s">
-        <x:v>605</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="S420" s="14" t="n">
         <x:v>608011</x:v>
       </x:c>
       <x:c r="T420" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U420" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:21">
       <x:c r="A421" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="C421" s="3" t="n">
         <x:v>39490</x:v>
       </x:c>
       <x:c r="D421" s="3" t="s"/>
       <x:c r="G421" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
@@ -27171,51 +27166,51 @@
       <x:c r="E432" s="14" t="s"/>
       <x:c r="F432" s="14" t="s"/>
       <x:c r="G432" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="H432" s="14" t="s"/>
       <x:c r="I432" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="J432" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K432" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L432" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M432" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N432" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O432" s="14" t="s">
-        <x:v>609</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="P432" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="Q432" s="16" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="R432" s="14" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="S432" s="14" t="n">
         <x:v>592404</x:v>
       </x:c>
       <x:c r="T432" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U432" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:21">
       <x:c r="A433" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
@@ -27826,51 +27821,51 @@
       <x:c r="L444" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M444" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="N444" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O444" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P444" s="14" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="Q444" s="16" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="R444" s="14" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="S444" s="14" t="n">
         <x:v>520242</x:v>
       </x:c>
       <x:c r="T444" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U444" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:21">
       <x:c r="A445" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="C445" s="3" t="s"/>
       <x:c r="D445" s="3" t="s"/>
       <x:c r="G445" s="0" t="s">
         <x:v>653</x:v>
       </x:c>
       <x:c r="I445" s="4" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="K445" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L445" s="0" t="s">
         <x:v>28</x:v>
@@ -28101,51 +28096,51 @@
       </x:c>
       <x:c r="P449" s="0" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="Q449" s="4" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="R449" s="0" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="S449" s="0" t="n">
         <x:v>516303</x:v>
       </x:c>
       <x:c r="T449" s="4" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="U449" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:21">
       <x:c r="A450" s="13" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B450" s="14" t="s">
-        <x:v>457</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C450" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D450" s="15" t="s"/>
       <x:c r="E450" s="14" t="s"/>
       <x:c r="F450" s="14" t="s"/>
       <x:c r="G450" s="14" t="s">
         <x:v>654</x:v>
       </x:c>
       <x:c r="H450" s="14" t="s"/>
       <x:c r="I450" s="16" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="J450" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K450" s="14" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="L450" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M450" s="14" t="s">
         <x:v>108</x:v>
@@ -28158,51 +28153,51 @@
       </x:c>
       <x:c r="P450" s="14" t="s">
         <x:v>654</x:v>
       </x:c>
       <x:c r="Q450" s="16" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="R450" s="14" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="S450" s="14" t="n">
         <x:v>601759</x:v>
       </x:c>
       <x:c r="T450" s="16" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="U450" s="16" t="s">
         <x:v>665</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:21">
       <x:c r="A451" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
-        <x:v>457</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C451" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D451" s="3" t="s"/>
       <x:c r="G451" s="0" t="s">
         <x:v>654</x:v>
       </x:c>
       <x:c r="I451" s="4" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="J451" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K451" s="0" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="L451" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M451" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="N451" s="3" t="n">
         <x:v>24273</x:v>
@@ -28245,399 +28240,397 @@
       </x:c>
       <x:c r="F452" s="14" t="s"/>
       <x:c r="G452" s="14" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="H452" s="14" t="s"/>
       <x:c r="I452" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="J452" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K452" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L452" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M452" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N452" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O452" s="14" t="s">
-        <x:v>609</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="P452" s="14" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="Q452" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="R452" s="14" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="S452" s="14" t="n">
         <x:v>501620</x:v>
       </x:c>
       <x:c r="T452" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U452" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:21">
       <x:c r="A453" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="C453" s="3" t="n">
-        <x:v>37638</x:v>
+        <x:v>40123</x:v>
       </x:c>
       <x:c r="D453" s="3" t="s"/>
-      <x:c r="E453" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G453" s="0" t="s">
-        <x:v>654</x:v>
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="H453" s="0" t="s">
+        <x:v>208</x:v>
       </x:c>
       <x:c r="I453" s="4" t="s">
-        <x:v>655</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="J453" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="K453" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="L453" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M453" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N453" s="3" t="n">
-        <x:v>24218</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O453" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P453" s="0" t="s">
-        <x:v>656</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="Q453" s="4" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="R453" s="0" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="S453" s="0" t="n">
-        <x:v>554510</x:v>
+        <x:v>575558</x:v>
       </x:c>
       <x:c r="T453" s="4" t="s">
-        <x:v>671</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U453" s="4" t="s">
-        <x:v>672</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:21">
       <x:c r="A454" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B454" s="14" t="s">
-        <x:v>673</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="C454" s="15" t="n">
-        <x:v>40123</x:v>
+        <x:v>40116</x:v>
       </x:c>
       <x:c r="D454" s="15" t="s"/>
       <x:c r="E454" s="14" t="s"/>
       <x:c r="F454" s="14" t="s"/>
       <x:c r="G454" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="H454" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="I454" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="J454" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K454" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L454" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M454" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N454" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O454" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="P454" s="14" t="s">
-        <x:v>674</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="Q454" s="16" t="s">
-        <x:v>629</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="R454" s="14" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="S454" s="14" t="n">
-        <x:v>575558</x:v>
+        <x:v>574913</x:v>
       </x:c>
       <x:c r="T454" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U454" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:21">
       <x:c r="A455" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
-        <x:v>675</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="C455" s="3" t="n">
-        <x:v>40116</x:v>
+        <x:v>37638</x:v>
       </x:c>
       <x:c r="D455" s="3" t="s"/>
+      <x:c r="E455" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G455" s="0" t="s">
-        <x:v>207</x:v>
-[...2 lines deleted...]
-        <x:v>208</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="I455" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="J455" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K455" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L455" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M455" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="N455" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>24218</x:v>
       </x:c>
       <x:c r="O455" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="P455" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="Q455" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="R455" s="0" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="S455" s="0" t="n">
-        <x:v>574913</x:v>
+        <x:v>554510</x:v>
       </x:c>
       <x:c r="T455" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="U455" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:21">
       <x:c r="A456" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B456" s="14" t="s">
-        <x:v>661</x:v>
-[...1 lines deleted...]
-      <x:c r="C456" s="15" t="s"/>
+        <x:v>676</x:v>
+      </x:c>
+      <x:c r="C456" s="15" t="n">
+        <x:v>38974</x:v>
+      </x:c>
       <x:c r="D456" s="15" t="s"/>
       <x:c r="E456" s="14" t="s"/>
       <x:c r="F456" s="14" t="s"/>
       <x:c r="G456" s="14" t="s">
-        <x:v>650</x:v>
-[...1 lines deleted...]
-      <x:c r="H456" s="14" t="s"/>
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="H456" s="14" t="s">
+        <x:v>208</x:v>
+      </x:c>
       <x:c r="I456" s="16" t="s">
-        <x:v>629</x:v>
-[...1 lines deleted...]
-      <x:c r="J456" s="14" t="s"/>
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="J456" s="14" t="s">
+        <x:v>44</x:v>
+      </x:c>
       <x:c r="K456" s="14" t="s">
-        <x:v>662</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="L456" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M456" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N456" s="15" t="n">
-        <x:v>31008</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O456" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="P456" s="14" t="s">
-        <x:v>650</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="Q456" s="16" t="s">
-        <x:v>629</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="R456" s="14" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="S456" s="14" t="n">
-        <x:v>531243</x:v>
+        <x:v>581344</x:v>
       </x:c>
       <x:c r="T456" s="16" t="s">
-        <x:v>315</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U456" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:21">
       <x:c r="A457" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
-        <x:v>676</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>661</x:v>
+      </x:c>
+      <x:c r="C457" s="3" t="s"/>
       <x:c r="D457" s="3" t="s"/>
       <x:c r="G457" s="0" t="s">
-        <x:v>207</x:v>
-[...2 lines deleted...]
-        <x:v>208</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="I457" s="4" t="s">
-        <x:v>209</x:v>
-[...2 lines deleted...]
-        <x:v>44</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="K457" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="L457" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="M457" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="N457" s="3" t="n">
-        <x:v>11054</x:v>
+        <x:v>31008</x:v>
       </x:c>
       <x:c r="O457" s="0" t="s">
-        <x:v>644</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="P457" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="Q457" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="R457" s="0" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="S457" s="0" t="n">
-        <x:v>581344</x:v>
+        <x:v>531243</x:v>
       </x:c>
       <x:c r="T457" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="U457" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:21">
       <x:c r="A458" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B458" s="14" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="C458" s="15" t="n">
         <x:v>38461</x:v>
       </x:c>
       <x:c r="D458" s="15" t="s"/>
       <x:c r="E458" s="14" t="s"/>
       <x:c r="F458" s="14" t="s"/>
       <x:c r="G458" s="14" t="s">
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="H458" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
-      <x:c r="H458" s="14" t="s">
+      <x:c r="I458" s="16" t="s">
         <x:v>281</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>282</x:v>
       </x:c>
       <x:c r="J458" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K458" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L458" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M458" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N458" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O458" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P458" s="14" t="s">
-        <x:v>280</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="Q458" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="R458" s="14" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="S458" s="14" t="n">
         <x:v>615182</x:v>
       </x:c>
       <x:c r="T458" s="16" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="U458" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:21">
       <x:c r="A459" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C459" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D459" s="3" t="s"/>
@@ -28650,51 +28643,51 @@
       <x:c r="I459" s="4" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="J459" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K459" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L459" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M459" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N459" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O459" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P459" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="Q459" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="R459" s="0" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="S459" s="0" t="n">
         <x:v>509511</x:v>
       </x:c>
       <x:c r="T459" s="4" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="U459" s="4" t="s">
         <x:v>681</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:21">
       <x:c r="A460" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B460" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C460" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D460" s="15" t="s"/>
@@ -28709,51 +28702,51 @@
       <x:c r="I460" s="16" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="J460" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K460" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L460" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M460" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N460" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O460" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P460" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="Q460" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="R460" s="14" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="S460" s="14" t="n">
         <x:v>509510</x:v>
       </x:c>
       <x:c r="T460" s="16" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="U460" s="16" t="s">
         <x:v>681</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:21">
       <x:c r="A461" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C461" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D461" s="3" t="s"/>
@@ -28880,462 +28873,462 @@
       <x:c r="K463" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L463" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M463" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N463" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O463" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P463" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q463" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R463" s="0" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="S463" s="0" t="n">
-        <x:v>605035</x:v>
+        <x:v>615478</x:v>
       </x:c>
       <x:c r="T463" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="U463" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:21">
       <x:c r="A464" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B464" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C464" s="15" t="s"/>
       <x:c r="D464" s="15" t="s"/>
       <x:c r="E464" s="14" t="s"/>
       <x:c r="F464" s="14" t="s"/>
       <x:c r="G464" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H464" s="14" t="s"/>
       <x:c r="I464" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J464" s="14" t="s"/>
       <x:c r="K464" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L464" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M464" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N464" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O464" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P464" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q464" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R464" s="14" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="S464" s="14" t="n">
-        <x:v>615478</x:v>
+        <x:v>605035</x:v>
       </x:c>
       <x:c r="T464" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U464" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:21">
       <x:c r="A465" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
-        <x:v>688</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C465" s="3" t="s"/>
       <x:c r="D465" s="3" t="s"/>
       <x:c r="G465" s="0" t="s">
-        <x:v>689</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I465" s="4" t="s">
-        <x:v>690</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="K465" s="0" t="s">
-        <x:v>595</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="L465" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M465" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="N465" s="3" t="n">
-        <x:v>31006</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O465" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="P465" s="0" t="s">
-        <x:v>689</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q465" s="4" t="s">
-        <x:v>690</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R465" s="0" t="s">
-        <x:v>691</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="S465" s="0" t="n">
-        <x:v>572255</x:v>
+        <x:v>615465</x:v>
       </x:c>
       <x:c r="T465" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="U465" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:21">
       <x:c r="A466" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B466" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="C466" s="15" t="s"/>
       <x:c r="D466" s="15" t="s"/>
       <x:c r="E466" s="14" t="s"/>
       <x:c r="F466" s="14" t="s"/>
       <x:c r="G466" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="H466" s="14" t="s"/>
       <x:c r="I466" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="J466" s="14" t="s"/>
       <x:c r="K466" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="L466" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M466" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="N466" s="15" t="n">
-        <x:v>70332</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O466" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="P466" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="Q466" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="R466" s="14" t="s">
-        <x:v>691</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="S466" s="14" t="n">
-        <x:v>615465</x:v>
+        <x:v>572255</x:v>
       </x:c>
       <x:c r="T466" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="U466" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:21">
       <x:c r="A467" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
-        <x:v>688</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="C467" s="3" t="s"/>
       <x:c r="D467" s="3" t="s"/>
       <x:c r="G467" s="0" t="s">
-        <x:v>689</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="I467" s="4" t="s">
-        <x:v>690</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="K467" s="0" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="L467" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M467" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="N467" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O467" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P467" s="0" t="s">
-        <x:v>689</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="Q467" s="4" t="s">
-        <x:v>690</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="R467" s="0" t="s">
-        <x:v>691</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="S467" s="0" t="n">
         <x:v>534509</x:v>
       </x:c>
       <x:c r="T467" s="4" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="U467" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:21">
       <x:c r="A468" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B468" s="14" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="C468" s="15" t="s"/>
       <x:c r="D468" s="15" t="s"/>
       <x:c r="E468" s="14" t="s"/>
       <x:c r="F468" s="14" t="s"/>
       <x:c r="G468" s="14" t="s">
-        <x:v>689</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="H468" s="14" t="s"/>
       <x:c r="I468" s="16" t="s">
-        <x:v>690</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="J468" s="14" t="s"/>
       <x:c r="K468" s="14" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="L468" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M468" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="N468" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O468" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="P468" s="14" t="s">
-        <x:v>689</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="Q468" s="16" t="s">
-        <x:v>690</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="R468" s="14" t="s">
-        <x:v>691</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="S468" s="14" t="n">
         <x:v>617896</x:v>
       </x:c>
       <x:c r="T468" s="16" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="U468" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:21">
       <x:c r="A469" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="C469" s="3" t="s"/>
       <x:c r="D469" s="3" t="s"/>
       <x:c r="G469" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="I469" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="K469" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="L469" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M469" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="N469" s="3" t="n">
-        <x:v>70332</x:v>
+        <x:v>31034</x:v>
       </x:c>
       <x:c r="O469" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="P469" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="Q469" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="R469" s="0" t="s">
-        <x:v>691</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="S469" s="0" t="n">
-        <x:v>605018</x:v>
+        <x:v>557983</x:v>
       </x:c>
       <x:c r="T469" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="U469" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:21">
       <x:c r="A470" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B470" s="14" t="s">
-        <x:v>694</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C470" s="15" t="s"/>
       <x:c r="D470" s="15" t="s"/>
       <x:c r="E470" s="14" t="s"/>
       <x:c r="F470" s="14" t="s"/>
       <x:c r="G470" s="14" t="s">
-        <x:v>689</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="H470" s="14" t="s"/>
       <x:c r="I470" s="16" t="s">
-        <x:v>690</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J470" s="14" t="s"/>
       <x:c r="K470" s="14" t="s">
-        <x:v>595</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="L470" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M470" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="N470" s="15" t="n">
-        <x:v>31034</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O470" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="P470" s="14" t="s">
-        <x:v>689</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q470" s="16" t="s">
-        <x:v>690</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R470" s="14" t="s">
-        <x:v>691</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="S470" s="14" t="n">
-        <x:v>557983</x:v>
+        <x:v>605018</x:v>
       </x:c>
       <x:c r="T470" s="16" t="s">
-        <x:v>695</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U470" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:21">
       <x:c r="A471" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C471" s="3" t="s"/>
       <x:c r="D471" s="3" t="s"/>
       <x:c r="G471" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="I471" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K471" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L471" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M471" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N471" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O471" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P471" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q471" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R471" s="0" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="S471" s="0" t="n">
         <x:v>605030</x:v>
       </x:c>
       <x:c r="T471" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U471" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:21">
       <x:c r="A472" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B472" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C472" s="15" t="s"/>
       <x:c r="D472" s="15" t="s"/>
       <x:c r="E472" s="14" t="s"/>
       <x:c r="F472" s="14" t="s"/>
       <x:c r="G472" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H472" s="14" t="s"/>
       <x:c r="I472" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J472" s="14" t="s"/>
       <x:c r="K472" s="14" t="s">
@@ -29543,51 +29536,51 @@
       </x:c>
       <x:c r="U475" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:21">
       <x:c r="A476" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B476" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C476" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D476" s="15" t="s"/>
       <x:c r="E476" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F476" s="14" t="s"/>
       <x:c r="G476" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="H476" s="14" t="s"/>
       <x:c r="I476" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="J476" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K476" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L476" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M476" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N476" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O476" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P476" s="14" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="Q476" s="16" t="s">
         <x:v>699</x:v>
       </x:c>
@@ -29770,51 +29763,51 @@
       </x:c>
       <x:c r="U479" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:21">
       <x:c r="A480" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B480" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C480" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D480" s="15" t="s"/>
       <x:c r="E480" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F480" s="14" t="s"/>
       <x:c r="G480" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="H480" s="14" t="s"/>
       <x:c r="I480" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="J480" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K480" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L480" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M480" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N480" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O480" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P480" s="14" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="Q480" s="16" t="s">
         <x:v>699</x:v>
       </x:c>
@@ -29930,2369 +29923,2365 @@
       </x:c>
       <x:c r="P482" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="Q482" s="16" t="s">
         <x:v>699</x:v>
       </x:c>
       <x:c r="R482" s="14" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="S482" s="14" t="n">
         <x:v>549512</x:v>
       </x:c>
       <x:c r="T482" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U482" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:21">
       <x:c r="A483" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C483" s="3" t="n">
-        <x:v>35340</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D483" s="3" t="s"/>
       <x:c r="E483" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G483" s="0" t="s">
         <x:v>704</x:v>
       </x:c>
       <x:c r="I483" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="J483" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K483" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L483" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M483" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N483" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O483" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P483" s="0" t="s">
         <x:v>704</x:v>
       </x:c>
       <x:c r="Q483" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R483" s="0" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S483" s="0" t="n">
-        <x:v>498534</x:v>
+        <x:v>601936</x:v>
       </x:c>
       <x:c r="T483" s="4" t="s">
-        <x:v>586</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="U483" s="4" t="s">
-        <x:v>681</x:v>
+        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:21">
       <x:c r="A484" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B484" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C484" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D484" s="15" t="s"/>
       <x:c r="E484" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F484" s="14" t="s"/>
       <x:c r="G484" s="14" t="s">
         <x:v>704</x:v>
       </x:c>
       <x:c r="H484" s="14" t="s"/>
       <x:c r="I484" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="J484" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K484" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L484" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M484" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N484" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O484" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P484" s="14" t="s">
         <x:v>704</x:v>
       </x:c>
       <x:c r="Q484" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R484" s="14" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S484" s="14" t="n">
-        <x:v>498535</x:v>
+        <x:v>498534</x:v>
       </x:c>
       <x:c r="T484" s="16" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="U484" s="16" t="s">
         <x:v>681</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:21">
       <x:c r="A485" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C485" s="3" t="n">
-        <x:v>40792</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D485" s="3" t="s"/>
       <x:c r="E485" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G485" s="0" t="s">
         <x:v>704</x:v>
       </x:c>
       <x:c r="I485" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="J485" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K485" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L485" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M485" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N485" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O485" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P485" s="0" t="s">
         <x:v>704</x:v>
       </x:c>
       <x:c r="Q485" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R485" s="0" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S485" s="0" t="n">
-        <x:v>601936</x:v>
+        <x:v>498535</x:v>
       </x:c>
       <x:c r="T485" s="4" t="s">
-        <x:v>436</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="U485" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>681</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:21">
       <x:c r="A486" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B486" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="C486" s="15" t="n">
-        <x:v>40864</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D486" s="15" t="s"/>
-      <x:c r="E486" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E486" s="14" t="s"/>
       <x:c r="F486" s="14" t="s"/>
       <x:c r="G486" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="H486" s="14" t="s"/>
       <x:c r="I486" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="J486" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K486" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="L486" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M486" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="N486" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O486" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P486" s="14" t="s">
-        <x:v>706</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="Q486" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="R486" s="14" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S486" s="14" t="n">
-        <x:v>601247</x:v>
+        <x:v>588473</x:v>
       </x:c>
       <x:c r="T486" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U486" s="16" t="s">
-        <x:v>707</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:21">
       <x:c r="A487" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
-        <x:v>86</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>504</x:v>
+      </x:c>
+      <x:c r="C487" s="3" t="s"/>
       <x:c r="D487" s="3" t="s"/>
-      <x:c r="E487" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G487" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="I487" s="4" t="s">
-        <x:v>88</x:v>
-[...2 lines deleted...]
-        <x:v>26</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="K487" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="L487" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="M487" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N487" s="3" t="n">
-        <x:v>24220</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O487" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P487" s="0" t="s">
-        <x:v>708</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="Q487" s="4" t="s">
-        <x:v>384</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R487" s="0" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S487" s="0" t="n">
-        <x:v>497033</x:v>
+        <x:v>505180</x:v>
       </x:c>
       <x:c r="T487" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="U487" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:21">
       <x:c r="A488" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="B488" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="C488" s="15" t="n">
-        <x:v>35340</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D488" s="15" t="s"/>
-      <x:c r="E488" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E488" s="14" t="s"/>
       <x:c r="F488" s="14" t="s"/>
       <x:c r="G488" s="14" t="s">
-        <x:v>326</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="H488" s="14" t="s"/>
       <x:c r="I488" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="J488" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K488" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="L488" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M488" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="N488" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O488" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P488" s="14" t="s">
-        <x:v>326</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="Q488" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="R488" s="14" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S488" s="14" t="n">
-        <x:v>502371</x:v>
+        <x:v>598484</x:v>
       </x:c>
       <x:c r="T488" s="16" t="s">
-        <x:v>274</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U488" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>713</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:21">
       <x:c r="A489" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="C489" s="3" t="n">
-        <x:v>40864</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D489" s="3" t="s"/>
-      <x:c r="E489" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G489" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="I489" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="J489" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K489" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="L489" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M489" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="N489" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O489" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P489" s="0" t="s">
-        <x:v>706</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="Q489" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="R489" s="0" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S489" s="0" t="n">
-        <x:v>589898</x:v>
+        <x:v>598487</x:v>
       </x:c>
       <x:c r="T489" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U489" s="4" t="s">
-        <x:v>709</x:v>
+        <x:v>713</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:21">
       <x:c r="A490" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B490" s="14" t="s">
-        <x:v>501</x:v>
-[...1 lines deleted...]
-      <x:c r="C490" s="15" t="s"/>
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="C490" s="15" t="n">
+        <x:v>37680</x:v>
+      </x:c>
       <x:c r="D490" s="15" t="s"/>
       <x:c r="E490" s="14" t="s"/>
       <x:c r="F490" s="14" t="s"/>
       <x:c r="G490" s="14" t="s">
-        <x:v>492</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="H490" s="14" t="s"/>
       <x:c r="I490" s="16" t="s">
-        <x:v>493</x:v>
-[...1 lines deleted...]
-      <x:c r="J490" s="14" t="s"/>
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="J490" s="14" t="s">
+        <x:v>44</x:v>
+      </x:c>
       <x:c r="K490" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L490" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M490" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="N490" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O490" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P490" s="14" t="s">
-        <x:v>710</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="Q490" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R490" s="14" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S490" s="14" t="n">
-        <x:v>505180</x:v>
+        <x:v>544705</x:v>
       </x:c>
       <x:c r="T490" s="16" t="s">
-        <x:v>504</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="U490" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:21">
       <x:c r="A491" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C491" s="3" t="n">
-        <x:v>40792</x:v>
+        <x:v>31115</x:v>
       </x:c>
       <x:c r="D491" s="3" t="s"/>
-      <x:c r="E491" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G491" s="0" t="s">
-        <x:v>711</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="H491" s="0" t="s">
-        <x:v>712</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="I491" s="4" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="J491" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K491" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="L491" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M491" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N491" s="3" t="n">
-        <x:v>24220</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O491" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P491" s="0" t="s">
-        <x:v>711</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="Q491" s="4" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="R491" s="0" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S491" s="0" t="n">
-        <x:v>557603</x:v>
+        <x:v>571293</x:v>
       </x:c>
       <x:c r="T491" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U491" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:21">
       <x:c r="A492" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B492" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C492" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D492" s="15" t="s"/>
       <x:c r="E492" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F492" s="14" t="s"/>
       <x:c r="G492" s="14" t="s">
-        <x:v>711</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="H492" s="14" t="s">
-        <x:v>712</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="I492" s="16" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="J492" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K492" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L492" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M492" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N492" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O492" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P492" s="14" t="s">
-        <x:v>711</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="Q492" s="16" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="R492" s="14" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S492" s="14" t="n">
-        <x:v>557621</x:v>
+        <x:v>557603</x:v>
       </x:c>
       <x:c r="T492" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U492" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:21">
       <x:c r="A493" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C493" s="3" t="n">
-        <x:v>35340</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D493" s="3" t="s"/>
       <x:c r="E493" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G493" s="0" t="s">
-        <x:v>382</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="H493" s="0" t="s">
-        <x:v>383</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="I493" s="4" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="J493" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K493" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L493" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M493" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N493" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O493" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P493" s="0" t="s">
-        <x:v>713</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="Q493" s="4" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="R493" s="0" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S493" s="0" t="n">
-        <x:v>511092</x:v>
+        <x:v>557621</x:v>
       </x:c>
       <x:c r="T493" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U493" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:21">
       <x:c r="A494" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B494" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C494" s="15" t="n">
-        <x:v>37680</x:v>
+        <x:v>40864</x:v>
       </x:c>
       <x:c r="D494" s="15" t="s"/>
       <x:c r="E494" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F494" s="14" t="s"/>
       <x:c r="G494" s="14" t="s">
-        <x:v>704</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H494" s="14" t="s"/>
       <x:c r="I494" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J494" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K494" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L494" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M494" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N494" s="15" t="n">
-        <x:v>24273</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O494" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P494" s="14" t="s">
-        <x:v>704</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="Q494" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R494" s="14" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S494" s="14" t="n">
-        <x:v>549019</x:v>
+        <x:v>589898</x:v>
       </x:c>
       <x:c r="T494" s="16" t="s">
-        <x:v>597</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="U494" s="16" t="s">
-        <x:v>714</x:v>
+        <x:v>717</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:21">
       <x:c r="A495" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C495" s="3" t="n">
-        <x:v>37680</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D495" s="3" t="s"/>
+      <x:c r="E495" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G495" s="0" t="s">
-        <x:v>704</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="I495" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="J495" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K495" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L495" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M495" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N495" s="3" t="n">
-        <x:v>24273</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O495" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P495" s="0" t="s">
-        <x:v>704</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="Q495" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R495" s="0" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S495" s="0" t="n">
-        <x:v>544705</x:v>
+        <x:v>502371</x:v>
       </x:c>
       <x:c r="T495" s="4" t="s">
-        <x:v>597</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="U495" s="4" t="s">
-        <x:v>269</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:21">
       <x:c r="A496" s="13" t="s">
-        <x:v>77</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B496" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C496" s="15" t="n">
-        <x:v>31115</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D496" s="15" t="s"/>
-      <x:c r="E496" s="14" t="s"/>
+      <x:c r="E496" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F496" s="14" t="s"/>
       <x:c r="G496" s="14" t="s">
-        <x:v>382</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="H496" s="14" t="s"/>
       <x:c r="I496" s="16" t="s">
-        <x:v>384</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="J496" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K496" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L496" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M496" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N496" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O496" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P496" s="14" t="s">
-        <x:v>382</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="Q496" s="16" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="R496" s="14" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S496" s="14" t="n">
-        <x:v>571293</x:v>
+        <x:v>497033</x:v>
       </x:c>
       <x:c r="T496" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U496" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:21">
       <x:c r="A497" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
-        <x:v>715</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C497" s="3" t="n">
-        <x:v>40792</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D497" s="3" t="s"/>
+      <x:c r="E497" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G497" s="0" t="s">
-        <x:v>716</x:v>
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="H497" s="0" t="s">
+        <x:v>383</x:v>
       </x:c>
       <x:c r="I497" s="4" t="s">
-        <x:v>717</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="J497" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K497" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L497" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="M497" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N497" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O497" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P497" s="0" t="s">
-        <x:v>718</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="Q497" s="4" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="R497" s="0" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S497" s="0" t="n">
-        <x:v>598484</x:v>
+        <x:v>511092</x:v>
       </x:c>
       <x:c r="T497" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="U497" s="4" t="s">
-        <x:v>719</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:21">
       <x:c r="A498" s="13" t="s">
-        <x:v>77</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B498" s="14" t="s">
-        <x:v>720</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C498" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D498" s="15" t="s"/>
-      <x:c r="E498" s="14" t="s"/>
+      <x:c r="E498" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F498" s="14" t="s"/>
       <x:c r="G498" s="14" t="s">
-        <x:v>716</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="H498" s="14" t="s"/>
       <x:c r="I498" s="16" t="s">
-        <x:v>717</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="J498" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="K498" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L498" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M498" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N498" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O498" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P498" s="14" t="s">
-        <x:v>718</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="Q498" s="16" t="s">
-        <x:v>384</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R498" s="14" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S498" s="14" t="n">
-        <x:v>588473</x:v>
+        <x:v>549019</x:v>
       </x:c>
       <x:c r="T498" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="U498" s="16" t="s">
-        <x:v>721</x:v>
+        <x:v>720</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:21">
       <x:c r="A499" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
-        <x:v>720</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="C499" s="3" t="s"/>
       <x:c r="D499" s="3" t="s"/>
       <x:c r="G499" s="0" t="s">
-        <x:v>716</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="I499" s="4" t="s">
-        <x:v>717</x:v>
-[...2 lines deleted...]
-        <x:v>26</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="K499" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L499" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="M499" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="N499" s="3" t="n">
-        <x:v>24220</x:v>
+        <x:v>70707</x:v>
       </x:c>
       <x:c r="O499" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="P499" s="0" t="s">
-        <x:v>718</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="Q499" s="4" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="R499" s="0" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S499" s="0" t="n">
-        <x:v>598487</x:v>
+        <x:v>578640</x:v>
       </x:c>
       <x:c r="T499" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="U499" s="4" t="s">
-        <x:v>719</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:21">
       <x:c r="A500" s="13" t="s">
-        <x:v>135</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B500" s="14" t="s">
-        <x:v>457</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="C500" s="15" t="n">
-        <x:v>37680</x:v>
+        <x:v>35455</x:v>
       </x:c>
       <x:c r="D500" s="15" t="s"/>
-      <x:c r="E500" s="14" t="s"/>
+      <x:c r="E500" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F500" s="14" t="s"/>
       <x:c r="G500" s="14" t="s">
-        <x:v>716</x:v>
-[...1 lines deleted...]
-      <x:c r="H500" s="14" t="s"/>
+        <x:v>724</x:v>
+      </x:c>
+      <x:c r="H500" s="14" t="s">
+        <x:v>725</x:v>
+      </x:c>
       <x:c r="I500" s="16" t="s">
-        <x:v>717</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="J500" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K500" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L500" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M500" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N500" s="15" t="n">
-        <x:v>24273</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O500" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="P500" s="14" t="s">
-        <x:v>718</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="Q500" s="16" t="s">
-        <x:v>384</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="R500" s="14" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S500" s="14" t="n">
-        <x:v>599725</x:v>
+        <x:v>453831</x:v>
       </x:c>
       <x:c r="T500" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="U500" s="16" t="s">
-        <x:v>721</x:v>
+        <x:v>391</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:21">
       <x:c r="A501" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
-        <x:v>722</x:v>
-[...1 lines deleted...]
-      <x:c r="C501" s="3" t="s"/>
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="C501" s="3" t="n">
+        <x:v>35340</x:v>
+      </x:c>
       <x:c r="D501" s="3" t="s"/>
+      <x:c r="E501" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G501" s="0" t="s">
-        <x:v>723</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="I501" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>730</x:v>
+      </x:c>
+      <x:c r="J501" s="0" t="s">
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K501" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L501" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M501" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N501" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O501" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P501" s="0" t="s">
-        <x:v>724</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="Q501" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R501" s="0" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S501" s="0" t="n">
-        <x:v>592803</x:v>
+        <x:v>499876</x:v>
       </x:c>
       <x:c r="T501" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="U501" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:21">
       <x:c r="A502" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B502" s="14" t="s">
-        <x:v>370</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C502" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D502" s="15" t="s"/>
       <x:c r="E502" s="14" t="s"/>
       <x:c r="F502" s="14" t="s"/>
       <x:c r="G502" s="14" t="s">
-        <x:v>382</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>704</x:v>
+      </x:c>
+      <x:c r="H502" s="14" t="s"/>
       <x:c r="I502" s="16" t="s">
-        <x:v>384</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="J502" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K502" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L502" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M502" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N502" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O502" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P502" s="14" t="s">
-        <x:v>382</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="Q502" s="16" t="s">
-        <x:v>384</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R502" s="14" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S502" s="14" t="n">
-        <x:v>553984</x:v>
+        <x:v>544700</x:v>
       </x:c>
       <x:c r="T502" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="U502" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>733</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:21">
       <x:c r="A503" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C503" s="3" t="n">
-        <x:v>37680</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D503" s="3" t="s"/>
       <x:c r="E503" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G503" s="0" t="s">
-        <x:v>704</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="I503" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="J503" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K503" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L503" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M503" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N503" s="3" t="n">
-        <x:v>24273</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O503" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P503" s="0" t="s">
-        <x:v>704</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="Q503" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R503" s="0" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S503" s="0" t="n">
-        <x:v>601940</x:v>
+        <x:v>507184</x:v>
       </x:c>
       <x:c r="T503" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="U503" s="4" t="s">
-        <x:v>725</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:21">
       <x:c r="A504" s="13" t="s">
-        <x:v>77</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B504" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C504" s="15" t="n">
-        <x:v>37680</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D504" s="15" t="s"/>
-      <x:c r="E504" s="14" t="s"/>
+      <x:c r="E504" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F504" s="14" t="s"/>
       <x:c r="G504" s="14" t="s">
-        <x:v>704</x:v>
-[...1 lines deleted...]
-      <x:c r="H504" s="14" t="s"/>
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="H504" s="14" t="s">
+        <x:v>383</x:v>
+      </x:c>
       <x:c r="I504" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="J504" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K504" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L504" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M504" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N504" s="15" t="n">
-        <x:v>24273</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O504" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P504" s="14" t="s">
-        <x:v>704</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="Q504" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="R504" s="14" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S504" s="14" t="n">
-        <x:v>545464</x:v>
+        <x:v>608275</x:v>
       </x:c>
       <x:c r="T504" s="16" t="s">
-        <x:v>597</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U504" s="16" t="s">
-        <x:v>269</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:21">
       <x:c r="A505" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
-        <x:v>726</x:v>
-[...1 lines deleted...]
-      <x:c r="C505" s="3" t="s"/>
+        <x:v>369</x:v>
+      </x:c>
+      <x:c r="C505" s="3" t="n">
+        <x:v>35340</x:v>
+      </x:c>
       <x:c r="D505" s="3" t="s"/>
-      <x:c r="E505" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G505" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="H505" s="0" t="s">
-        <x:v>396</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="I505" s="4" t="s">
-        <x:v>397</x:v>
+        <x:v>384</x:v>
+      </x:c>
+      <x:c r="J505" s="0" t="s">
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K505" s="0" t="s">
-        <x:v>595</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="L505" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M505" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N505" s="3" t="n">
-        <x:v>31004</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O505" s="0" t="s">
-        <x:v>729</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P505" s="0" t="s">
-        <x:v>730</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="Q505" s="4" t="s">
-        <x:v>731</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="R505" s="0" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S505" s="0" t="n">
-        <x:v>583890</x:v>
+        <x:v>554010</x:v>
       </x:c>
       <x:c r="T505" s="4" t="s">
-        <x:v>481</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U505" s="4" t="s">
-        <x:v>732</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:21">
       <x:c r="A506" s="13" t="s">
-        <x:v>36</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B506" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="C506" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D506" s="15" t="s"/>
       <x:c r="E506" s="14" t="s"/>
       <x:c r="F506" s="14" t="s"/>
       <x:c r="G506" s="14" t="s">
-        <x:v>733</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="H506" s="14" t="s"/>
       <x:c r="I506" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="J506" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K506" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="L506" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M506" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N506" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O506" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P506" s="14" t="s">
-        <x:v>733</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="Q506" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R506" s="14" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S506" s="14" t="n">
-        <x:v>595546</x:v>
+        <x:v>599419</x:v>
       </x:c>
       <x:c r="T506" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="U506" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:21">
       <x:c r="A507" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C507" s="3" t="n">
-        <x:v>40792</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D507" s="3" t="s"/>
-      <x:c r="E507" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G507" s="0" t="s">
-        <x:v>734</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="I507" s="4" t="s">
-        <x:v>735</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="J507" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="K507" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="L507" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M507" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="N507" s="3" t="n">
-        <x:v>24220</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O507" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P507" s="0" t="s">
-        <x:v>734</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="Q507" s="4" t="s">
-        <x:v>735</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="R507" s="0" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S507" s="0" t="n">
-        <x:v>554385</x:v>
+        <x:v>599725</x:v>
       </x:c>
       <x:c r="T507" s="4" t="s">
-        <x:v>453</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U507" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:21">
       <x:c r="A508" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B508" s="14" t="s">
-        <x:v>736</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>735</x:v>
+      </x:c>
+      <x:c r="C508" s="15" t="s"/>
       <x:c r="D508" s="15" t="s"/>
-      <x:c r="E508" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E508" s="14" t="s"/>
       <x:c r="F508" s="14" t="s"/>
       <x:c r="G508" s="14" t="s">
-        <x:v>737</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>736</x:v>
+      </x:c>
+      <x:c r="H508" s="14" t="s"/>
       <x:c r="I508" s="16" t="s">
-        <x:v>739</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="J508" s="14" t="s"/>
       <x:c r="K508" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L508" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M508" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N508" s="15" t="n">
-        <x:v>31011</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O508" s="14" t="s">
-        <x:v>740</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P508" s="14" t="s">
-        <x:v>313</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="Q508" s="16" t="s">
-        <x:v>735</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R508" s="14" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S508" s="14" t="n">
-        <x:v>453836</x:v>
+        <x:v>592803</x:v>
       </x:c>
       <x:c r="T508" s="16" t="s">
-        <x:v>741</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U508" s="16" t="s">
-        <x:v>391</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:21">
       <x:c r="A509" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
-        <x:v>742</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="C509" s="3" t="n">
-        <x:v>35457</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D509" s="3" t="s"/>
-      <x:c r="E509" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G509" s="0" t="s">
-        <x:v>737</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="H509" s="0" t="s">
-        <x:v>738</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="I509" s="4" t="s">
-        <x:v>739</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="J509" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K509" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="L509" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M509" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N509" s="3" t="n">
-        <x:v>24218</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O509" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P509" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="Q509" s="4" t="s">
-        <x:v>735</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="R509" s="0" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S509" s="0" t="n">
-        <x:v>453837</x:v>
+        <x:v>553984</x:v>
       </x:c>
       <x:c r="T509" s="4" t="s">
-        <x:v>741</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U509" s="4" t="s">
-        <x:v>391</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:21">
       <x:c r="A510" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B510" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C510" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D510" s="15" t="s"/>
       <x:c r="E510" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F510" s="14" t="s"/>
       <x:c r="G510" s="14" t="s">
-        <x:v>743</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="H510" s="14" t="s"/>
       <x:c r="I510" s="16" t="s">
-        <x:v>744</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="J510" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="K510" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L510" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M510" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="N510" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O510" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P510" s="14" t="s">
-        <x:v>745</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="Q510" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R510" s="14" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S510" s="14" t="n">
-        <x:v>603559</x:v>
+        <x:v>601940</x:v>
       </x:c>
       <x:c r="T510" s="16" t="s">
-        <x:v>451</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U510" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>738</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:21">
       <x:c r="A511" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
-        <x:v>190</x:v>
-[...1 lines deleted...]
-      <x:c r="C511" s="3" t="s"/>
+        <x:v>739</x:v>
+      </x:c>
+      <x:c r="C511" s="3" t="n">
+        <x:v>35511</x:v>
+      </x:c>
       <x:c r="D511" s="3" t="s"/>
+      <x:c r="E511" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G511" s="0" t="s">
-        <x:v>746</x:v>
+        <x:v>724</x:v>
+      </x:c>
+      <x:c r="H511" s="0" t="s">
+        <x:v>725</x:v>
       </x:c>
       <x:c r="I511" s="4" t="s">
-        <x:v>384</x:v>
+        <x:v>726</x:v>
+      </x:c>
+      <x:c r="J511" s="0" t="s">
+        <x:v>44</x:v>
       </x:c>
       <x:c r="K511" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L511" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M511" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N511" s="3" t="n">
-        <x:v>70707</x:v>
+        <x:v>31011</x:v>
       </x:c>
       <x:c r="O511" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="P511" s="0" t="s">
-        <x:v>746</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="Q511" s="4" t="s">
-        <x:v>384</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="R511" s="0" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S511" s="0" t="n">
-        <x:v>578640</x:v>
+        <x:v>453836</x:v>
       </x:c>
       <x:c r="T511" s="4" t="s">
-        <x:v>747</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="U511" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>391</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:21">
       <x:c r="A512" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B512" s="14" t="s">
-        <x:v>748</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="C512" s="15" t="n">
-        <x:v>35455</x:v>
+        <x:v>35457</x:v>
       </x:c>
       <x:c r="D512" s="15" t="s"/>
       <x:c r="E512" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F512" s="14" t="s"/>
       <x:c r="G512" s="14" t="s">
-        <x:v>737</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="H512" s="14" t="s">
-        <x:v>738</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="I512" s="16" t="s">
-        <x:v>739</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="J512" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K512" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L512" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M512" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N512" s="15" t="n">
-        <x:v>31045</x:v>
+        <x:v>24218</x:v>
       </x:c>
       <x:c r="O512" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="P512" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q512" s="16" t="s">
-        <x:v>735</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="R512" s="14" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S512" s="14" t="n">
-        <x:v>453831</x:v>
+        <x:v>453837</x:v>
       </x:c>
       <x:c r="T512" s="16" t="s">
-        <x:v>741</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="U512" s="16" t="s">
         <x:v>391</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:21">
       <x:c r="A513" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C513" s="3" t="n">
-        <x:v>35340</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D513" s="3" t="s"/>
-      <x:c r="E513" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G513" s="0" t="s">
-        <x:v>743</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="I513" s="4" t="s">
-        <x:v>744</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="J513" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="K513" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="L513" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="M513" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N513" s="3" t="n">
-        <x:v>24220</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O513" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P513" s="0" t="s">
-        <x:v>745</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="Q513" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R513" s="0" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S513" s="0" t="n">
-        <x:v>499876</x:v>
+        <x:v>545464</x:v>
       </x:c>
       <x:c r="T513" s="4" t="s">
-        <x:v>749</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="U513" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:21">
       <x:c r="A514" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B514" s="14" t="s">
-        <x:v>37</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>742</x:v>
+      </x:c>
+      <x:c r="C514" s="15" t="s"/>
       <x:c r="D514" s="15" t="s"/>
-      <x:c r="E514" s="14" t="s"/>
-      <x:c r="F514" s="14" t="s"/>
+      <x:c r="E514" s="14" t="s">
+        <x:v>743</x:v>
+      </x:c>
+      <x:c r="F514" s="14" t="s">
+        <x:v>744</x:v>
+      </x:c>
       <x:c r="G514" s="14" t="s">
-        <x:v>704</x:v>
-[...1 lines deleted...]
-      <x:c r="H514" s="14" t="s"/>
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="H514" s="14" t="s">
+        <x:v>396</x:v>
+      </x:c>
       <x:c r="I514" s="16" t="s">
-        <x:v>323</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>397</x:v>
+      </x:c>
+      <x:c r="J514" s="14" t="s"/>
       <x:c r="K514" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="L514" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M514" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="N514" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>31004</x:v>
       </x:c>
       <x:c r="O514" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="P514" s="14" t="s">
-        <x:v>704</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="Q514" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="R514" s="14" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S514" s="14" t="n">
-        <x:v>544700</x:v>
+        <x:v>583890</x:v>
       </x:c>
       <x:c r="T514" s="16" t="s">
-        <x:v>453</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="U514" s="16" t="s">
-        <x:v>750</x:v>
+        <x:v>748</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:21">
       <x:c r="A515" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C515" s="3" t="n">
-        <x:v>35340</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D515" s="3" t="s"/>
-      <x:c r="E515" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G515" s="0" t="s">
-        <x:v>322</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="I515" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="J515" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K515" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L515" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M515" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="N515" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O515" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P515" s="0" t="s">
-        <x:v>322</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="Q515" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R515" s="0" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S515" s="0" t="n">
-        <x:v>507184</x:v>
+        <x:v>595546</x:v>
       </x:c>
       <x:c r="T515" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U515" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:21">
       <x:c r="A516" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B516" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C516" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D516" s="15" t="s"/>
       <x:c r="E516" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F516" s="14" t="s"/>
       <x:c r="G516" s="14" t="s">
-        <x:v>382</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>729</x:v>
+      </x:c>
+      <x:c r="H516" s="14" t="s"/>
       <x:c r="I516" s="16" t="s">
-        <x:v>384</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="J516" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K516" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L516" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M516" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N516" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O516" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P516" s="14" t="s">
-        <x:v>713</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="Q516" s="16" t="s">
-        <x:v>384</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R516" s="14" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S516" s="14" t="n">
-        <x:v>608275</x:v>
+        <x:v>603559</x:v>
       </x:c>
       <x:c r="T516" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="U516" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:21">
       <x:c r="A517" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
-        <x:v>369</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C517" s="3" t="n">
-        <x:v>35340</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D517" s="3" t="s"/>
+      <x:c r="E517" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G517" s="0" t="s">
-        <x:v>382</x:v>
-[...2 lines deleted...]
-        <x:v>383</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="I517" s="4" t="s">
-        <x:v>384</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="J517" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K517" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L517" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M517" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N517" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O517" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P517" s="0" t="s">
-        <x:v>382</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="Q517" s="4" t="s">
-        <x:v>384</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="R517" s="0" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S517" s="0" t="n">
-        <x:v>554010</x:v>
+        <x:v>554385</x:v>
       </x:c>
       <x:c r="T517" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="U517" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:21">
       <x:c r="A518" s="13" t="s">
-        <x:v>77</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B518" s="14" t="s">
-        <x:v>751</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C518" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D518" s="15" t="s"/>
-      <x:c r="E518" s="14" t="s"/>
+      <x:c r="E518" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F518" s="14" t="s"/>
       <x:c r="G518" s="14" t="s">
-        <x:v>704</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="H518" s="14" t="s"/>
       <x:c r="I518" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="J518" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="K518" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L518" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M518" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N518" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O518" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P518" s="14" t="s">
-        <x:v>704</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="Q518" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="R518" s="14" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S518" s="14" t="n">
-        <x:v>599419</x:v>
+        <x:v>607731</x:v>
       </x:c>
       <x:c r="T518" s="16" t="s">
-        <x:v>436</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U518" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:21">
       <x:c r="A519" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
-        <x:v>64</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="C519" s="3" t="s"/>
       <x:c r="D519" s="3" t="s"/>
-      <x:c r="E519" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G519" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I519" s="4" t="s">
-        <x:v>139</x:v>
-[...2 lines deleted...]
-        <x:v>44</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="K519" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="L519" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="M519" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="N519" s="3" t="n">
-        <x:v>24273</x:v>
+        <x:v>31034</x:v>
       </x:c>
       <x:c r="O519" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="P519" s="0" t="s">
-        <x:v>752</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="Q519" s="4" t="s">
-        <x:v>699</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="R519" s="0" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S519" s="0" t="n">
-        <x:v>607731</x:v>
+        <x:v>568782</x:v>
       </x:c>
       <x:c r="T519" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="U519" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:21">
       <x:c r="A520" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B520" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="C520" s="15" t="s"/>
       <x:c r="D520" s="15" t="s"/>
       <x:c r="E520" s="14" t="s"/>
       <x:c r="F520" s="14" t="s"/>
       <x:c r="G520" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="H520" s="14" t="s"/>
       <x:c r="I520" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="J520" s="14" t="s"/>
       <x:c r="K520" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L520" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M520" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N520" s="15" t="n">
-        <x:v>31034</x:v>
+        <x:v>71701</x:v>
       </x:c>
       <x:c r="O520" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="P520" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="Q520" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="R520" s="14" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S520" s="14" t="n">
-        <x:v>568782</x:v>
+        <x:v>566989</x:v>
       </x:c>
       <x:c r="T520" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="U520" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:21">
       <x:c r="A521" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
-        <x:v>491</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C521" s="3" t="s"/>
       <x:c r="D521" s="3" t="s"/>
       <x:c r="G521" s="0" t="s">
-        <x:v>492</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I521" s="4" t="s">
-        <x:v>493</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="K521" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L521" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M521" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="N521" s="3" t="n">
-        <x:v>71701</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O521" s="0" t="s">
-        <x:v>494</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="P521" s="0" t="s">
-        <x:v>492</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q521" s="4" t="s">
-        <x:v>493</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R521" s="0" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S521" s="0" t="n">
-        <x:v>566989</x:v>
+        <x:v>615483</x:v>
       </x:c>
       <x:c r="T521" s="4" t="s">
-        <x:v>495</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="U521" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:21">
       <x:c r="A522" s="13" t="s">
-        <x:v>77</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B522" s="14" t="s">
-        <x:v>112</x:v>
-[...1 lines deleted...]
-      <x:c r="C522" s="15" t="s"/>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C522" s="15" t="n">
+        <x:v>40864</x:v>
+      </x:c>
       <x:c r="D522" s="15" t="s"/>
-      <x:c r="E522" s="14" t="s"/>
+      <x:c r="E522" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F522" s="14" t="s"/>
       <x:c r="G522" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H522" s="14" t="s"/>
       <x:c r="I522" s="16" t="s">
-        <x:v>114</x:v>
-[...1 lines deleted...]
-      <x:c r="J522" s="14" t="s"/>
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="J522" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
       <x:c r="K522" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L522" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M522" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N522" s="15" t="n">
-        <x:v>70332</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O522" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P522" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="Q522" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R522" s="14" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S522" s="14" t="n">
-        <x:v>615483</x:v>
+        <x:v>601247</x:v>
       </x:c>
       <x:c r="T522" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U522" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>752</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:21">
       <x:c r="A523" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C523" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D523" s="3" t="s"/>
       <x:c r="G523" s="0" t="s">
         <x:v>704</x:v>
       </x:c>
       <x:c r="I523" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="J523" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K523" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L523" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M523" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N523" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O523" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P523" s="0" t="s">
         <x:v>704</x:v>
       </x:c>
       <x:c r="Q523" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R523" s="0" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S523" s="0" t="n">
         <x:v>544704</x:v>
       </x:c>
       <x:c r="T523" s="4" t="s">
-        <x:v>453</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="U523" s="4" t="s">
         <x:v>753</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:21">
       <x:c r="A524" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B524" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C524" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D524" s="15" t="s"/>
       <x:c r="E524" s="14" t="s"/>
       <x:c r="F524" s="14" t="s"/>
       <x:c r="G524" s="14" t="s">
         <x:v>704</x:v>
       </x:c>
       <x:c r="H524" s="14" t="s"/>
       <x:c r="I524" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
@@ -32305,108 +32294,108 @@
       <x:c r="L524" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M524" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N524" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O524" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P524" s="14" t="s">
         <x:v>704</x:v>
       </x:c>
       <x:c r="Q524" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R524" s="14" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S524" s="14" t="n">
         <x:v>544707</x:v>
       </x:c>
       <x:c r="T524" s="16" t="s">
-        <x:v>453</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="U524" s="16" t="s">
         <x:v>754</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:21">
       <x:c r="A525" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B525" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C525" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D525" s="3" t="s"/>
       <x:c r="E525" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G525" s="0" t="s">
-        <x:v>743</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="I525" s="4" t="s">
-        <x:v>744</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="J525" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K525" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L525" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M525" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N525" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O525" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P525" s="0" t="s">
-        <x:v>745</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="Q525" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R525" s="0" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S525" s="0" t="n">
         <x:v>499873</x:v>
       </x:c>
       <x:c r="T525" s="4" t="s">
-        <x:v>749</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="U525" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:21">
       <x:c r="A526" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B526" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C526" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D526" s="15" t="s"/>
       <x:c r="E526" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F526" s="14" t="s"/>
       <x:c r="G526" s="14" t="s">
         <x:v>755</x:v>
       </x:c>
       <x:c r="H526" s="14" t="s">
         <x:v>756</x:v>
@@ -32648,51 +32637,51 @@
       <x:c r="H530" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="I530" s="16" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="J530" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K530" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L530" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M530" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N530" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O530" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P530" s="14" t="s">
-        <x:v>713</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="Q530" s="16" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="R530" s="14" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S530" s="14" t="n">
         <x:v>608183</x:v>
       </x:c>
       <x:c r="T530" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U530" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:21">
       <x:c r="A531" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B531" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C531" s="3" t="n">
@@ -32736,138 +32725,138 @@
         <x:v>518921</x:v>
       </x:c>
       <x:c r="T531" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U531" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:21">
       <x:c r="A532" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B532" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C532" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D532" s="15" t="s"/>
       <x:c r="E532" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F532" s="14" t="s"/>
       <x:c r="G532" s="14" t="s">
-        <x:v>711</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="H532" s="14" t="s">
-        <x:v>712</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="I532" s="16" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="J532" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K532" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L532" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M532" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N532" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O532" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P532" s="14" t="s">
-        <x:v>711</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="Q532" s="16" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="R532" s="14" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S532" s="14" t="n">
         <x:v>608471</x:v>
       </x:c>
       <x:c r="T532" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U532" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:21">
       <x:c r="A533" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B533" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C533" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D533" s="3" t="s"/>
       <x:c r="E533" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G533" s="0" t="s">
-        <x:v>711</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="H533" s="0" t="s">
-        <x:v>712</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="I533" s="4" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="J533" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K533" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L533" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M533" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N533" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O533" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P533" s="0" t="s">
-        <x:v>711</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="Q533" s="4" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="R533" s="0" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S533" s="0" t="n">
         <x:v>608472</x:v>
       </x:c>
       <x:c r="T533" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U533" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:21">
       <x:c r="A534" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B534" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C534" s="15" t="n">
@@ -32884,177 +32873,177 @@
       <x:c r="H534" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="I534" s="16" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="J534" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K534" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L534" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M534" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N534" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O534" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P534" s="14" t="s">
-        <x:v>713</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="Q534" s="16" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="R534" s="14" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S534" s="14" t="n">
         <x:v>556381</x:v>
       </x:c>
       <x:c r="T534" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U534" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:21">
       <x:c r="A535" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B535" s="0" t="s">
-        <x:v>715</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="C535" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D535" s="3" t="s"/>
       <x:c r="G535" s="0" t="s">
-        <x:v>716</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="I535" s="4" t="s">
-        <x:v>717</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="J535" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K535" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L535" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M535" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N535" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O535" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P535" s="0" t="s">
-        <x:v>718</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="Q535" s="4" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="R535" s="0" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S535" s="0" t="n">
         <x:v>588470</x:v>
       </x:c>
       <x:c r="T535" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U535" s="4" t="s">
-        <x:v>721</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:21">
       <x:c r="A536" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B536" s="14" t="s">
-        <x:v>751</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="C536" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D536" s="15" t="s"/>
       <x:c r="E536" s="14" t="s"/>
       <x:c r="F536" s="14" t="s"/>
       <x:c r="G536" s="14" t="s">
-        <x:v>716</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="H536" s="14" t="s"/>
       <x:c r="I536" s="16" t="s">
-        <x:v>717</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="J536" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K536" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L536" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M536" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N536" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O536" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P536" s="14" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="Q536" s="16" t="s">
-        <x:v>717</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="R536" s="14" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S536" s="14" t="n">
         <x:v>588472</x:v>
       </x:c>
       <x:c r="T536" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U536" s="16" t="s">
-        <x:v>721</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:21">
       <x:c r="A537" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B537" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="C537" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D537" s="3" t="s"/>
       <x:c r="G537" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="H537" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="I537" s="4" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="J537" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -33136,211 +33125,211 @@
       </x:c>
       <x:c r="P538" s="14" t="s">
         <x:v>755</x:v>
       </x:c>
       <x:c r="Q538" s="16" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="R538" s="14" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S538" s="14" t="n">
         <x:v>515227</x:v>
       </x:c>
       <x:c r="T538" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U538" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:21">
       <x:c r="A539" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B539" s="0" t="s">
-        <x:v>720</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="C539" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D539" s="3" t="s"/>
       <x:c r="G539" s="0" t="s">
-        <x:v>716</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="I539" s="4" t="s">
-        <x:v>717</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="J539" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K539" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L539" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M539" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N539" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O539" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P539" s="0" t="s">
-        <x:v>718</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="Q539" s="4" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="R539" s="0" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S539" s="0" t="n">
         <x:v>598399</x:v>
       </x:c>
       <x:c r="T539" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U539" s="4" t="s">
         <x:v>566</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:21">
       <x:c r="A540" s="13" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B540" s="14" t="s">
         <x:v>759</x:v>
       </x:c>
       <x:c r="C540" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D540" s="15" t="s"/>
       <x:c r="E540" s="14" t="s"/>
       <x:c r="F540" s="14" t="s"/>
       <x:c r="G540" s="14" t="s">
-        <x:v>716</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="H540" s="14" t="s"/>
       <x:c r="I540" s="16" t="s">
-        <x:v>717</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="J540" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K540" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L540" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M540" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N540" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O540" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P540" s="14" t="s">
-        <x:v>718</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="Q540" s="16" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="R540" s="14" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S540" s="14" t="n">
         <x:v>598486</x:v>
       </x:c>
       <x:c r="T540" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U540" s="16" t="s">
-        <x:v>719</x:v>
+        <x:v>713</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:21">
       <x:c r="A541" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B541" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C541" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D541" s="3" t="s"/>
       <x:c r="E541" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G541" s="0" t="s">
-        <x:v>716</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="I541" s="4" t="s">
-        <x:v>717</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="J541" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K541" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L541" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M541" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N541" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O541" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P541" s="0" t="s">
-        <x:v>718</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="Q541" s="4" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="R541" s="0" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S541" s="0" t="n">
         <x:v>614310</x:v>
       </x:c>
       <x:c r="T541" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U541" s="4" t="s">
-        <x:v>719</x:v>
+        <x:v>713</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:21">
       <x:c r="A542" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B542" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C542" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D542" s="15" t="s"/>
       <x:c r="E542" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F542" s="14" t="s"/>
       <x:c r="G542" s="14" t="s">
         <x:v>755</x:v>
       </x:c>
       <x:c r="H542" s="14" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="I542" s="16" t="s">
         <x:v>757</x:v>
@@ -33399,51 +33388,51 @@
       <x:c r="G543" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I543" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J543" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K543" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L543" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M543" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N543" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O543" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P543" s="0" t="s">
-        <x:v>706</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="Q543" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R543" s="0" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S543" s="0" t="n">
         <x:v>497988</x:v>
       </x:c>
       <x:c r="T543" s="4" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="U543" s="4" t="s">
         <x:v>567</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:21">
       <x:c r="A544" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B544" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C544" s="15" t="n">
@@ -33488,191 +33477,191 @@
       <x:c r="R544" s="14" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S544" s="14" t="n">
         <x:v>500794</x:v>
       </x:c>
       <x:c r="T544" s="16" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="U544" s="16" t="s">
         <x:v>419</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:21">
       <x:c r="A545" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B545" s="0" t="s">
         <x:v>759</x:v>
       </x:c>
       <x:c r="C545" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D545" s="3" t="s"/>
       <x:c r="G545" s="0" t="s">
-        <x:v>716</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="I545" s="4" t="s">
-        <x:v>717</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="J545" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K545" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L545" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M545" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N545" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O545" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P545" s="0" t="s">
-        <x:v>718</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="Q545" s="4" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="R545" s="0" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S545" s="0" t="n">
         <x:v>588471</x:v>
       </x:c>
       <x:c r="T545" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U545" s="4" t="s">
-        <x:v>721</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:21">
       <x:c r="A546" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B546" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C546" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D546" s="15" t="s"/>
       <x:c r="E546" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F546" s="14" t="s"/>
       <x:c r="G546" s="14" t="s">
-        <x:v>743</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="H546" s="14" t="s"/>
       <x:c r="I546" s="16" t="s">
-        <x:v>744</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="J546" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K546" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L546" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M546" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N546" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O546" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P546" s="14" t="s">
-        <x:v>745</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="Q546" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R546" s="14" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S546" s="14" t="n">
         <x:v>546522</x:v>
       </x:c>
       <x:c r="T546" s="16" t="s">
-        <x:v>453</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="U546" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:21">
       <x:c r="A547" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B547" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C547" s="3" t="n">
         <x:v>38779</x:v>
       </x:c>
       <x:c r="D547" s="3" t="s"/>
       <x:c r="E547" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G547" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I547" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J547" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K547" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L547" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M547" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N547" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O547" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P547" s="0" t="s">
-        <x:v>706</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="Q547" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R547" s="0" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S547" s="0" t="n">
         <x:v>549300</x:v>
       </x:c>
       <x:c r="T547" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="U547" s="4" t="s">
         <x:v>760</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:21">
       <x:c r="A548" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B548" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C548" s="15" t="n">
@@ -33687,66 +33676,66 @@
         <x:v>24</x:v>
       </x:c>
       <x:c r="H548" s="14" t="s"/>
       <x:c r="I548" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J548" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K548" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L548" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M548" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N548" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O548" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P548" s="14" t="s">
-        <x:v>706</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="Q548" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R548" s="14" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S548" s="14" t="n">
         <x:v>542192</x:v>
       </x:c>
       <x:c r="T548" s="16" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="U548" s="16" t="s">
-        <x:v>550</x:v>
+        <x:v>549</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:21">
       <x:c r="A549" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B549" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C549" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D549" s="3" t="s"/>
       <x:c r="E549" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G549" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="I549" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="J549" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -33867,98 +33856,98 @@
       <x:c r="L551" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M551" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N551" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O551" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P551" s="0" t="s">
         <x:v>704</x:v>
       </x:c>
       <x:c r="Q551" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R551" s="0" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S551" s="0" t="n">
         <x:v>544699</x:v>
       </x:c>
       <x:c r="T551" s="4" t="s">
-        <x:v>453</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="U551" s="4" t="s">
-        <x:v>750</x:v>
+        <x:v>733</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:21">
       <x:c r="A552" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B552" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C552" s="15" t="n">
         <x:v>36075</x:v>
       </x:c>
       <x:c r="D552" s="15" t="s"/>
       <x:c r="E552" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F552" s="14" t="s"/>
       <x:c r="G552" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H552" s="14" t="s"/>
       <x:c r="I552" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J552" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K552" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L552" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M552" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N552" s="15" t="n">
         <x:v>24210</x:v>
       </x:c>
       <x:c r="O552" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P552" s="14" t="s">
-        <x:v>706</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="Q552" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R552" s="14" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S552" s="14" t="n">
         <x:v>601236</x:v>
       </x:c>
       <x:c r="T552" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U552" s="16" t="s">
         <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:21">
       <x:c r="A553" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B553" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C553" s="3" t="n">
@@ -34119,954 +34108,955 @@
         <x:v>607856</x:v>
       </x:c>
       <x:c r="T555" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U555" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:21">
       <x:c r="A556" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B556" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C556" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D556" s="15" t="s"/>
       <x:c r="E556" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F556" s="14" t="s"/>
       <x:c r="G556" s="14" t="s">
-        <x:v>716</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="H556" s="14" t="s"/>
       <x:c r="I556" s="16" t="s">
-        <x:v>717</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="J556" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K556" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L556" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M556" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N556" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O556" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P556" s="14" t="s">
         <x:v>767</x:v>
       </x:c>
       <x:c r="Q556" s="16" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="R556" s="14" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S556" s="14" t="n">
         <x:v>588358</x:v>
       </x:c>
       <x:c r="T556" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U556" s="16" t="s">
         <x:v>768</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:21">
       <x:c r="A557" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B557" s="0" t="s">
-        <x:v>457</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C557" s="3" t="n">
-        <x:v>37680</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D557" s="3" t="s"/>
+      <x:c r="E557" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G557" s="0" t="s">
-        <x:v>716</x:v>
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="H557" s="0" t="s">
+        <x:v>383</x:v>
       </x:c>
       <x:c r="I557" s="4" t="s">
-        <x:v>717</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="J557" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K557" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L557" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="M557" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N557" s="3" t="n">
-        <x:v>24273</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O557" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P557" s="0" t="s">
-        <x:v>718</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="Q557" s="4" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="R557" s="0" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S557" s="0" t="n">
-        <x:v>599724</x:v>
+        <x:v>556373</x:v>
       </x:c>
       <x:c r="T557" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U557" s="4" t="s">
-        <x:v>566</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:21">
       <x:c r="A558" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B558" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C558" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D558" s="15" t="s"/>
       <x:c r="E558" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F558" s="14" t="s"/>
       <x:c r="G558" s="14" t="s">
-        <x:v>382</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>704</x:v>
+      </x:c>
+      <x:c r="H558" s="14" t="s"/>
       <x:c r="I558" s="16" t="s">
-        <x:v>384</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="J558" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K558" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L558" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M558" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="N558" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O558" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P558" s="14" t="s">
-        <x:v>713</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="Q558" s="16" t="s">
-        <x:v>384</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R558" s="14" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S558" s="14" t="n">
-        <x:v>556373</x:v>
+        <x:v>549013</x:v>
       </x:c>
       <x:c r="T558" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="U558" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>733</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:21">
       <x:c r="A559" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B559" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C559" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D559" s="3" t="s"/>
-      <x:c r="E559" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G559" s="0" t="s">
-        <x:v>704</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="I559" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="J559" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K559" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L559" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M559" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N559" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O559" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P559" s="0" t="s">
-        <x:v>704</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="Q559" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R559" s="0" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S559" s="0" t="n">
-        <x:v>549013</x:v>
+        <x:v>595878</x:v>
       </x:c>
       <x:c r="T559" s="4" t="s">
-        <x:v>453</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U559" s="4" t="s">
-        <x:v>750</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:21">
       <x:c r="A560" s="13" t="s">
-        <x:v>36</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B560" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C560" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D560" s="15" t="s"/>
-      <x:c r="E560" s="14" t="s"/>
+      <x:c r="E560" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F560" s="14" t="s"/>
       <x:c r="G560" s="14" t="s">
-        <x:v>733</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="H560" s="14" t="s"/>
       <x:c r="I560" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="J560" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K560" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L560" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M560" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N560" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O560" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P560" s="14" t="s">
-        <x:v>733</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="Q560" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R560" s="14" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S560" s="14" t="n">
-        <x:v>595878</x:v>
+        <x:v>601935</x:v>
       </x:c>
       <x:c r="T560" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="U560" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:21">
       <x:c r="A561" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B561" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C561" s="3" t="n">
-        <x:v>40792</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D561" s="3" t="s"/>
       <x:c r="E561" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G561" s="0" t="s">
-        <x:v>704</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="I561" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="J561" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K561" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L561" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M561" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N561" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O561" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P561" s="0" t="s">
-        <x:v>704</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="Q561" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R561" s="0" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S561" s="0" t="n">
-        <x:v>601935</x:v>
+        <x:v>502398</x:v>
       </x:c>
       <x:c r="T561" s="4" t="s">
-        <x:v>436</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="U561" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:21">
       <x:c r="A562" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B562" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C562" s="15" t="n">
-        <x:v>35340</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D562" s="15" t="s"/>
       <x:c r="E562" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F562" s="14" t="s"/>
       <x:c r="G562" s="14" t="s">
-        <x:v>326</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="H562" s="14" t="s"/>
       <x:c r="I562" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="J562" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K562" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L562" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M562" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N562" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O562" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P562" s="14" t="s">
-        <x:v>326</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="Q562" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R562" s="14" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S562" s="14" t="n">
-        <x:v>502398</x:v>
+        <x:v>603560</x:v>
       </x:c>
       <x:c r="T562" s="16" t="s">
-        <x:v>274</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="U562" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:21">
       <x:c r="A563" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B563" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C563" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D563" s="3" t="s"/>
       <x:c r="E563" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G563" s="0" t="s">
-        <x:v>743</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="I563" s="4" t="s">
-        <x:v>744</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="J563" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K563" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L563" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M563" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="N563" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O563" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P563" s="0" t="s">
-        <x:v>745</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="Q563" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="R563" s="0" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S563" s="0" t="n">
-        <x:v>603560</x:v>
+        <x:v>614344</x:v>
       </x:c>
       <x:c r="T563" s="4" t="s">
-        <x:v>451</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U563" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>713</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:21">
       <x:c r="A564" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B564" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C564" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D564" s="15" t="s"/>
       <x:c r="E564" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F564" s="14" t="s"/>
       <x:c r="G564" s="14" t="s">
-        <x:v>716</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="H564" s="14" t="s"/>
       <x:c r="I564" s="16" t="s">
-        <x:v>717</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="J564" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K564" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L564" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M564" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N564" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O564" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P564" s="14" t="s">
-        <x:v>718</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="Q564" s="16" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="R564" s="14" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S564" s="14" t="n">
-        <x:v>614344</x:v>
+        <x:v>588357</x:v>
       </x:c>
       <x:c r="T564" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U564" s="16" t="s">
-        <x:v>719</x:v>
+        <x:v>768</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:21">
       <x:c r="A565" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B565" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C565" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D565" s="3" t="s"/>
       <x:c r="E565" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G565" s="0" t="s">
-        <x:v>716</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="I565" s="4" t="s">
-        <x:v>717</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="J565" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K565" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L565" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M565" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N565" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O565" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P565" s="0" t="s">
-        <x:v>767</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="Q565" s="4" t="s">
-        <x:v>384</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R565" s="0" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S565" s="0" t="n">
-        <x:v>588357</x:v>
+        <x:v>549018</x:v>
       </x:c>
       <x:c r="T565" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="U565" s="4" t="s">
-        <x:v>768</x:v>
+        <x:v>733</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:21">
       <x:c r="A566" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B566" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C566" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>38779</x:v>
       </x:c>
       <x:c r="D566" s="15" t="s"/>
       <x:c r="E566" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F566" s="14" t="s"/>
       <x:c r="G566" s="14" t="s">
-        <x:v>704</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H566" s="14" t="s"/>
       <x:c r="I566" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J566" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K566" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L566" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M566" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N566" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O566" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P566" s="14" t="s">
-        <x:v>704</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="Q566" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R566" s="14" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S566" s="14" t="n">
-        <x:v>549018</x:v>
+        <x:v>601256</x:v>
       </x:c>
       <x:c r="T566" s="16" t="s">
-        <x:v>453</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="U566" s="16" t="s">
-        <x:v>750</x:v>
+        <x:v>769</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:21">
       <x:c r="A567" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B567" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C567" s="3" t="n">
-        <x:v>38779</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D567" s="3" t="s"/>
       <x:c r="E567" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G567" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="I567" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="J567" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K567" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L567" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M567" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N567" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O567" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P567" s="0" t="s">
-        <x:v>706</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="Q567" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R567" s="0" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S567" s="0" t="n">
-        <x:v>601256</x:v>
+        <x:v>546521</x:v>
       </x:c>
       <x:c r="T567" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="U567" s="4" t="s">
-        <x:v>769</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:21">
       <x:c r="A568" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B568" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="C568" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D568" s="15" t="s"/>
-      <x:c r="E568" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E568" s="14" t="s"/>
       <x:c r="F568" s="14" t="s"/>
       <x:c r="G568" s="14" t="s">
-        <x:v>743</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="H568" s="14" t="s"/>
       <x:c r="I568" s="16" t="s">
-        <x:v>744</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="J568" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K568" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="L568" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M568" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="N568" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O568" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P568" s="14" t="s">
-        <x:v>745</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="Q568" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="R568" s="14" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S568" s="14" t="n">
-        <x:v>546521</x:v>
+        <x:v>598485</x:v>
       </x:c>
       <x:c r="T568" s="16" t="s">
-        <x:v>453</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U568" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>713</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:21">
       <x:c r="A569" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B569" s="0" t="s">
-        <x:v>751</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="C569" s="3" t="n">
-        <x:v>40792</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D569" s="3" t="s"/>
       <x:c r="G569" s="0" t="s">
-        <x:v>716</x:v>
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="H569" s="0" t="s">
+        <x:v>383</x:v>
       </x:c>
       <x:c r="I569" s="4" t="s">
-        <x:v>717</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="J569" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K569" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L569" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M569" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N569" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O569" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P569" s="0" t="s">
-        <x:v>758</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="Q569" s="4" t="s">
-        <x:v>717</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="R569" s="0" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S569" s="0" t="n">
-        <x:v>598485</x:v>
+        <x:v>606243</x:v>
       </x:c>
       <x:c r="T569" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U569" s="4" t="s">
-        <x:v>719</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:21">
       <x:c r="A570" s="13" t="s">
-        <x:v>77</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B570" s="14" t="s">
-        <x:v>370</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C570" s="15" t="n">
-        <x:v>35340</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D570" s="15" t="s"/>
-      <x:c r="E570" s="14" t="s"/>
+      <x:c r="E570" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F570" s="14" t="s"/>
       <x:c r="G570" s="14" t="s">
-        <x:v>382</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>750</x:v>
+      </x:c>
+      <x:c r="H570" s="14" t="s"/>
       <x:c r="I570" s="16" t="s">
-        <x:v>384</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="J570" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K570" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L570" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M570" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N570" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O570" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P570" s="14" t="s">
-        <x:v>382</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="Q570" s="16" t="s">
-        <x:v>384</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="R570" s="14" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S570" s="14" t="n">
-        <x:v>606243</x:v>
+        <x:v>554383</x:v>
       </x:c>
       <x:c r="T570" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="U570" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:21">
       <x:c r="A571" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B571" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C571" s="3" t="n">
-        <x:v>40792</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D571" s="3" t="s"/>
-      <x:c r="E571" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G571" s="0" t="s">
-        <x:v>734</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="I571" s="4" t="s">
-        <x:v>735</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="J571" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="K571" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="L571" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="M571" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N571" s="3" t="n">
-        <x:v>24220</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O571" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P571" s="0" t="s">
-        <x:v>734</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="Q571" s="4" t="s">
-        <x:v>735</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R571" s="0" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S571" s="0" t="n">
-        <x:v>554383</x:v>
+        <x:v>599461</x:v>
       </x:c>
       <x:c r="T571" s="4" t="s">
-        <x:v>453</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U571" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:21">
       <x:c r="A572" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B572" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C572" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D572" s="15" t="s"/>
       <x:c r="E572" s="14" t="s"/>
       <x:c r="F572" s="14" t="s"/>
       <x:c r="G572" s="14" t="s">
         <x:v>704</x:v>
       </x:c>
       <x:c r="H572" s="14" t="s"/>
       <x:c r="I572" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="J572" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
@@ -35079,51 +35069,51 @@
       <x:c r="M572" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N572" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O572" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P572" s="14" t="s">
         <x:v>704</x:v>
       </x:c>
       <x:c r="Q572" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R572" s="14" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S572" s="14" t="n">
         <x:v>545465</x:v>
       </x:c>
       <x:c r="T572" s="16" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="U572" s="16" t="s">
-        <x:v>714</x:v>
+        <x:v>720</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:21">
       <x:c r="A573" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B573" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C573" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D573" s="3" t="s"/>
       <x:c r="G573" s="0" t="s">
         <x:v>704</x:v>
       </x:c>
       <x:c r="I573" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="J573" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K573" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
@@ -35138,103 +35128,103 @@
       </x:c>
       <x:c r="O573" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P573" s="0" t="s">
         <x:v>704</x:v>
       </x:c>
       <x:c r="Q573" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R573" s="0" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S573" s="0" t="n">
         <x:v>497070</x:v>
       </x:c>
       <x:c r="T573" s="4" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="U573" s="4" t="s">
         <x:v>762</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:21">
       <x:c r="A574" s="13" t="s">
-        <x:v>77</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="B574" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C574" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D574" s="15" t="s"/>
       <x:c r="E574" s="14" t="s"/>
       <x:c r="F574" s="14" t="s"/>
       <x:c r="G574" s="14" t="s">
-        <x:v>704</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="H574" s="14" t="s"/>
       <x:c r="I574" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="J574" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K574" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L574" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M574" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="N574" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O574" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P574" s="14" t="s">
-        <x:v>704</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="Q574" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="R574" s="14" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S574" s="14" t="n">
-        <x:v>599461</x:v>
+        <x:v>599724</x:v>
       </x:c>
       <x:c r="T574" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U574" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>566</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:21">
       <x:c r="A575" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B575" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C575" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D575" s="3" t="s"/>
       <x:c r="E575" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G575" s="0" t="s">
         <x:v>755</x:v>
       </x:c>
       <x:c r="H575" s="0" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="I575" s="4" t="s">
         <x:v>757</x:v>
       </x:c>
@@ -35294,328 +35284,329 @@
         <x:v>24</x:v>
       </x:c>
       <x:c r="H576" s="14" t="s"/>
       <x:c r="I576" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J576" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K576" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L576" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M576" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N576" s="15" t="n">
         <x:v>24210</x:v>
       </x:c>
       <x:c r="O576" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P576" s="14" t="s">
-        <x:v>706</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="Q576" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R576" s="14" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S576" s="14" t="n">
         <x:v>549291</x:v>
       </x:c>
       <x:c r="T576" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="U576" s="16" t="s">
-        <x:v>550</x:v>
+        <x:v>549</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:21">
       <x:c r="A577" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B577" s="0" t="s">
-        <x:v>770</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C577" s="3" t="s"/>
       <x:c r="D577" s="3" t="s"/>
       <x:c r="G577" s="0" t="s">
-        <x:v>723</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I577" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="K577" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="L577" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="M577" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="N577" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O577" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P577" s="0" t="s">
-        <x:v>724</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="Q577" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="R577" s="0" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S577" s="0" t="n">
-        <x:v>592198</x:v>
+        <x:v>568721</x:v>
       </x:c>
       <x:c r="T577" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="U577" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:21">
       <x:c r="A578" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B578" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C578" s="15" t="s"/>
       <x:c r="D578" s="15" t="s"/>
       <x:c r="E578" s="14" t="s"/>
       <x:c r="F578" s="14" t="s"/>
       <x:c r="G578" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="H578" s="14" t="s"/>
       <x:c r="I578" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J578" s="14" t="s"/>
       <x:c r="K578" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L578" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M578" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N578" s="15" t="n">
-        <x:v>31006</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O578" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="P578" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q578" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R578" s="14" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S578" s="14" t="n">
-        <x:v>568721</x:v>
+        <x:v>605041</x:v>
       </x:c>
       <x:c r="T578" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U578" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:21">
       <x:c r="A579" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B579" s="0" t="s">
-        <x:v>112</x:v>
-[...1 lines deleted...]
-      <x:c r="C579" s="3" t="s"/>
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="C579" s="3" t="n">
+        <x:v>35340</x:v>
+      </x:c>
       <x:c r="D579" s="3" t="s"/>
       <x:c r="G579" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="I579" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="J579" s="0" t="s">
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K579" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L579" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M579" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N579" s="3" t="n">
-        <x:v>70332</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O579" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P579" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="Q579" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R579" s="0" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S579" s="0" t="n">
-        <x:v>605041</x:v>
+        <x:v>544706</x:v>
       </x:c>
       <x:c r="T579" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="U579" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>733</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:21">
       <x:c r="A580" s="13" t="s">
-        <x:v>77</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B580" s="14" t="s">
-        <x:v>171</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>770</x:v>
+      </x:c>
+      <x:c r="C580" s="15" t="s"/>
       <x:c r="D580" s="15" t="s"/>
       <x:c r="E580" s="14" t="s"/>
       <x:c r="F580" s="14" t="s"/>
       <x:c r="G580" s="14" t="s">
-        <x:v>492</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="H580" s="14" t="s"/>
       <x:c r="I580" s="16" t="s">
-        <x:v>493</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="J580" s="14" t="s"/>
       <x:c r="K580" s="14" t="s">
-        <x:v>521</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L580" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M580" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N580" s="15" t="n">
-        <x:v>24273</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O580" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="P580" s="14" t="s">
-        <x:v>764</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="Q580" s="16" t="s">
-        <x:v>493</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R580" s="14" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S580" s="14" t="n">
-        <x:v>581515</x:v>
+        <x:v>592198</x:v>
       </x:c>
       <x:c r="T580" s="16" t="s">
-        <x:v>449</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U580" s="16" t="s">
-        <x:v>499</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:21">
       <x:c r="A581" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B581" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C581" s="3" t="n">
-        <x:v>35340</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D581" s="3" t="s"/>
       <x:c r="G581" s="0" t="s">
-        <x:v>704</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="I581" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="J581" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="K581" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="L581" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M581" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="N581" s="3" t="n">
-        <x:v>24220</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O581" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P581" s="0" t="s">
-        <x:v>704</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="Q581" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="R581" s="0" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S581" s="0" t="n">
-        <x:v>544706</x:v>
+        <x:v>581515</x:v>
       </x:c>
       <x:c r="T581" s="4" t="s">
-        <x:v>453</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="U581" s="4" t="s">
-        <x:v>750</x:v>
+        <x:v>499</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:21">
       <x:c r="A582" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B582" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="C582" s="15" t="s"/>
       <x:c r="D582" s="15" t="s"/>
       <x:c r="E582" s="14" t="s"/>
       <x:c r="F582" s="14" t="s"/>
       <x:c r="G582" s="14" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="H582" s="14" t="s"/>
       <x:c r="I582" s="16" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="J582" s="14" t="s"/>
       <x:c r="K582" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L582" s="14" t="s">
@@ -36165,51 +36156,51 @@
       <x:c r="L592" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M592" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="N592" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O592" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P592" s="14" t="s">
         <x:v>783</x:v>
       </x:c>
       <x:c r="Q592" s="16" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="R592" s="14" t="s">
         <x:v>786</x:v>
       </x:c>
       <x:c r="S592" s="14" t="n">
         <x:v>615692</x:v>
       </x:c>
       <x:c r="T592" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U592" s="16" t="s">
         <x:v>533</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:21">
       <x:c r="A593" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B593" s="0" t="s">
         <x:v>794</x:v>
       </x:c>
       <x:c r="C593" s="3" t="n">
         <x:v>40356</x:v>
       </x:c>
       <x:c r="D593" s="3" t="s"/>
       <x:c r="G593" s="0" t="s">
         <x:v>783</x:v>
       </x:c>
       <x:c r="H593" s="0" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="I593" s="4" t="s">
         <x:v>785</x:v>
       </x:c>
@@ -36387,327 +36378,326 @@
       <x:c r="L596" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M596" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N596" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O596" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P596" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q596" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R596" s="14" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="S596" s="14" t="n">
         <x:v>605049</x:v>
       </x:c>
       <x:c r="T596" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U596" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:21">
       <x:c r="A597" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B597" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C597" s="3" t="n">
-        <x:v>35340</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D597" s="3" t="s"/>
       <x:c r="E597" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G597" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="H597" s="0" t="s">
+        <x:v>272</x:v>
       </x:c>
       <x:c r="I597" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="J597" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K597" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L597" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M597" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N597" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O597" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P597" s="0" t="s">
         <x:v>802</x:v>
       </x:c>
       <x:c r="Q597" s="4" t="s">
         <x:v>803</x:v>
       </x:c>
       <x:c r="R597" s="0" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="S597" s="0" t="n">
-        <x:v>514137</x:v>
+        <x:v>602758</x:v>
       </x:c>
       <x:c r="T597" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U597" s="4" t="s">
-        <x:v>269</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:21">
       <x:c r="A598" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B598" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C598" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D598" s="15" t="s"/>
       <x:c r="E598" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F598" s="14" t="s"/>
       <x:c r="G598" s="14" t="s">
-        <x:v>271</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="H598" s="14" t="s"/>
       <x:c r="I598" s="16" t="s">
-        <x:v>263</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="J598" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K598" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L598" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M598" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N598" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O598" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P598" s="14" t="s">
         <x:v>804</x:v>
       </x:c>
       <x:c r="Q598" s="16" t="s">
         <x:v>803</x:v>
       </x:c>
       <x:c r="R598" s="14" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="S598" s="14" t="n">
-        <x:v>602758</x:v>
+        <x:v>514137</x:v>
       </x:c>
       <x:c r="T598" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="U598" s="16" t="s">
-        <x:v>276</x:v>
+        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="599" spans="1:21">
       <x:c r="A599" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B599" s="0" t="s">
-        <x:v>86</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="C599" s="3" t="s"/>
       <x:c r="D599" s="3" t="s"/>
-      <x:c r="E599" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G599" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I599" s="4" t="s">
-        <x:v>267</x:v>
-[...2 lines deleted...]
-        <x:v>26</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="K599" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="L599" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="M599" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="N599" s="3" t="n">
-        <x:v>24220</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O599" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="P599" s="0" t="s">
-        <x:v>802</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q599" s="4" t="s">
-        <x:v>803</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R599" s="0" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="S599" s="0" t="n">
-        <x:v>514139</x:v>
+        <x:v>615490</x:v>
       </x:c>
       <x:c r="T599" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="U599" s="4" t="s">
-        <x:v>269</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:21">
       <x:c r="A600" s="13" t="s">
-        <x:v>77</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B600" s="14" t="s">
-        <x:v>112</x:v>
-[...1 lines deleted...]
-      <x:c r="C600" s="15" t="s"/>
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="C600" s="15" t="n">
+        <x:v>35340</x:v>
+      </x:c>
       <x:c r="D600" s="15" t="s"/>
-      <x:c r="E600" s="14" t="s"/>
+      <x:c r="E600" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F600" s="14" t="s"/>
       <x:c r="G600" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="H600" s="14" t="s"/>
       <x:c r="I600" s="16" t="s">
-        <x:v>114</x:v>
-[...1 lines deleted...]
-      <x:c r="J600" s="14" t="s"/>
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="J600" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
       <x:c r="K600" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L600" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M600" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N600" s="15" t="n">
-        <x:v>70332</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O600" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P600" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="Q600" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="R600" s="14" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="S600" s="14" t="n">
-        <x:v>615490</x:v>
+        <x:v>514139</x:v>
       </x:c>
       <x:c r="T600" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="U600" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="601" spans="1:21">
       <x:c r="A601" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B601" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C601" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D601" s="3" t="s"/>
       <x:c r="E601" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G601" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="H601" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="I601" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="J601" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K601" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L601" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M601" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N601" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O601" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P601" s="0" t="s">
-        <x:v>804</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="Q601" s="4" t="s">
         <x:v>803</x:v>
       </x:c>
       <x:c r="R601" s="0" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="S601" s="0" t="n">
         <x:v>558867</x:v>
       </x:c>
       <x:c r="T601" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U601" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="602" spans="1:21">
       <x:c r="A602" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B602" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="C602" s="15" t="n">
@@ -36955,51 +36945,51 @@
       <x:c r="L606" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M606" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N606" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O606" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P606" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q606" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R606" s="14" t="s">
         <x:v>809</x:v>
       </x:c>
       <x:c r="S606" s="14" t="n">
         <x:v>605021</x:v>
       </x:c>
       <x:c r="T606" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U606" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="607" spans="1:21">
       <x:c r="A607" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B607" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C607" s="3" t="s"/>
       <x:c r="D607" s="3" t="s"/>
       <x:c r="G607" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="I607" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K607" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L607" s="0" t="s">
         <x:v>107</x:v>
@@ -37222,91 +37212,91 @@
       <x:c r="L611" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M611" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N611" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O611" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P611" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q611" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R611" s="0" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="S611" s="0" t="n">
         <x:v>605029</x:v>
       </x:c>
       <x:c r="T611" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U611" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="612" spans="1:21">
       <x:c r="A612" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B612" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C612" s="15" t="s"/>
       <x:c r="D612" s="15" t="s"/>
       <x:c r="E612" s="14" t="s"/>
       <x:c r="F612" s="14" t="s"/>
       <x:c r="G612" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H612" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I612" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J612" s="14" t="s"/>
       <x:c r="K612" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L612" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M612" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N612" s="15" t="n">
         <x:v>31002</x:v>
       </x:c>
       <x:c r="O612" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P612" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q612" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R612" s="14" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="S612" s="14" t="n">
         <x:v>611209</x:v>
       </x:c>
       <x:c r="T612" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="U612" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="613" spans="1:21">
       <x:c r="A613" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B613" s="0" t="s">
@@ -37329,51 +37319,51 @@
       <x:c r="L613" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M613" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N613" s="3" t="n">
         <x:v>46343</x:v>
       </x:c>
       <x:c r="O613" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P613" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q613" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R613" s="0" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="S613" s="0" t="n">
         <x:v>611848</x:v>
       </x:c>
       <x:c r="T613" s="4" t="s">
-        <x:v>557</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="U613" s="4" t="s">
         <x:v>765</x:v>
       </x:c>
     </x:row>
     <x:row r="614" spans="1:21">
       <x:c r="A614" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B614" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C614" s="15" t="s"/>
       <x:c r="D614" s="15" t="s"/>
       <x:c r="E614" s="14" t="s"/>
       <x:c r="F614" s="14" t="s"/>
       <x:c r="G614" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H614" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I614" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
@@ -37384,88 +37374,88 @@
       <x:c r="L614" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M614" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N614" s="15" t="n">
         <x:v>46343</x:v>
       </x:c>
       <x:c r="O614" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P614" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q614" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R614" s="14" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="S614" s="14" t="n">
         <x:v>611846</x:v>
       </x:c>
       <x:c r="T614" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="U614" s="16" t="s">
-        <x:v>551</x:v>
+        <x:v>550</x:v>
       </x:c>
     </x:row>
     <x:row r="615" spans="1:21">
       <x:c r="A615" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B615" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C615" s="3" t="s"/>
       <x:c r="D615" s="3" t="s"/>
       <x:c r="G615" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H615" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I615" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K615" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L615" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M615" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N615" s="3" t="n">
         <x:v>31002</x:v>
       </x:c>
       <x:c r="O615" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P615" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q615" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R615" s="0" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="S615" s="0" t="n">
         <x:v>611208</x:v>
       </x:c>
       <x:c r="T615" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="U615" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="616" spans="1:21">
       <x:c r="A616" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B616" s="14" t="s">
@@ -37538,51 +37528,51 @@
       <x:c r="L617" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M617" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N617" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O617" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P617" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q617" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R617" s="0" t="s">
         <x:v>818</x:v>
       </x:c>
       <x:c r="S617" s="0" t="n">
         <x:v>605008</x:v>
       </x:c>
       <x:c r="T617" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U617" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="618" spans="1:21">
       <x:c r="A618" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B618" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C618" s="15" t="s"/>
       <x:c r="D618" s="15" t="s"/>
       <x:c r="E618" s="14" t="s"/>
       <x:c r="F618" s="14" t="s"/>
       <x:c r="G618" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H618" s="14" t="s"/>
       <x:c r="I618" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J618" s="14" t="s"/>
       <x:c r="K618" s="14" t="s">
@@ -37591,51 +37581,51 @@
       <x:c r="L618" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M618" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N618" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O618" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P618" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q618" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R618" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="S618" s="14" t="n">
         <x:v>605016</x:v>
       </x:c>
       <x:c r="T618" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U618" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:21">
       <x:c r="A619" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B619" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C619" s="3" t="s"/>
       <x:c r="D619" s="3" t="s"/>
       <x:c r="G619" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="I619" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K619" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L619" s="0" t="s">
         <x:v>107</x:v>
@@ -37797,51 +37787,51 @@
       <x:c r="L622" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M622" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N622" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O622" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P622" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q622" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R622" s="14" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="S622" s="14" t="n">
         <x:v>605005</x:v>
       </x:c>
       <x:c r="T622" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U622" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="623" spans="1:21">
       <x:c r="A623" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B623" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C623" s="3" t="n">
         <x:v>39582</x:v>
       </x:c>
       <x:c r="D623" s="3" t="s"/>
       <x:c r="G623" s="0" t="s">
         <x:v>821</x:v>
       </x:c>
       <x:c r="I623" s="4" t="s">
         <x:v>822</x:v>
       </x:c>
       <x:c r="J623" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
@@ -38412,2442 +38402,2448 @@
       </x:c>
       <x:c r="P633" s="0" t="s">
         <x:v>830</x:v>
       </x:c>
       <x:c r="Q633" s="4" t="s">
         <x:v>831</x:v>
       </x:c>
       <x:c r="R633" s="0" t="s">
         <x:v>832</x:v>
       </x:c>
       <x:c r="S633" s="0" t="n">
         <x:v>595887</x:v>
       </x:c>
       <x:c r="T633" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U633" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="634" spans="1:21">
       <x:c r="A634" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B634" s="14" t="s">
-        <x:v>370</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>482</x:v>
+      </x:c>
+      <x:c r="C634" s="15" t="s"/>
       <x:c r="D634" s="15" t="s"/>
       <x:c r="E634" s="14" t="s"/>
       <x:c r="F634" s="14" t="s"/>
       <x:c r="G634" s="14" t="s">
-        <x:v>382</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>478</x:v>
+      </x:c>
+      <x:c r="H634" s="14" t="s"/>
       <x:c r="I634" s="16" t="s">
-        <x:v>384</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>479</x:v>
+      </x:c>
+      <x:c r="J634" s="14" t="s"/>
       <x:c r="K634" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L634" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="M634" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N634" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O634" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P634" s="14" t="s">
-        <x:v>382</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="Q634" s="16" t="s">
-        <x:v>384</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="R634" s="14" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="S634" s="14" t="n">
-        <x:v>504168</x:v>
+        <x:v>615205</x:v>
       </x:c>
       <x:c r="T634" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="U634" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="635" spans="1:21">
       <x:c r="A635" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B635" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="C635" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D635" s="3" t="s"/>
-      <x:c r="E635" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G635" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="H635" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="I635" s="4" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="J635" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K635" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="L635" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M635" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N635" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O635" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P635" s="0" t="s">
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="Q635" s="4" t="s">
+        <x:v>384</x:v>
+      </x:c>
+      <x:c r="R635" s="0" t="s">
         <x:v>834</x:v>
       </x:c>
-      <x:c r="Q635" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S635" s="0" t="n">
-        <x:v>511096</x:v>
+        <x:v>504168</x:v>
       </x:c>
       <x:c r="T635" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U635" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="636" spans="1:21">
       <x:c r="A636" s="13" t="s">
-        <x:v>77</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B636" s="14" t="s">
-        <x:v>370</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C636" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D636" s="15" t="s"/>
-      <x:c r="E636" s="14" t="s"/>
+      <x:c r="E636" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F636" s="14" t="s"/>
       <x:c r="G636" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="H636" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="I636" s="16" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="J636" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K636" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L636" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="M636" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N636" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O636" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P636" s="14" t="s">
-        <x:v>382</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="Q636" s="16" t="s">
-        <x:v>384</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="R636" s="14" t="s">
-        <x:v>833</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="S636" s="14" t="n">
-        <x:v>606242</x:v>
+        <x:v>511096</x:v>
       </x:c>
       <x:c r="T636" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="U636" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="637" spans="1:21">
       <x:c r="A637" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B637" s="0" t="s">
-        <x:v>836</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="C637" s="3" t="n">
-        <x:v>35502</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D637" s="3" t="s"/>
-      <x:c r="E637" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G637" s="0" t="s">
-        <x:v>737</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="H637" s="0" t="s">
-        <x:v>738</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="I637" s="4" t="s">
-        <x:v>739</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="J637" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K637" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="L637" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M637" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N637" s="3" t="n">
-        <x:v>31018</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O637" s="0" t="s">
-        <x:v>427</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P637" s="0" t="s">
-        <x:v>837</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="Q637" s="4" t="s">
-        <x:v>423</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="R637" s="0" t="s">
-        <x:v>833</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="S637" s="0" t="n">
-        <x:v>513899</x:v>
+        <x:v>606242</x:v>
       </x:c>
       <x:c r="T637" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U637" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="638" spans="1:21">
       <x:c r="A638" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B638" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="C638" s="15" t="n">
-        <x:v>39115</x:v>
+        <x:v>35502</x:v>
       </x:c>
       <x:c r="D638" s="15" t="s"/>
       <x:c r="E638" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F638" s="14" t="s"/>
       <x:c r="G638" s="14" t="s">
-        <x:v>838</x:v>
-[...1 lines deleted...]
-      <x:c r="H638" s="14" t="s"/>
+        <x:v>724</x:v>
+      </x:c>
+      <x:c r="H638" s="14" t="s">
+        <x:v>725</x:v>
+      </x:c>
       <x:c r="I638" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="J638" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K638" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L638" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M638" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N638" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>31018</x:v>
       </x:c>
       <x:c r="O638" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="P638" s="14" t="s">
-        <x:v>839</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="Q638" s="16" t="s">
-        <x:v>835</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="R638" s="14" t="s">
-        <x:v>833</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="S638" s="14" t="n">
-        <x:v>608603</x:v>
+        <x:v>513899</x:v>
       </x:c>
       <x:c r="T638" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U638" s="16" t="s">
-        <x:v>725</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="639" spans="1:21">
       <x:c r="A639" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B639" s="0" t="s">
-        <x:v>426</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C639" s="3" t="n">
-        <x:v>35502</x:v>
+        <x:v>39115</x:v>
       </x:c>
       <x:c r="D639" s="3" t="s"/>
+      <x:c r="E639" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G639" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="I639" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J639" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K639" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L639" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M639" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="N639" s="3" t="n">
-        <x:v>31018</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O639" s="0" t="s">
-        <x:v>427</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P639" s="0" t="s">
-        <x:v>422</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="Q639" s="4" t="s">
-        <x:v>835</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="R639" s="0" t="s">
-        <x:v>833</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="S639" s="0" t="n">
-        <x:v>596792</x:v>
+        <x:v>608603</x:v>
       </x:c>
       <x:c r="T639" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U639" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>738</x:v>
       </x:c>
     </x:row>
     <x:row r="640" spans="1:21">
       <x:c r="A640" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B640" s="14" t="s">
-        <x:v>836</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="C640" s="15" t="n">
         <x:v>35502</x:v>
       </x:c>
       <x:c r="D640" s="15" t="s"/>
-      <x:c r="E640" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E640" s="14" t="s"/>
       <x:c r="F640" s="14" t="s"/>
       <x:c r="G640" s="14" t="s">
-        <x:v>737</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>420</x:v>
+      </x:c>
+      <x:c r="H640" s="14" t="s"/>
       <x:c r="I640" s="16" t="s">
-        <x:v>739</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="J640" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K640" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L640" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M640" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N640" s="15" t="n">
         <x:v>31018</x:v>
       </x:c>
       <x:c r="O640" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="P640" s="14" t="s">
-        <x:v>837</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="Q640" s="16" t="s">
-        <x:v>423</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="R640" s="14" t="s">
-        <x:v>833</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="S640" s="14" t="n">
-        <x:v>556125</x:v>
+        <x:v>596792</x:v>
       </x:c>
       <x:c r="T640" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U640" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="641" spans="1:21">
       <x:c r="A641" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B641" s="0" t="s">
-        <x:v>836</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="C641" s="3" t="n">
         <x:v>35502</x:v>
       </x:c>
       <x:c r="D641" s="3" t="s"/>
       <x:c r="E641" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G641" s="0" t="s">
-        <x:v>737</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="H641" s="0" t="s">
-        <x:v>738</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="I641" s="4" t="s">
-        <x:v>739</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="J641" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K641" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L641" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M641" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N641" s="3" t="n">
         <x:v>31018</x:v>
       </x:c>
       <x:c r="O641" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="P641" s="0" t="s">
-        <x:v>837</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="Q641" s="4" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="R641" s="0" t="s">
-        <x:v>833</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="S641" s="0" t="n">
-        <x:v>454246</x:v>
+        <x:v>556125</x:v>
       </x:c>
       <x:c r="T641" s="4" t="s">
-        <x:v>840</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U641" s="4" t="s">
-        <x:v>391</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="642" spans="1:21">
       <x:c r="A642" s="13" t="s">
-        <x:v>77</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B642" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="C642" s="15" t="n">
-        <x:v>31115</x:v>
+        <x:v>35502</x:v>
       </x:c>
       <x:c r="D642" s="15" t="s"/>
-      <x:c r="E642" s="14" t="s"/>
+      <x:c r="E642" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F642" s="14" t="s"/>
       <x:c r="G642" s="14" t="s">
-        <x:v>382</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="H642" s="14" t="s">
-        <x:v>383</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="I642" s="16" t="s">
-        <x:v>384</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="J642" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="K642" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L642" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M642" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N642" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>31018</x:v>
       </x:c>
       <x:c r="O642" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="P642" s="14" t="s">
-        <x:v>382</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="Q642" s="16" t="s">
-        <x:v>384</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="R642" s="14" t="s">
-        <x:v>833</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="S642" s="14" t="n">
-        <x:v>585556</x:v>
+        <x:v>454246</x:v>
       </x:c>
       <x:c r="T642" s="16" t="s">
-        <x:v>238</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="U642" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>391</x:v>
       </x:c>
     </x:row>
     <x:row r="643" spans="1:21">
       <x:c r="A643" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B643" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C643" s="3" t="n">
-        <x:v>40792</x:v>
+        <x:v>31115</x:v>
       </x:c>
       <x:c r="D643" s="3" t="s"/>
-      <x:c r="E643" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G643" s="0" t="s">
-        <x:v>838</x:v>
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="H643" s="0" t="s">
+        <x:v>383</x:v>
       </x:c>
       <x:c r="I643" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="J643" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K643" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="L643" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M643" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N643" s="3" t="n">
-        <x:v>24220</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O643" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P643" s="0" t="s">
-        <x:v>839</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="Q643" s="4" t="s">
-        <x:v>835</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="R643" s="0" t="s">
-        <x:v>833</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="S643" s="0" t="n">
-        <x:v>608580</x:v>
+        <x:v>585556</x:v>
       </x:c>
       <x:c r="T643" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="U643" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="644" spans="1:21">
       <x:c r="A644" s="13" t="s">
-        <x:v>77</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B644" s="14" t="s">
-        <x:v>370</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C644" s="15" t="n">
-        <x:v>35340</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D644" s="15" t="s"/>
-      <x:c r="E644" s="14" t="s"/>
+      <x:c r="E644" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F644" s="14" t="s"/>
       <x:c r="G644" s="14" t="s">
-        <x:v>382</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>839</x:v>
+      </x:c>
+      <x:c r="H644" s="14" t="s"/>
       <x:c r="I644" s="16" t="s">
-        <x:v>384</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J644" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K644" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L644" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M644" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="N644" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O644" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P644" s="14" t="s">
-        <x:v>382</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="Q644" s="16" t="s">
-        <x:v>384</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="R644" s="14" t="s">
-        <x:v>833</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="S644" s="14" t="n">
-        <x:v>554769</x:v>
+        <x:v>608580</x:v>
       </x:c>
       <x:c r="T644" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U644" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="645" spans="1:21">
       <x:c r="A645" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B645" s="0" t="s">
-        <x:v>841</x:v>
-[...1 lines deleted...]
-      <x:c r="C645" s="3" t="s"/>
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="C645" s="3" t="n">
+        <x:v>35340</x:v>
+      </x:c>
       <x:c r="D645" s="3" t="s"/>
       <x:c r="G645" s="0" t="s">
-        <x:v>842</x:v>
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="H645" s="0" t="s">
+        <x:v>383</x:v>
       </x:c>
       <x:c r="I645" s="4" t="s">
-        <x:v>835</x:v>
+        <x:v>384</x:v>
+      </x:c>
+      <x:c r="J645" s="0" t="s">
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K645" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="L645" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M645" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N645" s="3" t="n">
-        <x:v>31006</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O645" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P645" s="0" t="s">
-        <x:v>842</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="Q645" s="4" t="s">
-        <x:v>835</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="R645" s="0" t="s">
-        <x:v>833</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="S645" s="0" t="n">
-        <x:v>596819</x:v>
+        <x:v>554769</x:v>
       </x:c>
       <x:c r="T645" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U645" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="646" spans="1:21">
       <x:c r="A646" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B646" s="14" t="s">
-        <x:v>174</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>842</x:v>
+      </x:c>
+      <x:c r="C646" s="15" t="s"/>
       <x:c r="D646" s="15" t="s"/>
-      <x:c r="E646" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E646" s="14" t="s"/>
       <x:c r="F646" s="14" t="s"/>
       <x:c r="G646" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="H646" s="14" t="s"/>
       <x:c r="I646" s="16" t="s">
-        <x:v>102</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>836</x:v>
+      </x:c>
+      <x:c r="J646" s="14" t="s"/>
       <x:c r="K646" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L646" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M646" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N646" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O646" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="P646" s="14" t="s">
-        <x:v>839</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="Q646" s="16" t="s">
-        <x:v>835</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="R646" s="14" t="s">
-        <x:v>833</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="S646" s="14" t="n">
-        <x:v>535092</x:v>
+        <x:v>596819</x:v>
       </x:c>
       <x:c r="T646" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U646" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="647" spans="1:21">
       <x:c r="A647" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B647" s="0" t="s">
-        <x:v>843</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C647" s="3" t="s"/>
       <x:c r="D647" s="3" t="s"/>
       <x:c r="G647" s="0" t="s">
-        <x:v>844</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I647" s="4" t="s">
-        <x:v>835</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="K647" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L647" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M647" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="N647" s="3" t="n">
-        <x:v>31034</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O647" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="P647" s="0" t="s">
-        <x:v>844</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q647" s="4" t="s">
-        <x:v>835</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R647" s="0" t="s">
-        <x:v>833</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="S647" s="0" t="n">
-        <x:v>580864</x:v>
+        <x:v>615489</x:v>
       </x:c>
       <x:c r="T647" s="4" t="s">
-        <x:v>790</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="U647" s="4" t="s">
-        <x:v>845</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="648" spans="1:21">
       <x:c r="A648" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B648" s="14" t="s">
-        <x:v>843</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="C648" s="15" t="s"/>
       <x:c r="D648" s="15" t="s"/>
       <x:c r="E648" s="14" t="s"/>
       <x:c r="F648" s="14" t="s"/>
       <x:c r="G648" s="14" t="s">
-        <x:v>844</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="H648" s="14" t="s"/>
       <x:c r="I648" s="16" t="s">
-        <x:v>835</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="J648" s="14" t="s"/>
       <x:c r="K648" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L648" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M648" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="N648" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O648" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="P648" s="14" t="s">
-        <x:v>844</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="Q648" s="16" t="s">
-        <x:v>835</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="R648" s="14" t="s">
-        <x:v>833</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="S648" s="14" t="n">
-        <x:v>580866</x:v>
+        <x:v>580864</x:v>
       </x:c>
       <x:c r="T648" s="16" t="s">
         <x:v>790</x:v>
       </x:c>
       <x:c r="U648" s="16" t="s">
-        <x:v>845</x:v>
+        <x:v>846</x:v>
       </x:c>
     </x:row>
     <x:row r="649" spans="1:21">
       <x:c r="A649" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B649" s="0" t="s">
-        <x:v>843</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="C649" s="3" t="s"/>
       <x:c r="D649" s="3" t="s"/>
       <x:c r="G649" s="0" t="s">
-        <x:v>844</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="I649" s="4" t="s">
-        <x:v>835</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="K649" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L649" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M649" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="N649" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O649" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="P649" s="0" t="s">
-        <x:v>844</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="Q649" s="4" t="s">
-        <x:v>835</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="R649" s="0" t="s">
-        <x:v>833</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="S649" s="0" t="n">
-        <x:v>580868</x:v>
+        <x:v>580866</x:v>
       </x:c>
       <x:c r="T649" s="4" t="s">
         <x:v>790</x:v>
       </x:c>
       <x:c r="U649" s="4" t="s">
-        <x:v>845</x:v>
+        <x:v>846</x:v>
       </x:c>
     </x:row>
     <x:row r="650" spans="1:21">
       <x:c r="A650" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B650" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="C650" s="15" t="s"/>
       <x:c r="D650" s="15" t="s"/>
       <x:c r="E650" s="14" t="s"/>
       <x:c r="F650" s="14" t="s"/>
       <x:c r="G650" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="H650" s="14" t="s"/>
       <x:c r="I650" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="J650" s="14" t="s"/>
       <x:c r="K650" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L650" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M650" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="N650" s="15" t="n">
-        <x:v>70332</x:v>
+        <x:v>31034</x:v>
       </x:c>
       <x:c r="O650" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="P650" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="Q650" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="R650" s="14" t="s">
-        <x:v>833</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="S650" s="14" t="n">
-        <x:v>615489</x:v>
+        <x:v>580868</x:v>
       </x:c>
       <x:c r="T650" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="U650" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>846</x:v>
       </x:c>
     </x:row>
     <x:row r="651" spans="1:21">
       <x:c r="A651" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B651" s="0" t="s">
-        <x:v>220</x:v>
-[...1 lines deleted...]
-      <x:c r="C651" s="3" t="s"/>
+        <x:v>837</x:v>
+      </x:c>
+      <x:c r="C651" s="3" t="n">
+        <x:v>35502</x:v>
+      </x:c>
       <x:c r="D651" s="3" t="s"/>
+      <x:c r="E651" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G651" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>724</x:v>
+      </x:c>
+      <x:c r="H651" s="0" t="s">
+        <x:v>725</x:v>
       </x:c>
       <x:c r="I651" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>726</x:v>
+      </x:c>
+      <x:c r="J651" s="0" t="s">
+        <x:v>44</x:v>
       </x:c>
       <x:c r="K651" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L651" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M651" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N651" s="3" t="n">
-        <x:v>31034</x:v>
+        <x:v>31018</x:v>
       </x:c>
       <x:c r="O651" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="P651" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="Q651" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="R651" s="0" t="s">
-        <x:v>833</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="S651" s="0" t="n">
-        <x:v>568786</x:v>
+        <x:v>602560</x:v>
       </x:c>
       <x:c r="T651" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U651" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="652" spans="1:21">
       <x:c r="A652" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B652" s="14" t="s">
-        <x:v>200</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="C652" s="15" t="s"/>
       <x:c r="D652" s="15" t="s"/>
-      <x:c r="E652" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E652" s="14" t="s"/>
       <x:c r="F652" s="14" t="s"/>
       <x:c r="G652" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H652" s="14" t="s"/>
       <x:c r="I652" s="16" t="s">
-        <x:v>102</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="J652" s="14" t="s"/>
       <x:c r="K652" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="L652" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="M652" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N652" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>31034</x:v>
       </x:c>
       <x:c r="O652" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="P652" s="14" t="s">
-        <x:v>839</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="Q652" s="16" t="s">
-        <x:v>835</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="R652" s="14" t="s">
-        <x:v>833</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="S652" s="14" t="n">
-        <x:v>550734</x:v>
+        <x:v>568786</x:v>
       </x:c>
       <x:c r="T652" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="U652" s="16" t="s">
-        <x:v>175</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="653" spans="1:21">
       <x:c r="A653" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B653" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="C653" s="3" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D653" s="3" t="s"/>
       <x:c r="E653" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G653" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I653" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="J653" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K653" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L653" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M653" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N653" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O653" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P653" s="0" t="s">
-        <x:v>839</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="Q653" s="4" t="s">
-        <x:v>835</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="R653" s="0" t="s">
-        <x:v>833</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="S653" s="0" t="n">
-        <x:v>550737</x:v>
+        <x:v>550734</x:v>
       </x:c>
       <x:c r="T653" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="U653" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="654" spans="1:21">
       <x:c r="A654" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B654" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C654" s="15" t="n">
-        <x:v>35340</x:v>
+        <x:v>39115</x:v>
       </x:c>
       <x:c r="D654" s="15" t="s"/>
       <x:c r="E654" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F654" s="14" t="s"/>
       <x:c r="G654" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H654" s="14" t="s"/>
       <x:c r="I654" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="J654" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="K654" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L654" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M654" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N654" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O654" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P654" s="14" t="s">
-        <x:v>839</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="Q654" s="16" t="s">
-        <x:v>835</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="R654" s="14" t="s">
-        <x:v>833</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="S654" s="14" t="n">
-        <x:v>506004</x:v>
+        <x:v>550737</x:v>
       </x:c>
       <x:c r="T654" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="U654" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="655" spans="1:21">
       <x:c r="A655" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B655" s="0" t="s">
-        <x:v>112</x:v>
-[...1 lines deleted...]
-      <x:c r="C655" s="3" t="s"/>
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="C655" s="3" t="n">
+        <x:v>35340</x:v>
+      </x:c>
       <x:c r="D655" s="3" t="s"/>
+      <x:c r="E655" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G655" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I655" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="J655" s="0" t="s">
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K655" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L655" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M655" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N655" s="3" t="n">
-        <x:v>70332</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O655" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P655" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="Q655" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="R655" s="0" t="s">
-        <x:v>833</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="S655" s="0" t="n">
-        <x:v>605048</x:v>
+        <x:v>506004</x:v>
       </x:c>
       <x:c r="T655" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U655" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="656" spans="1:21">
       <x:c r="A656" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B656" s="14" t="s">
-        <x:v>836</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="C656" s="15" t="s"/>
       <x:c r="D656" s="15" t="s"/>
-      <x:c r="E656" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E656" s="14" t="s"/>
       <x:c r="F656" s="14" t="s"/>
       <x:c r="G656" s="14" t="s">
-        <x:v>737</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="H656" s="14" t="s"/>
       <x:c r="I656" s="16" t="s">
-        <x:v>739</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="J656" s="14" t="s"/>
       <x:c r="K656" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="L656" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="M656" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="N656" s="15" t="n">
-        <x:v>31018</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O656" s="14" t="s">
-        <x:v>427</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="P656" s="14" t="s">
-        <x:v>837</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q656" s="16" t="s">
-        <x:v>423</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R656" s="14" t="s">
-        <x:v>833</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="S656" s="14" t="n">
-        <x:v>602560</x:v>
+        <x:v>605048</x:v>
       </x:c>
       <x:c r="T656" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U656" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="657" spans="1:21">
       <x:c r="A657" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B657" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C657" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D657" s="3" t="s"/>
       <x:c r="E657" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G657" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I657" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="J657" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K657" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L657" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M657" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N657" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O657" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P657" s="0" t="s">
-        <x:v>839</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="Q657" s="4" t="s">
-        <x:v>835</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="R657" s="0" t="s">
-        <x:v>833</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="S657" s="0" t="n">
         <x:v>550682</x:v>
       </x:c>
       <x:c r="T657" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U657" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="658" spans="1:21">
       <x:c r="A658" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B658" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C658" s="15" t="n">
-        <x:v>35340</x:v>
+        <x:v>39115</x:v>
       </x:c>
       <x:c r="D658" s="15" t="s"/>
       <x:c r="E658" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F658" s="14" t="s"/>
       <x:c r="G658" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H658" s="14" t="s"/>
       <x:c r="I658" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="J658" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="K658" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L658" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M658" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N658" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O658" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P658" s="14" t="s">
-        <x:v>839</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="Q658" s="16" t="s">
-        <x:v>835</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="R658" s="14" t="s">
-        <x:v>833</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="S658" s="14" t="n">
-        <x:v>506002</x:v>
+        <x:v>535092</x:v>
       </x:c>
       <x:c r="T658" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U658" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="659" spans="1:21">
       <x:c r="A659" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B659" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C659" s="3" t="n">
-        <x:v>40792</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D659" s="3" t="s"/>
       <x:c r="E659" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G659" s="0" t="s">
-        <x:v>838</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I659" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J659" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K659" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L659" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M659" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N659" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O659" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P659" s="0" t="s">
-        <x:v>839</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="Q659" s="4" t="s">
-        <x:v>835</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="R659" s="0" t="s">
-        <x:v>833</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="S659" s="0" t="n">
-        <x:v>608581</x:v>
+        <x:v>506002</x:v>
       </x:c>
       <x:c r="T659" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U659" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="660" spans="1:21">
       <x:c r="A660" s="13" t="s">
-        <x:v>36</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B660" s="14" t="s">
-        <x:v>846</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C660" s="15" t="n">
-        <x:v>37473</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D660" s="15" t="s"/>
-      <x:c r="E660" s="14" t="s"/>
+      <x:c r="E660" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F660" s="14" t="s"/>
       <x:c r="G660" s="14" t="s">
-        <x:v>842</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="H660" s="14" t="s"/>
       <x:c r="I660" s="16" t="s">
-        <x:v>835</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J660" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K660" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L660" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M660" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="N660" s="15" t="n">
-        <x:v>31045</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O660" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P660" s="14" t="s">
-        <x:v>842</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="Q660" s="16" t="s">
-        <x:v>835</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="R660" s="14" t="s">
-        <x:v>833</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="S660" s="14" t="n">
-        <x:v>596392</x:v>
+        <x:v>608581</x:v>
       </x:c>
       <x:c r="T660" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U660" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="661" spans="1:21">
       <x:c r="A661" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B661" s="0" t="s">
-        <x:v>190</x:v>
-[...1 lines deleted...]
-      <x:c r="C661" s="3" t="s"/>
+        <x:v>847</x:v>
+      </x:c>
+      <x:c r="C661" s="3" t="n">
+        <x:v>37473</x:v>
+      </x:c>
       <x:c r="D661" s="3" t="s"/>
       <x:c r="G661" s="0" t="s">
-        <x:v>191</x:v>
-[...2 lines deleted...]
-        <x:v>192</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="I661" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>836</x:v>
+      </x:c>
+      <x:c r="J661" s="0" t="s">
+        <x:v>44</x:v>
       </x:c>
       <x:c r="K661" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L661" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M661" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N661" s="3" t="n">
-        <x:v>70707</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O661" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="P661" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="Q661" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="R661" s="0" t="s">
-        <x:v>833</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="S661" s="0" t="n">
-        <x:v>567361</x:v>
+        <x:v>596392</x:v>
       </x:c>
       <x:c r="T661" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U661" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="662" spans="1:21">
       <x:c r="A662" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B662" s="14" t="s">
-        <x:v>847</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="C662" s="15" t="s"/>
       <x:c r="D662" s="15" t="s"/>
       <x:c r="E662" s="14" t="s"/>
       <x:c r="F662" s="14" t="s"/>
       <x:c r="G662" s="14" t="s">
-        <x:v>848</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="H662" s="14" t="s">
-        <x:v>849</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="I662" s="16" t="s">
-        <x:v>850</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="J662" s="14" t="s"/>
       <x:c r="K662" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L662" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="M662" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N662" s="15" t="n">
-        <x:v>24293</x:v>
+        <x:v>70707</x:v>
       </x:c>
       <x:c r="O662" s="14" t="s">
-        <x:v>851</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="P662" s="14" t="s">
-        <x:v>848</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="Q662" s="16" t="s">
-        <x:v>850</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="R662" s="14" t="s">
-        <x:v>833</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="S662" s="14" t="n">
-        <x:v>599305</x:v>
+        <x:v>567361</x:v>
       </x:c>
       <x:c r="T662" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="U662" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="663" spans="1:21">
       <x:c r="A663" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B663" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="C663" s="3" t="n">
-        <x:v>39115</x:v>
+        <x:v>40744</x:v>
       </x:c>
       <x:c r="D663" s="3" t="s"/>
-      <x:c r="E663" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G663" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>849</x:v>
+      </x:c>
+      <x:c r="H663" s="0" t="s">
+        <x:v>850</x:v>
       </x:c>
       <x:c r="I663" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="J663" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K663" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="L663" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M663" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N663" s="3" t="n">
-        <x:v>24220</x:v>
+        <x:v>24293</x:v>
       </x:c>
       <x:c r="O663" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="P663" s="0" t="s">
-        <x:v>839</x:v>
+        <x:v>849</x:v>
       </x:c>
       <x:c r="Q663" s="4" t="s">
-        <x:v>835</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="R663" s="0" t="s">
-        <x:v>833</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="S663" s="0" t="n">
-        <x:v>535085</x:v>
+        <x:v>599305</x:v>
       </x:c>
       <x:c r="T663" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U663" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="664" spans="1:21">
       <x:c r="A664" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B664" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="C664" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>39115</x:v>
       </x:c>
       <x:c r="D664" s="15" t="s"/>
       <x:c r="E664" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F664" s="14" t="s"/>
       <x:c r="G664" s="14" t="s">
-        <x:v>382</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="H664" s="14" t="s"/>
       <x:c r="I664" s="16" t="s">
-        <x:v>384</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J664" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="K664" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L664" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M664" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="N664" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O664" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P664" s="14" t="s">
+        <x:v>840</x:v>
+      </x:c>
+      <x:c r="Q664" s="16" t="s">
+        <x:v>836</x:v>
+      </x:c>
+      <x:c r="R664" s="14" t="s">
         <x:v>834</x:v>
       </x:c>
-      <x:c r="Q664" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S664" s="14" t="n">
-        <x:v>607801</x:v>
+        <x:v>535085</x:v>
       </x:c>
       <x:c r="T664" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U664" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="665" spans="1:21">
       <x:c r="A665" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B665" s="0" t="s">
-        <x:v>118</x:v>
-[...1 lines deleted...]
-      <x:c r="C665" s="3" t="s"/>
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="C665" s="3" t="n">
+        <x:v>40792</x:v>
+      </x:c>
       <x:c r="D665" s="3" t="s"/>
+      <x:c r="E665" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G665" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="H665" s="0" t="s">
+        <x:v>383</x:v>
       </x:c>
       <x:c r="I665" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>384</x:v>
+      </x:c>
+      <x:c r="J665" s="0" t="s">
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K665" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L665" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M665" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N665" s="3" t="n">
-        <x:v>31006</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O665" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P665" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="Q665" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="R665" s="0" t="s">
-        <x:v>833</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="S665" s="0" t="n">
-        <x:v>568726</x:v>
+        <x:v>607801</x:v>
       </x:c>
       <x:c r="T665" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U665" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="666" spans="1:21">
       <x:c r="A666" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B666" s="14" t="s">
-        <x:v>86</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="C666" s="15" t="s"/>
       <x:c r="D666" s="15" t="s"/>
-      <x:c r="E666" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E666" s="14" t="s"/>
       <x:c r="F666" s="14" t="s"/>
       <x:c r="G666" s="14" t="s">
-        <x:v>382</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="H666" s="14" t="s"/>
       <x:c r="I666" s="16" t="s">
-        <x:v>384</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="J666" s="14" t="s"/>
       <x:c r="K666" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="L666" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M666" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="N666" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O666" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="P666" s="14" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="Q666" s="16" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="R666" s="14" t="s">
         <x:v>834</x:v>
       </x:c>
-      <x:c r="Q666" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S666" s="14" t="n">
-        <x:v>556375</x:v>
+        <x:v>568726</x:v>
       </x:c>
       <x:c r="T666" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="U666" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="667" spans="1:21">
       <x:c r="A667" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B667" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C667" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D667" s="3" t="s"/>
       <x:c r="E667" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G667" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="H667" s="0" t="s">
+        <x:v>383</x:v>
       </x:c>
       <x:c r="I667" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="J667" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K667" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L667" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="M667" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N667" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O667" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P667" s="0" t="s">
-        <x:v>839</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="Q667" s="4" t="s">
-        <x:v>835</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="R667" s="0" t="s">
-        <x:v>833</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="S667" s="0" t="n">
-        <x:v>550690</x:v>
+        <x:v>556375</x:v>
       </x:c>
       <x:c r="T667" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U667" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="668" spans="1:21">
       <x:c r="A668" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B668" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C668" s="15" t="n">
-        <x:v>39115</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D668" s="15" t="s"/>
       <x:c r="E668" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F668" s="14" t="s"/>
       <x:c r="G668" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H668" s="14" t="s"/>
       <x:c r="I668" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="J668" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K668" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L668" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M668" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N668" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O668" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P668" s="14" t="s">
-        <x:v>839</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="Q668" s="16" t="s">
-        <x:v>835</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="R668" s="14" t="s">
-        <x:v>833</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="S668" s="14" t="n">
-        <x:v>550733</x:v>
+        <x:v>550690</x:v>
       </x:c>
       <x:c r="T668" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U668" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="669" spans="1:21">
       <x:c r="A669" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B669" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="C669" s="3" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D669" s="3" t="s"/>
       <x:c r="E669" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G669" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I669" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="J669" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K669" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L669" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M669" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N669" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O669" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P669" s="0" t="s">
-        <x:v>839</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="Q669" s="4" t="s">
-        <x:v>835</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="R669" s="0" t="s">
-        <x:v>833</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="S669" s="0" t="n">
-        <x:v>550738</x:v>
+        <x:v>550733</x:v>
       </x:c>
       <x:c r="T669" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="U669" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="670" spans="1:21">
       <x:c r="A670" s="13" t="s">
-        <x:v>36</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B670" s="14" t="s">
-        <x:v>625</x:v>
-[...1 lines deleted...]
-      <x:c r="C670" s="15" t="s"/>
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="C670" s="15" t="n">
+        <x:v>39115</x:v>
+      </x:c>
       <x:c r="D670" s="15" t="s"/>
-      <x:c r="E670" s="14" t="s"/>
+      <x:c r="E670" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F670" s="14" t="s"/>
       <x:c r="G670" s="14" t="s">
-        <x:v>852</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H670" s="14" t="s"/>
       <x:c r="I670" s="16" t="s">
-        <x:v>853</x:v>
-[...1 lines deleted...]
-      <x:c r="J670" s="14" t="s"/>
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="J670" s="14" t="s">
+        <x:v>44</x:v>
+      </x:c>
       <x:c r="K670" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L670" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M670" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="N670" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O670" s="14" t="s">
-        <x:v>628</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P670" s="14" t="s">
-        <x:v>852</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="Q670" s="16" t="s">
-        <x:v>853</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="R670" s="14" t="s">
-        <x:v>854</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="S670" s="14" t="n">
-        <x:v>594657</x:v>
+        <x:v>550738</x:v>
       </x:c>
       <x:c r="T670" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="U670" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="671" spans="1:21">
       <x:c r="A671" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B671" s="0" t="s">
-        <x:v>330</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="C671" s="3" t="s"/>
       <x:c r="D671" s="3" t="s"/>
       <x:c r="G671" s="0" t="s">
-        <x:v>855</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="I671" s="4" t="s">
-        <x:v>856</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="K671" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L671" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M671" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N671" s="3" t="n">
-        <x:v>24254</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O671" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="P671" s="0" t="s">
-        <x:v>857</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="Q671" s="4" t="s">
-        <x:v>856</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="R671" s="0" t="s">
-        <x:v>854</x:v>
+        <x:v>855</x:v>
       </x:c>
       <x:c r="S671" s="0" t="n">
-        <x:v>592936</x:v>
+        <x:v>594657</x:v>
       </x:c>
       <x:c r="T671" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U671" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="672" spans="1:21">
       <x:c r="A672" s="13" t="s">
-        <x:v>135</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B672" s="14" t="s">
-        <x:v>136</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>330</x:v>
+      </x:c>
+      <x:c r="C672" s="15" t="s"/>
       <x:c r="D672" s="15" t="s"/>
       <x:c r="E672" s="14" t="s"/>
       <x:c r="F672" s="14" t="s"/>
       <x:c r="G672" s="14" t="s">
-        <x:v>823</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="H672" s="14" t="s"/>
       <x:c r="I672" s="16" t="s">
-        <x:v>822</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>857</x:v>
+      </x:c>
+      <x:c r="J672" s="14" t="s"/>
       <x:c r="K672" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L672" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M672" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N672" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>24254</x:v>
       </x:c>
       <x:c r="O672" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="P672" s="14" t="s">
-        <x:v>823</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="Q672" s="16" t="s">
-        <x:v>822</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="R672" s="14" t="s">
-        <x:v>858</x:v>
+        <x:v>855</x:v>
       </x:c>
       <x:c r="S672" s="14" t="n">
-        <x:v>538324</x:v>
+        <x:v>592936</x:v>
       </x:c>
       <x:c r="T672" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U672" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="673" spans="1:21">
       <x:c r="A673" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B673" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C673" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D673" s="3" t="s"/>
       <x:c r="G673" s="0" t="s">
-        <x:v>834</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="I673" s="4" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="J673" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K673" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L673" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M673" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N673" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O673" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P673" s="0" t="s">
-        <x:v>834</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="Q673" s="4" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="R673" s="0" t="s">
-        <x:v>854</x:v>
+        <x:v>855</x:v>
       </x:c>
       <x:c r="S673" s="0" t="n">
         <x:v>595548</x:v>
       </x:c>
       <x:c r="T673" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U673" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="674" spans="1:21">
       <x:c r="A674" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B674" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C674" s="15" t="s"/>
       <x:c r="D674" s="15" t="s"/>
       <x:c r="E674" s="14" t="s"/>
       <x:c r="F674" s="14" t="s"/>
       <x:c r="G674" s="14" t="s">
-        <x:v>855</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="H674" s="14" t="s"/>
       <x:c r="I674" s="16" t="s">
-        <x:v>856</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="J674" s="14" t="s"/>
       <x:c r="K674" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L674" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M674" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N674" s="15" t="n">
         <x:v>24254</x:v>
       </x:c>
       <x:c r="O674" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="P674" s="14" t="s">
+        <x:v>858</x:v>
+      </x:c>
+      <x:c r="Q674" s="16" t="s">
         <x:v>857</x:v>
       </x:c>
-      <x:c r="Q674" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R674" s="14" t="s">
-        <x:v>854</x:v>
+        <x:v>855</x:v>
       </x:c>
       <x:c r="S674" s="14" t="n">
         <x:v>592908</x:v>
       </x:c>
       <x:c r="T674" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U674" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="675" spans="1:21">
       <x:c r="A675" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B675" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C675" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D675" s="3" t="s"/>
       <x:c r="G675" s="0" t="s">
-        <x:v>834</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="I675" s="4" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="J675" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K675" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L675" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M675" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N675" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O675" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P675" s="0" t="s">
-        <x:v>834</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="Q675" s="4" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="R675" s="0" t="s">
-        <x:v>854</x:v>
+        <x:v>855</x:v>
       </x:c>
       <x:c r="S675" s="0" t="n">
         <x:v>595881</x:v>
       </x:c>
       <x:c r="T675" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U675" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="676" spans="1:21">
       <x:c r="A676" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B676" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C676" s="15" t="s"/>
       <x:c r="D676" s="15" t="s"/>
       <x:c r="E676" s="14" t="s"/>
       <x:c r="F676" s="14" t="s"/>
       <x:c r="G676" s="14" t="s">
-        <x:v>855</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="H676" s="14" t="s"/>
       <x:c r="I676" s="16" t="s">
-        <x:v>856</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="J676" s="14" t="s"/>
       <x:c r="K676" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L676" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M676" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N676" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O676" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="P676" s="14" t="s">
+        <x:v>858</x:v>
+      </x:c>
+      <x:c r="Q676" s="16" t="s">
         <x:v>857</x:v>
       </x:c>
-      <x:c r="Q676" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R676" s="14" t="s">
-        <x:v>854</x:v>
+        <x:v>855</x:v>
       </x:c>
       <x:c r="S676" s="14" t="n">
         <x:v>592950</x:v>
       </x:c>
       <x:c r="T676" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U676" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="677" spans="1:21">
       <x:c r="A677" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B677" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="C677" s="3" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D677" s="3" t="s"/>
       <x:c r="G677" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
@@ -40965,158 +40961,158 @@
       <x:c r="L679" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M679" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N679" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O679" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P679" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q679" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R679" s="0" t="s">
         <x:v>862</x:v>
       </x:c>
       <x:c r="S679" s="0" t="n">
         <x:v>605011</x:v>
       </x:c>
       <x:c r="T679" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U679" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="680" spans="1:21">
       <x:c r="A680" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B680" s="14" t="s">
         <x:v>863</x:v>
       </x:c>
       <x:c r="C680" s="15" t="s"/>
       <x:c r="D680" s="15" t="s"/>
       <x:c r="E680" s="14" t="s"/>
       <x:c r="F680" s="14" t="s"/>
       <x:c r="G680" s="14" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="H680" s="14" t="s"/>
       <x:c r="I680" s="16" t="s">
         <x:v>822</x:v>
       </x:c>
       <x:c r="J680" s="14" t="s"/>
       <x:c r="K680" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L680" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M680" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N680" s="15" t="n">
         <x:v>46339</x:v>
       </x:c>
       <x:c r="O680" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P680" s="14" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="Q680" s="16" t="s">
         <x:v>822</x:v>
       </x:c>
       <x:c r="R680" s="14" t="s">
-        <x:v>858</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="S680" s="14" t="n">
         <x:v>581270</x:v>
       </x:c>
       <x:c r="T680" s="16" t="s">
-        <x:v>671</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="U680" s="16" t="s">
         <x:v>864</x:v>
       </x:c>
     </x:row>
     <x:row r="681" spans="1:21">
       <x:c r="A681" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B681" s="0" t="s">
-        <x:v>748</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="C681" s="3" t="n">
         <x:v>35455</x:v>
       </x:c>
       <x:c r="D681" s="3" t="s"/>
       <x:c r="E681" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G681" s="0" t="s">
-        <x:v>737</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="H681" s="0" t="s">
-        <x:v>738</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="I681" s="4" t="s">
-        <x:v>739</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="J681" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K681" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L681" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M681" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N681" s="3" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O681" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P681" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q681" s="4" t="s">
-        <x:v>735</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="R681" s="0" t="s">
-        <x:v>858</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="S681" s="0" t="n">
         <x:v>554884</x:v>
       </x:c>
       <x:c r="T681" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U681" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="682" spans="1:21">
       <x:c r="A682" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B682" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C682" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D682" s="15" t="s"/>
       <x:c r="E682" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -41131,51 +41127,51 @@
       <x:c r="J682" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K682" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L682" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M682" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N682" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O682" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P682" s="14" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="Q682" s="16" t="s">
         <x:v>822</x:v>
       </x:c>
       <x:c r="R682" s="14" t="s">
-        <x:v>858</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="S682" s="14" t="n">
         <x:v>549693</x:v>
       </x:c>
       <x:c r="T682" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U682" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="683" spans="1:21">
       <x:c r="A683" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B683" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C683" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D683" s="3" t="s"/>
       <x:c r="G683" s="0" t="s">
         <x:v>823</x:v>
       </x:c>
@@ -41185,51 +41181,51 @@
       <x:c r="J683" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K683" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L683" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M683" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N683" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O683" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P683" s="0" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="Q683" s="4" t="s">
         <x:v>822</x:v>
       </x:c>
       <x:c r="R683" s="0" t="s">
-        <x:v>858</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="S683" s="0" t="n">
         <x:v>538341</x:v>
       </x:c>
       <x:c r="T683" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U683" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="684" spans="1:21">
       <x:c r="A684" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B684" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C684" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D684" s="15" t="s"/>
       <x:c r="E684" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -41244,161 +41240,161 @@
       <x:c r="J684" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K684" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L684" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M684" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N684" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O684" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P684" s="14" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="Q684" s="16" t="s">
         <x:v>822</x:v>
       </x:c>
       <x:c r="R684" s="14" t="s">
-        <x:v>858</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="S684" s="14" t="n">
         <x:v>549692</x:v>
       </x:c>
       <x:c r="T684" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U684" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="685" spans="1:21">
       <x:c r="A685" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B685" s="0" t="s">
-        <x:v>486</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="C685" s="3" t="s"/>
       <x:c r="D685" s="3" t="s"/>
       <x:c r="G685" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="I685" s="4" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="K685" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L685" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M685" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N685" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O685" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P685" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="Q685" s="4" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="R685" s="0" t="s">
-        <x:v>858</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="S685" s="0" t="n">
         <x:v>615207</x:v>
       </x:c>
       <x:c r="T685" s="4" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="U685" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="686" spans="1:21">
       <x:c r="A686" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B686" s="14" t="s">
-        <x:v>748</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="C686" s="15" t="n">
         <x:v>35455</x:v>
       </x:c>
       <x:c r="D686" s="15" t="s"/>
       <x:c r="E686" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F686" s="14" t="s"/>
       <x:c r="G686" s="14" t="s">
-        <x:v>737</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="H686" s="14" t="s">
-        <x:v>738</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="I686" s="16" t="s">
-        <x:v>739</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="J686" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K686" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L686" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M686" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N686" s="15" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O686" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P686" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q686" s="16" t="s">
-        <x:v>735</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="R686" s="14" t="s">
-        <x:v>858</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="S686" s="14" t="n">
         <x:v>554883</x:v>
       </x:c>
       <x:c r="T686" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U686" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="687" spans="1:21">
       <x:c r="A687" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B687" s="0" t="s">
         <x:v>865</x:v>
       </x:c>
       <x:c r="C687" s="3" t="n">
         <x:v>39582</x:v>
       </x:c>
       <x:c r="D687" s="3" t="s"/>
       <x:c r="E687" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -41411,112 +41407,112 @@
       <x:c r="J687" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K687" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L687" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M687" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N687" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O687" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P687" s="0" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="Q687" s="4" t="s">
         <x:v>822</x:v>
       </x:c>
       <x:c r="R687" s="0" t="s">
-        <x:v>858</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="S687" s="0" t="n">
         <x:v>605066</x:v>
       </x:c>
       <x:c r="T687" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U687" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="688" spans="1:21">
       <x:c r="A688" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B688" s="14" t="s">
         <x:v>866</x:v>
       </x:c>
       <x:c r="C688" s="15" t="n">
         <x:v>35401</x:v>
       </x:c>
       <x:c r="D688" s="15" t="s"/>
       <x:c r="E688" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F688" s="14" t="s"/>
       <x:c r="G688" s="14" t="s">
-        <x:v>737</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="H688" s="14" t="s">
-        <x:v>738</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="I688" s="16" t="s">
-        <x:v>739</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="J688" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K688" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L688" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M688" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N688" s="15" t="n">
         <x:v>11036</x:v>
       </x:c>
       <x:c r="O688" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="P688" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q688" s="16" t="s">
-        <x:v>735</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="R688" s="14" t="s">
-        <x:v>858</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="S688" s="14" t="n">
         <x:v>603430</x:v>
       </x:c>
       <x:c r="T688" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U688" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="689" spans="1:21">
       <x:c r="A689" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B689" s="0" t="s">
         <x:v>867</x:v>
       </x:c>
       <x:c r="C689" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D689" s="3" t="s"/>
       <x:c r="E689" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -41529,338 +41525,344 @@
       <x:c r="J689" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K689" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L689" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M689" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N689" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O689" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P689" s="0" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="Q689" s="4" t="s">
         <x:v>822</x:v>
       </x:c>
       <x:c r="R689" s="0" t="s">
-        <x:v>858</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="S689" s="0" t="n">
         <x:v>549706</x:v>
       </x:c>
       <x:c r="T689" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U689" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="690" spans="1:21">
       <x:c r="A690" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B690" s="14" t="s">
-        <x:v>748</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="C690" s="15" t="n">
         <x:v>35455</x:v>
       </x:c>
       <x:c r="D690" s="15" t="s"/>
       <x:c r="E690" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F690" s="14" t="s"/>
       <x:c r="G690" s="14" t="s">
-        <x:v>737</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="H690" s="14" t="s">
-        <x:v>738</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="I690" s="16" t="s">
-        <x:v>739</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="J690" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K690" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L690" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M690" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N690" s="15" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O690" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P690" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q690" s="16" t="s">
-        <x:v>735</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="R690" s="14" t="s">
-        <x:v>858</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="S690" s="14" t="n">
         <x:v>603428</x:v>
       </x:c>
       <x:c r="T690" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U690" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="691" spans="1:21">
       <x:c r="A691" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B691" s="0" t="s">
-        <x:v>482</x:v>
-[...1 lines deleted...]
-      <x:c r="C691" s="3" t="s"/>
+        <x:v>865</x:v>
+      </x:c>
+      <x:c r="C691" s="3" t="n">
+        <x:v>39582</x:v>
+      </x:c>
       <x:c r="D691" s="3" t="s"/>
+      <x:c r="E691" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G691" s="0" t="s">
-        <x:v>478</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="I691" s="4" t="s">
-        <x:v>479</x:v>
+        <x:v>822</x:v>
+      </x:c>
+      <x:c r="J691" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K691" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L691" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M691" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="N691" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O691" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="P691" s="0" t="s">
-        <x:v>478</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="Q691" s="4" t="s">
-        <x:v>479</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="R691" s="0" t="s">
-        <x:v>858</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="S691" s="0" t="n">
-        <x:v>615205</x:v>
+        <x:v>549713</x:v>
       </x:c>
       <x:c r="T691" s="4" t="s">
-        <x:v>481</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U691" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="692" spans="1:21">
       <x:c r="A692" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="B692" s="14" t="s">
-        <x:v>865</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C692" s="15" t="n">
-        <x:v>39582</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D692" s="15" t="s"/>
-      <x:c r="E692" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E692" s="14" t="s"/>
       <x:c r="F692" s="14" t="s"/>
       <x:c r="G692" s="14" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="H692" s="14" t="s"/>
       <x:c r="I692" s="16" t="s">
         <x:v>822</x:v>
       </x:c>
       <x:c r="J692" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K692" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="L692" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M692" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N692" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O692" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P692" s="14" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="Q692" s="16" t="s">
         <x:v>822</x:v>
       </x:c>
       <x:c r="R692" s="14" t="s">
-        <x:v>858</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="S692" s="14" t="n">
-        <x:v>549713</x:v>
+        <x:v>538324</x:v>
       </x:c>
       <x:c r="T692" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U692" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="693" spans="1:21">
       <x:c r="A693" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B693" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C693" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D693" s="3" t="s"/>
       <x:c r="E693" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G693" s="0" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="I693" s="4" t="s">
         <x:v>822</x:v>
       </x:c>
       <x:c r="J693" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K693" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L693" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M693" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N693" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O693" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P693" s="0" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="Q693" s="4" t="s">
         <x:v>822</x:v>
       </x:c>
       <x:c r="R693" s="0" t="s">
-        <x:v>858</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="S693" s="0" t="n">
         <x:v>605052</x:v>
       </x:c>
       <x:c r="T693" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U693" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="694" spans="1:21">
       <x:c r="A694" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B694" s="14" t="s">
         <x:v>866</x:v>
       </x:c>
       <x:c r="C694" s="15" t="n">
         <x:v>35401</x:v>
       </x:c>
       <x:c r="D694" s="15" t="s"/>
       <x:c r="E694" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F694" s="14" t="s"/>
       <x:c r="G694" s="14" t="s">
-        <x:v>737</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="H694" s="14" t="s">
-        <x:v>738</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="I694" s="16" t="s">
-        <x:v>739</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="J694" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K694" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L694" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M694" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N694" s="15" t="n">
         <x:v>11036</x:v>
       </x:c>
       <x:c r="O694" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="P694" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q694" s="16" t="s">
-        <x:v>735</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="R694" s="14" t="s">
-        <x:v>858</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="S694" s="14" t="n">
         <x:v>554904</x:v>
       </x:c>
       <x:c r="T694" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U694" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="695" spans="1:21">
       <x:c r="A695" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B695" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="C695" s="3" t="n">
         <x:v>36462</x:v>
       </x:c>
       <x:c r="D695" s="3" t="s"/>
       <x:c r="E695" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -41873,51 +41875,51 @@
       <x:c r="J695" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K695" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L695" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M695" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="N695" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O695" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="P695" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q695" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R695" s="0" t="s">
-        <x:v>858</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="S695" s="0" t="n">
         <x:v>509830</x:v>
       </x:c>
       <x:c r="T695" s="4" t="s">
         <x:v>868</x:v>
       </x:c>
       <x:c r="U695" s="4" t="s">
         <x:v>499</x:v>
       </x:c>
     </x:row>
     <x:row r="696" spans="1:21">
       <x:c r="A696" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B696" s="14" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="C696" s="15" t="s"/>
       <x:c r="D696" s="15" t="s"/>
       <x:c r="E696" s="14" t="s"/>
       <x:c r="F696" s="14" t="s"/>
       <x:c r="G696" s="14" t="s">
         <x:v>478</x:v>
       </x:c>
@@ -41926,373 +41928,371 @@
         <x:v>479</x:v>
       </x:c>
       <x:c r="J696" s="14" t="s"/>
       <x:c r="K696" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L696" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M696" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N696" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O696" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P696" s="14" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="Q696" s="16" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="R696" s="14" t="s">
-        <x:v>858</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="S696" s="14" t="n">
         <x:v>615203</x:v>
       </x:c>
       <x:c r="T696" s="16" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="U696" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="697" spans="1:21">
       <x:c r="A697" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B697" s="0" t="s">
-        <x:v>869</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>483</x:v>
+      </x:c>
+      <x:c r="C697" s="3" t="s"/>
       <x:c r="D697" s="3" t="s"/>
-      <x:c r="E697" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G697" s="0" t="s">
-        <x:v>823</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="I697" s="4" t="s">
-        <x:v>822</x:v>
-[...2 lines deleted...]
-        <x:v>44</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="K697" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="L697" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="M697" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N697" s="3" t="n">
-        <x:v>24273</x:v>
+        <x:v>31034</x:v>
       </x:c>
       <x:c r="O697" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="P697" s="0" t="s">
-        <x:v>823</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="Q697" s="4" t="s">
-        <x:v>822</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="R697" s="0" t="s">
-        <x:v>858</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="S697" s="0" t="n">
-        <x:v>549705</x:v>
+        <x:v>612078</x:v>
       </x:c>
       <x:c r="T697" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="U697" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="698" spans="1:21">
       <x:c r="A698" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B698" s="14" t="s">
-        <x:v>483</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C698" s="15" t="s"/>
       <x:c r="D698" s="15" t="s"/>
       <x:c r="E698" s="14" t="s"/>
       <x:c r="F698" s="14" t="s"/>
       <x:c r="G698" s="14" t="s">
-        <x:v>478</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="H698" s="14" t="s"/>
       <x:c r="I698" s="16" t="s">
-        <x:v>479</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J698" s="14" t="s"/>
       <x:c r="K698" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L698" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M698" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="N698" s="15" t="n">
-        <x:v>31034</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O698" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="P698" s="14" t="s">
-        <x:v>478</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q698" s="16" t="s">
-        <x:v>479</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R698" s="14" t="s">
-        <x:v>858</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="S698" s="14" t="n">
-        <x:v>612078</x:v>
+        <x:v>615484</x:v>
       </x:c>
       <x:c r="T698" s="16" t="s">
-        <x:v>484</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="U698" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="699" spans="1:21">
       <x:c r="A699" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B699" s="0" t="s">
-        <x:v>485</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="C699" s="3" t="s"/>
       <x:c r="D699" s="3" t="s"/>
       <x:c r="G699" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="I699" s="4" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="K699" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L699" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M699" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N699" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O699" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="P699" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="Q699" s="4" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="R699" s="0" t="s">
-        <x:v>858</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="S699" s="0" t="n">
         <x:v>608220</x:v>
       </x:c>
       <x:c r="T699" s="4" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="U699" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="700" spans="1:21">
       <x:c r="A700" s="13" t="s">
-        <x:v>77</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B700" s="14" t="s">
-        <x:v>112</x:v>
-[...1 lines deleted...]
-      <x:c r="C700" s="15" t="s"/>
+        <x:v>869</x:v>
+      </x:c>
+      <x:c r="C700" s="15" t="n">
+        <x:v>37680</x:v>
+      </x:c>
       <x:c r="D700" s="15" t="s"/>
-      <x:c r="E700" s="14" t="s"/>
+      <x:c r="E700" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F700" s="14" t="s"/>
       <x:c r="G700" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="H700" s="14" t="s"/>
       <x:c r="I700" s="16" t="s">
-        <x:v>114</x:v>
-[...1 lines deleted...]
-      <x:c r="J700" s="14" t="s"/>
+        <x:v>822</x:v>
+      </x:c>
+      <x:c r="J700" s="14" t="s">
+        <x:v>44</x:v>
+      </x:c>
       <x:c r="K700" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L700" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M700" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N700" s="15" t="n">
-        <x:v>70332</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O700" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P700" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="Q700" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="R700" s="14" t="s">
-        <x:v>858</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="S700" s="14" t="n">
-        <x:v>615484</x:v>
+        <x:v>549705</x:v>
       </x:c>
       <x:c r="T700" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U700" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="701" spans="1:21">
       <x:c r="A701" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B701" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C701" s="3" t="s"/>
       <x:c r="D701" s="3" t="s"/>
       <x:c r="G701" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="I701" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K701" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L701" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M701" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N701" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O701" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P701" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q701" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R701" s="0" t="s">
-        <x:v>858</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="S701" s="0" t="n">
         <x:v>605043</x:v>
       </x:c>
       <x:c r="T701" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U701" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="702" spans="1:21">
       <x:c r="A702" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B702" s="14" t="s">
-        <x:v>748</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="C702" s="15" t="n">
         <x:v>35455</x:v>
       </x:c>
       <x:c r="D702" s="15" t="s"/>
       <x:c r="E702" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F702" s="14" t="s"/>
       <x:c r="G702" s="14" t="s">
-        <x:v>737</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="H702" s="14" t="s">
-        <x:v>738</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="I702" s="16" t="s">
-        <x:v>739</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="J702" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K702" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L702" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M702" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N702" s="15" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O702" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P702" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q702" s="16" t="s">
-        <x:v>735</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="R702" s="14" t="s">
-        <x:v>858</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="S702" s="14" t="n">
         <x:v>603429</x:v>
       </x:c>
       <x:c r="T702" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U702" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="703" spans="1:21">
       <x:c r="A703" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B703" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C703" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D703" s="3" t="s"/>
       <x:c r="E703" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -42305,51 +42305,51 @@
       <x:c r="J703" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K703" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L703" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M703" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N703" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O703" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P703" s="0" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="Q703" s="4" t="s">
         <x:v>822</x:v>
       </x:c>
       <x:c r="R703" s="0" t="s">
-        <x:v>858</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="S703" s="0" t="n">
         <x:v>605053</x:v>
       </x:c>
       <x:c r="T703" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U703" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="704" spans="1:21">
       <x:c r="A704" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B704" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C704" s="15" t="n">
         <x:v>39586</x:v>
       </x:c>
       <x:c r="D704" s="15" t="s"/>
       <x:c r="E704" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -42364,106 +42364,106 @@
       <x:c r="J704" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K704" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L704" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M704" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N704" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O704" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P704" s="14" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="Q704" s="16" t="s">
         <x:v>822</x:v>
       </x:c>
       <x:c r="R704" s="14" t="s">
-        <x:v>858</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="S704" s="14" t="n">
         <x:v>605086</x:v>
       </x:c>
       <x:c r="T704" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U704" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="705" spans="1:21">
       <x:c r="A705" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B705" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C705" s="3" t="s"/>
       <x:c r="D705" s="3" t="s"/>
       <x:c r="G705" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="I705" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K705" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L705" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M705" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N705" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O705" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P705" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q705" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R705" s="0" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="S705" s="0" t="n">
         <x:v>605009</x:v>
       </x:c>
       <x:c r="T705" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U705" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="706" spans="1:21">
       <x:c r="A706" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B706" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C706" s="15" t="s"/>
       <x:c r="D706" s="15" t="s"/>
       <x:c r="E706" s="14" t="s"/>
       <x:c r="F706" s="14" t="s"/>
       <x:c r="G706" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H706" s="14" t="s"/>
       <x:c r="I706" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J706" s="14" t="s"/>
       <x:c r="K706" s="14" t="s">
@@ -42828,95 +42828,103 @@
       </x:c>
       <x:c r="O712" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P712" s="14" t="s">
         <x:v>874</x:v>
       </x:c>
       <x:c r="Q712" s="16" t="s">
         <x:v>872</x:v>
       </x:c>
       <x:c r="R712" s="14" t="s">
         <x:v>873</x:v>
       </x:c>
       <x:c r="S712" s="14" t="n">
         <x:v>552585</x:v>
       </x:c>
       <x:c r="T712" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U712" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="713" spans="1:21">
       <x:c r="A713" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B713" s="0" t="s">
-        <x:v>112</x:v>
-[...1 lines deleted...]
-      <x:c r="C713" s="3" t="s"/>
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="C713" s="3" t="n">
+        <x:v>35340</x:v>
+      </x:c>
       <x:c r="D713" s="3" t="s"/>
+      <x:c r="E713" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G713" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>874</x:v>
       </x:c>
       <x:c r="I713" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>872</x:v>
+      </x:c>
+      <x:c r="J713" s="0" t="s">
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K713" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L713" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M713" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N713" s="3" t="n">
-        <x:v>70332</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O713" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P713" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>874</x:v>
       </x:c>
       <x:c r="Q713" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="R713" s="0" t="s">
         <x:v>873</x:v>
       </x:c>
       <x:c r="S713" s="0" t="n">
-        <x:v>605036</x:v>
+        <x:v>501309</x:v>
       </x:c>
       <x:c r="T713" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U713" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="714" spans="1:21">
       <x:c r="A714" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B714" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C714" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D714" s="15" t="s"/>
       <x:c r="E714" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F714" s="14" t="s"/>
       <x:c r="G714" s="14" t="s">
         <x:v>874</x:v>
       </x:c>
       <x:c r="H714" s="14" t="s"/>
       <x:c r="I714" s="16" t="s">
         <x:v>872</x:v>
       </x:c>
       <x:c r="J714" s="14" t="s">
@@ -42936,162 +42944,154 @@
       </x:c>
       <x:c r="O714" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P714" s="14" t="s">
         <x:v>874</x:v>
       </x:c>
       <x:c r="Q714" s="16" t="s">
         <x:v>872</x:v>
       </x:c>
       <x:c r="R714" s="14" t="s">
         <x:v>873</x:v>
       </x:c>
       <x:c r="S714" s="14" t="n">
         <x:v>600662</x:v>
       </x:c>
       <x:c r="T714" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U714" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="715" spans="1:21">
       <x:c r="A715" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B715" s="0" t="s">
-        <x:v>86</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="C715" s="3" t="s"/>
       <x:c r="D715" s="3" t="s"/>
-      <x:c r="E715" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G715" s="0" t="s">
-        <x:v>871</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I715" s="4" t="s">
-        <x:v>872</x:v>
-[...2 lines deleted...]
-        <x:v>26</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="K715" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="L715" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="M715" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="N715" s="3" t="n">
-        <x:v>24220</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O715" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="P715" s="0" t="s">
-        <x:v>871</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q715" s="4" t="s">
-        <x:v>872</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R715" s="0" t="s">
         <x:v>873</x:v>
       </x:c>
       <x:c r="S715" s="0" t="n">
-        <x:v>600421</x:v>
+        <x:v>605036</x:v>
       </x:c>
       <x:c r="T715" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U715" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="716" spans="1:21">
       <x:c r="A716" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B716" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C716" s="15" t="n">
-        <x:v>35340</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D716" s="15" t="s"/>
       <x:c r="E716" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F716" s="14" t="s"/>
       <x:c r="G716" s="14" t="s">
-        <x:v>874</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="H716" s="14" t="s"/>
       <x:c r="I716" s="16" t="s">
         <x:v>872</x:v>
       </x:c>
       <x:c r="J716" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K716" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L716" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M716" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N716" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O716" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P716" s="14" t="s">
-        <x:v>874</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="Q716" s="16" t="s">
         <x:v>872</x:v>
       </x:c>
       <x:c r="R716" s="14" t="s">
         <x:v>873</x:v>
       </x:c>
       <x:c r="S716" s="14" t="n">
-        <x:v>501309</x:v>
+        <x:v>600421</x:v>
       </x:c>
       <x:c r="T716" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U716" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="717" spans="1:21">
       <x:c r="A717" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B717" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C717" s="3" t="s"/>
       <x:c r="D717" s="3" t="s"/>
       <x:c r="G717" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="I717" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K717" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L717" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M717" s="0" t="s">
         <x:v>73</x:v>