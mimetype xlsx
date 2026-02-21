--- v0 (2026-02-20)
+++ v1 (2026-02-21)
@@ -338,50 +338,74 @@
   <x:si>
     <x:t>BTS services informatiques aux organisations option B : solutions logicielles et applications métiers (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur en science des données spécialisé en infrastructure data ou en apprentissage automatique spécialisation Data Engineer (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur en science des données spécialisé en infrastructure data ou en apprentissage automatique spécialisation expert en intelligence artificielle (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Formation professionnelle continue</x:t>
   </x:si>
   <x:si>
     <x:t>BTS services informatiques aux organisations option B : solutions logicielles et applications métiers</x:t>
   </x:si>
   <x:si>
     <x:t>Diderot Education</x:t>
   </x:si>
   <x:si>
     <x:t>34000</x:t>
   </x:si>
   <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
+    <x:t>Excel intermédiaire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3d Ingénierie Systèmes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3DIS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13170</x:t>
+  </x:si>
+  <x:si>
+    <x:t>permanente</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Logiciel Excel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>ingénieur en science des données spécialisé en infrastructure data ou en apprentissage automatique</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire physique, technologie et sciences de l'ingénieur (PTSI), 1re année</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Vauvenargues</x:t>
   </x:si>
   <x:si>
     <x:t>13100</x:t>
   </x:si>
   <x:si>
     <x:t>Télécommunication</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur diplômé de l'école supérieure angevine d'informatique et de productique spécialité informatique et réseaux</x:t>
   </x:si>
   <x:si>
     <x:t>ESAIP - site d'Angers</x:t>
   </x:si>
   <x:si>
     <x:t>49124</x:t>
   </x:si>
   <x:si>
     <x:t>Résolution problème</x:t>
@@ -401,89 +425,65 @@
   <x:si>
     <x:t>09/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel administrateur d'infrastructures sécurisées spécialisation informatique - infrastructure et réseaux (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur en science des données spécialisé en infrastructure data ou en apprentissage automatique spécialisation Data Engineer - intelligence artificielle (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur en science des données spécialisé en infrastructure data ou en apprentissage automatique spécialisation expert en intelligence artificielle - développement (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur en science des données spécialisé en infrastructure data ou en apprentissage automatique spécialisation Data Engineer - développement (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur en science des données spécialisé en infrastructure data ou en apprentissage automatique spécialisation expert en intelligence artificielle - IA &amp; DATA (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Access - acces intermédiaire</x:t>
   </x:si>
   <x:si>
-    <x:t>3d Ingénierie Systèmes</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Logiciel Access</x:t>
   </x:si>
   <x:si>
-    <x:t>01/01/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
     <x:t>Access - initiation</x:t>
   </x:si>
   <x:si>
     <x:t>Access - perfectionnement</x:t>
   </x:si>
   <x:si>
     <x:t>Excel - initiation</x:t>
   </x:si>
   <x:si>
-    <x:t>Logiciel Excel</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Word</x:t>
   </x:si>
   <x:si>
     <x:t>Association Cool - L'Informatique pour Tous</x:t>
   </x:si>
   <x:si>
     <x:t>83170</x:t>
   </x:si>
   <x:si>
     <x:t>Logiciel Word</x:t>
   </x:si>
   <x:si>
     <x:t>02/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel administrateur d'infrastructures sécurisées</x:t>
   </x:si>
   <x:si>
     <x:t>Evolusio Formations</x:t>
   </x:si>
   <x:si>
     <x:t>01/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/04/2026 00:00:00</x:t>
@@ -1037,159 +1037,159 @@
   <x:si>
     <x:t>01/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Université Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06103</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur diplômé d'Eurecom</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur diplômé de l'école polytechnique universitaire de l'université Côte d'Azur spécialité informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention méthodes informatiques appliquées à la gestion des entreprises - MIAGE</x:t>
   </x:si>
   <x:si>
     <x:t>BRIGNOLES</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES</x:t>
   </x:si>
   <x:si>
+    <x:t>Campus Riera - Campus International Riera</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Campus Riera - Campus International Riera - Antenne Cannes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Campus International Riera</x:t>
+  </x:si>
+  <x:si>
+    <x:t>La Plateforme Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/27/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>classe préparatoire technologie et sciences industrielles (TSI), 1re année</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée J Ferry</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06414</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CANNES CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Training Expert Management</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TEM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06270</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CANNES LA BOCCA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/02/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/02/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>La Plateforme Alpes Maritimes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COGOLIN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DRAGUIGNAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FREJUS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Administrateur réseau</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kh Europe Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83370</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/21/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cybersécurité  Initiation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Développement web et web mobile - module 1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Développement web et web mobile - module 2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Git-Github</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Développement web</x:t>
+  </x:si>
+  <x:si>
     <x:t>Saas</x:t>
   </x:si>
   <x:si>
-    <x:t>Kh Europe Formation</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Architecture système information</x:t>
-  </x:si>
-[...97 lines deleted...]
-    <x:t>Développement web</x:t>
   </x:si>
   <x:si>
     <x:t>First Line Formation</x:t>
   </x:si>
   <x:si>
     <x:t>83520</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Alpes Provence</x:t>
   </x:si>
   <x:si>
     <x:t>05000</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Dominique Villars</x:t>
   </x:si>
   <x:si>
     <x:t>GAP</x:t>
   </x:si>
   <x:si>
     <x:t>03/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée D Villars</x:t>
   </x:si>
@@ -4302,1546 +4302,1548 @@
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
         <x:v>614647</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
-        <x:v>58</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
-      <x:c r="C20" s="15" t="n">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="C20" s="15" t="s"/>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
-        <x:v>71</x:v>
-[...1 lines deleted...]
-      <x:c r="H20" s="14" t="s"/>
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="H20" s="14" t="s">
+        <x:v>91</x:v>
+      </x:c>
       <x:c r="I20" s="16" t="s">
-        <x:v>72</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="J20" s="14" t="s"/>
       <x:c r="K20" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>615894</x:v>
+        <x:v>533116</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>90</x:v>
-[...1 lines deleted...]
-      <x:c r="C21" s="3" t="s"/>
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="C21" s="3" t="n">
+        <x:v>39586</x:v>
+      </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="J21" s="0" t="s">
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
-        <x:v>24254</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>592910</x:v>
+        <x:v>615894</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
-        <x:v>59</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="C22" s="15" t="s"/>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
-        <x:v>72</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="J22" s="14" t="s"/>
       <x:c r="K22" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>24254</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>595875</x:v>
+        <x:v>592910</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
-        <x:v>35568</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
-        <x:v>15099</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>595930</x:v>
+        <x:v>595875</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
-        <x:v>37680</x:v>
+        <x:v>35568</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
-      <x:c r="E24" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
-        <x:v>24273</x:v>
+        <x:v>15099</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>549735</x:v>
+        <x:v>595930</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="E25" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>549737</x:v>
+        <x:v>549735</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
-        <x:v>39582</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>549752</x:v>
+        <x:v>549737</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
-        <x:v>39586</x:v>
+        <x:v>39582</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="E27" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>549757</x:v>
+        <x:v>549752</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>39586</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>549758</x:v>
+        <x:v>549757</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>39586</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="E29" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>549759</x:v>
+        <x:v>549758</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>39586</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>549760</x:v>
+        <x:v>549759</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>109</x:v>
-[...1 lines deleted...]
-      <x:c r="C31" s="3" t="s"/>
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="C31" s="3" t="n">
+        <x:v>39586</x:v>
+      </x:c>
       <x:c r="D31" s="3" t="s"/>
+      <x:c r="E31" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G31" s="0" t="s">
-        <x:v>110</x:v>
-[...2 lines deleted...]
-        <x:v>111</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="J31" s="0" t="s">
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
-        <x:v>71632</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>534010</x:v>
+        <x:v>549760</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C32" s="15" t="s"/>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="I32" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s"/>
       <x:c r="K32" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>71632</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>534012</x:v>
+        <x:v>534010</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s"/>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>71632</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>534014</x:v>
+        <x:v>534012</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C34" s="15" t="s"/>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="I34" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s"/>
       <x:c r="K34" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>71632</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>534017</x:v>
+        <x:v>534014</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s"/>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>71632</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>534019</x:v>
+        <x:v>534017</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C36" s="15" t="s"/>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="I36" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s"/>
       <x:c r="K36" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>71632</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>534020</x:v>
+        <x:v>534019</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s"/>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>71632</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>534099</x:v>
+        <x:v>534020</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C38" s="15" t="s"/>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="I38" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s"/>
       <x:c r="K38" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>534100</x:v>
+        <x:v>534099</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s"/>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>533106</x:v>
+        <x:v>534100</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C40" s="15" t="s"/>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="I40" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s"/>
       <x:c r="K40" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>533116</x:v>
+        <x:v>533106</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s"/>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>605012</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C42" s="15" t="s"/>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s"/>
       <x:c r="K42" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>605014</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s"/>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>605015</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>616380</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>616479</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>36061</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>30812</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>617583</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C47" s="3" t="s"/>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>615461</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
@@ -5850,100 +5852,100 @@
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C48" s="15" t="s"/>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s"/>
       <x:c r="K48" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>615462</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s"/>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>615463</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
@@ -6136,104 +6138,104 @@
       <x:c r="I53" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>609468</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C54" s="15" t="s"/>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s"/>
       <x:c r="K54" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>592951</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
@@ -6330,137 +6332,137 @@
       <x:c r="R56" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>606189</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>41238</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>606192</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>607732</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
@@ -6593,51 +6595,51 @@
       <x:c r="M61" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>592359</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
@@ -6665,75 +6667,75 @@
         <x:v>72</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>611125</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="C63" s="3" t="s"/>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>24254</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>592580</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
@@ -7549,292 +7551,292 @@
       <x:c r="I78" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>571049</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s"/>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>605312</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C80" s="15" t="s"/>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s"/>
       <x:c r="K80" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>605331</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s"/>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>577816</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="C82" s="15" t="s"/>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s"/>
       <x:c r="K82" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>568724</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s"/>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>568784</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
@@ -8077,130 +8079,130 @@
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C88" s="15" t="s"/>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="I88" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s"/>
       <x:c r="K88" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>523223</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="C89" s="3" t="s"/>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>523237</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
@@ -8383,51 +8385,51 @@
       <x:c r="M93" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>30854</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>596782</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>35908</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -8684,51 +8686,51 @@
         <x:v>239</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="C99" s="3" t="s"/>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>46339</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>572378</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
@@ -8737,100 +8739,100 @@
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="C100" s="15" t="s"/>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s"/>
       <x:c r="K100" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>568785</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="C101" s="3" t="s"/>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>568725</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
@@ -9181,100 +9183,100 @@
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C108" s="15" t="s"/>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="I108" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s"/>
       <x:c r="K108" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>567360</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C109" s="3" t="s"/>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>615476</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
@@ -9283,124 +9285,124 @@
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C110" s="15" t="s"/>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s"/>
       <x:c r="K110" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>605032</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C111" s="3" t="s"/>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>605038</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="I112" s="16" t="s">
@@ -9415,76 +9417,76 @@
       <x:c r="L112" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>588395</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C113" s="3" t="s"/>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>615481</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
@@ -9610,100 +9612,100 @@
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="C116" s="15" t="s"/>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s"/>
       <x:c r="K116" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>568727</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="C117" s="3" t="s"/>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>568787</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
@@ -10866,51 +10868,51 @@
       <x:c r="M137" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>592356</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -10923,51 +10925,51 @@
       <x:c r="M138" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>592357</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>35401</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
@@ -10977,51 +10979,51 @@
       <x:c r="M139" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>11036</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>596945</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>35402</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -11034,51 +11036,51 @@
       <x:c r="M140" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>11036</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
         <x:v>596947</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
@@ -11172,506 +11174,506 @@
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>36061</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>30812</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
         <x:v>613731</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>36462</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>613763</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>36061</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="E145" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>30812</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
         <x:v>608641</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>36462</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s"/>
       <x:c r="I146" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>608682</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>36462</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="E147" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>608683</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>36061</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>30812</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>578825</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>36462</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
         <x:v>578852</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>36061</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s"/>
       <x:c r="I150" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>30812</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
         <x:v>559218</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>36462</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
         <x:v>559248</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
@@ -11801,180 +11803,180 @@
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s"/>
       <x:c r="I154" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>596436</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>38325</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>595754</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>38325</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s"/>
       <x:c r="I156" s="16" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
         <x:v>595755</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>39490</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
@@ -12010,1565 +12012,1566 @@
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C158" s="15" t="s"/>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s"/>
       <x:c r="K158" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
         <x:v>615454</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C159" s="3" t="s"/>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>605000</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C160" s="15" t="s"/>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s"/>
       <x:c r="K160" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>605044</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C161" s="3" t="s"/>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
         <x:v>615485</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
-        <x:v>84</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
-        <x:v>322</x:v>
-[...1 lines deleted...]
-      <x:c r="C162" s="15" t="s"/>
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="C162" s="15" t="n">
+        <x:v>35340</x:v>
+      </x:c>
       <x:c r="D162" s="15" t="s"/>
-      <x:c r="E162" s="14" t="s"/>
+      <x:c r="E162" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
-        <x:v>323</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="J162" s="14" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="K162" s="14" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="L162" s="14" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="M162" s="14" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N162" s="15" t="n">
+        <x:v>24220</x:v>
+      </x:c>
+      <x:c r="O162" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="P162" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
-      <x:c r="J162" s="14" t="s"/>
-[...12 lines deleted...]
-      <x:c r="O162" s="14" t="s">
+      <x:c r="Q162" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="P162" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="R162" s="14" t="s">
-        <x:v>326</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>542414</x:v>
+        <x:v>507186</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
-        <x:v>327</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="E163" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
-        <x:v>328</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
-        <x:v>330</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
-        <x:v>331</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>507186</x:v>
+        <x:v>507183</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
-        <x:v>328</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
-        <x:v>330</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
-        <x:v>331</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>507183</x:v>
+        <x:v>502370</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="E165" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
-        <x:v>332</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
-        <x:v>332</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
-        <x:v>502370</x:v>
+        <x:v>502397</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
-        <x:v>35340</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
-      <x:c r="E166" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
-        <x:v>332</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
-        <x:v>332</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>502397</x:v>
+        <x:v>573843</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
-        <x:v>278</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
-        <x:v>204</x:v>
+        <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>573843</x:v>
+        <x:v>573846</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
-        <x:v>334</x:v>
+        <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
-        <x:v>84</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
-        <x:v>128</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>330</x:v>
+      </x:c>
+      <x:c r="C168" s="15" t="s"/>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
-        <x:v>333</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
-        <x:v>185</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="J168" s="14" t="s"/>
       <x:c r="K168" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
-        <x:v>24273</x:v>
+        <x:v>24254</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="Q168" s="16" t="s">
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="R168" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
-      <x:c r="Q168" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>573846</x:v>
+        <x:v>592938</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>335</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
-        <x:v>336</x:v>
-[...1 lines deleted...]
-      <x:c r="C169" s="3" t="s"/>
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="C169" s="3" t="n">
+        <x:v>36061</x:v>
+      </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
+        <x:v>334</x:v>
+      </x:c>
+      <x:c r="H169" s="0" t="s">
+        <x:v>335</x:v>
+      </x:c>
+      <x:c r="I169" s="4" t="s">
+        <x:v>336</x:v>
+      </x:c>
+      <x:c r="J169" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K169" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="L169" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="M169" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="N169" s="3" t="n">
+        <x:v>30812</x:v>
+      </x:c>
+      <x:c r="O169" s="0" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="P169" s="0" t="s">
+        <x:v>334</x:v>
+      </x:c>
+      <x:c r="Q169" s="4" t="s">
+        <x:v>336</x:v>
+      </x:c>
+      <x:c r="R169" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
-      <x:c r="I169" s="4" t="s">
+      <x:c r="S169" s="0" t="n">
+        <x:v>613588</x:v>
+      </x:c>
+      <x:c r="T169" s="4" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="U169" s="4" t="s">
         <x:v>338</x:v>
-      </x:c>
-[...31 lines deleted...]
-        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>36061</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
-        <x:v>340</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s">
-        <x:v>341</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="I170" s="16" t="s">
-        <x:v>342</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>30812</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
+        <x:v>334</x:v>
+      </x:c>
+      <x:c r="Q170" s="16" t="s">
+        <x:v>336</x:v>
+      </x:c>
+      <x:c r="R170" s="14" t="s">
+        <x:v>337</x:v>
+      </x:c>
+      <x:c r="S170" s="14" t="n">
+        <x:v>613589</x:v>
+      </x:c>
+      <x:c r="T170" s="16" t="s">
+        <x:v>339</x:v>
+      </x:c>
+      <x:c r="U170" s="16" t="s">
         <x:v>340</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>344</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>36061</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>30812</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
+        <x:v>336</x:v>
+      </x:c>
+      <x:c r="R171" s="0" t="s">
+        <x:v>337</x:v>
+      </x:c>
+      <x:c r="S171" s="0" t="n">
+        <x:v>613587</x:v>
+      </x:c>
+      <x:c r="T171" s="4" t="s">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="U171" s="4" t="s">
         <x:v>342</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
-        <x:v>36061</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
-        <x:v>340</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
-        <x:v>342</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
-        <x:v>30812</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
-        <x:v>340</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
-        <x:v>342</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
-        <x:v>343</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>613587</x:v>
+        <x:v>543577</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
-        <x:v>347</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
-        <x:v>348</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>128</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="C173" s="3" t="s"/>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
-        <x:v>350</x:v>
-[...2 lines deleted...]
-        <x:v>26</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
-        <x:v>24273</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
-        <x:v>350</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>543577</x:v>
+        <x:v>615473</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C174" s="15" t="s"/>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s"/>
       <x:c r="K174" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
-        <x:v>351</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>615473</x:v>
+        <x:v>605028</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C175" s="3" t="s"/>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
-        <x:v>605028</x:v>
+        <x:v>615466</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C176" s="15" t="s"/>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s"/>
       <x:c r="K176" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
-        <x:v>352</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
-        <x:v>615466</x:v>
+        <x:v>605019</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C177" s="3" t="s"/>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
-        <x:v>605019</x:v>
+        <x:v>605022</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C178" s="15" t="s"/>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s"/>
       <x:c r="K178" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
-        <x:v>326</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
-        <x:v>605022</x:v>
+        <x:v>615468</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="C179" s="3" t="s"/>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
-        <x:v>70332</x:v>
+        <x:v>31034</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
-        <x:v>326</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
-        <x:v>615468</x:v>
+        <x:v>542240</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
-        <x:v>353</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="C180" s="15" t="s"/>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
-        <x:v>323</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
-        <x:v>324</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s"/>
       <x:c r="K180" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
-        <x:v>31034</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
-        <x:v>323</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
-        <x:v>324</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
-        <x:v>326</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>542240</x:v>
+        <x:v>542271</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
-        <x:v>327</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="C181" s="3" t="s"/>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
-        <x:v>323</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
-        <x:v>324</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
-        <x:v>31006</x:v>
+        <x:v>46339</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
-        <x:v>323</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
-        <x:v>324</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
-        <x:v>326</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
-        <x:v>542271</x:v>
+        <x:v>542274</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
-        <x:v>327</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
-        <x:v>355</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="C182" s="15" t="s"/>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
-        <x:v>323</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
-        <x:v>324</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s"/>
       <x:c r="K182" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>46339</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
-        <x:v>323</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
-        <x:v>324</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
-        <x:v>326</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
-        <x:v>542274</x:v>
+        <x:v>542275</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
-        <x:v>327</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>356</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="C183" s="3" t="s"/>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
-        <x:v>323</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
-        <x:v>324</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
-        <x:v>46339</x:v>
+        <x:v>31090</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
-        <x:v>323</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
-        <x:v>324</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
-        <x:v>326</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
-        <x:v>542275</x:v>
+        <x:v>542289</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
-        <x:v>327</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="C184" s="15" t="s"/>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
-        <x:v>323</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
-        <x:v>324</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s"/>
       <x:c r="K184" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
-        <x:v>31090</x:v>
+        <x:v>31009</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
-        <x:v>323</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
-        <x:v>324</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
-        <x:v>326</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
-        <x:v>542289</x:v>
+        <x:v>542414</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
-        <x:v>327</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C185" s="3" t="s"/>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
-        <x:v>323</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
-        <x:v>324</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
-        <x:v>323</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
-        <x:v>324</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
-        <x:v>326</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>542437</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
-        <x:v>327</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
-        <x:v>326</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
         <x:v>498292</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="E187" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -14635,124 +14638,124 @@
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C206" s="15" t="s"/>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s"/>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s"/>
       <x:c r="I206" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s"/>
       <x:c r="K206" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
         <x:v>615482</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C207" s="3" t="s"/>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="G207" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
         <x:v>605040</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s"/>
       <x:c r="I208" s="16" t="s">
@@ -14972,100 +14975,100 @@
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C212" s="15" t="s"/>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s"/>
       <x:c r="I212" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s"/>
       <x:c r="K212" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
         <x:v>605027</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C213" s="3" t="s"/>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
         <x:v>615472</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
@@ -15198,51 +15201,51 @@
       </x:c>
       <x:c r="C216" s="15" t="n">
         <x:v>40102</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="I216" s="16" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
         <x:v>614634</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
@@ -15399,106 +15402,106 @@
       <x:c r="M219" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
         <x:v>547934</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C220" s="15" t="s"/>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s"/>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="I220" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s"/>
       <x:c r="K220" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
         <x:v>567364</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
         <x:v>36163</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="G221" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="H221" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -15511,51 +15514,51 @@
       <x:c r="M221" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
         <x:v>548074</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>36163</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="I222" s="16" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
@@ -15769,304 +15772,304 @@
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C226" s="15" t="s"/>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s"/>
       <x:c r="I226" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s"/>
       <x:c r="K226" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
         <x:v>599879</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C227" s="3" t="s"/>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
         <x:v>599881</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="C228" s="15" t="s"/>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s"/>
       <x:c r="I228" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s"/>
       <x:c r="K228" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
         <x:v>580364</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C229" s="3" t="s"/>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
         <x:v>611395</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C230" s="15" t="s"/>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s"/>
       <x:c r="K230" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
         <x:v>605037</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C231" s="3" t="s"/>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
         <x:v>615480</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
@@ -16075,78 +16078,78 @@
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="C232" s="15" t="s"/>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s"/>
       <x:c r="I232" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s"/>
       <x:c r="K232" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
-        <x:v>358</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
         <x:v>614329</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
-        <x:v>345</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="C233" s="3" t="s"/>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>73</x:v>
@@ -16180,75 +16183,75 @@
       <x:c r="A234" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C234" s="15" t="s"/>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s"/>
       <x:c r="I234" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s"/>
       <x:c r="K234" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
         <x:v>614333</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
-        <x:v>345</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
         <x:v>35502</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
@@ -16258,51 +16261,51 @@
       <x:c r="M235" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>31018</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
         <x:v>596793</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s"/>
       <x:c r="I236" s="16" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -16315,51 +16318,51 @@
       <x:c r="M236" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
         <x:v>592355</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
         <x:v>40123</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="G237" s="0" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
@@ -16395,182 +16398,182 @@
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C238" s="15" t="s"/>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s"/>
       <x:c r="I238" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s"/>
       <x:c r="K238" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
         <x:v>615470</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C239" s="3" t="s"/>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="G239" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
         <x:v>605025</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C240" s="15" t="s"/>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s"/>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="I240" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s"/>
       <x:c r="K240" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
         <x:v>567362</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="G241" s="0" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
@@ -16606,100 +16609,100 @@
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C242" s="15" t="s"/>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s"/>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s"/>
       <x:c r="I242" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s"/>
       <x:c r="K242" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
         <x:v>605001</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C243" s="3" t="s"/>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="G243" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
         <x:v>615455</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
@@ -16708,51 +16711,51 @@
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C244" s="15" t="s"/>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s"/>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s"/>
       <x:c r="I244" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s"/>
       <x:c r="K244" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
         <x:v>615471</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
@@ -16926,162 +16929,162 @@
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C248" s="15" t="s"/>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s"/>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s"/>
       <x:c r="I248" s="16" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s"/>
       <x:c r="K248" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
         <x:v>510084</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
         <x:v>436</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C249" s="3" t="s"/>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="G249" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
         <x:v>605026</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="C250" s="15" t="s"/>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s"/>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s"/>
       <x:c r="I250" s="16" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s"/>
       <x:c r="K250" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
-        <x:v>358</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
         <x:v>467583</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
         <x:v>439</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
@@ -17538,51 +17541,51 @@
         <x:v>52</x:v>
       </x:c>
       <x:c r="C259" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="E259" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="H259" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
         <x:v>556574</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
         <x:v>448</x:v>
       </x:c>
@@ -17599,51 +17602,51 @@
       </x:c>
       <x:c r="C260" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="I260" s="16" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K260" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
         <x:v>556575</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
         <x:v>448</x:v>
       </x:c>
@@ -17659,51 +17662,51 @@
         <x:v>450</x:v>
       </x:c>
       <x:c r="C261" s="3" t="n">
         <x:v>37346</x:v>
       </x:c>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="E261" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G261" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="H261" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="J261" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
         <x:v>556597</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
         <x:v>448</x:v>
       </x:c>
@@ -18058,51 +18061,51 @@
       </x:c>
       <x:c r="C268" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="I268" s="16" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K268" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
         <x:v>607710</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
         <x:v>453</x:v>
       </x:c>
@@ -18118,51 +18121,51 @@
         <x:v>52</x:v>
       </x:c>
       <x:c r="C269" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="E269" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="H269" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="J269" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
         <x:v>607711</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
         <x:v>453</x:v>
       </x:c>
@@ -18562,206 +18565,206 @@
         <x:v>63</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C277" s="3" t="s"/>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="G277" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
         <x:v>605006</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C278" s="15" t="s"/>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s"/>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s"/>
       <x:c r="I278" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s"/>
       <x:c r="K278" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
         <x:v>615457</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C279" s="3" t="s"/>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="G279" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
         <x:v>605046</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C280" s="15" t="s"/>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s"/>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s"/>
       <x:c r="I280" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s"/>
       <x:c r="K280" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
         <x:v>615487</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
@@ -18798,51 +18801,51 @@
       <x:c r="M281" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
         <x:v>592353</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="C282" s="15" t="n">
         <x:v>39490</x:v>
       </x:c>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s"/>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="H282" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="I282" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="J282" s="14" t="s">
@@ -19060,100 +19063,100 @@
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="C286" s="15" t="s"/>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s"/>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="H286" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="I286" s="16" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s"/>
       <x:c r="K286" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
         <x:v>572397</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C287" s="3" t="s"/>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="G287" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
         <x:v>615488</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
@@ -19162,508 +19165,508 @@
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C288" s="15" t="s"/>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s"/>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H288" s="14" t="s"/>
       <x:c r="I288" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J288" s="14" t="s"/>
       <x:c r="K288" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L288" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
         <x:v>605047</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C289" s="3" t="s"/>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="G289" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
         <x:v>605033</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C290" s="15" t="s"/>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s"/>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s"/>
       <x:c r="I290" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J290" s="14" t="s"/>
       <x:c r="K290" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
         <x:v>615477</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="C291" s="3" t="s"/>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="G291" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
         <x:v>615208</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="C292" s="15" t="s"/>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s"/>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="H292" s="14" t="s"/>
       <x:c r="I292" s="16" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="J292" s="14" t="s"/>
       <x:c r="K292" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
         <x:v>615204</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="C293" s="3" t="s"/>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="G293" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
         <x:v>615206</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="C294" s="15" t="s"/>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s"/>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s"/>
       <x:c r="I294" s="16" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s"/>
       <x:c r="K294" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
         <x:v>608221</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="C295" s="3" t="s"/>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="G295" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
         <x:v>612079</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="C296" s="15" t="s"/>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s"/>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s"/>
       <x:c r="I296" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s"/>
       <x:c r="K296" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
         <x:v>568783</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="C297" s="3" t="s"/>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="G297" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
         <x:v>568723</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
@@ -19779,164 +19782,164 @@
       </x:c>
       <x:c r="S299" s="0" t="n">
         <x:v>579573</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C300" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D300" s="15" t="s"/>
       <x:c r="E300" s="14" t="s"/>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
-        <x:v>333</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="H300" s="14" t="s"/>
       <x:c r="I300" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="J300" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K300" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L300" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M300" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N300" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O300" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P300" s="14" t="s">
-        <x:v>333</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
         <x:v>573182</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
-        <x:v>335</x:v>
+        <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C301" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="G301" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="J301" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
         <x:v>573280</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
-        <x:v>334</x:v>
+        <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C302" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
-        <x:v>333</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s"/>
       <x:c r="I302" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K302" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
         <x:v>488</x:v>
@@ -19954,230 +19957,230 @@
         <x:v>490</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
         <x:v>390</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="C303" s="3" t="s"/>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="G303" s="0" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
         <x:v>71701</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
         <x:v>566990</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="C304" s="15" t="s"/>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s"/>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="H304" s="14" t="s"/>
       <x:c r="I304" s="16" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="J304" s="14" t="s"/>
       <x:c r="K304" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L304" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
         <x:v>505179</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C305" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="E305" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G305" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="J305" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
         <x:v>498751</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C306" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s"/>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
-        <x:v>333</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="H306" s="14" t="s"/>
       <x:c r="I306" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="J306" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K306" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L306" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
-        <x:v>333</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
         <x:v>543571</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="C307" s="3" t="n">
@@ -20353,202 +20356,202 @@
       </x:c>
       <x:c r="H310" s="14" t="s"/>
       <x:c r="I310" s="16" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="J310" s="14" t="s"/>
       <x:c r="K310" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L310" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
         <x:v>581518</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
         <x:v>512</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="C311" s="3" t="s"/>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="G311" s="0" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
         <x:v>581520</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
         <x:v>512</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="C312" s="15" t="s"/>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s"/>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="H312" s="14" t="s"/>
       <x:c r="I312" s="16" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="J312" s="14" t="s"/>
       <x:c r="K312" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L312" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M312" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="N312" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O312" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
         <x:v>581522</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
         <x:v>512</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="C313" s="3" t="s"/>
       <x:c r="D313" s="3" t="s"/>
       <x:c r="G313" s="0" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="I313" s="4" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L313" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
         <x:v>581523</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
         <x:v>512</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C314" s="15" t="n">
         <x:v>31113</x:v>
       </x:c>
       <x:c r="D314" s="15" t="s"/>
@@ -20588,279 +20591,279 @@
         <x:v>516</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
         <x:v>586506</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="C315" s="3" t="s"/>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="G315" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="P315" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
         <x:v>600777</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
-        <x:v>347</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
         <x:v>518</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C316" s="15" t="s"/>
       <x:c r="D316" s="15" t="s"/>
       <x:c r="E316" s="14" t="s"/>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
-        <x:v>333</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="H316" s="14" t="s"/>
       <x:c r="I316" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="J316" s="14" t="s"/>
       <x:c r="K316" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L316" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M316" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N316" s="15" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O316" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P316" s="14" t="s">
-        <x:v>333</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
         <x:v>599357</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
-        <x:v>345</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="C317" s="3" t="s"/>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="G317" s="0" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L317" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N317" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O317" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P317" s="0" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="Q317" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R317" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="S317" s="0" t="n">
         <x:v>587046</x:v>
       </x:c>
       <x:c r="T317" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="U317" s="4" t="s">
         <x:v>520</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="C318" s="15" t="s"/>
       <x:c r="D318" s="15" t="s"/>
       <x:c r="E318" s="14" t="s"/>
       <x:c r="F318" s="14" t="s"/>
       <x:c r="G318" s="14" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="H318" s="14" t="s"/>
       <x:c r="I318" s="16" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="J318" s="14" t="s"/>
       <x:c r="K318" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L318" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M318" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="N318" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O318" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P318" s="14" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
         <x:v>587050</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
         <x:v>520</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="C319" s="3" t="s"/>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="G319" s="0" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
         <x:v>587051</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
         <x:v>520</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="C320" s="15" t="s"/>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s"/>
       <x:c r="F320" s="14" t="s"/>
@@ -20869,131 +20872,131 @@
       </x:c>
       <x:c r="H320" s="14" t="s"/>
       <x:c r="I320" s="16" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s"/>
       <x:c r="K320" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L320" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
         <x:v>587055</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
         <x:v>520</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C321" s="3" t="s"/>
       <x:c r="D321" s="3" t="s"/>
       <x:c r="G321" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="I321" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L321" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M321" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N321" s="3" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O321" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P321" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="Q321" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="R321" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="S321" s="0" t="n">
         <x:v>599358</x:v>
       </x:c>
       <x:c r="T321" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="U321" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:21">
       <x:c r="A322" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B322" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C322" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D322" s="15" t="s"/>
       <x:c r="E322" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F322" s="14" t="s"/>
       <x:c r="G322" s="14" t="s">
-        <x:v>333</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="H322" s="14" t="s"/>
       <x:c r="I322" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="J322" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K322" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L322" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M322" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N322" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O322" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P322" s="14" t="s">
         <x:v>488</x:v>
@@ -21007,51 +21010,51 @@
       <x:c r="S322" s="14" t="n">
         <x:v>605580</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C323" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="E323" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G323" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="I323" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="J323" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L323" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M323" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N323" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O323" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P323" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
@@ -21061,74 +21064,74 @@
       <x:c r="R323" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="S323" s="0" t="n">
         <x:v>605581</x:v>
       </x:c>
       <x:c r="T323" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U323" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:21">
       <x:c r="A324" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B324" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C324" s="15" t="s"/>
       <x:c r="D324" s="15" t="s"/>
       <x:c r="E324" s="14" t="s"/>
       <x:c r="F324" s="14" t="s"/>
       <x:c r="G324" s="14" t="s">
-        <x:v>333</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="H324" s="14" t="s"/>
       <x:c r="I324" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="J324" s="14" t="s"/>
       <x:c r="K324" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L324" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M324" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N324" s="15" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O324" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P324" s="14" t="s">
-        <x:v>333</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="Q324" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="R324" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="S324" s="14" t="n">
         <x:v>599360</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
         <x:v>518</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="C325" s="3" t="s"/>
@@ -21136,153 +21139,153 @@
       <x:c r="G325" s="0" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="I325" s="4" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
         <x:v>587048</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
         <x:v>522</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="C326" s="15" t="s"/>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s"/>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="H326" s="14" t="s"/>
       <x:c r="I326" s="16" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="J326" s="14" t="s"/>
       <x:c r="K326" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L326" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M326" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="Q326" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
         <x:v>587053</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
         <x:v>522</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="C327" s="3" t="s"/>
       <x:c r="D327" s="3" t="s"/>
       <x:c r="G327" s="0" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L327" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M327" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="N327" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O327" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P327" s="0" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="Q327" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
         <x:v>587054</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
         <x:v>522</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="C328" s="15" t="s"/>
       <x:c r="D328" s="15" t="s"/>
       <x:c r="E328" s="14" t="s"/>
       <x:c r="F328" s="14" t="s"/>
@@ -21291,51 +21294,51 @@
       </x:c>
       <x:c r="H328" s="14" t="s"/>
       <x:c r="I328" s="16" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="J328" s="14" t="s"/>
       <x:c r="K328" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L328" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M328" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N328" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O328" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P328" s="14" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="Q328" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R328" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="S328" s="14" t="n">
         <x:v>587058</x:v>
       </x:c>
       <x:c r="T328" s="16" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="U328" s="16" t="s">
         <x:v>522</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:21">
       <x:c r="A329" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C329" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D329" s="3" t="s"/>
@@ -21453,51 +21456,51 @@
       <x:c r="G331" s="0" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="H331" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="I331" s="4" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="J331" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L331" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M331" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N331" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O331" s="0" t="s">
-        <x:v>358</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="P331" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
         <x:v>616872</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
         <x:v>530</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
@@ -21514,51 +21517,51 @@
       <x:c r="G332" s="14" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="H332" s="14" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="I332" s="16" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="J332" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K332" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L332" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M332" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N332" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O332" s="14" t="s">
-        <x:v>358</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="P332" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="Q332" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R332" s="14" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="S332" s="14" t="n">
         <x:v>568847</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
         <x:v>532</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
@@ -21624,51 +21627,51 @@
       <x:c r="C334" s="15" t="n">
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D334" s="15" t="s"/>
       <x:c r="E334" s="14" t="s"/>
       <x:c r="F334" s="14" t="s"/>
       <x:c r="G334" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="H334" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="I334" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="J334" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K334" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L334" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M334" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O334" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P334" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
         <x:v>574912</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
@@ -22163,209 +22166,209 @@
       <x:c r="L343" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M343" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N343" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O343" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P343" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="Q343" s="4" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="R343" s="0" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="S343" s="0" t="n">
         <x:v>584582</x:v>
       </x:c>
       <x:c r="T343" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U343" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:21">
       <x:c r="A344" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B344" s="14" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="C344" s="15" t="s"/>
       <x:c r="D344" s="15" t="s"/>
       <x:c r="E344" s="14" t="s"/>
       <x:c r="F344" s="14" t="s"/>
       <x:c r="G344" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="H344" s="14" t="s"/>
       <x:c r="I344" s="16" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="J344" s="14" t="s"/>
       <x:c r="K344" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L344" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M344" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
         <x:v>576614</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C345" s="3" t="s"/>
       <x:c r="D345" s="3" t="s"/>
       <x:c r="G345" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="I345" s="4" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L345" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M345" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N345" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O345" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="P345" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="Q345" s="4" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="R345" s="0" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="S345" s="0" t="n">
         <x:v>576621</x:v>
       </x:c>
       <x:c r="T345" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U345" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:21">
       <x:c r="A346" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B346" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="C346" s="15" t="s"/>
       <x:c r="D346" s="15" t="s"/>
       <x:c r="E346" s="14" t="s"/>
       <x:c r="F346" s="14" t="s"/>
       <x:c r="G346" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="H346" s="14" t="s"/>
       <x:c r="I346" s="16" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="J346" s="14" t="s"/>
       <x:c r="K346" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L346" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M346" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N346" s="15" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O346" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="P346" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="Q346" s="16" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="R346" s="14" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="S346" s="14" t="n">
         <x:v>585515</x:v>
       </x:c>
       <x:c r="T346" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U346" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:21">
       <x:c r="A347" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C347" s="3" t="s"/>
       <x:c r="D347" s="3" t="s"/>
       <x:c r="G347" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="I347" s="4" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="K347" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L347" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M347" s="0" t="s">
         <x:v>73</x:v>
@@ -22420,54 +22423,54 @@
       <x:c r="L348" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M348" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N348" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O348" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="P348" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="Q348" s="16" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="R348" s="14" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="S348" s="14" t="n">
         <x:v>578375</x:v>
       </x:c>
       <x:c r="T348" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U348" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:21">
       <x:c r="A349" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C349" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D349" s="3" t="s"/>
       <x:c r="G349" s="0" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="I349" s="4" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="J349" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K349" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
@@ -22852,255 +22855,255 @@
       <x:c r="C356" s="15" t="s"/>
       <x:c r="D356" s="15" t="s"/>
       <x:c r="E356" s="14" t="s"/>
       <x:c r="F356" s="14" t="s"/>
       <x:c r="G356" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="H356" s="14" t="s"/>
       <x:c r="I356" s="16" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="J356" s="14" t="s"/>
       <x:c r="K356" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L356" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M356" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N356" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O356" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="P356" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="Q356" s="16" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="R356" s="14" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="S356" s="14" t="n">
         <x:v>576618</x:v>
       </x:c>
       <x:c r="T356" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="U356" s="16" t="s">
         <x:v>550</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:21">
       <x:c r="A357" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C357" s="3" t="s"/>
       <x:c r="D357" s="3" t="s"/>
       <x:c r="G357" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="I357" s="4" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="K357" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L357" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M357" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N357" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O357" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="P357" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="Q357" s="4" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="R357" s="0" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="S357" s="0" t="n">
         <x:v>576625</x:v>
       </x:c>
       <x:c r="T357" s="4" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="U357" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:21">
       <x:c r="A358" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B358" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C358" s="15" t="s"/>
       <x:c r="D358" s="15" t="s"/>
       <x:c r="E358" s="14" t="s"/>
       <x:c r="F358" s="14" t="s"/>
       <x:c r="G358" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="H358" s="14" t="s"/>
       <x:c r="I358" s="16" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="J358" s="14" t="s"/>
       <x:c r="K358" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L358" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M358" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N358" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O358" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="P358" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="Q358" s="16" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="R358" s="14" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="S358" s="14" t="n">
         <x:v>576624</x:v>
       </x:c>
       <x:c r="T358" s="16" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="U358" s="16" t="s">
         <x:v>553</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:21">
       <x:c r="A359" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="C359" s="3" t="s"/>
       <x:c r="D359" s="3" t="s"/>
       <x:c r="G359" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="I359" s="4" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="K359" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L359" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M359" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N359" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O359" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="P359" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="Q359" s="4" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="R359" s="0" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="S359" s="0" t="n">
         <x:v>576619</x:v>
       </x:c>
       <x:c r="T359" s="4" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="U359" s="4" t="s">
         <x:v>555</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:21">
       <x:c r="A360" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B360" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C360" s="15" t="s"/>
       <x:c r="D360" s="15" t="s"/>
       <x:c r="E360" s="14" t="s"/>
       <x:c r="F360" s="14" t="s"/>
       <x:c r="G360" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="H360" s="14" t="s"/>
       <x:c r="I360" s="16" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="J360" s="14" t="s"/>
       <x:c r="K360" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L360" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M360" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N360" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O360" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="P360" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="Q360" s="16" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="R360" s="14" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="S360" s="14" t="n">
         <x:v>576623</x:v>
       </x:c>
       <x:c r="T360" s="16" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="U360" s="16" t="s">
         <x:v>418</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:21">
       <x:c r="A361" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
@@ -23260,100 +23263,100 @@
       <x:c r="C364" s="15" t="s"/>
       <x:c r="D364" s="15" t="s"/>
       <x:c r="E364" s="14" t="s"/>
       <x:c r="F364" s="14" t="s"/>
       <x:c r="G364" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="H364" s="14" t="s"/>
       <x:c r="I364" s="16" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="J364" s="14" t="s"/>
       <x:c r="K364" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L364" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M364" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N364" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O364" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="P364" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="Q364" s="16" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="R364" s="14" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="S364" s="14" t="n">
         <x:v>576617</x:v>
       </x:c>
       <x:c r="T364" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U364" s="16" t="s">
         <x:v>566</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:21">
       <x:c r="A365" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="C365" s="3" t="s"/>
       <x:c r="D365" s="3" t="s"/>
       <x:c r="G365" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="I365" s="4" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L365" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M365" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N365" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O365" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="P365" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="Q365" s="4" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="R365" s="0" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="S365" s="0" t="n">
         <x:v>576616</x:v>
       </x:c>
       <x:c r="T365" s="4" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="U365" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:21">
       <x:c r="A366" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B366" s="14" t="s">
@@ -23392,127 +23395,127 @@
       </x:c>
       <x:c r="P366" s="14" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="Q366" s="16" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="R366" s="14" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="S366" s="14" t="n">
         <x:v>595882</x:v>
       </x:c>
       <x:c r="T366" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U366" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:21">
       <x:c r="A367" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C367" s="3" t="s"/>
       <x:c r="D367" s="3" t="s"/>
       <x:c r="G367" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="I367" s="4" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="K367" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L367" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M367" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N367" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O367" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="P367" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="Q367" s="4" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="R367" s="0" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="S367" s="0" t="n">
         <x:v>576626</x:v>
       </x:c>
       <x:c r="T367" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U367" s="4" t="s">
         <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:21">
       <x:c r="A368" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B368" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C368" s="15" t="s"/>
       <x:c r="D368" s="15" t="s"/>
       <x:c r="E368" s="14" t="s"/>
       <x:c r="F368" s="14" t="s"/>
       <x:c r="G368" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="H368" s="14" t="s"/>
       <x:c r="I368" s="16" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="J368" s="14" t="s"/>
       <x:c r="K368" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L368" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M368" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N368" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O368" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="P368" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="Q368" s="16" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="R368" s="14" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="S368" s="14" t="n">
         <x:v>576627</x:v>
       </x:c>
       <x:c r="T368" s="16" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="U368" s="16" t="s">
         <x:v>571</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:21">
       <x:c r="A369" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
@@ -23570,51 +23573,51 @@
       <x:c r="C370" s="15" t="s"/>
       <x:c r="D370" s="15" t="s"/>
       <x:c r="E370" s="14" t="s"/>
       <x:c r="F370" s="14" t="s"/>
       <x:c r="G370" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="H370" s="14" t="s"/>
       <x:c r="I370" s="16" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="J370" s="14" t="s"/>
       <x:c r="K370" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L370" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M370" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N370" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O370" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="P370" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="Q370" s="16" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="R370" s="14" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="S370" s="14" t="n">
         <x:v>576620</x:v>
       </x:c>
       <x:c r="T370" s="16" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="U370" s="16" t="s">
         <x:v>574</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:21">
       <x:c r="A371" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
@@ -23729,51 +23732,51 @@
         <x:v>52</x:v>
       </x:c>
       <x:c r="C373" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D373" s="3" t="s"/>
       <x:c r="E373" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G373" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="H373" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="I373" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J373" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K373" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L373" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M373" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N373" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O373" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P373" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="Q373" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R373" s="0" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="S373" s="0" t="n">
         <x:v>607666</x:v>
       </x:c>
       <x:c r="T373" s="4" t="s">
         <x:v>580</x:v>
       </x:c>
@@ -24306,51 +24309,51 @@
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="C383" s="3" t="s"/>
       <x:c r="D383" s="3" t="s"/>
       <x:c r="E383" s="0" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="F383" s="0" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="G383" s="0" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="I383" s="4" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="L383" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M383" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="N383" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O383" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="P383" s="0" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="Q383" s="4" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="R383" s="0" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="S383" s="0" t="n">
         <x:v>608213</x:v>
       </x:c>
       <x:c r="T383" s="4" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="U383" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
@@ -24386,51 +24389,51 @@
       <x:c r="L384" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M384" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N384" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O384" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P384" s="14" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="Q384" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R384" s="14" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="S384" s="14" t="n">
         <x:v>546837</x:v>
       </x:c>
       <x:c r="T384" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="U384" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:21">
       <x:c r="A385" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C385" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D385" s="3" t="s"/>
       <x:c r="E385" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G385" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="H385" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
@@ -24775,51 +24778,51 @@
         <x:v>52</x:v>
       </x:c>
       <x:c r="C391" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D391" s="3" t="s"/>
       <x:c r="E391" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G391" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="H391" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="I391" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J391" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K391" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L391" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M391" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N391" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O391" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P391" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="Q391" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R391" s="0" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="S391" s="0" t="n">
         <x:v>556629</x:v>
       </x:c>
       <x:c r="T391" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
@@ -24836,51 +24839,51 @@
       </x:c>
       <x:c r="C392" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D392" s="15" t="s"/>
       <x:c r="E392" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F392" s="14" t="s"/>
       <x:c r="G392" s="14" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="H392" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="I392" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J392" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K392" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L392" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M392" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N392" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O392" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P392" s="14" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="Q392" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R392" s="14" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="S392" s="14" t="n">
         <x:v>556632</x:v>
       </x:c>
       <x:c r="T392" s="16" t="s">
         <x:v>445</x:v>
       </x:c>
@@ -24896,51 +24899,51 @@
         <x:v>450</x:v>
       </x:c>
       <x:c r="C393" s="3" t="n">
         <x:v>37346</x:v>
       </x:c>
       <x:c r="D393" s="3" t="s"/>
       <x:c r="E393" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G393" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="H393" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="I393" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J393" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L393" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M393" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N393" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O393" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="P393" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="Q393" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R393" s="0" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="S393" s="0" t="n">
         <x:v>556634</x:v>
       </x:c>
       <x:c r="T393" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
@@ -26721,51 +26724,51 @@
       <x:c r="M424" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N424" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O424" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P424" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="Q424" s="16" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="R424" s="14" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="S424" s="14" t="n">
         <x:v>592351</x:v>
       </x:c>
       <x:c r="T424" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U424" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:21">
       <x:c r="A425" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C425" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D425" s="3" t="s"/>
       <x:c r="G425" s="0" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="I425" s="4" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="J425" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K425" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
@@ -26997,51 +27000,51 @@
       <x:c r="M429" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N429" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O429" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P429" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="Q429" s="4" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="R429" s="0" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="S429" s="0" t="n">
         <x:v>592354</x:v>
       </x:c>
       <x:c r="T429" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U429" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:21">
       <x:c r="A430" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B430" s="14" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="C430" s="15" t="n">
         <x:v>35455</x:v>
       </x:c>
       <x:c r="D430" s="15" t="s"/>
       <x:c r="E430" s="14" t="s"/>
       <x:c r="F430" s="14" t="s"/>
       <x:c r="G430" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H430" s="14" t="s"/>
       <x:c r="I430" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J430" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -27054,51 +27057,51 @@
       <x:c r="M430" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N430" s="15" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O430" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P430" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q430" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R430" s="14" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="S430" s="14" t="n">
         <x:v>596797</x:v>
       </x:c>
       <x:c r="T430" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U430" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:21">
       <x:c r="A431" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="C431" s="3" t="n">
         <x:v>38997</x:v>
       </x:c>
       <x:c r="D431" s="3" t="s"/>
       <x:c r="G431" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I431" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J431" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K431" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
@@ -27218,127 +27221,127 @@
       </x:c>
       <x:c r="P433" s="0" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="Q433" s="4" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="R433" s="0" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="S433" s="0" t="n">
         <x:v>594658</x:v>
       </x:c>
       <x:c r="T433" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U433" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:21">
       <x:c r="A434" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B434" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C434" s="15" t="s"/>
       <x:c r="D434" s="15" t="s"/>
       <x:c r="E434" s="14" t="s"/>
       <x:c r="F434" s="14" t="s"/>
       <x:c r="G434" s="14" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="H434" s="14" t="s"/>
       <x:c r="I434" s="16" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="J434" s="14" t="s"/>
       <x:c r="K434" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L434" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M434" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N434" s="15" t="n">
         <x:v>24254</x:v>
       </x:c>
       <x:c r="O434" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="P434" s="14" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="Q434" s="16" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="R434" s="14" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="S434" s="14" t="n">
         <x:v>592911</x:v>
       </x:c>
       <x:c r="T434" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U434" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:21">
       <x:c r="A435" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="C435" s="3" t="s"/>
       <x:c r="D435" s="3" t="s"/>
       <x:c r="G435" s="0" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="I435" s="4" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="K435" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L435" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M435" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N435" s="3" t="n">
         <x:v>24254</x:v>
       </x:c>
       <x:c r="O435" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="P435" s="0" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="Q435" s="4" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="R435" s="0" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="S435" s="0" t="n">
         <x:v>592582</x:v>
       </x:c>
       <x:c r="T435" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U435" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:21">
       <x:c r="A436" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B436" s="14" t="s">
@@ -27369,51 +27372,51 @@
       <x:c r="M436" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N436" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O436" s="14" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="P436" s="14" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="Q436" s="16" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="R436" s="14" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="S436" s="14" t="n">
         <x:v>592044</x:v>
       </x:c>
       <x:c r="T436" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U436" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:21">
       <x:c r="A437" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="C437" s="3" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D437" s="3" t="s"/>
       <x:c r="G437" s="0" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="I437" s="4" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="J437" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K437" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
@@ -27534,51 +27537,51 @@
       <x:c r="M439" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N439" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O439" s="0" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="P439" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="Q439" s="4" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="R439" s="0" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="S439" s="0" t="n">
         <x:v>592043</x:v>
       </x:c>
       <x:c r="T439" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U439" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:21">
       <x:c r="A440" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B440" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="C440" s="15" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D440" s="15" t="s"/>
       <x:c r="E440" s="14" t="s"/>
       <x:c r="F440" s="14" t="s"/>
       <x:c r="G440" s="14" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="H440" s="14" t="s"/>
       <x:c r="I440" s="16" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="J440" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
@@ -27616,182 +27619,182 @@
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:21">
       <x:c r="A441" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C441" s="3" t="s"/>
       <x:c r="D441" s="3" t="s"/>
       <x:c r="G441" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="H441" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="I441" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="K441" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L441" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M441" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="N441" s="3" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O441" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="P441" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="Q441" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R441" s="0" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="S441" s="0" t="n">
         <x:v>567366</x:v>
       </x:c>
       <x:c r="T441" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="U441" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:21">
       <x:c r="A442" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B442" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C442" s="15" t="s"/>
       <x:c r="D442" s="15" t="s"/>
       <x:c r="E442" s="14" t="s"/>
       <x:c r="F442" s="14" t="s"/>
       <x:c r="G442" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="H442" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="I442" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="J442" s="14" t="s"/>
       <x:c r="K442" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L442" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M442" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N442" s="15" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O442" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="P442" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="Q442" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R442" s="14" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="S442" s="14" t="n">
         <x:v>567359</x:v>
       </x:c>
       <x:c r="T442" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="U442" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:21">
       <x:c r="A443" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="C443" s="3" t="s"/>
       <x:c r="D443" s="3" t="s"/>
       <x:c r="G443" s="0" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="I443" s="4" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="K443" s="0" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="L443" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M443" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="N443" s="3" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O443" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="P443" s="0" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="Q443" s="4" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="R443" s="0" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="S443" s="0" t="n">
         <x:v>531243</x:v>
       </x:c>
       <x:c r="T443" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="U443" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:21">
       <x:c r="A444" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B444" s="14" t="s">
         <x:v>653</x:v>
       </x:c>
       <x:c r="C444" s="15" t="n">
         <x:v>34408</x:v>
       </x:c>
       <x:c r="D444" s="15" t="s"/>
       <x:c r="E444" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F444" s="14" t="s"/>
       <x:c r="G444" s="14" t="s">
         <x:v>654</x:v>
       </x:c>
       <x:c r="H444" s="14" t="s"/>
       <x:c r="I444" s="16" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="J444" s="14" t="s">
@@ -27828,131 +27831,131 @@
         <x:v>223</x:v>
       </x:c>
       <x:c r="U444" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:21">
       <x:c r="A445" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="C445" s="3" t="s"/>
       <x:c r="D445" s="3" t="s"/>
       <x:c r="G445" s="0" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="I445" s="4" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="K445" s="0" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="L445" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M445" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="N445" s="3" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O445" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="P445" s="0" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="Q445" s="4" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="R445" s="0" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="S445" s="0" t="n">
         <x:v>516303</x:v>
       </x:c>
       <x:c r="T445" s="4" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="U445" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:21">
       <x:c r="A446" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B446" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C446" s="15" t="s"/>
       <x:c r="D446" s="15" t="s"/>
       <x:c r="E446" s="14" t="s"/>
       <x:c r="F446" s="14" t="s"/>
       <x:c r="G446" s="14" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="H446" s="14" t="s"/>
       <x:c r="I446" s="16" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="J446" s="14" t="s"/>
       <x:c r="K446" s="14" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="L446" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M446" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="N446" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O446" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="P446" s="14" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="Q446" s="16" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="R446" s="14" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="S446" s="14" t="n">
         <x:v>517112</x:v>
       </x:c>
       <x:c r="T446" s="16" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="U446" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:21">
       <x:c r="A447" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C447" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D447" s="3" t="s"/>
       <x:c r="E447" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G447" s="0" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="I447" s="4" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="J447" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -28205,126 +28208,126 @@
       </x:c>
       <x:c r="P451" s="0" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="Q451" s="4" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="R451" s="0" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="S451" s="0" t="n">
         <x:v>554510</x:v>
       </x:c>
       <x:c r="T451" s="4" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="U451" s="4" t="s">
         <x:v>667</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:21">
       <x:c r="A452" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B452" s="14" t="s">
-        <x:v>336</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="C452" s="15" t="s"/>
       <x:c r="D452" s="15" t="s"/>
       <x:c r="E452" s="14" t="s"/>
       <x:c r="F452" s="14" t="s"/>
       <x:c r="G452" s="14" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="H452" s="14" t="s"/>
       <x:c r="I452" s="16" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="J452" s="14" t="s"/>
       <x:c r="K452" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L452" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M452" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N452" s="15" t="n">
         <x:v>24254</x:v>
       </x:c>
       <x:c r="O452" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="P452" s="14" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="Q452" s="16" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="R452" s="14" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="S452" s="14" t="n">
         <x:v>592937</x:v>
       </x:c>
       <x:c r="T452" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U452" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:21">
       <x:c r="A453" s="1" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="C453" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D453" s="3" t="s"/>
       <x:c r="G453" s="0" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="I453" s="4" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="J453" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K453" s="0" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="L453" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M453" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="N453" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O453" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P453" s="0" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="Q453" s="4" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="R453" s="0" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="S453" s="0" t="n">
         <x:v>601759</x:v>
       </x:c>
       <x:c r="T453" s="4" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="U453" s="4" t="s">
         <x:v>671</x:v>
       </x:c>
@@ -28337,51 +28340,51 @@
         <x:v>672</x:v>
       </x:c>
       <x:c r="C454" s="15" t="n">
         <x:v>37638</x:v>
       </x:c>
       <x:c r="D454" s="15" t="s"/>
       <x:c r="E454" s="14" t="s"/>
       <x:c r="F454" s="14" t="s"/>
       <x:c r="G454" s="14" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="H454" s="14" t="s"/>
       <x:c r="I454" s="16" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="J454" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K454" s="14" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="L454" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M454" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="N454" s="15" t="n">
         <x:v>24218</x:v>
       </x:c>
       <x:c r="O454" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="P454" s="14" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="Q454" s="16" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="R454" s="14" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="S454" s="14" t="n">
         <x:v>601772</x:v>
       </x:c>
       <x:c r="T454" s="16" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="U454" s="16" t="s">
         <x:v>673</x:v>
       </x:c>
@@ -28391,158 +28394,158 @@
         <x:v>178</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="C455" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D455" s="3" t="s"/>
       <x:c r="G455" s="0" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="I455" s="4" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="J455" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K455" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="L455" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M455" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="N455" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O455" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P455" s="0" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="Q455" s="4" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="R455" s="0" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="S455" s="0" t="n">
         <x:v>571770</x:v>
       </x:c>
       <x:c r="T455" s="4" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="U455" s="4" t="s">
         <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:21">
       <x:c r="A456" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B456" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C456" s="15" t="s"/>
       <x:c r="D456" s="15" t="s"/>
       <x:c r="E456" s="14" t="s"/>
       <x:c r="F456" s="14" t="s"/>
       <x:c r="G456" s="14" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="H456" s="14" t="s"/>
       <x:c r="I456" s="16" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="J456" s="14" t="s"/>
       <x:c r="K456" s="14" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="L456" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M456" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="N456" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O456" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="P456" s="14" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="Q456" s="16" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="R456" s="14" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="S456" s="14" t="n">
         <x:v>520242</x:v>
       </x:c>
       <x:c r="T456" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U456" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:21">
       <x:c r="A457" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="C457" s="3" t="n">
         <x:v>38461</x:v>
       </x:c>
       <x:c r="D457" s="3" t="s"/>
       <x:c r="G457" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="H457" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="I457" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="J457" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K457" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L457" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M457" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N457" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O457" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P457" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="Q457" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="R457" s="0" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="S457" s="0" t="n">
         <x:v>615182</x:v>
       </x:c>
       <x:c r="T457" s="4" t="s">
         <x:v>678</x:v>
       </x:c>
@@ -28783,100 +28786,100 @@
       </x:c>
     </x:row>
     <x:row r="462" spans="1:21">
       <x:c r="A462" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B462" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C462" s="15" t="s"/>
       <x:c r="D462" s="15" t="s"/>
       <x:c r="E462" s="14" t="s"/>
       <x:c r="F462" s="14" t="s"/>
       <x:c r="G462" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H462" s="14" t="s"/>
       <x:c r="I462" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J462" s="14" t="s"/>
       <x:c r="K462" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L462" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M462" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N462" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O462" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P462" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q462" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R462" s="14" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="S462" s="14" t="n">
         <x:v>605035</x:v>
       </x:c>
       <x:c r="T462" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U462" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:21">
       <x:c r="A463" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C463" s="3" t="s"/>
       <x:c r="D463" s="3" t="s"/>
       <x:c r="G463" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="I463" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="K463" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L463" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M463" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N463" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O463" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P463" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q463" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R463" s="0" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="S463" s="0" t="n">
         <x:v>615478</x:v>
       </x:c>
       <x:c r="T463" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
@@ -28885,406 +28888,406 @@
       </x:c>
     </x:row>
     <x:row r="464" spans="1:21">
       <x:c r="A464" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B464" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C464" s="15" t="s"/>
       <x:c r="D464" s="15" t="s"/>
       <x:c r="E464" s="14" t="s"/>
       <x:c r="F464" s="14" t="s"/>
       <x:c r="G464" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H464" s="14" t="s"/>
       <x:c r="I464" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J464" s="14" t="s"/>
       <x:c r="K464" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L464" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M464" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N464" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O464" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P464" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q464" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R464" s="14" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="S464" s="14" t="n">
         <x:v>615465</x:v>
       </x:c>
       <x:c r="T464" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="U464" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:21">
       <x:c r="A465" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="C465" s="3" t="s"/>
       <x:c r="D465" s="3" t="s"/>
       <x:c r="G465" s="0" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="I465" s="4" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="K465" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="L465" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M465" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="N465" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O465" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P465" s="0" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="Q465" s="4" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="R465" s="0" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="S465" s="0" t="n">
         <x:v>617896</x:v>
       </x:c>
       <x:c r="T465" s="4" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="U465" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:21">
       <x:c r="A466" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B466" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C466" s="15" t="s"/>
       <x:c r="D466" s="15" t="s"/>
       <x:c r="E466" s="14" t="s"/>
       <x:c r="F466" s="14" t="s"/>
       <x:c r="G466" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H466" s="14" t="s"/>
       <x:c r="I466" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J466" s="14" t="s"/>
       <x:c r="K466" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L466" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M466" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N466" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O466" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P466" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q466" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R466" s="14" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="S466" s="14" t="n">
         <x:v>605018</x:v>
       </x:c>
       <x:c r="T466" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U466" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:21">
       <x:c r="A467" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="C467" s="3" t="s"/>
       <x:c r="D467" s="3" t="s"/>
       <x:c r="G467" s="0" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="I467" s="4" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="K467" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="L467" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M467" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="N467" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O467" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="P467" s="0" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="Q467" s="4" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="R467" s="0" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="S467" s="0" t="n">
         <x:v>572255</x:v>
       </x:c>
       <x:c r="T467" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="U467" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:21">
       <x:c r="A468" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B468" s="14" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="C468" s="15" t="s"/>
       <x:c r="D468" s="15" t="s"/>
       <x:c r="E468" s="14" t="s"/>
       <x:c r="F468" s="14" t="s"/>
       <x:c r="G468" s="14" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="H468" s="14" t="s"/>
       <x:c r="I468" s="16" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="J468" s="14" t="s"/>
       <x:c r="K468" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="L468" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M468" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="N468" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O468" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="P468" s="14" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="Q468" s="16" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="R468" s="14" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="S468" s="14" t="n">
         <x:v>534509</x:v>
       </x:c>
       <x:c r="T468" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="U468" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:21">
       <x:c r="A469" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="C469" s="3" t="s"/>
       <x:c r="D469" s="3" t="s"/>
       <x:c r="G469" s="0" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="I469" s="4" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="K469" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="L469" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M469" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="N469" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O469" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P469" s="0" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="Q469" s="4" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="R469" s="0" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="S469" s="0" t="n">
         <x:v>557983</x:v>
       </x:c>
       <x:c r="T469" s="4" t="s">
         <x:v>694</x:v>
       </x:c>
       <x:c r="U469" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:21">
       <x:c r="A470" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B470" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C470" s="15" t="s"/>
       <x:c r="D470" s="15" t="s"/>
       <x:c r="E470" s="14" t="s"/>
       <x:c r="F470" s="14" t="s"/>
       <x:c r="G470" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H470" s="14" t="s"/>
       <x:c r="I470" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J470" s="14" t="s"/>
       <x:c r="K470" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L470" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M470" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N470" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O470" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P470" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q470" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R470" s="14" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="S470" s="14" t="n">
         <x:v>605030</x:v>
       </x:c>
       <x:c r="T470" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U470" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:21">
       <x:c r="A471" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C471" s="3" t="s"/>
       <x:c r="D471" s="3" t="s"/>
       <x:c r="G471" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="I471" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="K471" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L471" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M471" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N471" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O471" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P471" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q471" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R471" s="0" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="S471" s="0" t="n">
         <x:v>615475</x:v>
       </x:c>
       <x:c r="T471" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
@@ -29982,73 +29985,73 @@
         <x:v>607856</x:v>
       </x:c>
       <x:c r="T483" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U483" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:21">
       <x:c r="A484" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B484" s="14" t="s">
         <x:v>707</x:v>
       </x:c>
       <x:c r="C484" s="15" t="s"/>
       <x:c r="D484" s="15" t="s"/>
       <x:c r="E484" s="14" t="s"/>
       <x:c r="F484" s="14" t="s"/>
       <x:c r="G484" s="14" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="H484" s="14" t="s"/>
       <x:c r="I484" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="J484" s="14" t="s"/>
       <x:c r="K484" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L484" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M484" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N484" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O484" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P484" s="14" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="Q484" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R484" s="14" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="S484" s="14" t="n">
         <x:v>592803</x:v>
       </x:c>
       <x:c r="T484" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U484" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:21">
       <x:c r="A485" s="1" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="C485" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D485" s="3" t="s"/>
@@ -30377,75 +30380,75 @@
       <x:c r="S490" s="14" t="n">
         <x:v>608472</x:v>
       </x:c>
       <x:c r="T490" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U490" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:21">
       <x:c r="A491" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C491" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D491" s="3" t="s"/>
       <x:c r="G491" s="0" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="I491" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="J491" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K491" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L491" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M491" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N491" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O491" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P491" s="0" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="Q491" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R491" s="0" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="S491" s="0" t="n">
         <x:v>595878</x:v>
       </x:c>
       <x:c r="T491" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U491" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:21">
       <x:c r="A492" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B492" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C492" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D492" s="15" t="s"/>
@@ -30460,51 +30463,51 @@
       <x:c r="I492" s="16" t="s">
         <x:v>723</x:v>
       </x:c>
       <x:c r="J492" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K492" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L492" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M492" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N492" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O492" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P492" s="14" t="s">
         <x:v>724</x:v>
       </x:c>
       <x:c r="Q492" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R492" s="14" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="S492" s="14" t="n">
         <x:v>603559</x:v>
       </x:c>
       <x:c r="T492" s="16" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="U492" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:21">
       <x:c r="A493" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C493" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D493" s="3" t="s"/>
@@ -30517,51 +30520,51 @@
       <x:c r="I493" s="4" t="s">
         <x:v>723</x:v>
       </x:c>
       <x:c r="J493" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K493" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L493" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M493" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N493" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O493" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P493" s="0" t="s">
         <x:v>724</x:v>
       </x:c>
       <x:c r="Q493" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R493" s="0" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="S493" s="0" t="n">
         <x:v>603560</x:v>
       </x:c>
       <x:c r="T493" s="4" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="U493" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:21">
       <x:c r="A494" s="13" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B494" s="14" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="C494" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D494" s="15" t="s"/>
@@ -30602,72 +30605,72 @@
         <x:v>706</x:v>
       </x:c>
       <x:c r="S494" s="14" t="n">
         <x:v>599725</x:v>
       </x:c>
       <x:c r="T494" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U494" s="16" t="s">
         <x:v>725</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:21">
       <x:c r="A495" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="C495" s="3" t="s"/>
       <x:c r="D495" s="3" t="s"/>
       <x:c r="G495" s="0" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="I495" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="K495" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L495" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M495" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N495" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O495" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="P495" s="0" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="Q495" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R495" s="0" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="S495" s="0" t="n">
         <x:v>592198</x:v>
       </x:c>
       <x:c r="T495" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U495" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:21">
       <x:c r="A496" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B496" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C496" s="15" t="n">
         <x:v>36075</x:v>
       </x:c>
       <x:c r="D496" s="15" t="s"/>
@@ -30682,51 +30685,51 @@
       <x:c r="I496" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J496" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K496" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L496" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M496" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N496" s="15" t="n">
         <x:v>24210</x:v>
       </x:c>
       <x:c r="O496" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P496" s="14" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="Q496" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R496" s="14" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="S496" s="14" t="n">
         <x:v>601236</x:v>
       </x:c>
       <x:c r="T496" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U496" s="16" t="s">
         <x:v>728</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:21">
       <x:c r="A497" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C497" s="3" t="n">
         <x:v>40864</x:v>
       </x:c>
       <x:c r="D497" s="3" t="s"/>
@@ -30739,165 +30742,165 @@
       <x:c r="I497" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J497" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K497" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L497" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M497" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N497" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O497" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P497" s="0" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="Q497" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R497" s="0" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="S497" s="0" t="n">
         <x:v>601247</x:v>
       </x:c>
       <x:c r="T497" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U497" s="4" t="s">
         <x:v>729</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:21">
       <x:c r="A498" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B498" s="14" t="s">
         <x:v>715</x:v>
       </x:c>
       <x:c r="C498" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D498" s="15" t="s"/>
       <x:c r="E498" s="14" t="s"/>
       <x:c r="F498" s="14" t="s"/>
       <x:c r="G498" s="14" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="H498" s="14" t="s"/>
       <x:c r="I498" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="J498" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K498" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L498" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M498" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N498" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O498" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P498" s="14" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="Q498" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R498" s="14" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="S498" s="14" t="n">
         <x:v>599419</x:v>
       </x:c>
       <x:c r="T498" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="U498" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:21">
       <x:c r="A499" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C499" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D499" s="3" t="s"/>
       <x:c r="E499" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G499" s="0" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="I499" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="J499" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K499" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L499" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M499" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N499" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O499" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P499" s="0" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="Q499" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R499" s="0" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="S499" s="0" t="n">
         <x:v>601935</x:v>
       </x:c>
       <x:c r="T499" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="U499" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:21">
       <x:c r="A500" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B500" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C500" s="15" t="n">
         <x:v>38779</x:v>
       </x:c>
       <x:c r="D500" s="15" t="s"/>
@@ -30912,108 +30915,108 @@
       <x:c r="I500" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J500" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K500" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L500" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M500" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N500" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O500" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P500" s="14" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="Q500" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R500" s="14" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="S500" s="14" t="n">
         <x:v>601256</x:v>
       </x:c>
       <x:c r="T500" s="16" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="U500" s="16" t="s">
         <x:v>731</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:21">
       <x:c r="A501" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C501" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D501" s="3" t="s"/>
       <x:c r="E501" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G501" s="0" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="I501" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="J501" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K501" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L501" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M501" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N501" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O501" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P501" s="0" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="Q501" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R501" s="0" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="S501" s="0" t="n">
         <x:v>601936</x:v>
       </x:c>
       <x:c r="T501" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="U501" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:21">
       <x:c r="A502" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B502" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C502" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D502" s="15" t="s"/>
@@ -31247,51 +31250,51 @@
       </x:c>
       <x:c r="C506" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D506" s="15" t="s"/>
       <x:c r="E506" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F506" s="14" t="s"/>
       <x:c r="G506" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="H506" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="I506" s="16" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="J506" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K506" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L506" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M506" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N506" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O506" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P506" s="14" t="s">
         <x:v>733</x:v>
       </x:c>
       <x:c r="Q506" s="16" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="R506" s="14" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="S506" s="14" t="n">
         <x:v>608275</x:v>
       </x:c>
       <x:c r="T506" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
@@ -31406,113 +31409,113 @@
       <x:c r="S508" s="14" t="n">
         <x:v>595555</x:v>
       </x:c>
       <x:c r="T508" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U508" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:21">
       <x:c r="A509" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C509" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D509" s="3" t="s"/>
       <x:c r="G509" s="0" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="I509" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="J509" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K509" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L509" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M509" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N509" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O509" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P509" s="0" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="Q509" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R509" s="0" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="S509" s="0" t="n">
         <x:v>595546</x:v>
       </x:c>
       <x:c r="T509" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U509" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:21">
       <x:c r="A510" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B510" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C510" s="15" t="s"/>
       <x:c r="D510" s="15" t="s"/>
       <x:c r="E510" s="14" t="s"/>
       <x:c r="F510" s="14" t="s"/>
       <x:c r="G510" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H510" s="14" t="s"/>
       <x:c r="I510" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J510" s="14" t="s"/>
       <x:c r="K510" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L510" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M510" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N510" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O510" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P510" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q510" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R510" s="14" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="S510" s="14" t="n">
         <x:v>615483</x:v>
       </x:c>
       <x:c r="T510" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
@@ -31570,289 +31573,289 @@
       <x:c r="T511" s="4" t="s">
         <x:v>735</x:v>
       </x:c>
       <x:c r="U511" s="4" t="s">
         <x:v>736</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:21">
       <x:c r="A512" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B512" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C512" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D512" s="15" t="s"/>
       <x:c r="E512" s="14" t="s"/>
       <x:c r="F512" s="14" t="s"/>
       <x:c r="G512" s="14" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="H512" s="14" t="s"/>
       <x:c r="I512" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="J512" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K512" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L512" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M512" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N512" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O512" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P512" s="14" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="Q512" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R512" s="14" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="S512" s="14" t="n">
         <x:v>599461</x:v>
       </x:c>
       <x:c r="T512" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U512" s="16" t="s">
         <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:21">
       <x:c r="A513" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C513" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D513" s="3" t="s"/>
       <x:c r="E513" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G513" s="0" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="I513" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="J513" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K513" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L513" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M513" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N513" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O513" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P513" s="0" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="Q513" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R513" s="0" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="S513" s="0" t="n">
         <x:v>601940</x:v>
       </x:c>
       <x:c r="T513" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U513" s="4" t="s">
         <x:v>737</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:21">
       <x:c r="A514" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B514" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C514" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D514" s="15" t="s"/>
       <x:c r="E514" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F514" s="14" t="s"/>
       <x:c r="G514" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="H514" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="I514" s="16" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="J514" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K514" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L514" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M514" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N514" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O514" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P514" s="14" t="s">
         <x:v>733</x:v>
       </x:c>
       <x:c r="Q514" s="16" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="R514" s="14" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="S514" s="14" t="n">
         <x:v>608183</x:v>
       </x:c>
       <x:c r="T514" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U514" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:21">
       <x:c r="A515" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C515" s="3" t="s"/>
       <x:c r="D515" s="3" t="s"/>
       <x:c r="G515" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="I515" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="K515" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L515" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M515" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N515" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O515" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P515" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q515" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R515" s="0" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="S515" s="0" t="n">
         <x:v>605041</x:v>
       </x:c>
       <x:c r="T515" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U515" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:21">
       <x:c r="A516" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B516" s="14" t="s">
         <x:v>738</x:v>
       </x:c>
       <x:c r="C516" s="15" t="s"/>
       <x:c r="D516" s="15" t="s"/>
       <x:c r="E516" s="14" t="s">
         <x:v>739</x:v>
       </x:c>
       <x:c r="F516" s="14" t="s">
         <x:v>740</x:v>
       </x:c>
       <x:c r="G516" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="H516" s="14" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="I516" s="16" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="J516" s="14" t="s"/>
       <x:c r="K516" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="L516" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M516" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="N516" s="15" t="n">
         <x:v>31004</x:v>
       </x:c>
       <x:c r="O516" s="14" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="P516" s="14" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="Q516" s="16" t="s">
         <x:v>743</x:v>
       </x:c>
       <x:c r="R516" s="14" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="S516" s="14" t="n">
         <x:v>583890</x:v>
       </x:c>
       <x:c r="T516" s="16" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="U516" s="16" t="s">
         <x:v>744</x:v>
       </x:c>
@@ -31877,51 +31880,51 @@
       <x:c r="I517" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J517" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K517" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L517" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M517" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N517" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O517" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P517" s="0" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="Q517" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R517" s="0" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="S517" s="0" t="n">
         <x:v>549300</x:v>
       </x:c>
       <x:c r="T517" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U517" s="4" t="s">
         <x:v>745</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:21">
       <x:c r="A518" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B518" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C518" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D518" s="15" t="s"/>
@@ -31964,356 +31967,356 @@
       <x:c r="S518" s="14" t="n">
         <x:v>581515</x:v>
       </x:c>
       <x:c r="T518" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="U518" s="16" t="s">
         <x:v>512</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:21">
       <x:c r="A519" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C519" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D519" s="3" t="s"/>
       <x:c r="G519" s="0" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="I519" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="J519" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K519" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L519" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M519" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N519" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O519" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P519" s="0" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="Q519" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R519" s="0" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="S519" s="0" t="n">
         <x:v>497069</x:v>
       </x:c>
       <x:c r="T519" s="4" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="U519" s="4" t="s">
         <x:v>746</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:21">
       <x:c r="A520" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B520" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C520" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D520" s="15" t="s"/>
       <x:c r="E520" s="14" t="s"/>
       <x:c r="F520" s="14" t="s"/>
       <x:c r="G520" s="14" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="H520" s="14" t="s"/>
       <x:c r="I520" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="J520" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K520" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L520" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M520" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N520" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O520" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P520" s="14" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="Q520" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R520" s="14" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="S520" s="14" t="n">
         <x:v>497070</x:v>
       </x:c>
       <x:c r="T520" s="16" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="U520" s="16" t="s">
         <x:v>746</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:21">
       <x:c r="A521" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C521" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D521" s="3" t="s"/>
       <x:c r="E521" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G521" s="0" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="I521" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="J521" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K521" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L521" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M521" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N521" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O521" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P521" s="0" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="Q521" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R521" s="0" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="S521" s="0" t="n">
         <x:v>498534</x:v>
       </x:c>
       <x:c r="T521" s="4" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="U521" s="4" t="s">
         <x:v>680</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:21">
       <x:c r="A522" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B522" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C522" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D522" s="15" t="s"/>
       <x:c r="E522" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F522" s="14" t="s"/>
       <x:c r="G522" s="14" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="H522" s="14" t="s"/>
       <x:c r="I522" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="J522" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K522" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L522" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M522" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N522" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O522" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P522" s="14" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="Q522" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R522" s="14" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="S522" s="14" t="n">
         <x:v>498535</x:v>
       </x:c>
       <x:c r="T522" s="16" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="U522" s="16" t="s">
         <x:v>680</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:21">
       <x:c r="A523" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="C523" s="3" t="s"/>
       <x:c r="D523" s="3" t="s"/>
       <x:c r="G523" s="0" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="I523" s="4" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="K523" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L523" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M523" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N523" s="3" t="n">
         <x:v>71701</x:v>
       </x:c>
       <x:c r="O523" s="0" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="P523" s="0" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="Q523" s="4" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="R523" s="0" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="S523" s="0" t="n">
         <x:v>566989</x:v>
       </x:c>
       <x:c r="T523" s="4" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="U523" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:21">
       <x:c r="A524" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B524" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C524" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D524" s="15" t="s"/>
       <x:c r="E524" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F524" s="14" t="s"/>
       <x:c r="G524" s="14" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="H524" s="14" t="s"/>
       <x:c r="I524" s="16" t="s">
         <x:v>723</x:v>
       </x:c>
       <x:c r="J524" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K524" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L524" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M524" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N524" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O524" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P524" s="14" t="s">
         <x:v>724</x:v>
       </x:c>
       <x:c r="Q524" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R524" s="14" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="S524" s="14" t="n">
         <x:v>499873</x:v>
       </x:c>
       <x:c r="T524" s="16" t="s">
         <x:v>747</x:v>
       </x:c>
       <x:c r="U524" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:21">
       <x:c r="A525" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B525" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C525" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D525" s="3" t="s"/>
@@ -32326,51 +32329,51 @@
       <x:c r="I525" s="4" t="s">
         <x:v>723</x:v>
       </x:c>
       <x:c r="J525" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K525" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L525" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M525" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N525" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O525" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P525" s="0" t="s">
         <x:v>724</x:v>
       </x:c>
       <x:c r="Q525" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R525" s="0" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="S525" s="0" t="n">
         <x:v>499876</x:v>
       </x:c>
       <x:c r="T525" s="4" t="s">
         <x:v>747</x:v>
       </x:c>
       <x:c r="U525" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:21">
       <x:c r="A526" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B526" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C526" s="15" t="n">
         <x:v>34602</x:v>
       </x:c>
       <x:c r="D526" s="15" t="s"/>
@@ -32385,51 +32388,51 @@
       <x:c r="I526" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J526" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K526" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L526" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M526" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N526" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O526" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P526" s="14" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="Q526" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R526" s="14" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="S526" s="14" t="n">
         <x:v>497988</x:v>
       </x:c>
       <x:c r="T526" s="16" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="U526" s="16" t="s">
         <x:v>576</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:21">
       <x:c r="A527" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B527" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C527" s="3" t="n">
         <x:v>38779</x:v>
       </x:c>
       <x:c r="D527" s="3" t="s"/>
@@ -32442,51 +32445,51 @@
       <x:c r="I527" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J527" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K527" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L527" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M527" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N527" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O527" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P527" s="0" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="Q527" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R527" s="0" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="S527" s="0" t="n">
         <x:v>542192</x:v>
       </x:c>
       <x:c r="T527" s="4" t="s">
         <x:v>748</x:v>
       </x:c>
       <x:c r="U527" s="4" t="s">
         <x:v>555</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:21">
       <x:c r="A528" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B528" s="14" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="C528" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D528" s="15" t="s"/>
@@ -32533,153 +32536,153 @@
         <x:v>50</x:v>
       </x:c>
       <x:c r="U528" s="16" t="s">
         <x:v>575</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:21">
       <x:c r="A529" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B529" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C529" s="3" t="s"/>
       <x:c r="D529" s="3" t="s"/>
       <x:c r="G529" s="0" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="I529" s="4" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="K529" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L529" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M529" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="N529" s="3" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O529" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="P529" s="0" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="Q529" s="4" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="R529" s="0" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="S529" s="0" t="n">
         <x:v>578640</x:v>
       </x:c>
       <x:c r="T529" s="4" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="U529" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:21">
       <x:c r="A530" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B530" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="C530" s="15" t="s"/>
       <x:c r="D530" s="15" t="s"/>
       <x:c r="E530" s="14" t="s"/>
       <x:c r="F530" s="14" t="s"/>
       <x:c r="G530" s="14" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="H530" s="14" t="s"/>
       <x:c r="I530" s="16" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="J530" s="14" t="s"/>
       <x:c r="K530" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L530" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M530" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N530" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O530" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P530" s="14" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="Q530" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R530" s="14" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="S530" s="14" t="n">
         <x:v>505180</x:v>
       </x:c>
       <x:c r="T530" s="16" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="U530" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:21">
       <x:c r="A531" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B531" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="C531" s="3" t="s"/>
       <x:c r="D531" s="3" t="s"/>
       <x:c r="G531" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="I531" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="K531" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L531" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M531" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N531" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O531" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P531" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="Q531" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R531" s="0" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="S531" s="0" t="n">
         <x:v>568782</x:v>
       </x:c>
       <x:c r="T531" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
@@ -32754,51 +32757,51 @@
         <x:v>52</x:v>
       </x:c>
       <x:c r="C533" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D533" s="3" t="s"/>
       <x:c r="E533" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G533" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="H533" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="I533" s="4" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="J533" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K533" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L533" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M533" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N533" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O533" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P533" s="0" t="s">
         <x:v>733</x:v>
       </x:c>
       <x:c r="Q533" s="4" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="R533" s="0" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="S533" s="0" t="n">
         <x:v>511092</x:v>
       </x:c>
       <x:c r="T533" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
@@ -32807,182 +32810,182 @@
       </x:c>
     </x:row>
     <x:row r="534" spans="1:21">
       <x:c r="A534" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B534" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="C534" s="15" t="s"/>
       <x:c r="D534" s="15" t="s"/>
       <x:c r="E534" s="14" t="s"/>
       <x:c r="F534" s="14" t="s"/>
       <x:c r="G534" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="H534" s="14" t="s"/>
       <x:c r="I534" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J534" s="14" t="s"/>
       <x:c r="K534" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L534" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M534" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N534" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O534" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="P534" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="Q534" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R534" s="14" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="S534" s="14" t="n">
         <x:v>568721</x:v>
       </x:c>
       <x:c r="T534" s="16" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="U534" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:21">
       <x:c r="A535" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B535" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C535" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D535" s="3" t="s"/>
       <x:c r="E535" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G535" s="0" t="s">
-        <x:v>328</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="I535" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="J535" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K535" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L535" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M535" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N535" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O535" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P535" s="0" t="s">
-        <x:v>328</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="Q535" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R535" s="0" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="S535" s="0" t="n">
         <x:v>507184</x:v>
       </x:c>
       <x:c r="T535" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="U535" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:21">
       <x:c r="A536" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B536" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C536" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D536" s="15" t="s"/>
       <x:c r="E536" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F536" s="14" t="s"/>
       <x:c r="G536" s="14" t="s">
-        <x:v>328</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="H536" s="14" t="s"/>
       <x:c r="I536" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="J536" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K536" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L536" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M536" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N536" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O536" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P536" s="14" t="s">
-        <x:v>328</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="Q536" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R536" s="14" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="S536" s="14" t="n">
         <x:v>507185</x:v>
       </x:c>
       <x:c r="T536" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="U536" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:21">
       <x:c r="A537" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B537" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C537" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D537" s="3" t="s"/>
@@ -33026,252 +33029,252 @@
         <x:v>497033</x:v>
       </x:c>
       <x:c r="T537" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="U537" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:21">
       <x:c r="A538" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B538" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C538" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D538" s="15" t="s"/>
       <x:c r="E538" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F538" s="14" t="s"/>
       <x:c r="G538" s="14" t="s">
-        <x:v>332</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="H538" s="14" t="s"/>
       <x:c r="I538" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="J538" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K538" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L538" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M538" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N538" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O538" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P538" s="14" t="s">
-        <x:v>332</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="Q538" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R538" s="14" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="S538" s="14" t="n">
         <x:v>502371</x:v>
       </x:c>
       <x:c r="T538" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="U538" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:21">
       <x:c r="A539" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B539" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C539" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D539" s="3" t="s"/>
       <x:c r="E539" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G539" s="0" t="s">
-        <x:v>332</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="I539" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="J539" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K539" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L539" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M539" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N539" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O539" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P539" s="0" t="s">
-        <x:v>332</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="Q539" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R539" s="0" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="S539" s="0" t="n">
         <x:v>502398</x:v>
       </x:c>
       <x:c r="T539" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="U539" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:21">
       <x:c r="A540" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B540" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C540" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D540" s="15" t="s"/>
       <x:c r="E540" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F540" s="14" t="s"/>
       <x:c r="G540" s="14" t="s">
-        <x:v>328</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="H540" s="14" t="s"/>
       <x:c r="I540" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="J540" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K540" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L540" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M540" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N540" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O540" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P540" s="14" t="s">
-        <x:v>328</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="Q540" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R540" s="14" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="S540" s="14" t="n">
         <x:v>507181</x:v>
       </x:c>
       <x:c r="T540" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="U540" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:21">
       <x:c r="A541" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B541" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C541" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D541" s="3" t="s"/>
       <x:c r="E541" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G541" s="0" t="s">
-        <x:v>328</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="I541" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="J541" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K541" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L541" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M541" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N541" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O541" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P541" s="0" t="s">
-        <x:v>328</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="Q541" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R541" s="0" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="S541" s="0" t="n">
         <x:v>507182</x:v>
       </x:c>
       <x:c r="T541" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="U541" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:21">
       <x:c r="A542" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B542" s="14" t="s">
         <x:v>753</x:v>
       </x:c>
       <x:c r="C542" s="15" t="n">
         <x:v>35455</x:v>
       </x:c>
       <x:c r="D542" s="15" t="s"/>
@@ -34092,75 +34095,75 @@
       <x:c r="B556" s="14" t="s">
         <x:v>764</x:v>
       </x:c>
       <x:c r="C556" s="15" t="n">
         <x:v>40356</x:v>
       </x:c>
       <x:c r="D556" s="15" t="s"/>
       <x:c r="E556" s="14" t="s"/>
       <x:c r="F556" s="14" t="s"/>
       <x:c r="G556" s="14" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="H556" s="14" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="I556" s="16" t="s">
         <x:v>767</x:v>
       </x:c>
       <x:c r="J556" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K556" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L556" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M556" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="N556" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O556" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P556" s="14" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="Q556" s="16" t="s">
         <x:v>767</x:v>
       </x:c>
       <x:c r="R556" s="14" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="S556" s="14" t="n">
         <x:v>615692</x:v>
       </x:c>
       <x:c r="T556" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U556" s="16" t="s">
         <x:v>530</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:21">
       <x:c r="A557" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B557" s="0" t="s">
         <x:v>715</x:v>
       </x:c>
       <x:c r="C557" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D557" s="3" t="s"/>
       <x:c r="G557" s="0" t="s">
         <x:v>711</x:v>
       </x:c>
       <x:c r="I557" s="4" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="J557" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -34455,51 +34458,51 @@
       <x:c r="I562" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J562" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K562" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L562" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M562" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N562" s="15" t="n">
         <x:v>24210</x:v>
       </x:c>
       <x:c r="O562" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P562" s="14" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="Q562" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R562" s="14" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="S562" s="14" t="n">
         <x:v>549291</x:v>
       </x:c>
       <x:c r="T562" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="U562" s="16" t="s">
         <x:v>555</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:21">
       <x:c r="A563" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B563" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C563" s="3" t="n">
         <x:v>40864</x:v>
       </x:c>
       <x:c r="D563" s="3" t="s"/>
@@ -34512,97 +34515,97 @@
       <x:c r="I563" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J563" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K563" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L563" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M563" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N563" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O563" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P563" s="0" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="Q563" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R563" s="0" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="S563" s="0" t="n">
         <x:v>589898</x:v>
       </x:c>
       <x:c r="T563" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="U563" s="4" t="s">
         <x:v>769</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:21">
       <x:c r="A564" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B564" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C564" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D564" s="15" t="s"/>
       <x:c r="E564" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F564" s="14" t="s"/>
       <x:c r="G564" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="H564" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="I564" s="16" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="J564" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K564" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L564" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M564" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N564" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O564" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P564" s="14" t="s">
         <x:v>733</x:v>
       </x:c>
       <x:c r="Q564" s="16" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="R564" s="14" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="S564" s="14" t="n">
         <x:v>556381</x:v>
       </x:c>
       <x:c r="T564" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
@@ -34673,682 +34676,682 @@
       </x:c>
       <x:c r="C566" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D566" s="15" t="s"/>
       <x:c r="E566" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F566" s="14" t="s"/>
       <x:c r="G566" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="H566" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="I566" s="16" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="J566" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K566" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L566" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M566" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N566" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O566" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P566" s="14" t="s">
         <x:v>733</x:v>
       </x:c>
       <x:c r="Q566" s="16" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="R566" s="14" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="S566" s="14" t="n">
         <x:v>556373</x:v>
       </x:c>
       <x:c r="T566" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U566" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:21">
       <x:c r="A567" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B567" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C567" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D567" s="3" t="s"/>
       <x:c r="G567" s="0" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="I567" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="J567" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K567" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L567" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M567" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N567" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O567" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P567" s="0" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="Q567" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R567" s="0" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="S567" s="0" t="n">
         <x:v>544705</x:v>
       </x:c>
       <x:c r="T567" s="4" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="U567" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:21">
       <x:c r="A568" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B568" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C568" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D568" s="15" t="s"/>
       <x:c r="E568" s="14" t="s"/>
       <x:c r="F568" s="14" t="s"/>
       <x:c r="G568" s="14" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="H568" s="14" t="s"/>
       <x:c r="I568" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="J568" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K568" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L568" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M568" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N568" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O568" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P568" s="14" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="Q568" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R568" s="14" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="S568" s="14" t="n">
         <x:v>545464</x:v>
       </x:c>
       <x:c r="T568" s="16" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="U568" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:21">
       <x:c r="A569" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B569" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C569" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D569" s="3" t="s"/>
       <x:c r="G569" s="0" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="I569" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="J569" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K569" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L569" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M569" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N569" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O569" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P569" s="0" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="Q569" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R569" s="0" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="S569" s="0" t="n">
         <x:v>545465</x:v>
       </x:c>
       <x:c r="T569" s="4" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="U569" s="4" t="s">
         <x:v>770</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:21">
       <x:c r="A570" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B570" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C570" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D570" s="15" t="s"/>
       <x:c r="E570" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F570" s="14" t="s"/>
       <x:c r="G570" s="14" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="H570" s="14" t="s"/>
       <x:c r="I570" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="J570" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K570" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L570" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M570" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N570" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O570" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P570" s="14" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="Q570" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R570" s="14" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="S570" s="14" t="n">
         <x:v>549019</x:v>
       </x:c>
       <x:c r="T570" s="16" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="U570" s="16" t="s">
         <x:v>770</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:21">
       <x:c r="A571" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B571" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C571" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D571" s="3" t="s"/>
       <x:c r="G571" s="0" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="I571" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="J571" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K571" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L571" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M571" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N571" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O571" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P571" s="0" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="Q571" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R571" s="0" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="S571" s="0" t="n">
         <x:v>544699</x:v>
       </x:c>
       <x:c r="T571" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="U571" s="4" t="s">
         <x:v>771</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:21">
       <x:c r="A572" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B572" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C572" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D572" s="15" t="s"/>
       <x:c r="E572" s="14" t="s"/>
       <x:c r="F572" s="14" t="s"/>
       <x:c r="G572" s="14" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="H572" s="14" t="s"/>
       <x:c r="I572" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="J572" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K572" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L572" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M572" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N572" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O572" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P572" s="14" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="Q572" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R572" s="14" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="S572" s="14" t="n">
         <x:v>544700</x:v>
       </x:c>
       <x:c r="T572" s="16" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="U572" s="16" t="s">
         <x:v>771</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:21">
       <x:c r="A573" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B573" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C573" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D573" s="3" t="s"/>
       <x:c r="G573" s="0" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="I573" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="J573" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K573" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L573" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M573" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N573" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O573" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P573" s="0" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="Q573" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R573" s="0" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="S573" s="0" t="n">
         <x:v>544704</x:v>
       </x:c>
       <x:c r="T573" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="U573" s="4" t="s">
         <x:v>772</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:21">
       <x:c r="A574" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B574" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C574" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D574" s="15" t="s"/>
       <x:c r="E574" s="14" t="s"/>
       <x:c r="F574" s="14" t="s"/>
       <x:c r="G574" s="14" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="H574" s="14" t="s"/>
       <x:c r="I574" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="J574" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K574" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L574" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M574" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N574" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O574" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P574" s="14" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="Q574" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R574" s="14" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="S574" s="14" t="n">
         <x:v>544706</x:v>
       </x:c>
       <x:c r="T574" s="16" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="U574" s="16" t="s">
         <x:v>771</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:21">
       <x:c r="A575" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B575" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C575" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D575" s="3" t="s"/>
       <x:c r="G575" s="0" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="I575" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="J575" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K575" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L575" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M575" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N575" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O575" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P575" s="0" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="Q575" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R575" s="0" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="S575" s="0" t="n">
         <x:v>544707</x:v>
       </x:c>
       <x:c r="T575" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="U575" s="4" t="s">
         <x:v>773</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:21">
       <x:c r="A576" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B576" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C576" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D576" s="15" t="s"/>
       <x:c r="E576" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F576" s="14" t="s"/>
       <x:c r="G576" s="14" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="H576" s="14" t="s"/>
       <x:c r="I576" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="J576" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K576" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L576" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M576" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N576" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O576" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P576" s="14" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="Q576" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R576" s="14" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="S576" s="14" t="n">
         <x:v>549013</x:v>
       </x:c>
       <x:c r="T576" s="16" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="U576" s="16" t="s">
         <x:v>771</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:21">
       <x:c r="A577" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B577" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C577" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D577" s="3" t="s"/>
       <x:c r="E577" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G577" s="0" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="I577" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="J577" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K577" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L577" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M577" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N577" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O577" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P577" s="0" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="Q577" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R577" s="0" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="S577" s="0" t="n">
         <x:v>549018</x:v>
       </x:c>
       <x:c r="T577" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="U577" s="4" t="s">
         <x:v>771</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:21">
       <x:c r="A578" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B578" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C578" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D578" s="15" t="s"/>
@@ -35363,51 +35366,51 @@
       <x:c r="I578" s="16" t="s">
         <x:v>723</x:v>
       </x:c>
       <x:c r="J578" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K578" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L578" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M578" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N578" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O578" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P578" s="14" t="s">
         <x:v>724</x:v>
       </x:c>
       <x:c r="Q578" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R578" s="14" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="S578" s="14" t="n">
         <x:v>546521</x:v>
       </x:c>
       <x:c r="T578" s="16" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="U578" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:21">
       <x:c r="A579" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B579" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C579" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D579" s="3" t="s"/>
@@ -35420,51 +35423,51 @@
       <x:c r="I579" s="4" t="s">
         <x:v>723</x:v>
       </x:c>
       <x:c r="J579" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K579" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L579" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M579" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N579" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O579" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P579" s="0" t="s">
         <x:v>724</x:v>
       </x:c>
       <x:c r="Q579" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R579" s="0" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="S579" s="0" t="n">
         <x:v>546522</x:v>
       </x:c>
       <x:c r="T579" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="U579" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:21">
       <x:c r="A580" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B580" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C580" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D580" s="15" t="s"/>
@@ -35632,104 +35635,104 @@
       </x:c>
       <x:c r="B583" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="C583" s="3" t="s"/>
       <x:c r="D583" s="3" t="s"/>
       <x:c r="G583" s="0" t="s">
         <x:v>775</x:v>
       </x:c>
       <x:c r="I583" s="4" t="s">
         <x:v>776</x:v>
       </x:c>
       <x:c r="K583" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L583" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M583" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N583" s="3" t="n">
         <x:v>24254</x:v>
       </x:c>
       <x:c r="O583" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="P583" s="0" t="s">
         <x:v>775</x:v>
       </x:c>
       <x:c r="Q583" s="4" t="s">
         <x:v>776</x:v>
       </x:c>
       <x:c r="R583" s="0" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="S583" s="0" t="n">
         <x:v>592581</x:v>
       </x:c>
       <x:c r="T583" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U583" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:21">
       <x:c r="A584" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B584" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C584" s="15" t="s"/>
       <x:c r="D584" s="15" t="s"/>
       <x:c r="E584" s="14" t="s"/>
       <x:c r="F584" s="14" t="s"/>
       <x:c r="G584" s="14" t="s">
         <x:v>775</x:v>
       </x:c>
       <x:c r="H584" s="14" t="s"/>
       <x:c r="I584" s="16" t="s">
         <x:v>776</x:v>
       </x:c>
       <x:c r="J584" s="14" t="s"/>
       <x:c r="K584" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L584" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M584" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N584" s="15" t="n">
         <x:v>24254</x:v>
       </x:c>
       <x:c r="O584" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="P584" s="14" t="s">
         <x:v>775</x:v>
       </x:c>
       <x:c r="Q584" s="16" t="s">
         <x:v>776</x:v>
       </x:c>
       <x:c r="R584" s="14" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="S584" s="14" t="n">
         <x:v>592909</x:v>
       </x:c>
       <x:c r="T584" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U584" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:21">
       <x:c r="A585" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B585" s="0" t="s">
@@ -35868,51 +35871,51 @@
       <x:c r="M587" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N587" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O587" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P587" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="Q587" s="4" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="R587" s="0" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="S587" s="0" t="n">
         <x:v>592358</x:v>
       </x:c>
       <x:c r="T587" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U587" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:21">
       <x:c r="A588" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B588" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C588" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D588" s="15" t="s"/>
       <x:c r="E588" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F588" s="14" t="s"/>
       <x:c r="G588" s="14" t="s">
         <x:v>782</x:v>
       </x:c>
       <x:c r="H588" s="14" t="s"/>
       <x:c r="I588" s="16" t="s">
         <x:v>783</x:v>
       </x:c>
       <x:c r="J588" s="14" t="s">
@@ -35952,54 +35955,54 @@
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:21">
       <x:c r="A589" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B589" s="0" t="s">
         <x:v>786</x:v>
       </x:c>
       <x:c r="C589" s="3" t="s"/>
       <x:c r="D589" s="3" t="s"/>
       <x:c r="G589" s="0" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="H589" s="0" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="I589" s="4" t="s">
         <x:v>767</x:v>
       </x:c>
       <x:c r="K589" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L589" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M589" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="N589" s="3" t="n">
         <x:v>46339</x:v>
       </x:c>
       <x:c r="O589" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="P589" s="0" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="Q589" s="4" t="s">
         <x:v>767</x:v>
       </x:c>
       <x:c r="R589" s="0" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="S589" s="0" t="n">
         <x:v>578567</x:v>
       </x:c>
       <x:c r="T589" s="4" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="U589" s="4" t="s">
         <x:v>788</x:v>
       </x:c>
@@ -36007,106 +36010,106 @@
     <x:row r="590" spans="1:21">
       <x:c r="A590" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B590" s="14" t="s">
         <x:v>789</x:v>
       </x:c>
       <x:c r="C590" s="15" t="s"/>
       <x:c r="D590" s="15" t="s"/>
       <x:c r="E590" s="14" t="s"/>
       <x:c r="F590" s="14" t="s"/>
       <x:c r="G590" s="14" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="H590" s="14" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="I590" s="16" t="s">
         <x:v>767</x:v>
       </x:c>
       <x:c r="J590" s="14" t="s"/>
       <x:c r="K590" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L590" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M590" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="N590" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O590" s="14" t="s">
-        <x:v>358</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="P590" s="14" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="Q590" s="16" t="s">
         <x:v>767</x:v>
       </x:c>
       <x:c r="R590" s="14" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="S590" s="14" t="n">
         <x:v>578582</x:v>
       </x:c>
       <x:c r="T590" s="16" t="s">
         <x:v>790</x:v>
       </x:c>
       <x:c r="U590" s="16" t="s">
         <x:v>791</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:21">
       <x:c r="A591" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B591" s="0" t="s">
         <x:v>792</x:v>
       </x:c>
       <x:c r="C591" s="3" t="s"/>
       <x:c r="D591" s="3" t="s"/>
       <x:c r="G591" s="0" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="H591" s="0" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="I591" s="4" t="s">
         <x:v>767</x:v>
       </x:c>
       <x:c r="K591" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L591" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M591" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="N591" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O591" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P591" s="0" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="Q591" s="4" t="s">
         <x:v>767</x:v>
       </x:c>
       <x:c r="R591" s="0" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="S591" s="0" t="n">
         <x:v>578593</x:v>
       </x:c>
       <x:c r="T591" s="4" t="s">
         <x:v>793</x:v>
       </x:c>
       <x:c r="U591" s="4" t="s">
         <x:v>794</x:v>
       </x:c>
@@ -36118,54 +36121,54 @@
       <x:c r="B592" s="14" t="s">
         <x:v>795</x:v>
       </x:c>
       <x:c r="C592" s="15" t="n">
         <x:v>40356</x:v>
       </x:c>
       <x:c r="D592" s="15" t="s"/>
       <x:c r="E592" s="14" t="s"/>
       <x:c r="F592" s="14" t="s"/>
       <x:c r="G592" s="14" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="H592" s="14" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="I592" s="16" t="s">
         <x:v>767</x:v>
       </x:c>
       <x:c r="J592" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K592" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L592" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M592" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="N592" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O592" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P592" s="14" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="Q592" s="16" t="s">
         <x:v>767</x:v>
       </x:c>
       <x:c r="R592" s="14" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="S592" s="14" t="n">
         <x:v>580622</x:v>
       </x:c>
       <x:c r="T592" s="16" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="U592" s="16" t="s">
         <x:v>797</x:v>
       </x:c>
@@ -36175,54 +36178,54 @@
         <x:v>178</x:v>
       </x:c>
       <x:c r="B593" s="0" t="s">
         <x:v>764</x:v>
       </x:c>
       <x:c r="C593" s="3" t="n">
         <x:v>40356</x:v>
       </x:c>
       <x:c r="D593" s="3" t="s"/>
       <x:c r="G593" s="0" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="H593" s="0" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="I593" s="4" t="s">
         <x:v>767</x:v>
       </x:c>
       <x:c r="J593" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K593" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L593" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M593" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="N593" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O593" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P593" s="0" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="Q593" s="4" t="s">
         <x:v>767</x:v>
       </x:c>
       <x:c r="R593" s="0" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="S593" s="0" t="n">
         <x:v>580623</x:v>
       </x:c>
       <x:c r="T593" s="4" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="U593" s="4" t="s">
         <x:v>797</x:v>
       </x:c>
@@ -36233,150 +36236,150 @@
       </x:c>
       <x:c r="B594" s="14" t="s">
         <x:v>798</x:v>
       </x:c>
       <x:c r="C594" s="15" t="s"/>
       <x:c r="D594" s="15" t="s"/>
       <x:c r="E594" s="14" t="s"/>
       <x:c r="F594" s="14" t="s"/>
       <x:c r="G594" s="14" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="H594" s="14" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="I594" s="16" t="s">
         <x:v>767</x:v>
       </x:c>
       <x:c r="J594" s="14" t="s"/>
       <x:c r="K594" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L594" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M594" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="N594" s="15" t="n">
         <x:v>46339</x:v>
       </x:c>
       <x:c r="O594" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="P594" s="14" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="Q594" s="16" t="s">
         <x:v>767</x:v>
       </x:c>
       <x:c r="R594" s="14" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="S594" s="14" t="n">
         <x:v>584952</x:v>
       </x:c>
       <x:c r="T594" s="16" t="s">
         <x:v>799</x:v>
       </x:c>
       <x:c r="U594" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="595" spans="1:21">
       <x:c r="A595" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B595" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C595" s="3" t="s"/>
       <x:c r="D595" s="3" t="s"/>
       <x:c r="G595" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="I595" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="K595" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L595" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M595" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N595" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O595" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P595" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q595" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R595" s="0" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="S595" s="0" t="n">
         <x:v>605049</x:v>
       </x:c>
       <x:c r="T595" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U595" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:21">
       <x:c r="A596" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B596" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C596" s="15" t="s"/>
       <x:c r="D596" s="15" t="s"/>
       <x:c r="E596" s="14" t="s"/>
       <x:c r="F596" s="14" t="s"/>
       <x:c r="G596" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H596" s="14" t="s"/>
       <x:c r="I596" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J596" s="14" t="s"/>
       <x:c r="K596" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L596" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M596" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N596" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O596" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P596" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q596" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R596" s="14" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="S596" s="14" t="n">
         <x:v>615490</x:v>
       </x:c>
       <x:c r="T596" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
@@ -36846,51 +36849,51 @@
         <x:v>63</x:v>
       </x:c>
       <x:c r="U604" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="605" spans="1:21">
       <x:c r="A605" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B605" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C605" s="3" t="s"/>
       <x:c r="D605" s="3" t="s"/>
       <x:c r="G605" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="I605" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="K605" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L605" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M605" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N605" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O605" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P605" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q605" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R605" s="0" t="s">
         <x:v>808</x:v>
       </x:c>
       <x:c r="S605" s="0" t="n">
         <x:v>615467</x:v>
       </x:c>
       <x:c r="T605" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
@@ -36899,75 +36902,75 @@
       </x:c>
     </x:row>
     <x:row r="606" spans="1:21">
       <x:c r="A606" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B606" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C606" s="15" t="s"/>
       <x:c r="D606" s="15" t="s"/>
       <x:c r="E606" s="14" t="s"/>
       <x:c r="F606" s="14" t="s"/>
       <x:c r="G606" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H606" s="14" t="s"/>
       <x:c r="I606" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J606" s="14" t="s"/>
       <x:c r="K606" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L606" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M606" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N606" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O606" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P606" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q606" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R606" s="14" t="s">
         <x:v>808</x:v>
       </x:c>
       <x:c r="S606" s="14" t="n">
         <x:v>605021</x:v>
       </x:c>
       <x:c r="T606" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U606" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="607" spans="1:21">
       <x:c r="A607" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B607" s="0" t="s">
         <x:v>809</x:v>
       </x:c>
       <x:c r="C607" s="3" t="n">
         <x:v>35908</x:v>
       </x:c>
       <x:c r="D607" s="3" t="s"/>
       <x:c r="G607" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="H607" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="I607" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
@@ -37064,51 +37067,51 @@
         <x:v>50</x:v>
       </x:c>
       <x:c r="U608" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="609" spans="1:21">
       <x:c r="A609" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B609" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C609" s="3" t="s"/>
       <x:c r="D609" s="3" t="s"/>
       <x:c r="G609" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="I609" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="K609" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L609" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M609" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N609" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O609" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P609" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q609" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R609" s="0" t="s">
         <x:v>815</x:v>
       </x:c>
       <x:c r="S609" s="0" t="n">
         <x:v>615474</x:v>
       </x:c>
       <x:c r="T609" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
@@ -37117,75 +37120,75 @@
       </x:c>
     </x:row>
     <x:row r="610" spans="1:21">
       <x:c r="A610" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B610" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C610" s="15" t="s"/>
       <x:c r="D610" s="15" t="s"/>
       <x:c r="E610" s="14" t="s"/>
       <x:c r="F610" s="14" t="s"/>
       <x:c r="G610" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H610" s="14" t="s"/>
       <x:c r="I610" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J610" s="14" t="s"/>
       <x:c r="K610" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L610" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M610" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N610" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O610" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P610" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q610" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R610" s="14" t="s">
         <x:v>815</x:v>
       </x:c>
       <x:c r="S610" s="14" t="n">
         <x:v>605029</x:v>
       </x:c>
       <x:c r="T610" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U610" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="611" spans="1:21">
       <x:c r="A611" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B611" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C611" s="3" t="s"/>
       <x:c r="D611" s="3" t="s"/>
       <x:c r="G611" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H611" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I611" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K611" s="0" t="s">
         <x:v>141</x:v>
@@ -37380,51 +37383,51 @@
         <x:v>143</x:v>
       </x:c>
       <x:c r="U614" s="16" t="s">
         <x:v>556</x:v>
       </x:c>
     </x:row>
     <x:row r="615" spans="1:21">
       <x:c r="A615" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B615" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C615" s="3" t="s"/>
       <x:c r="D615" s="3" t="s"/>
       <x:c r="G615" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="I615" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="K615" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L615" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M615" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N615" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O615" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P615" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q615" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R615" s="0" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="S615" s="0" t="n">
         <x:v>615458</x:v>
       </x:c>
       <x:c r="T615" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
@@ -37433,202 +37436,202 @@
       </x:c>
     </x:row>
     <x:row r="616" spans="1:21">
       <x:c r="A616" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B616" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C616" s="15" t="s"/>
       <x:c r="D616" s="15" t="s"/>
       <x:c r="E616" s="14" t="s"/>
       <x:c r="F616" s="14" t="s"/>
       <x:c r="G616" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H616" s="14" t="s"/>
       <x:c r="I616" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J616" s="14" t="s"/>
       <x:c r="K616" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L616" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M616" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N616" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O616" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P616" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q616" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R616" s="14" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="S616" s="14" t="n">
         <x:v>605008</x:v>
       </x:c>
       <x:c r="T616" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U616" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="617" spans="1:21">
       <x:c r="A617" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B617" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C617" s="3" t="s"/>
       <x:c r="D617" s="3" t="s"/>
       <x:c r="G617" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="I617" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="K617" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L617" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M617" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N617" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O617" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P617" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q617" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R617" s="0" t="s">
         <x:v>818</x:v>
       </x:c>
       <x:c r="S617" s="0" t="n">
         <x:v>605016</x:v>
       </x:c>
       <x:c r="T617" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U617" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="618" spans="1:21">
       <x:c r="A618" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B618" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C618" s="15" t="s"/>
       <x:c r="D618" s="15" t="s"/>
       <x:c r="E618" s="14" t="s"/>
       <x:c r="F618" s="14" t="s"/>
       <x:c r="G618" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H618" s="14" t="s"/>
       <x:c r="I618" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J618" s="14" t="s"/>
       <x:c r="K618" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L618" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M618" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N618" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O618" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P618" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q618" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R618" s="14" t="s">
         <x:v>818</x:v>
       </x:c>
       <x:c r="S618" s="14" t="n">
         <x:v>615464</x:v>
       </x:c>
       <x:c r="T618" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="U618" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:21">
       <x:c r="A619" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B619" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C619" s="3" t="s"/>
       <x:c r="D619" s="3" t="s"/>
       <x:c r="G619" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="I619" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="K619" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L619" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M619" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N619" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O619" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P619" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q619" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R619" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="S619" s="0" t="n">
         <x:v>615456</x:v>
       </x:c>
       <x:c r="T619" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
@@ -37637,130 +37640,130 @@
       </x:c>
     </x:row>
     <x:row r="620" spans="1:21">
       <x:c r="A620" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B620" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C620" s="15" t="s"/>
       <x:c r="D620" s="15" t="s"/>
       <x:c r="E620" s="14" t="s"/>
       <x:c r="F620" s="14" t="s"/>
       <x:c r="G620" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H620" s="14" t="s"/>
       <x:c r="I620" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J620" s="14" t="s"/>
       <x:c r="K620" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L620" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M620" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N620" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O620" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P620" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q620" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R620" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="S620" s="14" t="n">
         <x:v>605005</x:v>
       </x:c>
       <x:c r="T620" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U620" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="621" spans="1:21">
       <x:c r="A621" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B621" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C621" s="3" t="s"/>
       <x:c r="D621" s="3" t="s"/>
       <x:c r="G621" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="H621" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="I621" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="K621" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L621" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M621" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N621" s="3" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O621" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="P621" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="Q621" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R621" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="S621" s="0" t="n">
         <x:v>567363</x:v>
       </x:c>
       <x:c r="T621" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="U621" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="622" spans="1:21">
       <x:c r="A622" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B622" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="C622" s="15" t="n">
         <x:v>35401</x:v>
       </x:c>
       <x:c r="D622" s="15" t="s"/>
       <x:c r="E622" s="14" t="s"/>
       <x:c r="F622" s="14" t="s"/>
       <x:c r="G622" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="H622" s="14" t="s"/>
       <x:c r="I622" s="16" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="J622" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -37773,51 +37776,51 @@
       <x:c r="M622" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N622" s="15" t="n">
         <x:v>11036</x:v>
       </x:c>
       <x:c r="O622" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="P622" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="Q622" s="16" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="R622" s="14" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="S622" s="14" t="n">
         <x:v>596946</x:v>
       </x:c>
       <x:c r="T622" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U622" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="623" spans="1:21">
       <x:c r="A623" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B623" s="0" t="s">
         <x:v>821</x:v>
       </x:c>
       <x:c r="C623" s="3" t="n">
         <x:v>35511</x:v>
       </x:c>
       <x:c r="D623" s="3" t="s"/>
       <x:c r="G623" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="I623" s="4" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="J623" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K623" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
@@ -37827,51 +37830,51 @@
       <x:c r="M623" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N623" s="3" t="n">
         <x:v>31011</x:v>
       </x:c>
       <x:c r="O623" s="0" t="s">
         <x:v>760</x:v>
       </x:c>
       <x:c r="P623" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="Q623" s="4" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="R623" s="0" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="S623" s="0" t="n">
         <x:v>596798</x:v>
       </x:c>
       <x:c r="T623" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U623" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="624" spans="1:21">
       <x:c r="A624" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B624" s="14" t="s">
         <x:v>822</x:v>
       </x:c>
       <x:c r="C624" s="15" t="n">
         <x:v>35457</x:v>
       </x:c>
       <x:c r="D624" s="15" t="s"/>
       <x:c r="E624" s="14" t="s"/>
       <x:c r="F624" s="14" t="s"/>
       <x:c r="G624" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="H624" s="14" t="s"/>
       <x:c r="I624" s="16" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="J624" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -37884,51 +37887,51 @@
       <x:c r="M624" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N624" s="15" t="n">
         <x:v>24218</x:v>
       </x:c>
       <x:c r="O624" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="P624" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="Q624" s="16" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="R624" s="14" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="S624" s="14" t="n">
         <x:v>596799</x:v>
       </x:c>
       <x:c r="T624" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U624" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="625" spans="1:21">
       <x:c r="A625" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B625" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C625" s="3" t="n">
         <x:v>39582</x:v>
       </x:c>
       <x:c r="D625" s="3" t="s"/>
       <x:c r="G625" s="0" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="I625" s="4" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="J625" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K625" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
@@ -37995,51 +37998,51 @@
       <x:c r="M626" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N626" s="15" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O626" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P626" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="Q626" s="16" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="R626" s="14" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="S626" s="14" t="n">
         <x:v>596796</x:v>
       </x:c>
       <x:c r="T626" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U626" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="627" spans="1:21">
       <x:c r="A627" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B627" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C627" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D627" s="3" t="s"/>
       <x:c r="G627" s="0" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="I627" s="4" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="J627" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K627" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
@@ -38114,51 +38117,51 @@
       </x:c>
       <x:c r="P628" s="14" t="s">
         <x:v>825</x:v>
       </x:c>
       <x:c r="Q628" s="16" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="R628" s="14" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="S628" s="14" t="n">
         <x:v>595876</x:v>
       </x:c>
       <x:c r="T628" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U628" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="629" spans="1:21">
       <x:c r="A629" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B629" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C629" s="3" t="n">
         <x:v>39586</x:v>
       </x:c>
       <x:c r="D629" s="3" t="s"/>
       <x:c r="G629" s="0" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="I629" s="4" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="J629" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K629" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L629" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M629" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N629" s="3" t="n">
         <x:v>31054</x:v>
@@ -38378,51 +38381,51 @@
       <x:c r="M633" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N633" s="3" t="n">
         <x:v>31018</x:v>
       </x:c>
       <x:c r="O633" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="P633" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="Q633" s="4" t="s">
         <x:v>832</x:v>
       </x:c>
       <x:c r="R633" s="0" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="S633" s="0" t="n">
         <x:v>596792</x:v>
       </x:c>
       <x:c r="T633" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U633" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="634" spans="1:21">
       <x:c r="A634" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B634" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="C634" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D634" s="15" t="s"/>
       <x:c r="E634" s="14" t="s"/>
       <x:c r="F634" s="14" t="s"/>
       <x:c r="G634" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="H634" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="I634" s="16" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="J634" s="14" t="s">
@@ -38512,51 +38515,51 @@
       </x:c>
     </x:row>
     <x:row r="636" spans="1:21">
       <x:c r="A636" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B636" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C636" s="15" t="s"/>
       <x:c r="D636" s="15" t="s"/>
       <x:c r="E636" s="14" t="s"/>
       <x:c r="F636" s="14" t="s"/>
       <x:c r="G636" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H636" s="14" t="s"/>
       <x:c r="I636" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J636" s="14" t="s"/>
       <x:c r="K636" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L636" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M636" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N636" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O636" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P636" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q636" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R636" s="14" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="S636" s="14" t="n">
         <x:v>615489</x:v>
       </x:c>
       <x:c r="T636" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
@@ -38622,75 +38625,75 @@
       </x:c>
     </x:row>
     <x:row r="638" spans="1:21">
       <x:c r="A638" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B638" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C638" s="15" t="s"/>
       <x:c r="D638" s="15" t="s"/>
       <x:c r="E638" s="14" t="s"/>
       <x:c r="F638" s="14" t="s"/>
       <x:c r="G638" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H638" s="14" t="s"/>
       <x:c r="I638" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J638" s="14" t="s"/>
       <x:c r="K638" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L638" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M638" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N638" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O638" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P638" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q638" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R638" s="14" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="S638" s="14" t="n">
         <x:v>605048</x:v>
       </x:c>
       <x:c r="T638" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U638" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="639" spans="1:21">
       <x:c r="A639" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B639" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C639" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D639" s="3" t="s"/>
       <x:c r="E639" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G639" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="I639" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
@@ -38978,304 +38981,304 @@
       </x:c>
       <x:c r="C644" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D644" s="15" t="s"/>
       <x:c r="E644" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F644" s="14" t="s"/>
       <x:c r="G644" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="H644" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="I644" s="16" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="J644" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K644" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L644" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M644" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N644" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O644" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P644" s="14" t="s">
         <x:v>840</x:v>
       </x:c>
       <x:c r="Q644" s="16" t="s">
         <x:v>832</x:v>
       </x:c>
       <x:c r="R644" s="14" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="S644" s="14" t="n">
         <x:v>511096</x:v>
       </x:c>
       <x:c r="T644" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="U644" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="645" spans="1:21">
       <x:c r="A645" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B645" s="0" t="s">
         <x:v>841</x:v>
       </x:c>
       <x:c r="C645" s="3" t="s"/>
       <x:c r="D645" s="3" t="s"/>
       <x:c r="G645" s="0" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="I645" s="4" t="s">
         <x:v>832</x:v>
       </x:c>
       <x:c r="K645" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L645" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M645" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="N645" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O645" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P645" s="0" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="Q645" s="4" t="s">
         <x:v>832</x:v>
       </x:c>
       <x:c r="R645" s="0" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="S645" s="0" t="n">
         <x:v>580864</x:v>
       </x:c>
       <x:c r="T645" s="4" t="s">
         <x:v>799</x:v>
       </x:c>
       <x:c r="U645" s="4" t="s">
         <x:v>843</x:v>
       </x:c>
     </x:row>
     <x:row r="646" spans="1:21">
       <x:c r="A646" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B646" s="14" t="s">
         <x:v>841</x:v>
       </x:c>
       <x:c r="C646" s="15" t="s"/>
       <x:c r="D646" s="15" t="s"/>
       <x:c r="E646" s="14" t="s"/>
       <x:c r="F646" s="14" t="s"/>
       <x:c r="G646" s="14" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="H646" s="14" t="s"/>
       <x:c r="I646" s="16" t="s">
         <x:v>832</x:v>
       </x:c>
       <x:c r="J646" s="14" t="s"/>
       <x:c r="K646" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L646" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M646" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="N646" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O646" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P646" s="14" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="Q646" s="16" t="s">
         <x:v>832</x:v>
       </x:c>
       <x:c r="R646" s="14" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="S646" s="14" t="n">
         <x:v>580866</x:v>
       </x:c>
       <x:c r="T646" s="16" t="s">
         <x:v>799</x:v>
       </x:c>
       <x:c r="U646" s="16" t="s">
         <x:v>843</x:v>
       </x:c>
     </x:row>
     <x:row r="647" spans="1:21">
       <x:c r="A647" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B647" s="0" t="s">
         <x:v>841</x:v>
       </x:c>
       <x:c r="C647" s="3" t="s"/>
       <x:c r="D647" s="3" t="s"/>
       <x:c r="G647" s="0" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="I647" s="4" t="s">
         <x:v>832</x:v>
       </x:c>
       <x:c r="K647" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L647" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M647" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="N647" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O647" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P647" s="0" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="Q647" s="4" t="s">
         <x:v>832</x:v>
       </x:c>
       <x:c r="R647" s="0" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="S647" s="0" t="n">
         <x:v>580868</x:v>
       </x:c>
       <x:c r="T647" s="4" t="s">
         <x:v>799</x:v>
       </x:c>
       <x:c r="U647" s="4" t="s">
         <x:v>843</x:v>
       </x:c>
     </x:row>
     <x:row r="648" spans="1:21">
       <x:c r="A648" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B648" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="C648" s="15" t="s"/>
       <x:c r="D648" s="15" t="s"/>
       <x:c r="E648" s="14" t="s"/>
       <x:c r="F648" s="14" t="s"/>
       <x:c r="G648" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="H648" s="14" t="s"/>
       <x:c r="I648" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J648" s="14" t="s"/>
       <x:c r="K648" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L648" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M648" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N648" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O648" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P648" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="Q648" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R648" s="14" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="S648" s="14" t="n">
         <x:v>568786</x:v>
       </x:c>
       <x:c r="T648" s="16" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="U648" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="649" spans="1:21">
       <x:c r="A649" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B649" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="C649" s="3" t="s"/>
       <x:c r="D649" s="3" t="s"/>
       <x:c r="G649" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="I649" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="K649" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L649" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M649" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N649" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O649" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="P649" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="Q649" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R649" s="0" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="S649" s="0" t="n">
         <x:v>568726</x:v>
       </x:c>
       <x:c r="T649" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
@@ -39286,78 +39289,78 @@
     <x:row r="650" spans="1:21">
       <x:c r="A650" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B650" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C650" s="15" t="s"/>
       <x:c r="D650" s="15" t="s"/>
       <x:c r="E650" s="14" t="s"/>
       <x:c r="F650" s="14" t="s"/>
       <x:c r="G650" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="H650" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="I650" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="J650" s="14" t="s"/>
       <x:c r="K650" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L650" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M650" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N650" s="15" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O650" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="P650" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="Q650" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R650" s="14" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="S650" s="14" t="n">
         <x:v>567361</x:v>
       </x:c>
       <x:c r="T650" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="U650" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="651" spans="1:21">
       <x:c r="A651" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B651" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C651" s="3" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D651" s="3" t="s"/>
       <x:c r="E651" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G651" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="I651" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="J651" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -39580,51 +39583,51 @@
         <x:v>81</x:v>
       </x:c>
       <x:c r="C655" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D655" s="3" t="s"/>
       <x:c r="E655" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G655" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="H655" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="I655" s="4" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="J655" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K655" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L655" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M655" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N655" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O655" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P655" s="0" t="s">
         <x:v>840</x:v>
       </x:c>
       <x:c r="Q655" s="4" t="s">
         <x:v>832</x:v>
       </x:c>
       <x:c r="R655" s="0" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="S655" s="0" t="n">
         <x:v>556375</x:v>
       </x:c>
       <x:c r="T655" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
@@ -40131,51 +40134,51 @@
       <x:c r="M664" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N664" s="15" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O664" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P664" s="14" t="s">
         <x:v>835</x:v>
       </x:c>
       <x:c r="Q664" s="16" t="s">
         <x:v>832</x:v>
       </x:c>
       <x:c r="R664" s="14" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="S664" s="14" t="n">
         <x:v>596392</x:v>
       </x:c>
       <x:c r="T664" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U664" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="665" spans="1:21">
       <x:c r="A665" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B665" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C665" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D665" s="3" t="s"/>
       <x:c r="E665" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G665" s="0" t="s">
         <x:v>850</x:v>
       </x:c>
       <x:c r="I665" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="J665" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -40338,109 +40341,109 @@
       </x:c>
       <x:c r="C668" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D668" s="15" t="s"/>
       <x:c r="E668" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F668" s="14" t="s"/>
       <x:c r="G668" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="H668" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="I668" s="16" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="J668" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K668" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L668" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M668" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N668" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O668" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P668" s="14" t="s">
         <x:v>840</x:v>
       </x:c>
       <x:c r="Q668" s="16" t="s">
         <x:v>832</x:v>
       </x:c>
       <x:c r="R668" s="14" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="S668" s="14" t="n">
         <x:v>607801</x:v>
       </x:c>
       <x:c r="T668" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U668" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="669" spans="1:21">
       <x:c r="A669" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B669" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C669" s="3" t="s"/>
       <x:c r="D669" s="3" t="s"/>
       <x:c r="G669" s="0" t="s">
         <x:v>851</x:v>
       </x:c>
       <x:c r="I669" s="4" t="s">
         <x:v>852</x:v>
       </x:c>
       <x:c r="K669" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L669" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M669" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N669" s="3" t="n">
         <x:v>24254</x:v>
       </x:c>
       <x:c r="O669" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="P669" s="0" t="s">
         <x:v>853</x:v>
       </x:c>
       <x:c r="Q669" s="4" t="s">
         <x:v>852</x:v>
       </x:c>
       <x:c r="R669" s="0" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="S669" s="0" t="n">
         <x:v>592908</x:v>
       </x:c>
       <x:c r="T669" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U669" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="670" spans="1:21">
       <x:c r="A670" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B670" s="14" t="s">
@@ -40529,78 +40532,78 @@
       </x:c>
       <x:c r="P671" s="0" t="s">
         <x:v>840</x:v>
       </x:c>
       <x:c r="Q671" s="4" t="s">
         <x:v>857</x:v>
       </x:c>
       <x:c r="R671" s="0" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="S671" s="0" t="n">
         <x:v>595881</x:v>
       </x:c>
       <x:c r="T671" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U671" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="672" spans="1:21">
       <x:c r="A672" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B672" s="14" t="s">
-        <x:v>336</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="C672" s="15" t="s"/>
       <x:c r="D672" s="15" t="s"/>
       <x:c r="E672" s="14" t="s"/>
       <x:c r="F672" s="14" t="s"/>
       <x:c r="G672" s="14" t="s">
         <x:v>851</x:v>
       </x:c>
       <x:c r="H672" s="14" t="s"/>
       <x:c r="I672" s="16" t="s">
         <x:v>852</x:v>
       </x:c>
       <x:c r="J672" s="14" t="s"/>
       <x:c r="K672" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L672" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M672" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N672" s="15" t="n">
         <x:v>24254</x:v>
       </x:c>
       <x:c r="O672" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="P672" s="14" t="s">
         <x:v>853</x:v>
       </x:c>
       <x:c r="Q672" s="16" t="s">
         <x:v>852</x:v>
       </x:c>
       <x:c r="R672" s="14" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="S672" s="14" t="n">
         <x:v>592936</x:v>
       </x:c>
       <x:c r="T672" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U672" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="673" spans="1:21">
       <x:c r="A673" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B673" s="0" t="s">
@@ -40760,433 +40763,433 @@
       </x:c>
     </x:row>
     <x:row r="676" spans="1:21">
       <x:c r="A676" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B676" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C676" s="15" t="s"/>
       <x:c r="D676" s="15" t="s"/>
       <x:c r="E676" s="14" t="s"/>
       <x:c r="F676" s="14" t="s"/>
       <x:c r="G676" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H676" s="14" t="s"/>
       <x:c r="I676" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J676" s="14" t="s"/>
       <x:c r="K676" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L676" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M676" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N676" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O676" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P676" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q676" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R676" s="14" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="S676" s="14" t="n">
         <x:v>615460</x:v>
       </x:c>
       <x:c r="T676" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="U676" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="677" spans="1:21">
       <x:c r="A677" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B677" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C677" s="3" t="s"/>
       <x:c r="D677" s="3" t="s"/>
       <x:c r="G677" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="I677" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="K677" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L677" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M677" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N677" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O677" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P677" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q677" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R677" s="0" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="S677" s="0" t="n">
         <x:v>605011</x:v>
       </x:c>
       <x:c r="T677" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U677" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="678" spans="1:21">
       <x:c r="A678" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B678" s="14" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="C678" s="15" t="s"/>
       <x:c r="D678" s="15" t="s"/>
       <x:c r="E678" s="14" t="s"/>
       <x:c r="F678" s="14" t="s"/>
       <x:c r="G678" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="H678" s="14" t="s"/>
       <x:c r="I678" s="16" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="J678" s="14" t="s"/>
       <x:c r="K678" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L678" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M678" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N678" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O678" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P678" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="Q678" s="16" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="R678" s="14" t="s">
         <x:v>861</x:v>
       </x:c>
       <x:c r="S678" s="14" t="n">
         <x:v>612078</x:v>
       </x:c>
       <x:c r="T678" s="16" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="U678" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="679" spans="1:21">
       <x:c r="A679" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B679" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="C679" s="3" t="s"/>
       <x:c r="D679" s="3" t="s"/>
       <x:c r="G679" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="I679" s="4" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="K679" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L679" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M679" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N679" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O679" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P679" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="Q679" s="4" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="R679" s="0" t="s">
         <x:v>861</x:v>
       </x:c>
       <x:c r="S679" s="0" t="n">
         <x:v>608220</x:v>
       </x:c>
       <x:c r="T679" s="4" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="U679" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="680" spans="1:21">
       <x:c r="A680" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B680" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C680" s="15" t="s"/>
       <x:c r="D680" s="15" t="s"/>
       <x:c r="E680" s="14" t="s"/>
       <x:c r="F680" s="14" t="s"/>
       <x:c r="G680" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H680" s="14" t="s"/>
       <x:c r="I680" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J680" s="14" t="s"/>
       <x:c r="K680" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L680" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M680" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N680" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O680" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P680" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q680" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R680" s="14" t="s">
         <x:v>861</x:v>
       </x:c>
       <x:c r="S680" s="14" t="n">
         <x:v>605043</x:v>
       </x:c>
       <x:c r="T680" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U680" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="681" spans="1:21">
       <x:c r="A681" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B681" s="0" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="C681" s="3" t="s"/>
       <x:c r="D681" s="3" t="s"/>
       <x:c r="G681" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="I681" s="4" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="K681" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L681" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M681" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N681" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O681" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P681" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="Q681" s="4" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="R681" s="0" t="s">
         <x:v>861</x:v>
       </x:c>
       <x:c r="S681" s="0" t="n">
         <x:v>615203</x:v>
       </x:c>
       <x:c r="T681" s="4" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="U681" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="682" spans="1:21">
       <x:c r="A682" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B682" s="14" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="C682" s="15" t="s"/>
       <x:c r="D682" s="15" t="s"/>
       <x:c r="E682" s="14" t="s"/>
       <x:c r="F682" s="14" t="s"/>
       <x:c r="G682" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="H682" s="14" t="s"/>
       <x:c r="I682" s="16" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="J682" s="14" t="s"/>
       <x:c r="K682" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L682" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M682" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N682" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O682" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P682" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="Q682" s="16" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="R682" s="14" t="s">
         <x:v>861</x:v>
       </x:c>
       <x:c r="S682" s="14" t="n">
         <x:v>615207</x:v>
       </x:c>
       <x:c r="T682" s="16" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="U682" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="683" spans="1:21">
       <x:c r="A683" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B683" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="C683" s="3" t="s"/>
       <x:c r="D683" s="3" t="s"/>
       <x:c r="G683" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="I683" s="4" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="K683" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L683" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M683" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N683" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O683" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P683" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="Q683" s="4" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="R683" s="0" t="s">
         <x:v>861</x:v>
       </x:c>
       <x:c r="S683" s="0" t="n">
         <x:v>615205</x:v>
       </x:c>
       <x:c r="T683" s="4" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="U683" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="684" spans="1:21">
       <x:c r="A684" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B684" s="14" t="s">
         <x:v>753</x:v>
       </x:c>
       <x:c r="C684" s="15" t="n">
         <x:v>35455</x:v>
       </x:c>
       <x:c r="D684" s="15" t="s"/>
       <x:c r="E684" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F684" s="14" t="s"/>
       <x:c r="G684" s="14" t="s">
         <x:v>754</x:v>
       </x:c>
       <x:c r="H684" s="14" t="s">
         <x:v>755</x:v>
       </x:c>
       <x:c r="I684" s="16" t="s">
         <x:v>756</x:v>
@@ -41346,51 +41349,51 @@
         <x:v>63</x:v>
       </x:c>
       <x:c r="U686" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="687" spans="1:21">
       <x:c r="A687" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B687" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C687" s="3" t="s"/>
       <x:c r="D687" s="3" t="s"/>
       <x:c r="G687" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="I687" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="K687" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L687" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M687" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N687" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O687" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P687" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q687" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R687" s="0" t="s">
         <x:v>861</x:v>
       </x:c>
       <x:c r="S687" s="0" t="n">
         <x:v>615484</x:v>
       </x:c>
       <x:c r="T687" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
@@ -41639,51 +41642,51 @@
         <x:v>178</x:v>
       </x:c>
       <x:c r="B692" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C692" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D692" s="15" t="s"/>
       <x:c r="E692" s="14" t="s"/>
       <x:c r="F692" s="14" t="s"/>
       <x:c r="G692" s="14" t="s">
         <x:v>825</x:v>
       </x:c>
       <x:c r="H692" s="14" t="s"/>
       <x:c r="I692" s="16" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="J692" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K692" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L692" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M692" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N692" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O692" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P692" s="14" t="s">
         <x:v>825</x:v>
       </x:c>
       <x:c r="Q692" s="16" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="R692" s="14" t="s">
         <x:v>861</x:v>
       </x:c>
       <x:c r="S692" s="14" t="n">
         <x:v>538341</x:v>
       </x:c>
       <x:c r="T692" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
@@ -41771,54 +41774,54 @@
       <x:c r="L694" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M694" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N694" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O694" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P694" s="14" t="s">
         <x:v>825</x:v>
       </x:c>
       <x:c r="Q694" s="16" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="R694" s="14" t="s">
         <x:v>861</x:v>
       </x:c>
       <x:c r="S694" s="14" t="n">
         <x:v>549705</x:v>
       </x:c>
       <x:c r="T694" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="U694" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="695" spans="1:21">
       <x:c r="A695" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B695" s="0" t="s">
         <x:v>866</x:v>
       </x:c>
       <x:c r="C695" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D695" s="3" t="s"/>
       <x:c r="E695" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G695" s="0" t="s">
         <x:v>825</x:v>
       </x:c>
       <x:c r="I695" s="4" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="J695" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -41828,54 +41831,54 @@
       <x:c r="L695" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M695" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N695" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O695" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P695" s="0" t="s">
         <x:v>825</x:v>
       </x:c>
       <x:c r="Q695" s="4" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="R695" s="0" t="s">
         <x:v>861</x:v>
       </x:c>
       <x:c r="S695" s="0" t="n">
         <x:v>549706</x:v>
       </x:c>
       <x:c r="T695" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="U695" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="696" spans="1:21">
       <x:c r="A696" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B696" s="14" t="s">
         <x:v>867</x:v>
       </x:c>
       <x:c r="C696" s="15" t="n">
         <x:v>39582</x:v>
       </x:c>
       <x:c r="D696" s="15" t="s"/>
       <x:c r="E696" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F696" s="14" t="s"/>
       <x:c r="G696" s="14" t="s">
         <x:v>825</x:v>
       </x:c>
       <x:c r="H696" s="14" t="s"/>
       <x:c r="I696" s="16" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="J696" s="14" t="s">
@@ -41887,54 +41890,54 @@
       <x:c r="L696" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M696" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N696" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O696" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P696" s="14" t="s">
         <x:v>825</x:v>
       </x:c>
       <x:c r="Q696" s="16" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="R696" s="14" t="s">
         <x:v>861</x:v>
       </x:c>
       <x:c r="S696" s="14" t="n">
         <x:v>549713</x:v>
       </x:c>
       <x:c r="T696" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="U696" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="697" spans="1:21">
       <x:c r="A697" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B697" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C697" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D697" s="3" t="s"/>
       <x:c r="E697" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G697" s="0" t="s">
         <x:v>825</x:v>
       </x:c>
       <x:c r="I697" s="4" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="J697" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -42036,54 +42039,54 @@
         <x:v>21</x:v>
       </x:c>
       <x:c r="B699" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="C699" s="3" t="n">
         <x:v>36462</x:v>
       </x:c>
       <x:c r="D699" s="3" t="s"/>
       <x:c r="E699" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G699" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="I699" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="J699" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K699" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L699" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M699" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="N699" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O699" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P699" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="Q699" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R699" s="0" t="s">
         <x:v>861</x:v>
       </x:c>
       <x:c r="S699" s="0" t="n">
         <x:v>509830</x:v>
       </x:c>
       <x:c r="T699" s="4" t="s">
         <x:v>868</x:v>
       </x:c>
       <x:c r="U699" s="4" t="s">
         <x:v>512</x:v>
       </x:c>
@@ -42321,226 +42324,226 @@
       </x:c>
     </x:row>
     <x:row r="704" spans="1:21">
       <x:c r="A704" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B704" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C704" s="15" t="s"/>
       <x:c r="D704" s="15" t="s"/>
       <x:c r="E704" s="14" t="s"/>
       <x:c r="F704" s="14" t="s"/>
       <x:c r="G704" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H704" s="14" t="s"/>
       <x:c r="I704" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J704" s="14" t="s"/>
       <x:c r="K704" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L704" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M704" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N704" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O704" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P704" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q704" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R704" s="14" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="S704" s="14" t="n">
         <x:v>615459</x:v>
       </x:c>
       <x:c r="T704" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="U704" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="705" spans="1:21">
       <x:c r="A705" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B705" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C705" s="3" t="s"/>
       <x:c r="D705" s="3" t="s"/>
       <x:c r="G705" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="I705" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="K705" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L705" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M705" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N705" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O705" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P705" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q705" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R705" s="0" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="S705" s="0" t="n">
         <x:v>605009</x:v>
       </x:c>
       <x:c r="T705" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U705" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="706" spans="1:21">
       <x:c r="A706" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B706" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C706" s="15" t="s"/>
       <x:c r="D706" s="15" t="s"/>
       <x:c r="E706" s="14" t="s"/>
       <x:c r="F706" s="14" t="s"/>
       <x:c r="G706" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H706" s="14" t="s"/>
       <x:c r="I706" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J706" s="14" t="s"/>
       <x:c r="K706" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L706" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M706" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N706" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O706" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P706" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q706" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R706" s="14" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="S706" s="14" t="n">
         <x:v>615479</x:v>
       </x:c>
       <x:c r="T706" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="U706" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="707" spans="1:21">
       <x:c r="A707" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B707" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C707" s="3" t="s"/>
       <x:c r="D707" s="3" t="s"/>
       <x:c r="G707" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="I707" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="K707" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L707" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M707" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N707" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O707" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P707" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q707" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R707" s="0" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="S707" s="0" t="n">
         <x:v>605036</x:v>
       </x:c>
       <x:c r="T707" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U707" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="708" spans="1:21">
       <x:c r="A708" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B708" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C708" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D708" s="15" t="s"/>
       <x:c r="E708" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F708" s="14" t="s"/>
       <x:c r="G708" s="14" t="s">
         <x:v>871</x:v>
       </x:c>
       <x:c r="H708" s="14" t="s"/>
       <x:c r="I708" s="16" t="s">